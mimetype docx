--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="04fdbe5" w14:textId="04fdbe5">
+    <w:p w14:paraId="d8fc804" w14:textId="d8fc804">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6728,4712 +6728,4826 @@
         <w:t>
       2) жер учаскесі меншік иесінің немесе жер пайдаланушының жабайы өсетін өсімдіктерді дайындауға (жинауға) келісімі немесе құқық белгілейтін құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
     <w:bookmarkStart w:name="z329" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ресурстық зерттеп-қарау материалдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z330" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "электрондық үкіметтің" төлем шлюзі арқылы ақы төлеу жағдайларын қоспағанда, өсімдіктер дүниесін арнайы пайдалану тәртібімен өсімдік ресурстарын пайдаланғаны үшін ақы төленгені туралы түбіртек;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z331" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдіктерді интродукциялау және (немесе) жерсіндіру үшін:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z331" w:id="326"/>
-[...15 lines deleted...]
-      өсімдіктерді интродукциялау және (немесе) жерсіндіру үшін:</w:t>
+    <w:bookmarkStart w:name="z332" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z332" w:id="327"/>
-[...15 lines deleted...]
-      1) мыналар:</w:t>
+    <w:bookmarkStart w:name="z333" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отырғызылатын материалдың, тұқымдардың шығу тегі мен олардың саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z333" w:id="328"/>
-[...15 lines deleted...]
-      отырғызылатын материалдың, тұқымдардың шығу тегі мен олардың саны;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдіктерді отырғызу, егу орны, көлемі және мерзімдері (кезеңі) туралы ақпаратты қамтитын мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z334" w:id="329"/>
-[...15 lines deleted...]
-      өсімдіктерді отырғызу, егу орны, көлемі және мерзімдері (кезеңі) туралы ақпаратты қамтитын мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отырғызылатын материалға, тұқымдарға арналған карантиндік сертификат (мемлекетішілік тасымалдау кезінде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z335" w:id="330"/>
-[...15 lines deleted...]
-      2) отырғызылатын материалға, тұқымдарға арналған карантиндік сертификат (мемлекетішілік тасымалдау кезінде);</w:t>
+    <w:bookmarkStart w:name="z336" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімдіктер карантині жөніндегі мемлекеттік инспектор (импорттау кезінде) беретін карантиндік фитосанитариялық бақылау және қадағалау актісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z336" w:id="331"/>
-[...15 lines deleted...]
-      3) өсімдіктер карантині жөніндегі мемлекеттік инспектор (импорттау кезінде) беретін карантиндік фитосанитариялық бақылау және қадағалау актісі;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұқымға паспорт және (немесе) отырғызылатын материалға паспорт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z337" w:id="332"/>
-[...15 lines deleted...]
-      4) тұқымға паспорт және (немесе) отырғызылатын материалға паспорт;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) табиғат қорғау және ғылыми ұйымның өсімдіктерді интродукциялауға және (немесе) жерсіндіруге арналған ұсынымдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z338" w:id="333"/>
-[...15 lines deleted...]
-      5) табиғат қорғау және ғылыми ұйымның өсімдіктерді интродукциялауға және (немесе) жерсіндіруге арналған ұсынымдары;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы қатысушысы болып табылатын Биологиялық әралуандық туралы конвенцияға Генетикалық ресурстарға қол жеткізуді және оларды қолданудан алынған пайданы әділетті және тепе-тең негізде бірлесіп пайдалануды реттеу жөніндегі Нагоя хаттамасы бойынша міндеттемелерге сәйкес өсімдіктердің генетикалық ресурстарын Қазақстан Республикасының аумағынан әкету және Қазақстан Республикасының аумағына әкелу үшін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z339" w:id="334"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы қатысушысы болып табылатын Биологиялық әралуандық туралы конвенцияға Генетикалық ресурстарға қол жеткізуді және оларды қолданудан алынған пайданы әділетті және тепе-тең негізде бірлесіп пайдалануды реттеу жөніндегі Нагоя хаттамасы бойынша міндеттемелерге сәйкес өсімдіктердің генетикалық ресурстарын Қазақстан Республикасының аумағынан әкету және Қазақстан Республикасының аумағына әкелу үшін:</w:t>
+    <w:bookmarkStart w:name="z340" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті мемлекеттік орган берген өсімдіктердің генетикалық ресурстарына қол жеткізуге арналған негізделген қорытынды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z340" w:id="335"/>
-[...15 lines deleted...]
-      1) тиісті мемлекеттік орган берген өсімдіктердің генетикалық ресурстарына қол жеткізуге арналған негізделген қорытынды;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фитосанитариялық сертификат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z341" w:id="336"/>
-[...15 lines deleted...]
-      2) фитосанитариялық сертификат;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұлттық үйлестіру орталығы берген өсімдіктердің генетикалық ресурстарына қол жеткізуге арналған ұлттық сертификат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z342" w:id="337"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z343" w:id="338"/>
+    <w:bookmarkStart w:name="z343" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) өсімдіктердің генетикалық ресурстарына қол жеткізу туралы шарт. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z344" w:id="339"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z344" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласында хабарлама қабылдауды жүзеге асыратын мемлекеттік органдар он жұмыс күні ішінде осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көрсетілген, хабарлама жасау тәртібіне жататын қызметті жүзеге асыруға келісімді не уәжді бас тартуды ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z345" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орган уәжді бас тартуды ұсынған жағдайда қызмет бас тарту негіздері жойылған жағдайда ғана жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z345" w:id="340"/>
-[...15 lines deleted...]
-      Мемлекеттік орган уәжді бас тартуды ұсынған жағдайда қызмет бас тарту негіздері жойылған жағдайда ғана жүзеге асырылуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z346" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тарау. ЖАСЫЛ ЕКПЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z346" w:id="341"/>
+    <w:bookmarkStart w:name="z347" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11-тарау. ЖАСЫЛ ЕКПЕЛЕР</w:t>
+        <w:t xml:space="preserve"> 35-бап. Жасыл екпелермен жұмыс істеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z347" w:id="342"/>
+    <w:bookmarkStart w:name="z348" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жергілікті атқарушы органдар ғылыми ұйымдардың ұсынымдары негізінде жасыл екпелер жасауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z349" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және заңды тұлғалар жергілікті атқарушы органдар айқындайтын учаскелерде өз қаражаты есебінен жасыл екпелер жасауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z350" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жер учаскелерінің меншік иелері мен жер пайдаланушылар өз учаскелерінде жасыл екпелерді күтіп-баптауды және қорғауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z351" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жергілікті атқарушы органдардың жасыл екпелер алып жатқан аумақтарда, оның ішінде саябақтарда, скверлерде, бульварларда, ұйымдардың санитариялық-қорғаныш аймақтарында және өзге де өнеркәсіптік объектілерде құрылыс салу немесе оларды реконструкциялау туралы шешімдер қабылдауы Қазақстан Республикасының заңнамасына сәйкес және қоғамдық тыңдауларды міндетті түрде өткізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z352" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жасыл екпелерді қорғау мақсатында жергілікті атқарушы органдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z353" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      түгендеу және фитопатологиялық зерттеп-қарау жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z354" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасыл екпелерді есепке алуды және тізілімін жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z355" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құжаттаманы, оның ішінде елді мекен аумақтарын көгалдандыру жөніндегі жұмыс жоспарларын жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z356" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дендрологиялық жоспарды (көгалдандыру жоспарын) әзірлеуге және бекітуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z357" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасыл екпелер жай-күйінің мониторингіне цифрландыру жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z358" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 35-бап. Жасыл екпелермен жұмыс істеу</w:t>
-[...199 lines deleted...]
-      жасыл екпелер жай-күйінің мониторингіне цифрландыру жүргізуге міндетті.</w:t>
+        <w:t xml:space="preserve"> 36-бап. Өтемдік отырғызулар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z358" w:id="353"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 36-бап. Өтемдік отырғызулар</w:t>
+    <w:bookmarkStart w:name="z359" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жасыл екпелерді жойылған (кесілген) учаскеде не дендрологиялық жоспарда (көгалдандыру жоспарында) айқындалған учаскелерде отырғызу өтемдік отырғызулар болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z359" w:id="354"/>
-[...15 lines deleted...]
-      1. Жасыл екпелерді жойылған (кесілген) учаскеде не дендрологиялық жоспарда (көгалдандыру жоспарында) айқындалған учаскелерде отырғызу өтемдік отырғызулар болып табылады.</w:t>
+    <w:bookmarkStart w:name="z360" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтемдік отырғызулар өз мүдделері үшін жасыл екпелерді жоюды (кесуді) жасаған не кінәсінен осы екпелердің бүлінуі немесе құрып кетуі орын алған жеке және (немесе) заңды тұлғалардың қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z360" w:id="355"/>
-[...15 lines deleted...]
-      Өтемдік отырғызулар өз мүдделері үшін жасыл екпелерді жоюды (кесуді) жасаған не кінәсінен осы екпелердің бүлінуі немесе құрып кетуі орын алған жеке және (немесе) заңды тұлғалардың қаражаты есебінен жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өз мүдделері үшін жасыл екпелерді жоюды (кесуді) жасаған не кінәсінен осы екпелердің бүлінуі немесе құрып кетуі орын алған жеке және (немесе) заңды тұлғалар өтемдік екпелерге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z361" w:id="356"/>
-[...15 lines deleted...]
-      Өз мүдделері үшін жасыл екпелерді жоюды (кесуді) жасаған не кінәсінен осы екпелердің бүлінуі немесе құрып кетуі орын алған жеке және (немесе) заңды тұлғалар өтемдік екпелерге:</w:t>
+    <w:bookmarkStart w:name="z362" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағаштар мен бұталарға: қылқан жапырақты тұқымдастарға – үш жыл бойы, жапырақты тұқымдастарға – екі жыл бойы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z362" w:id="357"/>
-[...15 lines deleted...]
-      ағаштар мен бұталарға: қылқан жапырақты тұқымдастарға – үш жыл бойы, жапырақты тұқымдастарға – екі жыл бойы;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шөптесін өсімдіктерге – бір жылдың вегетациялық маусымы ішінде күтім жасауды қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z363" w:id="358"/>
-[...15 lines deleted...]
-      шөптесін өсімдіктерге – бір жылдың вегетациялық маусымы ішінде күтім жасауды қамтамасыз етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z364" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өтемдік отырғызулар мынадай мөлшерде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z364" w:id="359"/>
-[...15 lines deleted...]
-      2. Өтемдік отырғызулар мынадай мөлшерде:</w:t>
+    <w:bookmarkStart w:name="z365" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жергілікті атқарушы органның рұқсаты бойынша жасыл екпелер кесілген, сондай-ақ жеке және (немесе) заңды тұлғалардың меншігіндегі немесе пайдалануындағы ғимараттарға, құрылысжайларға іргелес аумақта олар қурап қалған кезде – он еселенген мөлшерде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z365" w:id="360"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z366" w:id="361"/>
+    <w:bookmarkStart w:name="z366" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жасыл екпелер заңсыз жойылған (кесілген) кезде не олардың қурап қалуына алып келген бүлінуі кезінде – елу еселенген мөлшерде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z367" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өсімдіктердің сирек кездесетін және жойылып кету қаупі төнген түрлерінің тізбесіне енгізілген жасыл екпелер заңсыз жойылған (кесілген) не олардың қурап қалуына алып келген бүлінген жағдайда өтемдік отырғызулар бір жүз еселенген мөлшерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z367" w:id="362"/>
-[...15 lines deleted...]
-      Өсімдіктердің сирек кездесетін және жойылып кету қаупі төнген түрлерінің тізбесіне енгізілген жасыл екпелер заңсыз жойылған (кесілген) не олардың қурап қалуына алып келген бүлінген жағдайда өтемдік отырғызулар бір жүз еселенген мөлшерде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өтемдік отырғызу осы баптың 1-тармағының үшінші бөлігінде көрсетілген күтім жасау мерзімі өткенге дейін қурап қалған жағдайда, жеке және (немесе) заңды тұлғалар жасыл екпелерді қайта отырғызуды және оларға күтім жасауды жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z368" w:id="363"/>
-[...15 lines deleted...]
-      3. Өтемдік отырғызу осы баптың 1-тармағының үшінші бөлігінде көрсетілген күтім жасау мерзімі өткенге дейін қурап қалған жағдайда, жеке және (немесе) заңды тұлғалар жасыл екпелерді қайта отырғызуды және оларға күтім жасауды жүзеге асыруға міндетті.</w:t>
+    <w:bookmarkStart w:name="z369" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тарау. ЖЕРДІҢ ЖӘНЕ СУ ОБЪЕКТІЛЕРІНІҢ ЖЕКЕЛЕГЕН УЧАСКЕЛЕРІНДЕ ӨСЕТІН ӨСІМДІКТЕРМЕН ЖҰМЫС ІСТЕУ ЕРЕКШЕЛІКТЕРІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z369" w:id="364"/>
+    <w:bookmarkStart w:name="z370" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12-тарау. ЖЕРДІҢ ЖӘНЕ СУ ОБЪЕКТІЛЕРІНІҢ ЖЕКЕЛЕГЕН УЧАСКЕЛЕРІНДЕ ӨСЕТІН ӨСІМДІКТЕРМЕН ЖҰМЫС ІСТЕУ ЕРЕКШЕЛІКТЕРІ</w:t>
+        <w:t xml:space="preserve"> 37-бап. Шекаралық аймақта өсетін өсімдіктермен жұмыс істеу ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z370" w:id="365"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 37-бап. Шекаралық аймақта өсетін өсімдіктермен жұмыс істеу ерекшеліктері</w:t>
+    <w:bookmarkStart w:name="z371" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Шекаралық аймақта өсетін өсімдіктермен жұмыс істеу ерекшеліктерін Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша уәкілетті орган белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z371" w:id="366"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z372" w:id="367"/>
+    <w:bookmarkStart w:name="z372" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Шекаралық аймақта өсетін өсімдіктер дүниесін пайдалану, егер бұл осы аумақтардың нысаналы мақсатымен және белгіленген арнаулы режимімен үйлесім таппаса, Қазақстан Республикасының Мемлекеттік шекарасы туралы Қазақстан Республикасының заңнамасына сәйкес шектелуі, тоқтатыла тұруы немесе оған тыйым салынуы мүмкін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z373" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38-бап. Радиоактивті және (немесе) химиялық ластануға ұшыраған жерлерде өсетін өсімдіктермен жұмыс істеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z373" w:id="368"/>
+    <w:bookmarkStart w:name="z374" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Радиоактивті және (немесе) химиялық ластануға ұшыраған жерлерде өсетін өсімдіктермен жұмыс істеуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z375" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Үкіметінің осы жерлерді меншікке немесе жер пайдалануға беру туралы шешімі негізінде радиоактивті және (немесе) химиялық ластану салдарын жою жөніндегі барлық іс-шаралар мен кешенді экологиялық зерттеп-қарау аяқталғаннан кейін ғана осы жерлердегі өсімдіктер дүниесін пайдалануға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z376" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 38-бап. Радиоактивті және (немесе) химиялық ластануға ұшыраған жерлерде өсетін өсімдіктермен жұмыс істеу</w:t>
-[...39 lines deleted...]
-      Қазақстан Республикасы Үкіметінің осы жерлерді меншікке немесе жер пайдалануға беру туралы шешімі негізінде радиоактивті және (немесе) химиялық ластану салдарын жою жөніндегі барлық іс-шаралар мен кешенді экологиялық зерттеп-қарау аяқталғаннан кейін ғана осы жерлердегі өсімдіктер дүниесін пайдалануға рұқсат етіледі.</w:t>
+        <w:t xml:space="preserve"> 39-бап. Су өсімдіктерінің таралуын реттеу ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z376" w:id="371"/>
+    <w:bookmarkStart w:name="z377" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Су, балық шаруашылығы, аквашаруашылық және электр энергетикасы мұқтаждары үшін пайдаланылатын су объектілерінде Қазақстан Республикасының заңнамасына сәйкес мелиорациялық жұмыстар мен артық су өсімдіктеріне қарсы күрес жөніндегі іс-шараларды жүргізуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z378" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық шаруашылығы су айдындарында артық су өсімдіктерінің таралуын реттеу балық шаруашылығы мелиорациясын жүргізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-бапқа өзгеріс енгізілді – ҚР 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 39-бап. Су өсімдіктерінің таралуын реттеу ерекшеліктері</w:t>
-[...39 lines deleted...]
-      Балық шаруашылығы су айдындарында артық су өсімдіктерінің таралуын реттеу балық шаруашылығы мелиорациясын жүргізу арқылы жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 13-тарау. ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z380" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-тарау. ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
+        <w:t xml:space="preserve"> 40-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық ынтымақтастық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z380" w:id="375"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 40-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық ынтымақтастық</w:t>
+    <w:bookmarkStart w:name="z381" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық ынтымақтастық Қазақстан Республикасының халықаралық шарттар бойынша міндеттемелеріне негізделеді және:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z381" w:id="376"/>
-[...15 lines deleted...]
-      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық ынтымақтастық Қазақстан Республикасының халықаралық шарттар бойынша міндеттемелеріне негізделеді және:</w:t>
+    <w:bookmarkStart w:name="z382" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласында ақпарат алмасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z382" w:id="377"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="378"/>
+    <w:bookmarkStart w:name="z383" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өсімдіктер дүниесіне бірлескен зерттеулер мен мониторинг жүргізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z384" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықаралық маңызы бар өсімдіктерді анықтау және сақтау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z384" w:id="379"/>
-[...15 lines deleted...]
-      3) халықаралық маңызы бар өсімдіктерді анықтау және сақтау;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өсімдіктердің генетикалық ресурстарына және өсімдіктердің генетикалық ресурстарына байланысты дәстүрлі білімге қол жеткізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z385" w:id="380"/>
-[...15 lines deleted...]
-      4) өсімдіктердің генетикалық ресурстарына және өсімдіктердің генетикалық ресурстарына байланысты дәстүрлі білімге қол жеткізу арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық алмасу (халықаралық сауда)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z386" w:id="381"/>
+    <w:bookmarkStart w:name="z387" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ғылыми және өзге де мақсаттар үшін өсімдіктерді, олардың бөліктері мен дериваттарын, генетикалық материалды Қазақстан Республикасына әкелу және (немесе) Қазақстан Республикасынан әкету арқылы халықаралық алмасу (халықаралық сауда) Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z388" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өсімдіктердің сирек кездесетін және жойылып кету қаупі төнген түрлерін, олардың бөліктері мен дериваттарын Қазақстан Республикасына әкелу және (немесе) Қазақстан Республикасынан әкету арқылы халықаралық алмасу (халықаралық сауда) Қазақстан Республикасы қатысушысы болып табылатын халықаралық шарттарға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z389" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өсімдіктер дүниесі гендік қорының репродуктивтік материалымен халықаралық алмасу халықаралық шартқа не Қазақстан Республикасы Үкіметінің шешіміне сәйкес өтеулі және (немесе) өтеусіз негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z390" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 41-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы халықаралық алмасу (халықаралық сауда)</w:t>
-[...59 lines deleted...]
-      3. Өсімдіктер дүниесі гендік қорының репродуктивтік материалымен халықаралық алмасу халықаралық шартқа не Қазақстан Республикасы Үкіметінің шешіміне сәйкес өтеулі және (немесе) өтеусіз негізде жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 14-тарау. ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ РЕТТЕУДІҢ ЭКОНОМИКАЛЫҚ ТЕТІГІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z390" w:id="385"/>
+    <w:bookmarkStart w:name="z391" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14-тарау. ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ РЕТТЕУДІҢ ЭКОНОМИКАЛЫҚ ТЕТІГІ</w:t>
+        <w:t xml:space="preserve"> 42-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы реттеудің экономикалық тетігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z391" w:id="386"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 42-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы реттеудің экономикалық тетігі</w:t>
+    <w:bookmarkStart w:name="z392" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы реттеудің экономикалық тетігі мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z392" w:id="387"/>
-[...15 lines deleted...]
-      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы реттеудің экономикалық тетігі мыналарды:</w:t>
+    <w:bookmarkStart w:name="z393" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өсімдіктер дүниесін арнайы пайдалану тәртібімен өсімдік ресурстарын пайдаланғаны үшін төлемақы алуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z393" w:id="388"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z394" w:id="389"/>
+    <w:bookmarkStart w:name="z394" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өсімдіктер дүниесіне келтірілген зиянды өтеуді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z395" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімдіктер дүниесінің шығындарын өтеуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z395" w:id="390"/>
-[...15 lines deleted...]
-      3) өсімдіктер дүниесінің шығындарын өтеуді қамтиды.</w:t>
+    <w:bookmarkStart w:name="z396" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы іс-шараларды қаржыландыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z396" w:id="391"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z397" w:id="392"/>
+    <w:bookmarkStart w:name="z397" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы іс-шараларды қаржыландыру: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z398" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қоршаған ортаға теріс әсер еткені үшін төлемақы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z398" w:id="393"/>
-[...15 lines deleted...]
-      1) қоршаған ортаға теріс әсер еткені үшін төлемақы;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвесторлардың қаражаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z399" w:id="394"/>
-[...15 lines deleted...]
-      2) инвесторлардың қаражаты;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімдіктер дүниесін пайдаланушылардың қаражаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z400" w:id="395"/>
-[...15 lines deleted...]
-      3) өсімдіктер дүниесін пайдаланушылардың қаражаты;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) гранттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z401" w:id="396"/>
-[...15 lines deleted...]
-      4) гранттар;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жеке және заңды тұлғалардың ерікті жарналары мен қайырмалдықтары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z402" w:id="397"/>
-[...15 lines deleted...]
-      5) жеке және заңды тұлғалардың ерікті жарналары мен қайырмалдықтары;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z403" w:id="398"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z404" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44-бап. Өсімдіктер дүниесіне келтірілген зиянды өтеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z404" w:id="399"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z405" w:id="400"/>
+    <w:bookmarkStart w:name="z405" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Өсімдіктер дүниесіне келтірілген зиянды өтеу жабайы өсетін өсімдіктерді заңсыз алып қойғаны, дайындағаны (жинағаны), бүлдіргені немесе олардың қурап қалғаны үшін қылмыстық, әкімшілік немесе азаматтық-құқықтық жауаптылық тәртібімен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z406" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өсімдіктер дүниесіне зиянды өтеу мөлшерін Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның мөлшерін есептеуге арналған базалық мөлшерлемелерге сәйкес уәкілетті орган ведомствосының тиісті аумақтық бөлімшелері айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z406" w:id="401"/>
-[...15 lines deleted...]
-      2. Өсімдіктер дүниесіне зиянды өтеу мөлшерін Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның мөлшерін есептеуге арналған базалық мөлшерлемелерге сәйкес уәкілетті орган ведомствосының тиісті аумақтық бөлімшелері айқындайды.</w:t>
+    <w:bookmarkStart w:name="z407" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45-бап. Өсімдіктер дүниесінің шығындарын өтеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z407" w:id="402"/>
+    <w:bookmarkStart w:name="z408" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жер қойнауын пайдалану, ғимараттар, құрылысжайлар, жолдар, құбыржолдар және мемлекеттік экологиялық сараптаманың оң қорытындысын алған осындай объектілерге арналған жобалау құжаттамасына сәйкес өзге де объектілерді салу (реконструкциялау) мақсаттары үшін басқа санаттарға ауыстырылатын жерлердің барлық санаттағы жер учаскелерінде жабайы өсетін өсімдіктер жойылған (қайтарымсыз жоғалған), сондай-ақ мемлекет мұқтажы үшін жер учаскесі мәжбүрлеп иеліктен шығарылған жағдайларда өсімдіктер дүниесінің шығындары өтелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z409" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өз мүдделері үшін жабайы өсетін өсімдіктерді жоятын жеке немесе заңды тұлғалар өсімдіктер дүниесінің шығындарын уәкілетті орган бекіткен өсімдіктер дүниесінің шығындарын өтеу нормативтеріне сәйкес өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z410" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өсімдіктер дүниесінің шығындары жер учаскесіне құқық беру туралы шешім қабылданған кезден бастап алты ай мерзімде өтелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z411" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 45-бап. Өсімдіктер дүниесінің шығындарын өтеу</w:t>
-[...59 lines deleted...]
-      3. Өсімдіктер дүниесінің шығындары жер учаскесіне құқық беру туралы шешім қабылданған кезден бастап алты ай мерзімде өтелуге жатады.</w:t>
+        <w:t xml:space="preserve"> 15-тарау. ЖАБАЙЫ ӨСЕТІН ӨСІМДІКТЕРДІ КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДА МЕМЛЕКЕТТІК ЖӘНЕ ҚОҒАМДЫҚ БАҚЫЛАУДЫ ЖҮЗЕГЕ АСЫРУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z411" w:id="406"/>
+    <w:bookmarkStart w:name="z412" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15-тарау. ЖАБАЙЫ ӨСЕТІН ӨСІМДІКТЕРДІ КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДА МЕМЛЕКЕТТІК ЖӘНЕ ҚОҒАМДЫҚ БАҚЫЛАУДЫ ЖҮЗЕГЕ АСЫРУ</w:t>
+        <w:t xml:space="preserve"> 46-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z412" w:id="407"/>
+    <w:bookmarkStart w:name="z413" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган және өзге де мемлекеттік органдар (бұдан әрі – бақылау органдары) Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкестігі тұрғысынан тексеру арқылы жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z414" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 46-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау</w:t>
-[...19 lines deleted...]
-      Уәкілетті орган және өзге де мемлекеттік органдар (бұдан әрі – бақылау органдары) Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкестігі тұрғысынан тексеру арқылы жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 47-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау субъектілері мен объектілері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z414" w:id="409"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 47-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау субъектілері мен объектілері</w:t>
+    <w:bookmarkStart w:name="z415" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жеке және (немесе) заңды тұлғалар жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы бақылау субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z415" w:id="410"/>
-[...15 lines deleted...]
-      1. Жеке және (немесе) заңды тұлғалар жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы бақылау субъектілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z416" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z416" w:id="411"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z417" w:id="412"/>
+    <w:bookmarkStart w:name="z417" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1), 2) және 5) тармақшаларында көзделген, өсімдік ресурстары дайындалғанға (жиналғанға) дейін және одан кейінгі реттеу объектілері және олардың ағымдағы жай-күйі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z418" w:id="413"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z418" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өсімдіктер дүниесін дайындау құралдары, әдістері және (немесе) тәсілдері; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z419" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімдіктер дүниесін пайдалану құқығын растайтын мәліметтер жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау объектілері болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z419" w:id="414"/>
-[...15 lines deleted...]
-      3) өсімдіктер дүниесін пайдалану құқығын растайтын мәліметтер жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылау объектілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z420" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы тексеру түрлері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z420" w:id="415"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z421" w:id="416"/>
+    <w:bookmarkStart w:name="z421" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Бару арқылы тексеру (бұдан әрі – тексеру) мерзімдік және жоспардан тыс болып бөлінеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z422" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мерзімдік тексеру бақылау органы бекіткен тексерудің жартыжылдық графигіне сәйкес тексеруді тағайындау туралы акт негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z422" w:id="417"/>
-[...15 lines deleted...]
-      2. Мерзімдік тексеру бақылау органы бекіткен тексерудің жартыжылдық графигіне сәйкес тексеруді тағайындау туралы акт негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z423" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізудің жартыжылдық графиктеріне өзгерістер енгізу бақылау субъектілерінің (объектілерінің) қызметіне жүргізілген талдау мен мониторинг негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z423" w:id="418"/>
-[...15 lines deleted...]
-      Тексеру жүргізудің жартыжылдық графиктеріне өзгерістер енгізу бақылау субъектілерінің (объектілерінің) қызметіне жүргізілген талдау мен мониторинг негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z424" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жоспардан тыс тексеру:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z424" w:id="419"/>
-[...15 lines deleted...]
-      3. Жоспардан тыс тексеру:</w:t>
+    <w:bookmarkStart w:name="z425" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сенімді негіздер мен растайтын дәлелдемелер болған кезде адамның өміріне, денсаулығына, қоршаған ортаға және жеке және (немесе) заңды тұлғалардың, мемлекеттің заңды мүдделеріне зиян келтірілгені туралы нақты фактілер бойынша жеке және (немесе) заңды тұлғалардың жолданымдары болған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z425" w:id="420"/>
-[...15 lines deleted...]
-      1) сенімді негіздер мен растайтын дәлелдемелер болған кезде адамның өміріне, денсаулығына, қоршаған ортаға және жеке және (немесе) заңды тұлғалардың, мемлекеттің заңды мүдделеріне зиян келтірілгені туралы нақты фактілер бойынша жеке және (немесе) заңды тұлғалардың жолданымдары болған;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамның өміріне, денсаулығына, қоршаған ортаға және жеке және (немесе) заңды тұлғалардың, мемлекеттің заңды мүдделеріне зиян келтірудің не зиян келтіру қатерінің нақты фактілері бойынша прокурордың талабы болған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z426" w:id="421"/>
-[...15 lines deleted...]
-      2) адамның өміріне, денсаулығына, қоршаған ортаға және жеке және (немесе) заңды тұлғалардың, мемлекеттің заңды мүдделеріне зиян келтірудің не зиян келтіру қатерінің нақты фактілері бойынша прокурордың талабы болған;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ірі табиғи өрттер туындаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z427" w:id="422"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z428" w:id="423"/>
+    <w:bookmarkStart w:name="z428" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) және 2) тармақшаларында көзделген реттеу объектілерін заңсыз дайындау (жинау) анықталған, оның ішінде патрульдеу барысында анықталған жағдайларда бақылау субъектісін алдын ала хабардар етпей жоспардан тыс тексеруді тағайындау туралы актінің негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z429" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жоспардан тыс тексеру иесі бүркемеленген жолданымдар болған жағдайларда жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z429" w:id="424"/>
-[...15 lines deleted...]
-      4. Жоспардан тыс тексеру иесі бүркемеленген жолданымдар болған жағдайларда жүргізілмейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 48-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z430" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49-бап. Бақылау субъектісіне (объектісіне) бару арқылы жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы тексеруді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:p>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> 49-бап. Бақылау субъектісіне (объектісіне) бару арқылы жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы тексеруді жүзеге асыру тәртібі</w:t>
+    <w:bookmarkStart w:name="z431" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы бақылау субъектілері (объектілері) тексеруге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z431" w:id="426"/>
-[...15 lines deleted...]
-      1. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы бақылау субъектілері (объектілері) тексеруге жатады.</w:t>
+    <w:bookmarkStart w:name="z432" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бақылау органының лауазымды адамы бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкестігін тексеруді, сондай-ақ бақылау субъектісіне (объектісіне) бару арқылы жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z432" w:id="427"/>
-[...15 lines deleted...]
-      2. Бақылау органының лауазымды адамы бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкестігін тексеруді, сондай-ақ бақылау субъектісіне (объектісіне) бару арқылы жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды бақылауды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z433" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау органының лауазымды адамы мерзімдік тексеру жүргізілгенге дейін бақылау субъектісін (заңды тұлғаның басшысын не оның уәкілетті адамын, жеке тұлғаны) тексеру басталғанға дейін кемінде күнтізбелік отыз күн бұрын басталу күнін көрсете отырып, қызметтің талаптарға сәйкестігіне тексеру жүргізудің басталатыны туралы жазбаша түрде хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z433" w:id="428"/>
-[...15 lines deleted...]
-      Бақылау органының лауазымды адамы мерзімдік тексеру жүргізілгенге дейін бақылау субъектісін (заңды тұлғаның басшысын не оның уәкілетті адамын, жеке тұлғаны) тексеру басталғанға дейін кемінде күнтізбелік отыз күн бұрын басталу күнін көрсете отырып, қызметтің талаптарға сәйкестігіне тексеру жүргізудің басталатыны туралы жазбаша түрде хабардар етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексеру үшін келген бақылау органының лауазымды адамы бақылау субъектісіне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z434" w:id="429"/>
-[...15 lines deleted...]
-      3. Тексеру үшін келген бақылау органының лауазымды адамы бақылау субъектісіне:</w:t>
+    <w:bookmarkStart w:name="z435" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тексеруді тағайындау туралы актіні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z435" w:id="430"/>
-[...15 lines deleted...]
-      1) тексеруді тағайындау туралы актіні;</w:t>
+    <w:bookmarkStart w:name="z436" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестендіру картасын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z436" w:id="431"/>
-[...15 lines deleted...]
-      2) сәйкестендіру картасын;</w:t>
+    <w:bookmarkStart w:name="z437" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қажет болған кезде құзыретті органның режимді объектілерге баруға арналған рұқсатын көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z437" w:id="432"/>
-[...15 lines deleted...]
-      3) қажет болған кезде құзыретті органның режимді объектілерге баруға арналған рұқсатын көрсетуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z438" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тексеруді тағайындау туралы актіде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z438" w:id="433"/>
-[...15 lines deleted...]
-      4. Тексеруді тағайындау туралы актіде:</w:t>
+    <w:bookmarkStart w:name="z439" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің күні мен нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z439" w:id="434"/>
-[...15 lines deleted...]
-      1) актінің күні мен нөмірі;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау органының атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z440" w:id="435"/>
-[...15 lines deleted...]
-      2) бақылау органының атауы;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру жүргізуге уәкілетті адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z441" w:id="436"/>
-[...15 lines deleted...]
-      3) тексеру жүргізуге уәкілетті адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеруді жүргізу үшін тартылатын мамандар, консультанттар мен сарапшылар туралы мәліметтер (олар болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z442" w:id="437"/>
-[...15 lines deleted...]
-      4) тексеруді жүргізу үшін тартылатын мамандар, консультанттар мен сарапшылар туралы мәліметтер (олар болған кезде);</w:t>
+    <w:bookmarkStart w:name="z443" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру жүргізу тағайындалған бақылау субъектісінің (объектісінің) атауы немесе жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), оның орналасқан жері, сәйкестендіру нөмірі, объектілердің тізбесі, аумақтың учаскесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z443" w:id="438"/>
-[...15 lines deleted...]
-      5) тексеру жүргізу тағайындалған бақылау субъектісінің (объектісінің) атауы немесе жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), оның орналасқан жері, сәйкестендіру нөмірі, объектілердің тізбесі, аумақтың учаскесі;</w:t>
+    <w:bookmarkStart w:name="z444" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тағайындалған тексерудің түрі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z444" w:id="439"/>
-[...15 lines deleted...]
-      6) тағайындалған тексерудің түрі;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексеру жүргізу мерзімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z445" w:id="440"/>
-[...15 lines deleted...]
-      7) тексеру жүргізу мерзімі;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тексеру жүргізу негіздері, оның ішінде міндетті талаптары тексеруге жататын нормативтік құқықтық актілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z446" w:id="441"/>
-[...15 lines deleted...]
-      8) тексеру жүргізу негіздері, оның ішінде міндетті талаптары тексеруге жататын нормативтік құқықтық актілер;</w:t>
+    <w:bookmarkStart w:name="z447" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тексерілетін кезең;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z447" w:id="442"/>
-[...15 lines deleted...]
-      9) тексерілетін кезең;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бақылау субъектісінің (объектісінің) құқықтары мен міндеттері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z448" w:id="443"/>
-[...15 lines deleted...]
-      10) бақылау субъектісінің (объектісінің) құқықтары мен міндеттері;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) актілерге қол қоюға уәкілеттік берілген адамның қолтаңбасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z449" w:id="444"/>
-[...15 lines deleted...]
-      11) актілерге қол қоюға уәкілеттік берілген адамның қолтаңбасы;</w:t>
+    <w:bookmarkStart w:name="z450" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) заңды тұлға басшысының не оның уәкілетті адамының, жеке тұлғаның тексеруді тағайындау туралы актіні алғаны немесе алудан бас тартқаны туралы қолтаңбасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z450" w:id="445"/>
-[...15 lines deleted...]
-      12) заңды тұлға басшысының не оның уәкілетті адамының, жеке тұлғаның тексеруді тағайындау туралы актіні алғаны немесе алудан бас тартқаны туралы қолтаңбасы көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z451" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бақылау субъектісіне не оның уәкілетті адамына тексеруді тағайындау туралы акт табыс етілген күн тексеру жүргізудің басталуы деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z451" w:id="446"/>
-[...15 lines deleted...]
-      5. Бақылау субъектісіне не оның уәкілетті адамына тексеруді тағайындау туралы акт табыс етілген күн тексеру жүргізудің басталуы деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z452" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді тағайындау туралы акт тексеруді тағайындаған бақылау органының тексеруді тіркеу журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z452" w:id="447"/>
-[...15 lines deleted...]
-      Тексеруді тағайындау туралы акт тексеруді тағайындаған бақылау органының тексеруді тіркеу журналында тіркеледі.</w:t>
+    <w:bookmarkStart w:name="z453" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тексеруді жүргізу мерзімі алдағы жұмыстардың көлемі, қойылған міндеттер ескеріле отырып белгіленеді және бес жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z453" w:id="448"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z454" w:id="449"/>
+    <w:bookmarkStart w:name="z454" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Тексеру жүргізу мерзімін бақылау органының басшысы не оны алмастыратын адам сараптамалар жүргізу қажет болған жағдайда ғана бір рет қана ұзарта алады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z455" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді ұзарту мерзімі сараптама нәтижелері алынған күннен бастап үш жұмыс күнінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z455" w:id="450"/>
-[...15 lines deleted...]
-      Тексеруді ұзарту мерзімі сараптама нәтижелері алынған күннен бастап үш жұмыс күнінен аспауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тексеру жүргізу мерзімін ұзарту тексеруді ұзарту туралы актімен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z456" w:id="451"/>
-[...15 lines deleted...]
-      8. Тексеру жүргізу мерзімін ұзарту тексеруді ұзарту туралы актімен ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді ұзарту туралы актіде тексеруді тағайындау туралы алдыңғы актінің тіркелген күні мен нөмірі және ұзартудың себебі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z457" w:id="452"/>
-[...15 lines deleted...]
-      Тексеруді ұзарту туралы актіде тексеруді тағайындау туралы алдыңғы актінің тіркелген күні мен нөмірі және ұзартудың себебі көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бақылау субъектісінің не оның уәкілетті адамының тексеруді тағайындау туралы актіні қабылдаудан бас тартуы не тексеру жүргізу үшін қажетті материалдар мен мәліметтерді ұсынбауы бақылау органының лауазымды адамының бақылау объектілеріне қол жеткізуіне кедергі болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z458" w:id="453"/>
-[...15 lines deleted...]
-      9. Бақылау субъектісінің не оның уәкілетті адамының тексеруді тағайындау туралы актіні қабылдаудан бас тартуы не тексеру жүргізу үшін қажетті материалдар мен мәліметтерді ұсынбауы бақылау органының лауазымды адамының бақылау объектілеріне қол жеткізуіне кедергі болып табылмайды.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бақылау органының лауазымды адамдары жүргізілген тексеру нәтижелері бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z459" w:id="454"/>
-[...15 lines deleted...]
-      10. Бақылау органының лауазымды адамдары жүргізілген тексеру нәтижелері бойынша:</w:t>
+    <w:bookmarkStart w:name="z460" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тексеру нәтижелері туралы акт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z460" w:id="455"/>
-[...15 lines deleted...]
-      1) тексеру нәтижелері туралы акт;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бұзушылықтар анықталған жағдайларда анықталған бұзушылықтарды жою туралы нұсқама жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z461" w:id="456"/>
-[...15 lines deleted...]
-      2) бұзушылықтар анықталған жағдайларда анықталған бұзушылықтарды жою туралы нұсқама жасайды.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тексеру нәтижелері туралы актіде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z462" w:id="457"/>
-[...15 lines deleted...]
-      11. Тексеру нәтижелері туралы актіде:</w:t>
+    <w:bookmarkStart w:name="z463" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің нөмірі, жасалған күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z463" w:id="458"/>
-[...15 lines deleted...]
-      1) актінің нөмірі, жасалған күні, уақыты және орны;</w:t>
+    <w:bookmarkStart w:name="z464" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау органының атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z464" w:id="459"/>
+    <w:bookmarkStart w:name="z465" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру жүргізуге негіз болған тексеруді тағайындау туралы актінің күні мен нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z466" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеру жүргізген лауазымды адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z467" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеруді жүргізу үшін тартылатын мамандар, консультанттар мен сарапшылар туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z468" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тексеру жүргізу тағайындалған бақылау субъектісінің (объектісінің) атауы немесе жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), оның орналасқан жері, сәйкестендіру нөмірі, объектілердің тізбесі, аумақтың учаскесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z469" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексерудің жүргізілген күні, орны және кезеңі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z470" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тексеру нәтижелері туралы, оның ішінде анықталған бұзушылықтар, олардың сипаты туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z471" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бақылау субъектісі өкілінің (заңды тұлға басшысының не оның уәкілетті адамының, жеке тұлғаның) тексеру нәтижелері туралы актімен танысуы немесе танысудан бас тартуы туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тартуы, сондай-ақ жүргізілген тексеру нәтижелері бойынша ескертулердің және (немесе) қарсылықтардың бар-жоғы туралы белгі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z472" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тексеру жүргізген лауазымды адамның қолтаңбасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z473" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарын бұзушылықтар болмаған жағдайда тексеру нәтижелері туралы актіде тиісті жазба жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z474" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бұзушылықтар анықталған жағдайда тексеру нәтижелері туралы актіге анықталған бұзушылықтарды жою туралы нұсқама қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z475" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Анықталған бұзушылықтарды жою туралы нұсқамада:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z476" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нұсқаманың жасалған күні, уақыты және орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z477" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бақылау органының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-[...238 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z477" w:id="472"/>
-[...15 lines deleted...]
-      2) бақылау органының атауы;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру жүргізген лауазымды адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z478" w:id="473"/>
-[...15 lines deleted...]
-      3) тексеру жүргізген лауазымды адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеру жүргізу тағайындалған бақылау субъектісінің (объектісінің) атауы немесе жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), тексеруді жүргізу кезінде қатысқан жеке немесе заңды тұлға өкілінің лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z479" w:id="474"/>
-[...15 lines deleted...]
-      4) тексеру жүргізу тағайындалған бақылау субъектісінің (объектісінің) атауы немесе жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), тексеруді жүргізу кезінде қатысқан жеке немесе заңды тұлға өкілінің лауазымы;</w:t>
+    <w:bookmarkStart w:name="z480" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексерудің жүргізілген күні, орны және кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z480" w:id="475"/>
-[...15 lines deleted...]
-      5) тексерудің жүргізілген күні, орны және кезеңі;</w:t>
+    <w:bookmarkStart w:name="z481" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкес анықталған бұзушылықтардың тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z481" w:id="476"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарына сәйкес анықталған бұзушылықтардың тізбесі;</w:t>
+    <w:bookmarkStart w:name="z482" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) анықталған бұзушылықтарды жою жөніндегі ұсынымдар мен нұсқаулар және оларды жою мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z482" w:id="477"/>
-[...15 lines deleted...]
-      7) анықталған бұзушылықтарды жою жөніндегі ұсынымдар мен нұсқаулар және оларды жою мерзімдері;</w:t>
+    <w:bookmarkStart w:name="z483" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бақылау субъектісі өкілінің (заңды тұлға басшысының не оның уәкілетті адамының, жеке тұлғаның), сондай-ақ тексеру кезінде қатысқан адамдардың нұсқамамен танысуы немесе танысудан бас тартуы туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тартуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z483" w:id="478"/>
-[...15 lines deleted...]
-      8) бақылау субъектісі өкілінің (заңды тұлға басшысының не оның уәкілетті адамының, жеке тұлғаның), сондай-ақ тексеру кезінде қатысқан адамдардың нұсқамамен танысуы немесе танысудан бас тартуы туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тартуы;</w:t>
+    <w:bookmarkStart w:name="z484" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тексеру жүргізген лауазымды адамның қолтаңбасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z484" w:id="479"/>
-[...15 lines deleted...]
-      9) тексеру жүргізген лауазымды адамның қолтаңбасы көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z485" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Анықталған бұзушылықтарды жою туралы нұсқаманы орындау мерзімдері оны орындаудың нақты мүмкіндігіне ықпал ететін мән-жайлар ескеріле отырып айқындалады және анықталған бұзушылықтарды жою туралы нұсқама табыс етілген күннен бастап кемінде күнтізбелік он күнді құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z485" w:id="480"/>
-[...15 lines deleted...]
-      14. Анықталған бұзушылықтарды жою туралы нұсқаманы орындау мерзімдері оны орындаудың нақты мүмкіндігіне ықпал ететін мән-жайлар ескеріле отырып айқындалады және анықталған бұзушылықтарды жою туралы нұсқама табыс етілген күннен бастап кемінде күнтізбелік он күнді құрайды.</w:t>
+    <w:bookmarkStart w:name="z486" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша уақыт және (немесе) қаржылық шығындар қажет болған жағдайда бақылау субъектісі өзіне тексеру нәтижелері туралы акт пен анықталған бұзушылықтарды жою туралы нұсқама табыс етілген күннен бастап үш жұмыс күнінен кешіктірмей анықталған бұзушылықтарды жою мерзімдерін ұзарту туралы өтінішпен тексеру жүргізген бақылау органына жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z486" w:id="481"/>
-[...15 lines deleted...]
-      Қосымша уақыт және (немесе) қаржылық шығындар қажет болған жағдайда бақылау субъектісі өзіне тексеру нәтижелері туралы акт пен анықталған бұзушылықтарды жою туралы нұсқама табыс етілген күннен бастап үш жұмыс күнінен кешіктірмей анықталған бұзушылықтарды жою мерзімдерін ұзарту туралы өтінішпен тексеру жүргізген бақылау органына жүгінуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z487" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініште бақылау субъектісі анықталған бұзушылықтарды жою бойынша қолданылатын шараларды және оларды жою мерзімдерін ұзартудың объективті себептерін баяндауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z487" w:id="482"/>
-[...15 lines deleted...]
-      Өтініште бақылау субъектісі анықталған бұзушылықтарды жою бойынша қолданылатын шараларды және оларды жою мерзімдерін ұзартудың объективті себептерін баяндауға міндетті.</w:t>
+    <w:bookmarkStart w:name="z488" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізген бақылау органы анықталған бұзушылықтарды жою мерзімдерін ұзарту туралы өтініште баяндалған дәлелдерді ескере отырып, өтінішті алған күннен бастап үш жұмыс күні ішінде анықталған бұзушылықтарды жою мерзімдерін ұзарту немесе уәжді негіздемемен ұзартудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z488" w:id="483"/>
-[...15 lines deleted...]
-      Тексеру жүргізген бақылау органы анықталған бұзушылықтарды жою мерзімдерін ұзарту туралы өтініште баяндалған дәлелдерді ескере отырып, өтінішті алған күннен бастап үш жұмыс күні ішінде анықталған бұзушылықтарды жою мерзімдерін ұзарту немесе уәжді негіздемемен ұзартудан бас тарту туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z489" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тексеру нәтижелері туралы акт, анықталған бұзушылықтарды жою туралы нұсқама екі данада жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z489" w:id="484"/>
-[...15 lines deleted...]
-      15. Тексеру нәтижелері туралы акт, анықталған бұзушылықтарды жою туралы нұсқама екі данада жасалады.</w:t>
+    <w:bookmarkStart w:name="z490" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау органы тексеру нәтижелері туралы актінің, анықталған бұзушылықтарды жою туралы нұсқаманың бірінші данасын танысу және анықталған бұзушылықтарды жою жөнінде шаралар қолдану және басқа да іс-қимылдар үшін бақылау субъектісіне (заңды тұлғаның басшысына не оның уәкілетті адамына, жеке тұлғаға) қолын қойғызып қағаз жеткізгіште немесе электрондық нысанда табыс етеді, екінші данасы бақылау органында қалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z490" w:id="485"/>
-[...15 lines deleted...]
-      Бақылау органы тексеру нәтижелері туралы актінің, анықталған бұзушылықтарды жою туралы нұсқаманың бірінші данасын танысу және анықталған бұзушылықтарды жою жөнінде шаралар қолдану және басқа да іс-қимылдар үшін бақылау субъектісіне (заңды тұлғаның басшысына не оның уәкілетті адамына, жеке тұлғаға) қолын қойғызып қағаз жеткізгіште немесе электрондық нысанда табыс етеді, екінші данасы бақылау органында қалады.</w:t>
+    <w:bookmarkStart w:name="z491" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық нысанда қалыптастырылған тексеру нәтижелері туралы акт, анықталған бұзушылықтарды жою туралы нұсқама бақылау субъектісі көрсеткен электрондық пошта мекенжайына жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z491" w:id="486"/>
-[...15 lines deleted...]
-      Электрондық нысанда қалыптастырылған тексеру нәтижелері туралы акт, анықталған бұзушылықтарды жою туралы нұсқама бақылау субъектісі көрсеткен электрондық пошта мекенжайына жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z492" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда заңды тұлғаның басшысы немесе жеке тұлға не олардың өкілдері ескертулерді және (немесе) қарсылықтарды жазбаша түрде баяндайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z492" w:id="487"/>
-[...15 lines deleted...]
-      16. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда заңды тұлғаның басшысы немесе жеке тұлға не олардың өкілдері ескертулерді және (немесе) қарсылықтарды жазбаша түрде баяндайды.</w:t>
+    <w:bookmarkStart w:name="z493" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл жөнінде тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z493" w:id="488"/>
-[...15 lines deleted...]
-      Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл жөнінде тиісті белгі жасалады.</w:t>
+    <w:bookmarkStart w:name="z494" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бақылау субъектісіне тексеру нәтижелері туралы акт тексеруді тағайындау туралы актіде (болған кезде тексеруді ұзарту туралы актіде) көрсетілген тексерудің аяқталу мерзімінен кешіктірілмей табыс етілген күн тексеру мерзімінің аяқталуы деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z494" w:id="489"/>
-[...15 lines deleted...]
-      17. Бақылау субъектісіне тексеру нәтижелері туралы акт тексеруді тағайындау туралы актіде (болған кезде тексеруді ұзарту туралы актіде) көрсетілген тексерудің аяқталу мерзімінен кешіктірілмей табыс етілген күн тексеру мерзімінің аяқталуы деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген анықталған бұзушылықтарды жою мерзімі өткен соң бақылау субъектісі осы нұсқамада белгіленген мерзім ішінде тексеру жүргізген бақылау органына анықталған бұзушылықтардың жойылғаны туралы ақпарат беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z495" w:id="490"/>
-[...15 lines deleted...]
-      18. Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген анықталған бұзушылықтарды жою мерзімі өткен соң бақылау субъектісі осы нұсқамада белгіленген мерзім ішінде тексеру жүргізген бақылау органына анықталған бұзушылықтардың жойылғаны туралы ақпарат беруге міндетті.</w:t>
+    <w:bookmarkStart w:name="z496" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бақылау субъектісі тексеру нәтижелері бойынша анықталған бұзушылықтарды жою туралы нұсқаманың орындалуы туралы ақпаратты белгіленген мерзімде бермеген жағдайда тексеру жүргізген бақылау органы екі жұмыс күні ішінде бақылау субъектісіне нұсқаманың орындалуы туралы ақпаратты беру қажеттігі туралы сұрау салу жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z496" w:id="491"/>
-[...15 lines deleted...]
-      19. Бақылау субъектісі тексеру нәтижелері бойынша анықталған бұзушылықтарды жою туралы нұсқаманың орындалуы туралы ақпаратты белгіленген мерзімде бермеген жағдайда тексеру жүргізген бақылау органы екі жұмыс күні ішінде бақылау субъектісіне нұсқаманың орындалуы туралы ақпаратты беру қажеттігі туралы сұрау салу жібереді.</w:t>
+    <w:bookmarkStart w:name="z497" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген анықталған бұзушылықтар мерзімінен бұрын жойылған жағдайда бақылау субъектісі тексеру жүргізген бақылау органына анықталған бұзушылықтардың жойылғаны туралы ақпарат беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z497" w:id="492"/>
-[...15 lines deleted...]
-      20. Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген анықталған бұзушылықтар мерзімінен бұрын жойылған жағдайда бақылау субъектісі тексеру жүргізген бақылау органына анықталған бұзушылықтардың жойылғаны туралы ақпарат беруге міндетті.</w:t>
+    <w:bookmarkStart w:name="z498" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісі анықталған бұзушылықтардың жойылғаны туралы берілген ақпаратқа бұзушылықтың жойылу фактісін дәлелдейтін материалдарды (қажет болған кезде) қоса береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z498" w:id="493"/>
-[...15 lines deleted...]
-      Бақылау субъектісі анықталған бұзушылықтардың жойылғаны туралы берілген ақпаратқа бұзушылықтың жойылу фактісін дәлелдейтін материалдарды (қажет болған кезде) қоса береді.</w:t>
+    <w:bookmarkStart w:name="z499" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бақылау органының лауазымды адамы Қазақстан Республикасының бекітіп берілген аумақтарында патрульдеуді жүзеге асыру кезінде жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды анықтаған жағдайда, егер залалдың мөлшері республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің бір жүз еселенген мөлшерін құраса не одан асып түссе, материалдарды дереу құқық қорғау органдарына береді немесе егер залалдың мөлшері республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің бір жүз еселенген мөлшерінен аз болса, әкімшілік құқық бұзушылық туралы хаттама толтырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z499" w:id="494"/>
-[...15 lines deleted...]
-      21. Бақылау органының лауазымды адамы Қазақстан Республикасының бекітіп берілген аумақтарында патрульдеуді жүзеге асыру кезінде жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды анықтаған жағдайда, егер залалдың мөлшері республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің бір жүз еселенген мөлшерін құраса не одан асып түссе, материалдарды дереу құқық қорғау органдарына береді немесе егер залалдың мөлшері республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің бір жүз еселенген мөлшерінен аз болса, әкімшілік құқық бұзушылық туралы хаттама толтырады.</w:t>
+    <w:bookmarkStart w:name="z500" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы баптың 1 – 20-тармақтарының ережелері осы тармақта көзделген жағдайларға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z500" w:id="495"/>
-[...15 lines deleted...]
-      Осы баптың 1 – 20-тармақтарының ережелері осы тармақта көзделген жағдайларға қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z501" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Тексеру қорытындысына бақылау субъектісі Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасай алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z501" w:id="496"/>
-[...15 lines deleted...]
-      22. Тексеру қорытындысына бақылау субъектісі Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасай алады.</w:t>
+    <w:bookmarkStart w:name="z502" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғары тұрған мемлекеттік органның тексерудің жарамсыздығына байланысты тексеру нәтижелері туралы актінің күшін жою, анықталған бұзушылықтарды жою туралы нұсқаманың күшін жою туралы бақылау субъектісінің өтінішін қарауы өтініш берілген күннен бастап он жұмыс күні ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z502" w:id="497"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z503" w:id="498"/>
+    <w:bookmarkStart w:name="z503" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жоғары тұрған мемлекеттік органның тексеру нәтижелерін жарамсыз деп тануы олардың күшін жою үшін негіз болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z504" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарамсыз деп танылған тексеру нәтижелері туралы акт пен тексеру қорытындысы бойынша анықталған бұзушылықтарды жою туралы нұсқама бақылау субъектілерінің белгіленген талаптарды бұзуының дәлелдемесі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z504" w:id="499"/>
-[...15 lines deleted...]
-      Жарамсыз деп танылған тексеру нәтижелері туралы акт пен тексеру қорытындысы бойынша анықталған бұзушылықтарды жою туралы нұсқама бақылау субъектілерінің белгіленген талаптарды бұзуының дәлелдемесі болып табылмайды.</w:t>
+    <w:bookmarkStart w:name="z505" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың актілері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z505" w:id="500"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 50-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың актілері</w:t>
+    <w:bookmarkStart w:name="z506" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z506" w:id="501"/>
-[...15 lines deleted...]
-      Мыналар:</w:t>
+    <w:bookmarkStart w:name="z507" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әкімшілік құқық бұзушылықтар туралы хаттама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z507" w:id="502"/>
-[...15 lines deleted...]
-      1) әкімшілік құқық бұзушылықтар туралы хаттама;</w:t>
+    <w:bookmarkStart w:name="z508" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексеру нәтижелері туралы акт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z508" w:id="503"/>
-[...15 lines deleted...]
-      2) тексеру нәтижелері туралы акт;</w:t>
+    <w:bookmarkStart w:name="z509" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z509" w:id="504"/>
-[...15 lines deleted...]
-      3) мыналар:</w:t>
+    <w:bookmarkStart w:name="z510" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарын анықталған бұзушылықтарды жою туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z510" w:id="505"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасының талаптарын анықталған бұзушылықтарды жою туралы;</w:t>
+    <w:bookmarkStart w:name="z511" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотқа талап қою арызын үш күн мерзімде міндетті түрде ұсына отырып, жеке және заңды тұлғалардың шаруашылық қызметіне сот шешімінсіз үш күннен аспайтын мерзімге тыйым салу немесе тоқтата тұру туралы нұсқама (бұл ретте қызметке тыйым салу немесе оны тоқтата тұру туралы акт анықталған бұзушылықтар жойылғанға немесе сот шешімі шығарылғанға дейін қолданылады);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z511" w:id="506"/>
-[...15 lines deleted...]
-      сотқа талап қою арызын үш күн мерзімде міндетті түрде ұсына отырып, жеке және заңды тұлғалардың шаруашылық қызметіне сот шешімінсіз үш күннен аспайтын мерзімге тыйым салу немесе тоқтата тұру туралы нұсқама (бұл ретте қызметке тыйым салу немесе оны тоқтата тұру туралы акт анықталған бұзушылықтар жойылғанға немесе сот шешімі шығарылғанға дейін қолданылады);</w:t>
+    <w:bookmarkStart w:name="z512" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z512" w:id="507"/>
-[...15 lines deleted...]
-      4) мыналар:</w:t>
+    <w:bookmarkStart w:name="z513" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кінәлі адамдарды әкімшілік жауаптылыққа тарту не қылмыстық жазаланатын іс-әрекет жағдайында – Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасы бұзылған жағдайда материалдарды құқық қорғау органдарына беру туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z513" w:id="508"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z514" w:id="509"/>
+    <w:bookmarkStart w:name="z514" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сот шешімі шығарылғанға дейін уақытша сақтау үшін осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) және 2) тармақшаларында көзделген заңсыз өндірілген реттеу объектілерін, сондай-ақ осы үшін пайдаланылған құрылғыларды, тетіктер мен көлік құралдарын алып қою туралы қаулы жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың актілері болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z515" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың құқықтары</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z515" w:id="510"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z516" w:id="511"/>
+    <w:bookmarkStart w:name="z516" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z517" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды анықтау мақсатында Қазақстан Республикасының бекітіп берілген аумақтарында патрульдеуді жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z517" w:id="512"/>
-[...15 lines deleted...]
-      1) жабайы өсетін өсімдіктерді санкцияланбаған алып қоюды анықтау мақсатында Қазақстан Республикасының бекітіп берілген аумақтарында патрульдеуді жүзеге асыруға;</w:t>
+    <w:bookmarkStart w:name="z518" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзушылықтар анықталған учаскелерде, сондай-ақ осы учаскелерге кіру және олардан шығу орындарында жеке тұлғаларды, көлік құралдарын тоқтатуға, оларды тексеріп-қарауды жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z518" w:id="513"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзушылықтар анықталған учаскелерде, сондай-ақ осы учаскелерге кіру және олардан шығу орындарында жеке тұлғаларды, көлік құралдарын тоқтатуға, оларды тексеріп-қарауды жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z519" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімдік ресурстарын дайындау (жинау) учаскелеріндегі және олардан шыққан кезде адамдардың өсімдіктер дүниесін пайдалану құқығына арналған құжаттарын қарап-тексеруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z519" w:id="514"/>
-[...15 lines deleted...]
-      3) өсімдік ресурстарын дайындау (жинау) учаскелеріндегі және олардан шыққан кезде адамдардың өсімдіктер дүниесін пайдалану құқығына арналған құжаттарын қарап-тексеруге;</w:t>
+    <w:bookmarkStart w:name="z520" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзу салдарынан келтірілген зиянның мөлшерлерін айқындауға, кінәлі адамдарға осы зиянды өз еркімен өтеу туралы талап қоюға не сотқа талаптар қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z520" w:id="515"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзу салдарынан келтірілген зиянның мөлшерлерін айқындауға, кінәлі адамдарға осы зиянды өз еркімен өтеу туралы талап қоюға не сотқа талаптар қоюға;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы әкімшілік құқық бұзушылық туралы хаттамалар жасауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z521" w:id="516"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z522" w:id="517"/>
+    <w:bookmarkStart w:name="z522" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын анықталған бұзушылықтарды жою туралы нұсқамалар беруге; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z523" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мыналар:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z523" w:id="518"/>
-[...15 lines deleted...]
-      7) мыналар:</w:t>
+    <w:bookmarkStart w:name="z524" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кінәлі адамдарды әкімшілік жауаптылыққа тарту не қылмыстық жазаланатын іс-әрекет жағдайында – Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасы бұзылған жағдайда материалдарды құқық қорғау органдарына беру туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z524" w:id="519"/>
-[...15 lines deleted...]
-      кінәлі адамдарды әкімшілік жауаптылыққа тарту не қылмыстық жазаланатын іс-әрекет жағдайында – Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасы бұзылған жағдайда материалдарды құқық қорғау органдарына беру туралы;</w:t>
+    <w:bookmarkStart w:name="z525" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот шешімі шығарылғанға дейін уақытша сақтау үшін осы Заңның 5-бабы 1-тармағының 1) және 2) тармақшаларында көзделген заңсыз өндірілген реттеу объектілерін, сондай-ақ осы үшін пайдаланылған құрылғыларды, тетіктер мен көлік құралдарын алып қою туралы қаулылар шығаруға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z525" w:id="520"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z526" w:id="521"/>
+    <w:bookmarkStart w:name="z526" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдарға Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>154-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көзделген өзге құқықтар да қолданылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z527" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар айырым белгілері бар нысанды киіммен (погонсыз) қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z527" w:id="522"/>
-[...15 lines deleted...]
-      2. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар айырым белгілері бар нысанды киіммен (погонсыз) қамтамасыз етіледі.</w:t>
+    <w:bookmarkStart w:name="z528" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 52-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдарды құқықтық және әлеуметтік қорғау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z528" w:id="523"/>
+    <w:bookmarkStart w:name="z529" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар Қазақстан Республикасының заңнамасына сәйкес құқықтық және әлеуметтік қорғалуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z530" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 52-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдарды құқықтық және әлеуметтік қорғау</w:t>
-[...19 lines deleted...]
-      Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар Қазақстан Республикасының заңнамасына сәйкес құқықтық және әлеуметтік қорғалуға жатады.</w:t>
+        <w:t xml:space="preserve"> 53-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы қоғамдық бақылау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z530" w:id="525"/>
+    <w:bookmarkStart w:name="z531" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы қоғамдық бақылау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z532" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 53-бап. Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы қоғамдық бақылау</w:t>
-[...19 lines deleted...]
-      Жабайы өсетін өсімдіктерді күзету, қорғау, қалпына келтіру және пайдалану саласындағы қоғамдық бақылау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 16-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ ДАУЛАРДЫ ШЕШУ ЖӘНЕ ЗАҢНАМАНЫ БҰЗҒАНЫ ҮШІН ЖАУАПТЫЛЫҚ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z532" w:id="527"/>
+    <w:bookmarkStart w:name="z533" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ӨСІМДІКТЕР ДҮНИЕСІН КҮЗЕТУ, ҚОРҒАУ, ҚАЛПЫНА КЕЛТІРУ ЖӘНЕ ПАЙДАЛАНУ САЛАСЫНДАҒЫ ДАУЛАРДЫ ШЕШУ ЖӘНЕ ЗАҢНАМАНЫ БҰЗҒАНЫ ҮШІН ЖАУАПТЫЛЫҚ</w:t>
+        <w:t xml:space="preserve"> 54-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы дауларды шешу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z533" w:id="528"/>
+    <w:bookmarkStart w:name="z534" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану, өсімдіктер дүниесін пайдалануға беру саласындағы даулар Қазақстан Республикасының заңнамасында белгіленген тәртіппен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z535" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 54-бап. Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы дауларды шешу</w:t>
-[...19 lines deleted...]
-      Өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану, өсімдіктер дүниесін пайдалануға беру саласындағы даулар Қазақстан Республикасының заңнамасында белгіленген тәртіппен реттеледі.</w:t>
+        <w:t xml:space="preserve"> 55-бап. Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z535" w:id="530"/>
+    <w:bookmarkStart w:name="z536" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z537" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 55-бап. Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
-[...19 lines deleted...]
-      Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+        <w:t xml:space="preserve"> 17-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z537" w:id="532"/>
+    <w:bookmarkStart w:name="z538" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 17-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
+        <w:t xml:space="preserve"> 56-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z538" w:id="533"/>
+    <w:bookmarkStart w:name="z539" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдаланушылардың осы Заң қолданысқа енгізілгенге дейін өсімдіктер дүниесін пайдалануға алған рұқсаттары оларға берілген мерзім бойы қолданыста болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z540" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 56-бап. Өтпелі ережелер</w:t>
-[...19 lines deleted...]
-      Пайдаланушылардың осы Заң қолданысқа енгізілгенге дейін өсімдіктер дүниесін пайдалануға алған рұқсаттары оларға берілген мерзім бойы қолданыста болады.</w:t>
+        <w:t xml:space="preserve"> 57-бап. Осы Заңды қолдану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z540" w:id="535"/>
+    <w:bookmarkStart w:name="z541" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң қолданысқа енгізілгенінен кейін туындаған құқықтық қатынастарға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z542" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң қолданысқа енгізілгенге дейін қабылданған өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы қатынастарды реттейтін нормативтік құқықтық актілер осы Заңға қайшы келмейтін бөлігінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z543" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 57-бап. Осы Заңды қолдану тәртібі</w:t>
-[...39 lines deleted...]
-      Осы Заң қолданысқа енгізілгенге дейін қабылданған өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы қатынастарды реттейтін нормативтік құқықтық актілер осы Заңға қайшы келмейтін бөлігінде қолданылады.</w:t>
+        <w:t xml:space="preserve"> 58-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z543" w:id="538"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 58-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+    <w:bookmarkStart w:name="z544" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң, "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексіне (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) тиісті өзгерістер мен толықтырулар қолданысқа енгізілген күннен кейін қолданысқа енгізілетін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағының 4) тармақшасын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағы екінші бөлігінің 2) тармақшасын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының екінші бөлігін, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағы екінші бөлігінің 4) тармақшасын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z544" w:id="539"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="539"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -11608,55 +11722,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>