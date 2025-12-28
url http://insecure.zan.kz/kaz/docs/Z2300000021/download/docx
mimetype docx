--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="420ee07" w14:textId="420ee07">
+    <w:p w14:paraId="d02e042" w14:textId="d02e042">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3689,578 +3689,464 @@
         <w:t>
       6) мәмілелердің экономикалық тұрғыдан орынсыздығы белгілерін, мәмілелердің нарықтық емес жағдайларын қоса алғанда, субъектінің және (немесе) оның үлестес тұлғаларының кәсіпкерлік қызметі жағдайларының аномальды белгілерінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z168" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субъектінің және (немесе) оның үлестес тұлғасының екінші деңгейдегі банкке, Қазақстанның Даму Банкіне, оның ішінде мемлекеттік қолдау бағдарламаларына қатысқан (кез келген нысанда) және (немесе) квазимемлекеттік сектор субъектілері тарапынан депозиттерге қаражат орналастыру, депозиттік және өзге де шоттар бойынша шарттарды қайта қарау, екінші деңгейдегі банктер шығарған облигацияларды иемдену, екінші деңгейдегі банктердің облигациялық бағдарламаларының шарттарын қайта қарау және экономикалық және (немесе) заңдық мәні екінші деңгейдегі банктің, Қазақстанның Даму Банкінің қаржылық орнықтылығын қолдау болатын өзге де әрекеттер түрінде қолдау алған екінші деңгейдегі банкке, Қазақстанның Даму Банкіне (бұдан әрі – мемлекеттік қолдау алған банктер) көрінеу қайтарылмайтын кредиттер (қарыздар) алу, нарықтық емес жағдайларда не Қазақстан Республикасының қолданыстағы заңнамасын және банктің ішкі құжаттарын бұза отырып, кредиттер (қарыздар) алу арқылы не өзге жолмен залал келтіруі туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:p>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="131"/>
+    <w:bookmarkStart w:name="z169" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) субъектілердің және (немесе) олардың үлестес тұлғаларының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамаға сәйкес, қылмыстық кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландырудың типологияларына, схемаларына және тәсілдеріне сәйкес келетін сипаттамалары бар операцияларға тартылу белгілері қамтылатын мәліметтердің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z170" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) экономикалық ресурстардың тауарлардың, жұмыстардың немесе көрсетілетін қызметтердің тиісті нарығында нақты шоғырлануы, оның ішінде тиісті тауар нарығында үстем немесе монополиялық жағдайға ие болатын және (немесе) ие болған нарық субъектілерінің акцияларын (жарғылық капиталдарға қатысу үлестерін) иелену жолымен шоғырлануы туралы мәліметтердің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z171" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z171" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комиссия отырыста қарау қорытындысы бойынша тізілімді қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z172" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z172" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тізілім тұлғаны (тұлғалар тобын) енгізу арқылы және мынадай мәліметтерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жеке тұлғалар үшін – тегін, атын, әкесінің атын (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірін (салық төлеушінің нөмірін, өзге де баламалы ұқсас деректемелерді, бар болса), азаматтығын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғалар үшін атауын, тіркеу нөмірін, бизнес-сәйкестендіру нөмірін, тұрған (тіркелген) жерін көрсету арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="134"/>
+    <w:bookmarkStart w:name="z173" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тұлғаның (тұлғалар тобының) тізілімде болуының шекті мерзімі тұлғаны тізілімге енгізген күннен бастап бір жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген мерзімнің өтуі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="135"/>
+    <w:bookmarkStart w:name="z174" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сотқа дейінгі іс жүргізуге қатысушылар процестік құқықтарды іске асырған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z175" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z175" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тізілімге енгізілген тұлғаларға қосымша сұрау салу жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z176" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z176" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті мемлекеттік, құқық қорғау органдары мен арнаулы мемлекеттік органдарға сұрау салу жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z177" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z177" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудит, ревизиялар, тексерулер, ақпаратты, құқықтық көмекті сұратуға байланысты талап қоятын және өзге де іс-шаралар жүргізілген әрі шетелдік соттармен және уәкілетті органдармен өзара іс-қимыл жасау жөніндегі, оның ішінде активтерді қайтаруды қамтамасыз етуге бағытталған өзге де арнаулы іс-шаралар жүргізілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z178" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z178" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тізілімге енгізілген субъектіге және (немесе) оның үлестес тұлғаларына қатысты сотқа дейінгі тергеп-тексерулер жүргізілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z179" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z179" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тізілімге енгізілген субъектіге және (немесе) оның үлестес тұлғаларына қатысты әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z180" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z180" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) шет мемлекеттердің құзыретті органдары мен ұйымдарына немесе халықаралық ұйымдарға құқықтық көмек туралы сұрау салу, ақпарат беру туралы сұрау салу, активтерге тыйым салу, өзге де алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдау немесе оларды тәркілеу және дәлелдемелер алу туралы сұрау салу жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z181" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z181" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) шетелдік соттарға және шет мемлекеттердің өзге де құзыретті органдарына азаматтық талап қою ұсынылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z182" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z182" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) азаматтық немесе қылмыстық іс бойынша, сондай-ақ әкімшілік құқық бұзушылық туралы іс бойынша іс жүргізу және Қазақстан Республикасының атынан ақпарат, мәліметтер немесе құжаттар алу шеңберінде сотқа дейінгі тергеп-тексеруді немесе өзге де әрекеттерді жүзеге асыру үшін шет мемлекеттердің құзыретті органдарымен бірлескен тергеп-тексерулер шеңберінде шет мемлекеттің аумағында тергеу әрекеттері жүргізілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z183" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z183" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) активтерді іздеуге (ашып көрсетуге), пайда болуын растауға, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдануға, сақталуын қамтамасыз етуге, басқаруға, өткізуге және қайтаруға қатысты шет мемлекеттер соттарының немесе өзге де құзыретті органдарының шешімдері танылған және орындалған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z184" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z184" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) тұлға (тұлғалар тобы) активтерді қайтару жөніндегі шараларға байланысты Қазақстан Республикасына және (немесе) Қазақстан Республикасының мемлекеттік органдарына немесе мемлекеттік органдарының лауазымды адамдарына қарсы шет мемлекеттердің соттарына не төреліктерге талап қою берген; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z185" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z185" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) активтерді қайтару жөніндегі уәкілетті органның сұрау салуы бойынша мемлекеттік органдардың өз өкілеттіктерін іске асыруына байланысты әкімшілік актілеріне немесе әрекеттеріне (әрекетсіздігіне) қатысты тұлғаның (тұлғалар тобының) талап қоюы бойынша Қазақстан Республикасының соттары әкімшілік істерді қозғаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z186" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z186" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) активтерді ерікті түрде қайтару шеңберінде келісу рәсімдері мен өзге де рәсімдер жүргізілген жағдайларда үзіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұлғаның (тұлғалар тобының) тізілімде болу мерзімі өтуінің үзілуіне негіз болған мән-жайлар белгіленген тәртіппен аяқталғаннан кейін осы мерзімнің өтуі қайта басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4331,919 +4217,1001 @@
         <w:t xml:space="preserve"> көзделген тәртіппен хабарланады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұлға (тұлғалар тобы) бұрын тізілімге енгізілген сол бір негіздер бойынша субъектіні тізілімге қайтадан енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді – ҚР 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Тізілімге енгізілген тұлғаларды хабардар ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="148"/>
+    <w:bookmarkStart w:name="z187" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Активтерді қайтару жөніндегі уәкілетті орган тізілімге енгізілген тұлғаларды тізілімге енгізілгені туралы, сондай-ақ тізілімге енгізілген тұлғаның өзіне тиесілі активтерді (немесе олардың бір бөлігін) кез келген нысанда өтеулі немесе өтеусіз иеліктен шығару, кез келген нысанда ауыртпалық салу, сенімгерлік басқаруға беру ниеті жөнінде активтерді қайтару жөніндегі уәкілетті органға алдын ала (екі ай бұрын) хабарлау қажеттігі туралы хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламада тұлғаны тізілімге енгізу негізі көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="149"/>
+    <w:bookmarkStart w:name="z188" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Хабардар ету жазбаша түрде не Қазақстан Республикасының заңнамасында көзделген, жеткізудің тіркелуін қамтамасыз ететін өзге де тәсілдермен, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z189" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z189" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық пошта мекенжайына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z190" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z190" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұялы байланыстың абоненттік нөміріне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z191" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z191" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық үкімет жүйесіндегі жеке кабинетіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z192" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z192" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеткізу фактісінің тіркелуін қамтамасыз ететін басқа да электрондық байланыс құралдарын пайдалана отырып, өзге де тәсілдермен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұлға хабарламаны қабылдаудан бас тартуына байланысты қайтарған жағдайда, тиісті түрде хабардар етілген болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Алдын ала қамтамасыз ету шараларын қабылдау туралы арыз</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="154"/>
+    <w:bookmarkStart w:name="z193" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Активті елден шығару немесе түрлендіру, оған ауыртпалық салу тәуекелі туындаған не активтерді мемлекетке қайтаруды қиындататын немесе мүмкін етпейтін өзге де мән-жайлардың туындау тәуекелі болған жағдайда, оның ішінде тізілімге енгізілген тұлғадан (тұлғалар тобынан) өзіне тиесілі активтерді (немесе олардың бір бөлігін) кез келген нысанда өтеулі немесе өтеусіз иеліктен шығару, кез келген нысанда ауыртпалық салу, сенімгерлік басқаруға беру ниеті туралы алынған ақпарат (хабарлама) бойынша активтерді қайтару жөніндегі уәкілетті орган алдын ала қамтамасыз ету шараларын қабылдау мақсатында сотқа арыз жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z194" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z194" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Алдын ала қамтамасыз ету шараларын қабылдау туралы арыз Қазақстан Республикасының Азаматтық процестік кодексіне сәйкес көзделген соттылық қағидалары сақтала отырып, сотқа беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z195" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z195" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтерді қайтару жөніндегі уәкілетті орган тізілімге енгізілген тұлғалардың активтеріне тыйым салу және (немесе) активтерді іздеу мен қайтаруды қиындатуды немесе мүмкін етпеуді мақсат ететін әрекеттердің жолын кесуге бағытталған өзге де шаралар қабылдау нысанындағы құқықтық көмек туралы арыздармен, өтінішхаттармен және сұрау салумен шетелдік соттарға және (немесе) шет мемлекеттердің өзге де құзыретті органдарына жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z196" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z196" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сот бұдан бұрын мемлекеттің мүліктік мүдделерін қамтамасыз ету бойынша алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдаған мүлікті иемденген тұлғалар адал иемденушілер болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z197" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z197" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Активтерді қайтару жөніндегі уәкілетті орган тиісті активтерді мемлекет кірісіне айналдыру туралы талап қоюды кейіннен бермеген жағдайда, алдын ала қамтамасыз ету шаралары меншік иесінің активтерді қайтару жөніндегі уәкілетті органды осы Заңның 15-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелеріне сәйкес күні бұрын хабардар етпей, тиісті активтерді иеліктен шығару немесе иеліктен шығару ниеті жөніндегі әрекеттеріне байланысты қабылданған жағдайларды қоспағанда, активтің меншік иесі алдын ала қамтамасыз ету шараларын негізсіз қабылдау арқылы өзіне келтірілген шығынның (нақты залал көлемінде) өтемін Қазақстан Республикасы Азаматтық процестік кодексінің қағидалары бойынша сот тәртібімен талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Алдын ала қамтамасыз ету шаралары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="159"/>
+    <w:bookmarkStart w:name="z198" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сот активтерге қатысты алдын ала қамтамасыз ету шараларын активтерді қайтару жөніндегі уәкілетті органның арызы бойынша, осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес активтерді мемлекет кірісіне айналдыру туралы талап қою берілгенге дейін қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті орган алдын ала қамтамасыз ету шараларын қабылдау туралы арыз берген кезде активтерді мемлекет кірісіне айналдыру туралы талап қоюды бір мезгілде беру талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="160"/>
+    <w:bookmarkStart w:name="z199" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Судья алдын ала қамтамасыз ету шараларын қабылдау туралы арызды тұлғаларды хабардар етпей және сот отырысын өткізбей, сотқа келіп түскен күні қарап, шешеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот осы бапта көзделген арызды қарау кезінде тізілімге енгізілген тұлғаның (тұлғалар тобының) жиынтық активтері мөлшерінің осы Заңда көзделген шекті мәнге арақатынасын тексермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Судья арызды қарау нәтижесі бойынша алдын ала қамтамасыз ету шарасын қабылдау туралы немесе арызды қанағаттандырудан бас тарту туралы ұйғарым шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="161"/>
+    <w:bookmarkStart w:name="z200" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z201" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z201" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субъектінің және (немесе) оның үлестес тұлғаларының активтеріне тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z202" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z202" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) субъектінің және (немесе) оның үлестес тұлғаларының белгілі бір әрекеттерді жасауына, оның ішінде қарыз міндеттемелерінің және өзге де міндеттемелердің туындауына бағытталған мәмілелерді жасасуына, үшінші тұлғалардың кепілге қою және өзге де құқықтарымен активтерге ауыртпалық салуына тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z203" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z203" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) басқа тұлғалардың орындалу мерзімі басталған міндеттемелер бойынша мүлікті субъектіге және (немесе) оның үлестес тұлғаларына беруіне немесе субъектіге және (немесе) оның үлестес тұлғаларына қатысты заңда немесе шартта көзделген өзге де міндеттемелерді орындауына тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z204" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z204" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) активті өткізуді тоқтата тұру алдын ала қамтамасыз ету шаралары бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z205" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z205" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Активтерді қайтару жөніндегі уәкілетті орган қаржы ұйымдарының акцияларын тікелей немесе жанама иеленетін тұлғаларға қатысты сотқа қаржы ұйымдарының акцияларын, сондай-ақ қаржы ұйымдарының акцияларын тікелей немесе жанама иеленетін тұлғалардың акцияларын (жарғылық капиталға қатысу үлестерін) пайдалануға тыйым салу түрінде алдын ала қамтамасыз ету шарасын қабылдау туралы арыз жібере алады, онда, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z206" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z206" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) барлық немесе жекелеген мәселелерге қатысты акциялар бойынша дауыс беруге тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z207" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z207" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) субъектілердің және (немесе) олардың үлестес тұлғаларының акциялар бойынша дивидендтер төлеуіне және алуына тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z208" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z208" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жоғарыда аталған тұлғалар таратылған жағдайда мүлікті бөлуге қатысуға тыйым салу көзделуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z209" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z209" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сот, қажет болған жағдайларда, активтерді қайтару жөніндегі уәкілетті органның арызы бойынша осы баптың бірінші бөлігінде көрсетілген мақсаттарға сай келетін өзге де алдын ала қамтамасыз ету шараларын қабылдауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот бірнеше алдын ала қамтамасыз ету шарасын қабылдай алады. Қазақстан Республикасының соттары алдын ала қамтамасыз ету шараларын Қазақстан Республикасының шегінен тысқары жердегі активтерге қатысты да қабылдауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="171"/>
+    <w:bookmarkStart w:name="z210" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы бапта көрсетілген тыйым салулар бұзылған кезде кінәлі тұлғалар заңдарда белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z211" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z211" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Активтерді қайтару жөніндегі уәкілетті орган субъектілерден және (немесе) олардың үлестес тұлғаларынан алдын ала қамтамасыз ету шаралары туралы сот ұйғарымдарын орындамаудан келтірілген залалды өтеуді сот тәртібімен талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z212" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z212" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сот, егер алдын ала қамтамасыз ету шараларын қабылдау туралы мәселені қарау кезінде арызда қатыстылығы, жол берілетіндігі, анықтығы ескеріле отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z213" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z213" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) арызда (тізімдемеде) көрсетілген активтердің арызда көрсетілген жауапкердің (жауапкерлердің) меншігінде, пайдалануында, иелігінде және (немесе) бақылауында болатыны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z214" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z214" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) арызда көрсетілген жауапкердің (жауапкерлердің) осы Заңның тұлғаны (тұлғалар тобын) тізілімге енгізу тәртібі мен негіздеріне қатысты ережелерін тиісінше сақтау негізінде тізілімге енгізілгені туралы негізді болжамдар жасауға мүмкіндік беретін жеткілікті мәліметтер қамтылмайтынын анықтаса, активтерді қайтару жөніндегі уәкілетті органның алдын ала қамтамасыз ету шараларын қабылдау жөніндегі арызын қанағаттандырусыз қалдыру туралы ұйғарым шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, заңды тұлға акцияларының (үлестерінің) он және одан көп пайызын тікелей немесе жанама иеленген кезде бақылау болжанады. Активтерді қайтару жөніндегі уәкілетті орган арызда заңды тұлғалардың акциялары (үлестері) пакеттерінің жоғарыда көрсетілгеннен аз мөлшеріне, сондай-ақ бақылаудың өзге де негіздеріне қатысты тиісті мәліметтер мен дәлелдерді көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="176"/>
+    <w:bookmarkStart w:name="z215" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Соттың ұйғарымында алдын ала қамтамасыз ету шаралары қабылданатын мерзім көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзім екі айдан аспауға тиіс. Бұл мерзім активтерді қайтару жөніндегі уәкілетті органның өтінішхаты бойынша ақылға қонымды, бірақ бір жылдан аспайтын мерзімге ұзартылуы мүмкін, бұл туралы соттың ұйғарымы шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="177"/>
+    <w:bookmarkStart w:name="z216" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Алдын ала қамтамасыз ету шараларын қабылдау туралы ұйғарымға сот ұйғарымы шығарылған күннен бастап он жұмыс күні ішінде апелляциялық сатыдағы сотқа жеке шағым берілуі мүмкін, оның шешімі түпкілікті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Соттың алдын ала қамтамасыз ету шараларын қабылдау туралы ұйғарымына шағым беру ұйғарымның орындалуын тоқтата тұрмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="178"/>
+    <w:bookmarkStart w:name="z217" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Алдын ала қамтамасыз ету шарасын қабылдау туралы ұйғарым дереу орындалуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сот алдын алу шараларын қабылдау туралы ұйғарымды дереу орындау үшін Қазақстан Республикасы Азаматтық процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5255,130 +5223,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен жібереді. Ұйғарымның көшірмелері активтерді қайтару жөніндегі уәкілетті органға және өзіне қатысты алдын ала қамтамасыз ету шаралары қабылданатын тұлғаға (тұлғалар тобына) ұйғарым шығарылған күннен кейінгі жұмыс күнінен кешіктірілмей жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Активтерді ашып көрсету туралы декларацияны ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="179"/>
+    <w:bookmarkStart w:name="z218" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тізілімге енгізілген тұлғалар декларацияланған активтерді иемдену (пайда болу) көздерінің заңдылығын растайтын мәліметтерді (құжаттарды) қоса бере отырып, осындай тұлғалардың (тұлғалар тобының) меншігіндегі, пайдалануындағы, иелігіндегі және (немесе) бақылауындағы активтерді, оның ішінде Қазақстан Республикасы аумағының шегінен тысқары жердегі активтерді ашып көрсету туралы декларацияны ұсынуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z219" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z219" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді ашып көрсету туралы декларация және оған қоса берілетін мәліметтер (құжаттар) активтерді қайтару жөніндегі уәкілетті органға қағаз және (немесе) электрондық жеткізгіштерде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z220" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z220" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хабарлама табыс етілген (алынған) күннен бастап бір ай мерзімде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z221" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z221" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дәлелді себептерге байланысты құжаттарды жинау және дайындау үшін неғұрлым ұзақ мерзім қажет болған жағдайда, хабарлама табыс етілген (алынған) күннен бастап үш ай мерзімде ұсынылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы баптың мақсаттары үшін дәлелді себептерге мынадай себептердің біріне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5407,483 +5375,483 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       адамның госпитальдарда, санаторийлерде және басқа да емдеу мекемелерінде емделуде болуына, халықты әлеуметтік қорғау ұйымдарында, қылмыстық-атқару (пенитенциарлық) жүйесі мекемелерінде және тергеу изоляторларында болуына байланысты мәліметтерді (құжаттарды) бір ай мерзімде ұсынудың объективті түрде мүмкін болмауы жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұлға дәлелді себептер болған жағдайда, хабарламаны алған күннен бастап бір ай мерзім өткенге дейін активтерді қайтару жөніндегі уәкілетті органды бұл туралы хабардар етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="183"/>
+    <w:bookmarkStart w:name="z222" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтерді ашып көрсету туралы декларацияда Қазақстан Республикасының аумағында да, оның шегінен тысқары жерде де болатын (болған) активтер және активтер иемденілген қаражаттың пайда болуы туралы, тіпті олардың бастапқы пайда болуына дейін, сондай-ақ бұрын алынған активтерден түскен кірістер туралы түбегейлі ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Декларациялауға жататын актив түрлері активтерді қайтару жөніндегі уәкілетті орган салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен бірлесіп бекітетін активтерді ашып көрсету туралы декларацияның нысанында белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді ашып көрсету туралы декларация декларацияланатын мүлік туралы мынадай мәліметтерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="184"/>
+    <w:bookmarkStart w:name="z223" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) есепті кезеңдегі кірістерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z224" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z224" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының аумағында болатын (болған) ақшаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z225" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z225" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының шегінен тысқары жерде болатын (болған) ақшаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z226" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z226" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының аумағында болатын (болған) жылжымайтын мүлікті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z227" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z227" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының шегінен тысқары жерде болатын (болған) жылжымайтын мүлікті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z228" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z228" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының аумағында болатын (болған) көлік құралдарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z229" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z229" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының шегінен тыс жерлерде болатын (болған) көлік құралдарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z230" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z230" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының аумағында тіркелген заңды тұлғаның жарғылық капиталына қатысу үлесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z231" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z231" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының шегінен тысқары жерде тіркелген заңды тұлғаның жарғылық капиталына қатысу үлесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z232" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z232" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының аумағында болатын (болған) бағалы қағаздарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z233" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z233" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының шегінен тысқары жерде болатын (болған) бағалы қағаздарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z234" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z234" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) цифрлық активтерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z235" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z235" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының аумағында болатын (болған) қарыздарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z236" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z236" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының шегінен тысқары жерде болатын (болған) қарыздарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z237" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z237" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) активтердің пайда болуы туралы ақпаратты қамтитын өзге де мәліметтерді көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z238" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z238" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тізілімге енгізілген тұлғалардың активтерді ашып көрсету туралы декларацияны ұсынбауы активтерді қайтару бойынша Қазақстан Республикасының заңдарында және Қазақстан Республикасының халықаралық шарттарында көзделген шараларды қабылдауға кедергі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z239" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z239" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Активтерді ашып көрсету туралы декларацияда ұсынылған мәліметтер декларацияны ұсынған субъектінің және (немесе) оның үлестес тұлғасының коммерциялық құпиясын құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Активтерді ашып көрсету туралы декларацияны және оған қоса берілетін мәліметтерді қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="201"/>
+    <w:bookmarkStart w:name="z240" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді қайтару жөніндегі уәкілетті орган активтерді ашып көрсету туралы декларацияны және оған қоса берілетін мәліметтерді қарау кезінде тізілімге енгізілген тұлғалардан қосымша ақпарат сұратуға, аудитке, активтерді иемдену (пайда болу) көздерінің заңдылығын тексеруге бастама жасауға, активтерді қайтаруға байланысты талап қоюды беруге, сондай-ақ өзге де іс-шараларды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Активтерді қайтару жөніндегі уәкілетті орган активтерді қайтару бойынша Қазақстан Республикасының заңдарында және Қазақстан Республикасының халықаралық шарттарында көзделген шараларды іске асыру мақсатында, активтерді ашып көрсету туралы декларацияның ұсынылған-ұсынылмағанына қарамастан, осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5896,463 +5864,463 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген әрекеттерді жасауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімге енгізілген тұлғалар активтерді қайтару жөніндегі уәкілетті органның сұрау салуына жиырма жұмыс күні ішінде жауап беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="202"/>
+    <w:bookmarkStart w:name="z241" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді қайтару жөніндегі уәкілетті органның активтерді ашып көрсету туралы декларацияны, сондай-ақ оған қоса берілген және тізілімге енгізілген тұлға (тұлғалар тобы) қосымша ұсынған материалдарды қарау мерзімі олар ұсынылған күннен бастап алты айдан аспауға тиіс. Көрсетілген мерзімнің өтуі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z242" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z242" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сотқа дейінгі іс жүргізуге қатысушылар процестік құқықтарды іске асырған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z243" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z243" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тізілімге енгізілген тұлғаларға қосымша сұрау салу жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z244" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z244" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті мемлекеттік, құқық қорғау органдары мен арнаулы мемлекеттік органдарға сұрау салу жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z245" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z245" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тізілімге енгізілген тұлғаға (тұлғалар тобына) қатысты сотқа дейінгі тергеп-тексерулер жүргізілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z246" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z246" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аудитке, тексерулерге, ревизияларға бастама жасалған, активтерді қайтаруға байланысты талап қою берілген, сондай-ақ ақпаратты, құқықтық көмекті сұратуға байланысты өзге де іс-шаралар және шетелдік соттармен және уәкілетті органдармен өзара іс-қимыл жасау жөніндегі, оның ішінде активтерді қайтаруды қамтамасыз етуге бағытталған өзге де арнаулы іс-шаралар жүзеге асырылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z247" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z247" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) активтерді иемдену (пайда болу) көздерінің заңдылығын тексеру жүргізілген жағдайларда үзіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z248" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z248" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтерді қайтару жөніндегі уәкілетті орган активтерді ашып көрсету туралы декларацияны және оған қоса берілетін мәліметтерді қарау қорытындысы бойынша бұдан кейінгі шаралар туралы мәселені комиссияның қарауына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z249" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z249" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Егер субъект ұсынған активтерді ашып көрсету туралы декларацияны талдау қорытындысы бойынша активтерді иемдену (пайда болу) көздерінің заңдылығына қисынды түрде күмән келтіруге негіздер жоқ екені не субъектінің және (немесе) оның үлестес тұлғаларының осы Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген белгілерге сәйкес келмейтіні анықталатын болса, субъект және (немесе) оның үлестес тұлғалары осы мәселе комиссияда қаралғаннан кейін тізілімнен шығарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы баптың мақсаттары үшін активтерді иемдену (пайда болу) көздерінің заңдылығына қисынды түрде күмән келтіруге негіздердің болмауы тұлғаның меншігіндегі активтер құнының заңды кірістердің не осындай активтерді иемденуге жұмсалатын шығыстарды жабудың өзге де заңды көздерінің мөлшеріне, оның ішінде бастапқы (тіпті оған дейінгі) активтерге қатысты және бастапқы (тіпті оған дейінгі) кірістерге (шығыстарды жабу көздеріне) қатысты мөлшеріне сәйкес келуін білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="211"/>
+    <w:bookmarkStart w:name="z250" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Комиссия активтерді қайтару жөніндегі уәкілетті органға мынадай шаралардың бірін қабылдауды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z251" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z251" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активтерді мемлекет кірісіне айналдыру туралы талап қоюмен сотқа жүгіну үшін негіздердің жоқ екенін тануды және субъектіні тізілімнен шығаруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z252" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z252" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активтерді ерікті түрде қайтару туралы келісім жасасуды (комиссияның қайтарылатын активтердің мөлшерін қарауы және комиссияның қарауына енгізілген келісім жобасында ұсынылатын өзге де ерікті түрде қайтару шарттары ескеріле отырып, субъектіден және (немесе) оның үлестес тұлғаларынан тиісті жолданым болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z253" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z253" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) декларацияны және оған қоса берілетін материалдарды (қажет болған кезде, ақпарат, мәліметтер мен құжаттар беруге сұрау салу жібере отырып) комиссияның қарауына қайта шығара отырып, қосымша зерделеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z254" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z254" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) активтерді мемлекет кірісіне айналдыру туралы талап қоюмен сотқа жүгіну үшін негіздерді жеткілікті деп тануды ұсынуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Активті иемдену (пайда болу) көздерінің заңдылығын тексеру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="216"/>
+    <w:bookmarkStart w:name="z255" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді қайтару жөніндегі уәкілетті орган жүргізетін активті иемдену (пайда болу) көздерінің заңдылығын тексеру оның басшысының шешімі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті орган активті иемдену (пайда болу) көздерінің заңдылығын зерттеуге бағытталған, активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="217"/>
+    <w:bookmarkStart w:name="z256" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Активті иемдену (пайда болу) көздерінің заңдылығын тексеру осы Заңның қолданылу саласына жататын субъектінің және (немесе) оның үлестес тұлғаларының активіне қатысты жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z257" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z257" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүргізу туралы қаулы шығарылады, ол прокуратура органдарының мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы ведомствосында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активті иемдену (пайда болу) көздерінің заңдылығын тексеру алпыс жұмыс күнінен аспайтын мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6381,205 +6349,205 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активті иемдену (пайда болу) көздерінің заңдылығын тексеру сараптама, басқа активтер бойынша өзге де қарсы тексеру тағайындалған жағдайларда, сондай-ақ шет мемлекеттерден мәліметтер мен құжаттар алу қажет болған кезде және тексеру жүргізуге кедергі келтіретін өзге де жағдайларда тоқтатыла тұруы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активті иемдену (пайда болу) көздерінің заңдылығына тоқтатыла тұрған тексеруді жүргізу мерзімін есептеу ол қайта басталған күннен бастап жалғасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="219"/>
+    <w:bookmarkStart w:name="z258" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Активтерді қайтару жөніндегі уәкілетті орган активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z259" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z259" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер құжаттар, ақпарат активті иемдену (пайда болу) көздерінің заңдылығын тексеру нысанасына жатпаса, оларды ұсынуды талап етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z260" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z260" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активті иемдену (пайда болу) көздерінің заңдылығына тексеру жүргізудің белгіленген мерзімінен асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z261" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z261" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңдылық пен қоғамдық тәртіпке, өңірдегі әлеуметтік-экономикалық тұрақтылыққа, Қазақстан Республикасының конституциялық құрылысы мен ұлттық қауіпсіздігіне қатер төндіретін, сондай-ақ адамдардың өміріне және денсаулығына орны толмас зардап келтіру қатері бар жағдайларды қоспағанда, тексерілетін активтің қалыпты жұмыс істеуіне кедергі келтіруге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активті иемдену (пайда болу) көздерінің заңдылығын тексеруді тағайындау және жүргізу қағидаларын Қазақстан Республикасының Бас Прокуроры бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Иемдену (пайда болу) көздерінің заңдылығы тексерудің нысанасы болатын активтің меншік иесі болып табылатын субъектінің және (немесе) оның үлестес тұлғаларының   құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="223"/>
+    <w:bookmarkStart w:name="z262" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді қайтару жөніндегі уәкілетті орган активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүзеге асырып жатқан кезде, иемдену (пайда болу) көздерінің заңдылығы тексерудің нысанасы болатын активтің меншік иесі болып табылатын субъект және (немесе) оның үлестес тұлғасы не оның уәкілетті өкілдері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z263" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z263" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активті иемдену (пайда болу) көздерінің заңдылығына тексеру жүргізуге келген адамдарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті активке қатысты активті иемдену (пайда болу) көздерінің заңдылығын тексеруді тағайындау туралы қаулыны ұсынбаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6628,301 +6596,301 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімдер өтіп кеткен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       активті иемдену (пайда болу) көздерінің заңдылығын тексеруді тағайындау туралы қаулыда аталмаған адамдар активті иемдену (пайда болу) көздерінің заңдылығына тексеру жүргізген жағдайларда, объектіге кіргізбеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="225"/>
+    <w:bookmarkStart w:name="z264" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активті иемдену (пайда болу) көздерінің заңдылығына тексеру жүргізу нысанасына қатысы жоқ мәліметтер мен құжаттарды ұсынбауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z265" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z265" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) активті иемдену (пайда болу) көздерінің заңдылығын тексеруді тағайындау туралы қаулыға, сондай-ақ активтерді қайтару жөніндегі уәкілетті органның және оның лауазымды адамдарының шешімдеріне, актілеріне, әрекеттеріне (әрекетсіздігіне) осы Заңда белгіленген тәртіппен шағым беруге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z266" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z266" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді қайтару жөніндегі уәкілетті орган активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүзеге асырып жатқан кезде, иемдену (пайда болу) көздерінің заңдылығы тексеріліп жатқан активтің меншік иесі болып табылатын субъект және (немесе) оның үлестес тұлғасы не оның уәкілетті өкілдері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z267" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z267" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иемдену (пайда болу) көздерінің заңдылығы тексеріліп жатқан активтің меншік иесі болып табылатын субъектінің және (немесе) оның үлестес тұлғасының аумағы мен үй-жайларына активтерді қайтару жөніндегі уәкілетті органның лауазымды адамдарының кедергісіз кіруін қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті органның лауазымды адамдарының және тексеруге тартылған адамдардың режимдік объектілердің аумағы мен үй-жайларына кіруі рұқсаттама режимі және объектішілік режим туралы белгіленген талаптар ескеріліп қамтамасыз етіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="229"/>
+    <w:bookmarkStart w:name="z268" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прокуратура органдарының лауазымды адамдарына заңдылықтың сақталуын тексеру нәтижелері туралы анықтамаға қоса тіркеу үшін қағаз және электрондық жеткізгіштердегі құжаттарды (мәліметтерді) не олардың көшірмелерін ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z269" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z269" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) активті иемдену (пайда болу) көздерінің заңдылығын тексеруді тағайындау туралы қаулымен және оның нәтижесі туралы анықтамамен танысып, оны қол қойып алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z270" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z270" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) еңбек қауіпсіздігі және еңбекті қорғау туралы талаптарға сәйкес активті иемдену (пайда болу) көздерінің заңдылығын тексеруді жүзеге асыратын адамдар үшін қажетті жағдайларды қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Активтерді қайтаруға байланысты жолданымдарды немесе шағымдарды қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="232"/>
+    <w:bookmarkStart w:name="z271" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Активтерді қайтару жөніндегі уәкілетті орган иемдену (пайда болу) көздерінің заңдылығы тексерудің нысанасы болатын активтердің меншік иесі болып табылатын субъектілердің және (немесе) олардың үлестес тұлғаларының не оның уәкілетті өкілдерінің жолданымдарын қарайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолданымдар активтерді қайтару жөніндегі уәкілетті органға келіп түскен күнінен бастап он бес жұмыс күні ішінде қаралады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолданымды қарау мерзімі жолданымды дұрыс қарау үшін маңызы бар нақты мән-жайларды анықтау қажеттігіне байланысты активтерді қайтару жөніндегі уәкілетті орган басшысының немесе оның орынбасарының уәжді шешімімен ақылға қонымды, бірақ екі айдан аспайтын мерзімге дейін ұзартылуы мүмкін, бұл туралы тұлғаға мерзім ұзартылған күннен бастап үш жұмыс күні ішінде хабарланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z272" w:id="233"/>
+    <w:bookmarkStart w:name="z272" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Активтерді қайтару жөніндегі уәкілетті органның және оның лауазымды адамдарының тұлғалар құқықтары мен міндеттерін қозғайтын шешімдеріне, актілеріне, әрекеттеріне (әрекетсіздігіне) шағымдар тұлғаға актінің қабылданғаны немесе әрекеттің жасалғаны (әрекетсіздік) туралы белгілі болған күннен бастап үш айдан кешіктірілмей, жоғары тұрған лауазымды адамға беріледі. Шағым жасау мерзімі дәлелді себеппен өткізіп алынған жағдайда, бұл мерзімді шағым берген тұлғаның өтінішхаты бойынша жоғары тұрған лауазымды адам қалпына келтіруі мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі келіп түскен күнінен бастап екі айды құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6932,502 +6900,502 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті органның шешімімен келіспеген жағдайда, оның әрекетіне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Субъектілердің және (немесе) олардың үлестес тұлғаларының   құқықтық кепілдіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="234"/>
+    <w:bookmarkStart w:name="z273" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъектінің не оның үлестес тұлғаларының кәсіпкерлік қызметті жүзеге асыруына кедергі келтіру мақсатында оған қандай да бір нысанда ықпал етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z274" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z274" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Заңда субъектінің және (немесе) олардың үлестес тұлғаларының активті иемдену (пайда болу) көздерінің заңдылығын тексеру мәселелері бойынша активтерді қайтару жөніндегі уәкілетті органға жолданымдар беру, активтерді қайтару жөніндегі уәкілетті органның шешімдеріне, актілеріне, әрекеттеріне (әрекетсіздігіне) шағым жасау құқығына кепілдік беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z275" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z275" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтер келісімдер негізінде ерікті түрде қайтарылған және тұлғалар жауаптылықтан босатылған жағдайда, олар активтерді қайтару жөніндегі уәкілетті органға ұсынған ақпаратты оның өзі, өзге де уәкілетті мемлекеттік, құқық қорғау органдары мен арнаулы мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z276" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z276" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өздерінің құзыретіне кіретін мәселелер бойынша оларға талап қоюмен және арыздармен соттарға жүгіну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z277" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z277" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілген келісімдерді жасасқан күннен кейін осы келісімдерді жасасқан тұлғаларға қатысты тіркелген жаңа қылмыстық істерді тергеп-тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z278" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z278" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілген келісімдер жасалған күнге дейін көрсетілген келісімдердің нысанасы болып табылатын активтерге байланысты емес іс-әрекеттерге қатысты тіркелген қылмыстық істерді тергеп-тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z279" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z279" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көрсетілген келісімдер жасалған күннен кейін осы келісімдерді жасасқан тұлғаларға қатысты тіркелген әкімшілік құқық бұзушылықтар туралы іс бойынша жаңа іс жүргізуді қозғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z280" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z280" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көрсетілген келісімдер жасалған күнге дейін көрсетілген келісімдердің нысанасы болып табылатын активтерге байланысты емес іс-әрекеттерге қатысты тіркелген әкімшілік іс жүргізулерді жүзеге асыру үшін пайдалана алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z281" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z281" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Активтерді мемлекетке ерікті түрде қайтару туралы келісімнің, бітімгершілік келісімнің немесе кінәні мойындау және заңсыз иемденілген активтерді қайтару туралы процестік келісімнің немесе Қазақстан Республикасының заңнамасына қайшы келмейтін, оның ішінде шет мемлекеттердің заңнамасына сәйкес жасалған өзге де келісімдердің барлық талабын орындаған субъект және (немесе) оның үлестес тұлғалары Қазақстан Республикасының заңнамасында көзделген жағдайларда, жауаптылықтан босатылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z282" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z282" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. АКТИВТЕРДІ ҚАЙТАРУ ТӘСІЛДЕРІ МЕН ТӘРТІБІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Активтерді қайтару тәсілдері (тетіктері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z283" w:id="244"/>
+    <w:bookmarkStart w:name="z283" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Активтерді қайтару ерікті немесе мәжбүрлі сипатта болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z284" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z284" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді ерікті түрде қайтару заңсыз иемденілген активтердің барлығын немесе бір бөлігін мемлекетке беру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z285" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z285" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтерді мәжбүрлеп қайтару осы Заңда және Қазақстан Республикасының өзге де заңнамалық актілерінде көзделген тәртіппен, Қазақстан Республикасының, шет мемлекеттердің сот актілері немесе шет мемлекеттердің құзыретті органдарының шешімдері негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Активтерді ерікті түрде қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z286" w:id="247"/>
+    <w:bookmarkStart w:name="z286" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тізілімге енгізілген тұлғалар, сондай-ақ меншігінде, иелігінде немесе бақылауында активтер болатын өзге де тұлғалар өздерінің меншігіндегі, пайдалануындағы, иелігіндегі немесе бақылауындағы активтерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z287" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z287" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активтерді ерікті түрде қайтару туралы келісім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z288" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z288" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының азаматтық процестік заңнамасына сәйкес бітімгершілік келісім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z289" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z289" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының қылмыстық және қылмыстық-процестік заңнамасына сәйкес кінәні мойындау және активтерді қайтару туралы процестік келісім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z290" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z290" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де келісімдер жасасу арқылы мемлекетке ерікті түрде қайтаруға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z291" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z291" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді ерікті түрде қайтару туралы келісім және Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де келісімдер активтерді мемлекет кірісіне айналдыру туралы талап қою берілгенге дейін тұлға мен активтерді қайтару жөніндегі уәкілетті орган арасында жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z292" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z292" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының соттарында активтерді мемлекеттің кірісіне айналдыру туралы азаматтық істер қозғалған тұлғалармен жасалған бітімгершілік келісімдерді тиісті азаматтық істі қарайтын сот бекітуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z293" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z293" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Шет мемлекеттердің қолданылатын заңнамасына сәйкес жасалған, активтерді ерікті түрде қайтару туралы келісімдердің тарабы болып Қазақстан Республикасының атынан активтерді қайтару жөніндегі уәкілетті орган әрекет етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті орган активтерді ерікті түрде қайтару туралы келісім жобасын дайындау барысында тұлғамен бірлесіп, келісу рәсімдерін жүргізеді, соның шеңберінде мемлекетке беруге жататын активтер тізбесі және оларды беру шарттары айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7510,420 +7478,420 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді ерікті түрде қайтару туралы келісімнің шарттарында Қазақстан Республикасына қаражатты қайта инвестициялауды, кәсіпорындарда қосымша жұмыс орындарын құруды, өндірістік қуаттарды экологиялық тұрғыдан жаңғыртуға инвестицияларды және тараптар келіскен басқа да шараларды қоса алғанда, мемлекет пен Қазақстан Республикасы халқының бұзылған мүдделерін қалпына келтіруге бағытталған қажетті шараларды іске асыру да көзделуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді ерікті түрде қайтару туралы келісімді жасасу, оның ішінде қайтарылуға жататын активтерді (көлемін, құрамын), активті дамыту жөніндегі шараларды және өзге де шараларды айқындау шарттары мен тәртібін Қазақстан Республикасының Үкіметі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="255"/>
+    <w:bookmarkStart w:name="z294" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Активтерді қайтаратын тұлға келісім жасалатын күнге дейін бес жұмыс күнінен ерте емес уақытта, қайтарылатын активтерге өз есебінен орындалған тәуелсіз бағалауды ұсынуға тиіс, оның нәтижелері мемлекетке қайтарылуға жататын соманы айқындау кезінде есепке алу үшін активтерді қайтару жөніндегі уәкілетті органға берілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z295" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z295" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Активтерді қайтару жөніндегі уәкілетті орган активтерді ерікті түрде қайтару туралы келісімнің шарттары орындалмаған жағдайда, активтерді мемлекет кірісіне айналдыру туралы және шығыстардың, оның ішінде талап қоюға байланысты шығыстардың сомасын өндіріп алу туралы талап қоюмен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісім жасасқан тұлғалардың өздеріне қатысты активтерді мәжбүрлеп қайтару жөніндегі шаралар қолданылатын өзге де активтері кейіннен анықталған жағдайда, мұндай тұлғалар келісімдерді жасасқан күнгі жағдай бойынша активтерді иеленудің жалпы кезеңінде алған үстеме кірістердің сомасын мемлекетке толық көлемде қайтаруға, сондай-ақ мемлекетке келтірілген залалды өтеуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың екінші бөлігінде көзделген ережелер активтерді қайтару жөніндегі уәкілетті органның келісім жасасқан тұлғалардың кейіннен анықталған барлық өзге де активтерін, сол сияқты олармен байланысты үстеме кірістер мен залалдарды толық көлемде мемлекет кірісіне мәжбүрлеп айналдыру жөніндегі шараларды іске асыру құқықтарын жоққа шығармайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="257"/>
+    <w:bookmarkStart w:name="z296" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы бапта көзделген шарттар активтерді ерікті түрде қайтару жөніндегі келісімдерге, бітімгершілік және өзге де келісімдерге енгізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Активтерді мемлекет кірісіне мәжбүрлеп айналдыру негізі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="258"/>
+    <w:bookmarkStart w:name="z297" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді пайда болуы түсініксіз активтер деп тану Қазақстан Республикасы соттарының азаматтық сот ісін жүргізу тәртібімен шығарылған шешімдері бойынша активтерді мемлекет кірісіне мәжбүрлеп айналдыруға негіз болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z298" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z298" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Азаматтық сот ісін жүргізуде активтерді мемлекет кірісіне мәжбүрлеп айналдыру үшін негіздер мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z299" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z299" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қылмыстық сот ісін жүргізу қағидалары бойынша айыптау үкімінің болуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z300" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z300" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қылмыстық іс бойынша іс жүргізудің аяқталуына, ақтау үкімінің шығарылуына, қылмыстық іс бойынша іс жүргізудің тоқтатылуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z301" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z301" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының қылмыстық-процестік заңнамасында көзделген тәртіппен тіркелген және жүргізілетін сотқа дейінгі тергеп-тексерудің болуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z302" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z302" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) іс-әрекеттерді жасау кезінде қолданыста болған заңдарға сәйкес қылмыстық деп сараланатын және жазаланатын осы іс-әрекеттерге қатысты қылмыстық жауаптылыққа тартудың ескіру мерзімдерінің өтуіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z303" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z303" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы Заң қолданысқа енгізілген күнге дейін қабылданған, мүлікті заңдастыруға байланысты рақымшылық жасау және (немесе) қылмыстық жауаптылықтан босату туралы заңнамалық актілердің (тиісті заңнамалық актілердің шарттары бойынша заңдастыруға жатпайтын, сыбайлас жемқорлық және өзге де қылмыс санаттарын жасау нәтижесінде алынған мүлікке қатысты) болуына қарамастан қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z304" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z304" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Азаматтық сот ісін жүргізуде активтерді мемлекет кірісіне мәжбүрлеп айналдыру осы іс-әрекеттерді жасау кезінде қолданылған заң нормаларына сәйкес іс-әрекеттердің заңдылығы, қылмыстылығы және жазалануы мәселелерін саралау кезінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Активтерді азаматтық сот ісін жүргізу шеңберінде мәжбүрлеп қайтару ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="266"/>
+    <w:bookmarkStart w:name="z305" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді қайтару жөніндегі уәкілетті орган тізілімге енгізілген тұлға активтерінің иемдену (пайда болу) көздерінің заңдылығына қисынды күмән келтірген жағдайда, комиссия материалдарды қарағаннан кейін прокурор барлық қажетті мән-жайларды қарау негізінде, комиссияның ұсынымдарын негізге ала отырып, мұндай активтерді пайда болуы түсініксіз активтер ретінде мемлекет кірісіне айналдыру туралы сотқа талап қоюды беру жөнінде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z306" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z306" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Прокурордың активтерді мемлекет кірісіне айналдыру туралы талап қоюы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z307" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z307" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субъектілердің және (немесе) олардың үлестес тұлғаларының, олардың мұрагерлерінің және құқықтық мирасқорларының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z308" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z308" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активтерді субъектілерден және (немесе) олардың үлестес тұлғаларынан өтеусіз түрде не нарықтық емес жағдайларда иемденген не осындай мүліктің қылмыстық не өзге де заңсыз жолмен пайда болғаны туралы білген немесе білуге тиіс болған өзге де (осы тармақтың 1) тармақшасында көрсетілмеген) тұлғалардың меншігіндегі активтерге қатысты берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның 26-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8028,108 +7996,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Істі қарау мерзімі оның нақты күрделілігі, іске қатысатын тұлғалардың мүдделері ескеріле отырып, қисынды әрі жеткілікті болуы есепке алынып, қосымша бір жылға дейінгі мерзімге ұзартылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапкердің келмеуі істі қарауға кедергі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="270"/>
+    <w:bookmarkStart w:name="z309" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының заңнамалық актілерінде көзделген жағдайларды қоспағанда, адал иемденушіден активті талап ету жүргізілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер мемлекетке қайтарылуға жататын актив адал иемденушіге берілсе немесе оны сәйкестендіру, бөлу немесе мемлекеттің кірісіне айналдыру мүмкін болмаса, онда активтерді қайтару жөніндегі уәкілетті орган тиісті талаптарды мәлімдеген кезде сот шешімімен жауапкерден талап қою берілген кездегі жағдай бойынша, көрсетілген активтің нарықтық құны мөлшеріндегі сома өндіріп алынуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="271"/>
+    <w:bookmarkStart w:name="z310" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер мемлекетке қайтарылуға жататын активке адал кредиторлардың заңмен қорғалатын құқықтарымен, сондай-ақ өзге де тұлғалардың Қазақстан Республикасының заңдарында көзделген құқықтарымен ауыртпалық салынса, онда талапкердің талап етуі бойынша сот шешімімен актив мемлекет кірісіне айналдырылуы мүмкін не жауапкерден талап қою берілген кездегі жағдай бойынша, көрсетілген активтің нарықтық құны мөлшеріндегі сома өндіріп алынуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Актив мемлекет кірісіне айналдырылған кезде адал кредиторлар мен өзге де тұлғалардың заңмен қорғалатын құқықтары Қазақстан Республикасының заңдарында не шарттарда көзделген негіздер бойынша олардың қолданылу мерзімі өткенге немесе тоқтатылғанға дейін сақталады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8140,247 +8108,247 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Активтер мемлекет кірісіне айналдырылған жағдайда, жосықсыз кредиторлардың өздері қамтамасыз ететін міндеттемелер бойынша активтерге қатысты мүліктік құқықтары соттың осындай активтерді мемлекет кірісіне айналдыру туралы шешімі заңды күшіне енген кезден бастап тоқтатылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтеусіз түрде не нарықтық емес жағдайларда шарттар жасасқан және тізілімге енгізілген тұлғаларға қатысты үлестес болып табылатын, үлестес болуын сот анықтаған тұлғалар адал кредиторларға (кез келген мүліктік құқықты адал иемденушілерге) жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="272"/>
+    <w:bookmarkStart w:name="z311" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер мүлікке тұлғамен үлестес заңды тұлғаның немесе онымен туыстық қатынастары бар тұлғаның мүліктік құқықтарымен ауыртпалық салынса не егер мүлік тиесілі болатын тұлға осы мүліктік құқықтардың бенефициары болса, онда осы құқықтар соттың мүлікті мемлекет кірісіне айналдыру туралы шешімі заңды күшіне енген кезден бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z312" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z312" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Прокурор банкке көрсетілген мемлекеттік қолдау сомалары шегінде, зиян келтірген тұлғалардың әрекеттерімен (әрекетсіздігімен) келтірілген осындай зиянды, сондай-ақ егер мұндай әрекеттердің (әрекетсіздіктің) салдарынан банктер алынған мемлекеттік қолдау сомаларын мемлекетке өз бетінше қайтара алмайтындай жағдайда болса, мемлекеттің банкке мемлекеттік қолдау көрсетуге жұмсалған шығыстарын өтеуді мемлекеттің атынан талап етуге құқылы. Тұлғалардың өздері келтірген зиянды және мемлекеттің банкке мемлекеттік қолдау көрсетуге жұмсалған шығыстарын өтеуі банктің мемлекетке қайтаруға тиісті сомаларының мөлшерін осындай зиян мен шығыстардың өтелген сомасы шегінде азайтады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z313" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z313" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Активтерді мемлекет кірісіне айналдыру туралы талап қоюда тұлға (тұлғалар тобы) активті иеленген бүкіл кезең ішінде алған үстеме кірістерді қайтару, мәмілелерді жарамсыз деп тану туралы талаптар, активтерді қайтару бойынша жүргізілген шығыстарды өтей отырып, бөтеннің иелігінен талап етіп алдыру туралы талаптар және өзге де заңды талаптар қамтылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Пайда болуы түсініксіз активтерді мемлекет кірісіне мәжбүрлеп айналдыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="275"/>
+    <w:bookmarkStart w:name="z314" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пайда болуы түсініксіз активтерді мемлекет кірісіне айналдыру туралы талап қоюды қарау кезінде мынадай мән-жайлар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z315" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z315" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активтерді сәйкестендіруге мүмкіндік беретін мәліметтер (сипаттамасы, тұрған жері және өзге де мәліметтер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z316" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z316" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активтердің жауапкерге тиесілі болуы және жауапкерге не оның үлестес тұлғаларына қатысты тізілімге енгізу үшін осы Заңда көзделген негіздердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z317" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z317" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жауапкердің не оның үлестес тұлғаларының активтерді иемдену құны немесе ол болмаса, иемдену кезіндегі нарықтық құны, егер құны белгіленбесе, онда талап қою берілген кездегі нарықтық құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z318" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z318" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жауапкердің не оның үлестес тұлғаларының заңды кірістерінің не активтерді иемдену үшін пайдаланылған шығыстарын жабудың өзге де заңды көздерінің мөлшері және осындай кірістер не оларды иемдену үшін шығыстарды жабу көздері мөлшерінің сәйкестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z319" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z319" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) істі дұрыс қарау үшін маңызы бар өзге де мән-жайлар дәлелденуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Талапкер осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8489,490 +8457,490 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер талапкер жауапкердің талап қойылған активтерді тікелей немесе жанама түрде иемденуі (алуы) заңнаманы, оның ішінде квазимемлекеттік сектор субъектілерін не өзге де тұлғаларды қоса алғанда, мемлекеттің, мемлекеттік кәсіпорындардың, мемлекеттік мекемелердің, жарғылық капиталына мемлекет тікелей немесе жанама қатысатын ұйымдардың мүліктік құқықтарына не мүдделеріне залал келтіруге алып келген елеулі түрде бұзу арқылы жүзеге асырылғанын анықтылығын ескере отырып дәлелдесе, онда жауапкер олай емес екендігіне айқын әрі сенімді дәлелдемелер ұсынуға тиіс. Егер талапкер жауапкердің талап қойылған активтерді тікелей немесе жанама түрде иемденуі (алуы) заңнаманы, оның ішінде квазимемлекеттік сектор субъектілерін не өзге де тұлғаларды қоса алғанда, мемлекеттің, мемлекеттік кәсіпорындардың, мемлекеттік мекемелердің, жарғылық капиталына мемлекет тікелей немесе жанама қатысатын ұйымдардың мүліктік құқықтарына не мүдделеріне залал келтіруге алып келген елеулі түрде бұзу арқылы иемденілген (алынған) өзге де активтерді (өзге де активтерді не олардан түскен кірістерді) пайдаланудан немесе өткізуден түскен кірістерді тарта отырып жүзеге асырылғанын анықтылығын ескере отырып дәлелдесе, онда жауапкер олай емес екендігіне дәлелдемелер ұсынуға тиіс. Егер жауапкер сотқа осындай дәлелдемелерді ұсынбаса, онда сот тиісті активтерді толығымен не олардың бір бөлігін иемденудің (алудың) заңды көздері пайдаланыла отырып, иемденілген (алынған) деп тани алмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзге мән-жайларды өз талаптарының немесе қарсылықтарының негізі ретінде оларға сілтеме жасайтын тұлға Қазақстан Республикасының Азаматтық процестік кодексінде көзделген дәлелдеудің жалпы қағидалары бойынша дәлелдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="281"/>
+    <w:bookmarkStart w:name="z320" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Талап қою нысанасы болып табылатын активтер, егер жауапкер осы Заңға сәйкес мән-жайларды дәлелдемесе немесе талапкер көрсеткен мән-жайлардың болуын жоққа шығармаса, сот шешімі негізінде пайда болуы түсініксіз активтер ретінде мемлекеттің кірісіне мәжбүрлеп өтеусіз айналдырылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z321" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z321" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Активтерді пайда болуы түсініксіз активтер ретінде мемлекет кірісіне айналдыру туралы талап қою үшін талап қоюдың ескіру мерзімі бес жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді пайда болуы түсініксіз активтер ретінде мемлекет кірісіне айналдыру туралы талап қою үшін талап қоюдың ескіру мерзімінің өтуі тұлға (тұлғалар тобы) активтерді ашып көрсету туралы декларацияны ұсынған күннен басталады. Егер декларация ұсынылмаса, талап қоюдың ескіру мерзімінің өтуі тұлға (тұлғалар тобы) активтерді ашып көрсету туралы декларацияны ұсынуға құқылы болған мерзім өткен күннен басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Сот шешімі және оның орындалуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="283"/>
+    <w:bookmarkStart w:name="z322" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сот шешімі Қазақстан Республикасы Азаматтық процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>223-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z323" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z323" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер істі қарау кезінде талап қоюдың нысанасы болып табылатын активтер кредиторлардың мүліктік құқықтарын қамтамасыз ететіні анықталса, сот шешімінде осындай кредиторлардың осы Заңға сәйкес адалдығы немесе жосықсыз екендігі туралы тұжырым болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтер, оның ішінде қолма-қол ақшасыз нысандағы ақша, құжатсыз бағалы қағаздар бойынша талап қою қанағаттандырылған жағдайда, сот шешімінде осындай активтерді сәйкестендіру үшін жеткілікті ақпарат (шот деректемелері, шот иесі туралы деректер, активтерге құқықтарды есепке алуды жүргізетін тұлға туралы деректер және басқа да деректер) қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Активті ақшалай баламада тәркілеу не мемлекет кірісіне айналдыру мүмкіндігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="285"/>
+    <w:bookmarkStart w:name="z324" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заңда көзделген активтерді қайтару тәсілдері (тетіктері), алдын ала қамтамасыз ету шаралары, қамтамасыз ету шаралары ішінара немесе толық өзгертілген немесе түрлендірілген не өздеріне активтер ішінара немесе толық қосылған активтерге қатысты, осындай өзгерту, түрлендіру не қосу тәсіліне қарамастан қолданылуы, сол сияқты осындай активтерді пайдалану арқылы алынған нәтижеге, өнімдерге, кірістерге қатысты қолданылуы да мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z325" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z325" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер заңсыз иемденілген активтер басқа активтерге толық немесе ішінара қосылған болса, заңсыз иемденілген активтердің белгіленген құнына сәйкес келетін қосылған активтердің бір бөлігі ғана қайтарылуға жатады. Тыйым салу және өзге де алдын ала қамтамасыз ету шаралары, қамтамасыз ету шаралары заңсыз иемденілген активтерге қатысты белгіленуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z326" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z326" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер қайтарылуға жататын активтерді заттай қайтару мүмкін болмаса, прокурор сотқа тиісті талап қоюды берген күнге осындай активтердің ақшалай немесе өзге де мүлік түріндегі құны өтелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Азаматтық іс жүргізуді қозғаудың өзге де негіздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="288"/>
+    <w:bookmarkStart w:name="z327" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы тараудың қағидалары бойынша Қазақстан Республикасының сотында активтерді мемлекет кірісіне айналдыру туралы істер бойынша іс жүргізу Қазақстан Республикасының халықаралық шарттарында және заңнамасында көзделген жағдайларда, тікелей шет мемлекеттің құзыретті органының арызы бойынша қозғалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z328" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z328" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сот Қазақстан Республикасының халықаралық шарттарында көзделген жағдайларда, тәркіленген мүлікті немесе мемлекет кірісіне айналдырылған активті не оның ақшалай баламасын толығымен немесе бір бөлігін шет мемлекетке беру туралы шешім шығаруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z380" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z380" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. АРНАУЛЫ МЕМЛЕКЕТТІК ҚОР ЖӘНЕ   БАСҚАРУШЫ КОМПАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-бап. Арнаулы мемлекеттік қор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="291"/>
+    <w:bookmarkStart w:name="z329" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Арнаулы мемлекеттік қор – Қазақстан Республикасының заңнамасында айқындалатын тәртіппен Қазақстан Республикасының әлеуметтік, экономикалық жобаларын, сондай-ақ активтерді қайтару жөніндегі уәкілетті органның шығыстарын қаржыландыру мақсатында түсімдерді есепке жатқызу және ақшаны жұмсау үшін Қазақстан Республикасының Бюджет кодексіне сәйкес бюджетті атқару жөніндегі орталық уәкілетті органда ашылған қолма-қол ақшаны бақылау шоты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z330" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z330" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Арнаулы мемлекеттік қордың қаражатын бөлу Қазақстан Республикасының Бюджет кодексіне сәйкес Республикалық бюджет комиссиясында орталық мемлекеттік органдардың ұсыныстары міндетті түрде қарала отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бюджетті атқару жөніндегі орталық уәкілетті орган Арнаулы мемлекеттік қор қаражатының түсімдері мен жұмсалуы туралы ақпаратты жыл сайын жариялауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="293"/>
+    <w:bookmarkStart w:name="z331" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Арнаулы мемлекеттік қордың түсімдері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z332" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z332" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақша, оның ішінде осы Заңда және Қазақстан Республикасының басқа да заңдарында белгіленген тәртіппен қайтарылған мүлікті өткізуден түскен ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z333" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z333" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қазақстан Республикасының заңнамасына сәйкес басқарушы компанияның меншігіне не оның активтерді басқару жөніндегі қызметі нәтижесінде түскен өзге мүлікті өткізуден алынған ақша. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнаулы мемлекеттік қордың қаражатын пайдалану және мониторингтеу тәртібін бюджетті атқару жөніндегі орталық уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8982,988 +8950,988 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік және экономикалық жобаларды іріктеу және олардың өлшемшарттарын айқындау тәртібін мемлекеттік жоспарлау жөніндегі орталық уәкілетті орган әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бап. Басқарушы компания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="296"/>
+    <w:bookmarkStart w:name="z334" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Басқарушы компания Қазақстан Республикасының Үкіметі жалғыз құрылтайшысы және қатысушысы болатын коммерциялық ұйым болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарушы компанияның мақсаттары осы Заңда және Қазақстан Республикасының басқа да заңдарында белгіленген тәртіппен қайтарылған активтерді басқару, сақталуын қамтамасыз ету, өткізу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="297"/>
+    <w:bookmarkStart w:name="z335" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарушы компанияның мүлкі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z336" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z336" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңда көзделген тәртіппен қайтарылған активтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z337" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z337" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өз қаражаты есебінен құралады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақшалай нысанда қайтарылған активтер тікелей Арнаулы мемлекеттік қордың есебіне жатқызылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарушы компания өз қаражаты бойынша және осы Заң мен Қазақстан Республикасының басқа да заңдарында көзделген тәртіппен қайтарылған активтер бойынша бухгалтерлік есепке алуды жүргізеді және бөлек қаржылық есептілікті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="300"/>
+    <w:bookmarkStart w:name="z338" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарушы компанияның міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z339" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z339" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мемлекетке қайтарылған активтерді оның атынан меншігіне қабылдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z340" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z340" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекет кірісіне айналдырылған активтердің сақталуын және ұсталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z341" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z341" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) активтерге билік ету; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z342" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z342" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) активтерді өткізуден түскен қаражатты Арнаулы мемлекеттік қорға аударуды қамтамасыз ету болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z343" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z343" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарушы компанияға берілген активтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z344" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z344" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кепіл нысанасы бола алмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z345" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z345" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кредиторлардың талабы бойынша өндіріп алынбайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z346" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z346" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мүлікке тыйым салу немесе өзге де ауыртпалық салу нысанасы бола алмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z347" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z347" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) басқарушы компания мен үшінші тұлғалардың міндеттемелері бойынша инкассолық өкіммен өндіріп алынбайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z348" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z348" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мерзімінде орындалмаған салық міндеттемесінің орындалуын қамтамасыз ету нысанасы бола алмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z349" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z349" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) регрессиялық талаптар тәртібімен өндіріп алынбайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z350" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z350" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өзге де міндеттемелер бойынша, оның ішінде басқарушы компанияның міндеттемелері бойынша қамтамасыз ету нысанасы бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z351" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z351" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Басқарушы компания алдағы жылға арналған республикалық бюджеттен қаржыландыру болмаған жағдайда, өз қызметі үшін комиссиялық сыйақы алуға құқылы, оның шамасын Қазақстан Республикасының Үкіметі белгілейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссиялық сыйақылар сомасы тиісті қаржы жылында басқарушы компанияның ағымдағы шығыстарын қаржыландыру үшін қажетті қаражат сомасымен шектеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="314"/>
+    <w:bookmarkStart w:name="z352" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқарушы компанияны құру кезінде қамқоршылық кеңес құралады, оның құрамына Қазақстан Республикасы Парламентінің депутаттары, қоғам өкілдері және тәуелсіз сарапшылар кіре алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z353" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z353" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарушы компанияға берілген активтерді басқару тәртібін мемлекеттік мүлікті басқару жөніндегі орталық уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z354" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z354" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарушы компанияның осы Заңда және Қазақстан Республикасының басқа да заңдарында белгіленген тәртіппен қайтарылған активтерді басқару, сақталуын қамтамасыз ету, өткізу жөніндегі қызметі бөлігінде осы Заңда реттелген құқықтық қатынастарға Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасы қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, басқарушы компанияның қызметі мен жұмыс істеуін қамтамасыз ету үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="317"/>
+    <w:bookmarkStart w:name="z355" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сот мүліктің мемлекет меншігіне түсуіне негіз болған актінің күшін жойған (тиісті бөлігін өзгерткен) жағдайда, басқарушы компания мүлікті заттай қайтаруды жүргізеді. Егер мүлік Қазақстан Республикасының активтерді қайтару туралы заңнамасында белгіленген тәртіппен өткізілген болса, оны өткізуден алынған қаражат шегінде құнын өтеу жүргізіледі. Шығын Қазақстан Республикасы Азаматтық кодексінің 9-бабының 4-тармағына сәйкес өтелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-бап. Басқарушы компанияның қызметіне аудит</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="318"/>
+    <w:bookmarkStart w:name="z356" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік мүлік жөніндегі уәкілетті орган басқарушы компанияның активтерді тиісінше басқармау фактілерін немесе активтерді заңсыз иеліктен шығару немесе оған өзге де билік ету әрекеттерін анықтаған жағдайда, бұл туралы активтерді қайтару жөніндегі уәкілетті органға, тиісті құқық қорғау органдарына осы фактілерді тексеруі және Қазақстан Республикасының заңнамасында көзделген шараларды қабылдауы үшін хабарлайды және тиісті активтерді басқарушыны немесе басқарушы компанияның лауазымды адамдарын шеттету жөніндегі іс-шараларды кейінге қалдырмай жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z357" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z357" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарушы компания қамқоршылық кеңестің ұсынуы бойынша жылдық қаржылық есептілікке аудит жүргізу үшін үш жылда бір реттен жиілетпей аудиторлық ұйымды тарта алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z359" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z359" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. АКТИВТЕРДІ ҚАЙТАРУ МАҚСАТЫНДАҒЫ ХАЛЫҚАРАЛЫҚ-ҚҰҚЫҚТЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бап. Активтерді қайтару мақсатындағы халықаралық-құқықтық   ынтымақтастықтың жалпы қағидаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="321"/>
+    <w:bookmarkStart w:name="z358" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Бас прокуратурасы Қазақстан Республикасының халықаралық шарттары мен заңнамасына сәйкес шет мемлекеттердің құзыретті органдарымен және ұйымдарымен, халықаралық ұйымдармен активтерді іздеу (ашып көрсету), пайда болу заңдылығын растау саласында, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдану, қайтару саласында халықаралық-құқықтық ынтымақтастықты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті халықаралық шарт болмаған жағдайда, халықаралық-құқықтық ынтымақтастық өзаралық қағидат негізінде жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="322"/>
+    <w:bookmarkStart w:name="z360" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Активтерді қайтару мақсатындағы халықаралық-құқықтық ынтымақтастық Қазақстан Республикасының халықаралық шарттары мен заңнамасында көзделген тәртіппен, мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z361" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z361" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) құқықтық көмек туралы сұрау салу жіберу, шет мемлекеттердің құзыретті органдарынан келген құқықтық көмек туралы сұрау салудың орындалуына жәрдемдесу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z362" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z362" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңсыз иемденілген активтерге қатысты, сондай-ақ активтерді заңсыз шығаруға қатысы бар жеке тұлғаларға, ұйымдарға және бенефициар меншік иелеріне, басқа да байланысты құқық бұзушылықтарға, ақшамен және (немесе) өзге мүлікпен жасалатын операцияларға қатысты ақпарат, мәліметтер мен құжаттар беру туралы сұрау салу жіберу, сондай-ақ шет мемлекеттердің құзыретті органдарынан келген осындай сұрау салудың орындалуына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z363" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z363" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шет мемлекеттердің құзыретті органдары мен ұйымдарына немесе халықаралық ұйымдарға активтерге тыйым салу, өзге де алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдау немесе активтерді тәркілеу және дәлелдемелер алу туралы сұрау салу жіберу, сондай-ақ шет мемлекеттердің құзыретті органдарынан келген осындай сұрау салудың орындалуына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z364" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z364" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) активтердің құқықтық мәртебесін немесе оларға меншік құқығын анықтау туралы талап қоюмен (арыздармен) шетелдік соттарға жүгіну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z365" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z365" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шетелдік және халықаралық соттарда, аралық соттарда (төрелік органдарда), сондай-ақ шет мемлекеттердің өзге де құзыретті органдарында және халықаралық ұйымдарда активтерді іздеу және қайтару мәселелері бойынша мемлекеттің мүддесін білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z366" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z366" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) активтерді іздеуге (ашып көрсетуге), пайда болу заңдылығын растауға, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдануға, сақталуын қамтамасыз етуге, басқаруға, өткізуге және қайтаруға қатысты шет мемлекеттердің соттарының немесе өзге де құзыретті органдарының шешімдерін тану және орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z367" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z367" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасында және (немесе) Қазақстан Республикасының халықаралық шарттарында көзделген өзге де әрекеттерді іске асыру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z368" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z368" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сыртқы саяси қызмет саласында басшылықты жүзеге асыратын уәкілетті орган дипломатиялық құралдар мен әдістер арқылы Қазақстан Республикасынын шегінен тысқары жердегі заңсыз иемденілген және шығарылған активтерді қайтаруға жәрдемдесуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z369" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z369" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы Заңда көзделген негіздер бойынша не халықаралық шарттарда немесе тиісті шет мемлекеттің заңнамасында көзделген ұқсас негіздер бойынша активтерді тәркілеу не өзге де алып қою туралы шетелдік сот шешімдері, сол сияқты шет мемлекеттің соты осындай мүлікке қатысты қабылдаған алдын ала қамтамасыз ету шаралары, қамтамасыз ету шаралары Қазақстан Республикасының аумағында танылады және орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шет мемлекеттердің сот актілерін тану және орындау тәртібі Қазақстан Республикасының халықаралық шарттары мен заңнамасында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z370" w:id="332"/>
+    <w:bookmarkStart w:name="z370" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының азаматтық процестік заңнамасында және халықаралық шарттарында көзделген жағдайларда, шет мемлекеттің құзыретті органдары активтерді қайтаруға не осындай активтерді заңсыз иемденуге байланысты шығынды өтеуге бағытталған азаматтық талап қоюмен, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдау туралы арыздармен, өзге де арыздармен Қазақстан Республикасының соттарына өз бетінше жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z371" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z371" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасының Бас прокуратурасы шет мемлекеттің құзыретті органдарының тергеп-тексеру нысанасы болып табылатын активтерге қатысты шет мемлекеттің құзыретті органдары тәркілеу туралы шешім қабылдайды деп пайымдауға қисынды негіздер болған кезде осындай активтерге қатысты қамтамасыз ету шараларын қабылдау туралы арызбен Қазақстан Республикасының соттарына жүгінуге құқылы. Мұндай арыз шет мемлекеттің құзыретті органының өтінуі болмаған кезде де өзаралық қағидаттарында берілуі мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z372" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z372" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасының Бас прокуратурасы, Қазақстан Республикасының өзге де мемлекеттік органдары Қазақстан Республикасының аумағында болатын және шет мемлекеттің аумағында жасалған қылмыстың не өзге де құқыққа қайшы іс-әрекеттің нысанасы, құралы болып табылатын, сол сияқты осындай қылмыс не өзге де құқыққа қайшы іс-әрекет жасау арқылы алынған нәтиже, өнім немесе кіріс болып табылатын активтерге қатысты азаматтық талап қоюмен, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдау туралы арыздармен, өзге де арыздармен Қазақстан Республикасының соттарына жүгінуге құқылы. Мұндай арыз шет мемлекеттің құзыретті органының өтінуі бойынша да, өтінуі болмаған кезде де берілуі мүмкін. Бұл ретте, шет мемлекеттің аумағында қылмыс не өзге де құқыққа қайшы іс-әрекетжасаған тұлғаны қылмыстық жауаптылыққа тарту талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының халықаралық шарттарында және Қазақстан Республикасының заңнамасында көзделген жағдайларда және тәртіппен, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9978,238 +9946,238 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтарда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы тармақтың бірінші абзацында көзделген азаматтық талап қою, арыздар бойынша өндіріп алу қолданылған активтер аумағында тиісті қылмыс не өзге де құқыққа қайшы іс-әрекет жасалған шет мемлекетке не осындай активтердің меншік иелеріне беріледі. Бұл ретте, егер Қазақстан Республикасының құзыретті мемлекеттік органдары және шет мемлекеттің құзыретті органдары немесе ұйымдары немесе халықаралық ұйымдар өзгеше уағдаласпаса, активтерді іздестіру, тыйым салу, тәркілеу және қайтару барысында Қазақстан Республиканың мемлекеттік органдары мен жеке кәсіпкерлік субъектілері шеккен шығыстар өтелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z373" w:id="335"/>
+    <w:bookmarkStart w:name="z373" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қылмыстық процесс шеңберінде активтерді қайтару мақсатындағы халықаралық-құқықтық ынтымақтастық Қазақстан Республикасының халықаралық шарттары мен заңнамасында көзделген тәртіппен, Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>559-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелеріне сәйкес орталық органдар арқылы құқықтық көмек көрсету туралы сұрау салу жіберу жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkEnd w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-бап. Активтерді қайтару мақсатындағы халықаралық-құқықтық   ынтымақтастық шеңберінде ақпарат алмасу ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="336"/>
+    <w:bookmarkStart w:name="z374" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Активтерді іздеу (ашып көрсету), пайда болуын растау мәселелері, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдану, қайтару мәселелері бойынша шет мемлекеттермен және халықаралық ұйымдармен ақпарат, мәліметтер мен құжаттар алмасу Қазақстан Республикасының халықаралық шарттарында немесе заңнамасында айқындалған тәртіппен жүзеге асырылады, бұл ретте шет мемлекет немесе халықаралық ұйым Қазақстан Республикасында қолданылатынмен бірдей оны қорғаудың ұлттық режимін қамтамасыз етуі, тек сот ісін жүргізу мақсаттары немесе сұрау салуда айқындалған өзге де мақсаттар үшін ғана пайдалануы, сондай-ақ ақпаратты, мәліметтер мен құжаттарды Қазақстан Республикасы Бас прокуратурасының және (немесе) Қазақстан Республикасының өзге де мемлекеттік органдарының алдын ала келісімінсіз үшінші тұлғаларға ұсынбауы шарт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Бас прокуратурасы немесе Қазақстан Республикасының өзге мемлекеттік органы шет мемлекеттің құзыретті органына немесе ұйымына немесе халықаралық ұйымға берілетін ақпаратты, мәліметтер мен құжаттарды пайдаланудың қосымша шарттары мен шектеулерін белгілеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="337"/>
+    <w:bookmarkStart w:name="z375" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасының халықаралық шартында өзгеше көзделмесе, шет мемлекеттен немесе халықаралық ұйымнан алынған мәліметтер немесе құжаттар тиісті мәліметтерді немесе құжаттарды ұсынған шет мемлекеттің немесе халықаралық ұйымның келісімі болған кезде басқа шет мемлекетке немесе халықаралық ұйымға олардың сұрау салуы бойынша ұсынылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z376" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z376" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Активтерді қайтару жөніндегі уәкілетті органның лауазымды адамдарының жауаптылығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z377" w:id="339"/>
+    <w:bookmarkStart w:name="z377" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активтерді қайтару жөніндегі уәкілетті органның лауазымды адамдары активтерді қайтару процесінде өздерінің қызметтік міндеттерін орындамаған немесе тиісінше орындамаған жағдайда, сондай-ақ құқыққа қайшы әрекеттер жасаған (әрекетсіздік танытқан) жағдайда, Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="340"/>
+    <w:bookmarkStart w:name="z378" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң, алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізілетін осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10244,51 +10212,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-баптарын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен   соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>