--- v0 (2025-12-28)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="438be85" w14:textId="438be85">
+    <w:p w14:paraId="0c3651c" w14:textId="0c3651c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1787,232 +1787,164 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. ОНЛАЙН-ПЛАТФОРМАЛАРДЫҢ ЖҰМЫС ІСТЕУІНІҢ ҚҰҚЫҚТЫҚ РЕЖИМІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бап. Онлайн-платформалардың Қазақстан Республикасының аумағында жұмыс істеуінің құқықтық режимі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...120 lines deleted...]
-      1. Онлайн-платформаларға бір ай ішіндегі орташа тәуліктік қолжетімділігі Қазақстан Республикасының аумағындағы бір жүз мыңнан астам пайдаланушыны құрайтын онлайн-платформалардың меншік иелері және (немесе) өзге де заңды өкілдері Қазақстан Республикасының аумағында қызметін жүзеге асыру үшін Қазақстан Республикасының Азаматтық кодексінде белгіленген талаптарға сәйкес уәкілетті органмен өзара іс-қимыл жасау жөніндегі өзінің заңды өкілін тағайындайды.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Онлайн-платформаларға бір ай ішіндегі орташа тәуліктік қолжетімділігі Қазақстан Республикасының аумағындағы бір жүз мыңнан астам пайдаланушыны құрайтын онлайн-платформалардың меншік иелері және (немесе) өзге де заңды өкілдері Қазақстан Республикасының аумағында қызметін жүзеге асыру үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Азаматтық кодексінде белгіленген талаптарға сәйкес уәкілетті органмен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Азаматтық кодексінде белгіленген талаптарға сәйкес салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын мемлекеттік органмен өзара іс-қимыл жасау жөніндегі өзінің заңды өкілін тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігі хабар алмасу жөніндегі корпоративішілік сервистердің, электрондық пошта қызметтерінің функцияларын жүзеге асыратын лездік хабар алмасу сервистеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган Қазақстан Республикасының аумағындағы онлайн-платформалардың заңды өкілдерінің тізілімін өзі айқындаған тәртіппен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Онлайн-платформалардың мынадай функциялары болуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағында пайдаланушылар санын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2023,70 +1955,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Заңның 11-бабында белгіленген пайдаланушылардың шағым беруі және оның алынғандығын автоматты түрде растау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Онлайн-платформаның интерфейсі шешім қабылдауда пайдаланушыны жаңылыстырмауға немесе оған өзгедей түрде кедергі келтірмеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="56"/>
+    <w:bookmarkStart w:name="z81" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Онлайн-платформалардың меншік иелері және (немесе) заңды өкілдері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқыққа қайшы контенттің Қазақстан Республикасының аумағында таралуына қарсы іс-қимыл шараларын қабылдауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2247,101 +2179,183 @@
       9) сот актілері, Қазақстан Республикасының құқық қорғау немесе арнаулы мемлекеттік органдарының сұрау салуы негізінде уәкілетті орган сұрататын пайдаланушылар туралы мәліметтерді ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкілетті органның нұсқамасы негізінде Қазақстан Республикасының аумағында құқыққа қайшы контентті, балаға қатысты кибербуллинг деп танылған ақпаратты орналастыратын және тарататын аккаунттар қызметін тоқтата тұруға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді – ҚР 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бап. Онлайн-платформалардағы дербес деректерді қорғау ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Онлайн-платформаның меншік иесі және (немесе) заңды өкілі онлайн-платформадағы дербес деректерді қорғау мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="57"/>
+    <w:bookmarkStart w:name="z82" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдаланушыларды тіркеу аяқталғанға дейін оларды онлайн-платформаның құпиялылық саясатымен таныстырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дербес деректердің тұтастығын, сақталуын және құпиялылығын сақтауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2387,222 +2401,222 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңында көзделген өзге де міндеттерді орындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бап. Пайдаланушылардың шағым беруі және оны өңдеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="58"/>
+    <w:bookmarkStart w:name="z83" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пайдаланушы онлайн-платформаның меншік иесіне контентке, интерфейске, басқа пайдаланушыларға, онлайн-платформаның әрекеттеріне шағым беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z84" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z84" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пайдаланушының шағым беру тетігі мен қағидаларын онлайн-платформаның меншік иесі айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым беру тетігі пайдаланушы үшін қолжетімді болуға және шағымның мазмұнын сипаттау мүмкіндігін көздеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="60"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Онлайн-платформаның меншік иесі шағыммен жүгінген пайдаланушыға шағым алынған күннен кейінгі күннен бастап күнтізбелік жиырма күн ішінде уәжді жауап беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Онлайн-платформаның ұсынымдық жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="61"/>
+    <w:bookmarkStart w:name="z86" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформаның ұсынымдық жүйесінде пайдаланылатын параметрлер онлайн-платформаның пайдаланушы келісімінде сипатталуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z87" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z87" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформаның ұсынымдық жүйесі пайдаланушыға профайлингті пайдаланбай контентті алу мүмкіндігін беруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Контентті модерациялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="63"/>
+    <w:bookmarkStart w:name="z88" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформаның меншік иесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) контентті модерациялау жүйелерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2649,70 +2663,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құқыққа қайшы контенттің Қазақстан Республикасының аумағында орналастырылуына және таралуына қарсы іс-қимылды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының мемлекеттік органдарымен өзара іс-қимыл жасауды жетілдіру жөніндегі шараларды қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформаның меншік иесі мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анықталған жүйелік тәуекелдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2740,128 +2754,238 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) автоматтандырылған модерациялау жүйелері жойған құқыққа қайшы контентті, уәкілетті органның келіп түскен нұсқамаларының, пайдаланушылар шағымдарының санын және олар бойынша қабылданған шешімдерді көрсете отырып, контентті модерациялау туралы ақпаратты қамтитын есепті жыл сайын орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Ақпаратты құқыққа қайшы контентке жатқызу негіздері, құқыққа қайшы контентті орналастыруды және таратуды тоқтата тұру, тоқтату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="65"/>
+    <w:bookmarkStart w:name="z90" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағындағы онлайн-платформаларда құқыққа қайшы контентті орналастыруға және таратуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының конституциялық құрылысын күштеп өзгертуді, оның тұтастығын бұзуды, мемлекет қауіпсіздігіне нұқсан келтіруді, соғысты, әлеуметтік, нәсілдік, ұлттық, діни, тектік-топтық және рулық астамшылықты, қатыгездік пен зорлық-зомбылыққа бас ұруды, өзін-өзі өлтіруді, порнографияны, есірткі, психотроптық заттарды, сол тектестерді және прекурсорларды, сепаратизм идеяларын, алаяқтықты, ұлтаралық және конфессияаралық татулықты бұзатын ақпаратты үндеу, насихаттау немесе үгіттеу, сондай-ақ Қазақстан Республикасының мемлекеттілігіне және аумақтық тұтастығына күмән келтіретін мәлімдемелер, мемлекеттік құпияларды немесе заңмен қорғалатын өзге де құпияны ашатын ақпарат және Қазақстан Республикасының заңдарында тыйым салынған өзге де ақпарат құқыққа қайшы контент болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="66"/>
+    <w:bookmarkStart w:name="z91" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқыққа қайшы контентті орналастыруды және таратуды тоқтата тұру, тоқтату "Байланыс туралы" Қазақстан Республикасы Заңының 41-1-бабына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z92" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z92" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Онлайн-платформаның меншік иесі және (немесе) заңды өкілі уәкілетті органның нұсқамасын алғаннан кейін жиырма төрт сағат ішінде балаға қатысты кибербуллинг деп танылған ақпаратты жою жөніндегі шараларды қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2897,425 +3021,425 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Жалған ақпаратты жою</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="68"/>
+    <w:bookmarkStart w:name="z93" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалған ақпарат өзіне қатысты таратылған тұлға онлайн-платформаның меншік иесіне жалған ақпаратты жою туралы талаппен жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z94" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z94" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформаның меншік иесі жалған ақпаратты жоюдан бас тартқан жағдайда тұлға сотқа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z141" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z141" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ПАЙДАЛАНУШЫЛАРДЫҢ ҚҰҚЫҚТАРЫ МЕН МІНДЕТТЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Пайдаланушылардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="71"/>
+    <w:bookmarkStart w:name="z95" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Пайдаланушылардың Қазақстан Республикасы аумағында: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z97" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z97" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңдарында тыйым салынбаған кез келген тәсілмен контентті алуға, жасауға, орналастыруға, таратуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z98" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z98" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) онлайн-платформаларда Қазақстан Республикасының заңдарына сәйкес еркін пікір білдіруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z99" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z99" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз құқықтарын, бостандықтары мен заңды мүдделерін сот тәртібімен қорғауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z100" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z100" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аккаунт, жария қоғамдастық ашуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z101" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z101" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) онлайн-платформаның меншік иесіне немесе оның заңды өкіліне өздерінің Қазақстан Республикасының заңдарында көзделген құқықтарының, бостандықтары мен заңды мүдделерінің сақталуы туралы талаппен жүгінуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z102" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z102" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) егер онлайн-платформалар ұсынатын өнімдер өз нанымдарына қайшы келсе, олардан бас тартуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z103" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z103" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қызықтырмайтын контенттің көрсетілуін шектеуге құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z104" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пайдаланушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z105" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының онлайн-платформалар және онлайн-жарнама туралы заңнамасын сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z106" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z106" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орналастырылатын, таратылатын контенттің анықтығын тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z107" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z107" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жалған ақпаратты орналастырмауға, таратпауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z108" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z108" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құқыққа қайшы контентті орналастырмауға, таратпауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z109" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жалған ақпарат, құқыққа қайшы контент орналастырылған, таратылған жағдайда оларды жоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z110" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ерікті қайырмалдықтарды жинаған кезде Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасында белгіленген талаптарды сақтауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3371,858 +3495,858 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Инфлюенсерлердің (блогерлердің) құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:bookmarkStart w:name="z111" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Инфлюенсердің (блогердің) осы Заңның 16-бабында белгіленген құқықтары болады және міндеттерді атқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z112" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Инфлюенсер (блогер) өзінің кәсіпкерлік қызметін Қазақстан Республикасының аумағында Қазақстан Республикасының заңнамасына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Бейнеленетін адамды орналастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:bookmarkStart w:name="z113" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пайдаланушыларға контентті орналастырған және таратқан кезде мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z114" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер осы адам ойын-сауық, мәдени-бұқаралық, мәдениет саласында әлеуметтік маңызы бар, спорттық-бұқаралық іс-шараларда, бейбіт жиналыстарда және өзге де жария іс-шараларда болса немесе оларға қатысса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z115" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер контентте адамның бейнесі және осы адамның қызметтік жұмысына және (немесе) жария қызметіне байланысты мәліметтер қамтылса, сондай-ақ оны адамның өзі, оның заңды өкілі немесе уәкілетті тұлға қолжетімділігі шектелмеген дереккөздерде орналастырса, таратса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z116" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер бейнеленетін адамды пайдалану конституциялық құрылысты қорғау, қоғамдық тәртіпті, адамның құқықтары мен бостандықтарын, халықтың денсаулығы мен имандылығын сақтау мақсатында жүзеге асырылатын болса, бейнеленетін адамның келісімі талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z117" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Бейнеленетін адамды пайдалана отырып, контентті орналастыру, тарату Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>145-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z142" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z142" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ОНЛАЙН-ЖАРНАМАНЫ РЕТТЕУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Онлайн-жарнамаға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-жарнама сәйкестендірілетін болуға және таңбалануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z119" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-жарнама уәкілетті орган айқындайтын тәртіппен таңбаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z120" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Онлайн-жарнаманы орналастыру және тарату "Жарнама туралы" Қазақстан Республикасы Заңының талаптарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Таргеттелген онлайн-жарнама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="97"/>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформа пайдаланушыларды мәтіндік және (немесе) графикалық, және (немесе) өзге де белгілемелердің көмегімен таргеттелген онлайн-жарнаманы сәйкестендіру мүмкіндігімен қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z122" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Таргеттелген онлайн-жарнама:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z123" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) контент онлайн-жарнама болып табылатынын көрсететін мәтіндік және (немесе) графикалық, және (немесе) өзге де белгілемелерді қамтуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z124" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) онлайн-жарнаманы орналастырған пайдаланушының аккаунтын белгілеуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z125" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пайдаланушының нәсілдік немесе ұлттық тиесілігі, саяси көзқарасы туралы деректер, жеке тұлғаны сәйкестендіруге мүмкіндік беретін биометриялық немесе дербес деректері, денсаулық жағдайы туралы ақпарат негізіндегі профайлингке тыйым салынған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z126" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Таргеттелген онлайн-жарнама онлайн-платформа кәмелетке толмаған пайдаланушы ретінде сәйкестендірген пайдаланушыларға қатысты қолданылмауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Демеушілік контент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Демеушілік контентте демеушіні көрсететін мәтіндік және (немесе) графикалық, және (немесе) өзге де белгілемелер болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z128" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Демеушілік контент:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z129" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке немесе заңды тұлғалардың беделін түсірмеуге, олардың тауарларын, жұмыстарын, көрсететін қызметтерін кемсітпеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z130" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) үшінші тұлғалардың алдын ала келісімінсіз олардың пікірлерін және (немесе) аудиожазбасын, және (немесе) фото- және бейнекескіндерін қамтымауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z131" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер демеушілік контентте ұсынымдар, пікірлер және растайтын құжаттар болса, онда олар шынайы және тексеруге келетін болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Онлайн-жарнаманы сәйкестендіру және сақтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформалар пайдаланушыларды мәтіндік және (немесе) графикалық және (немесе), өзге де белгілемелердің көмегімен онлайн-жарнаманы сәйкестендірудің техникалық мүмкіндігімен қамтамасыз етуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z133" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформаның онлайн-жарнама, оның ішінде таргеттелген онлайн-жарнама туралы ақпаратты қамтитын қауіпсіз сақтау орны болуға тиіс. Бұл ақпарат онлайн-жарнама соңғы рет орналастырылғаннан, таратылғаннан кейін бір жыл бойы сақталуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтау орны өз араларында онлайн-жарнама таратылған немесе таратылуы мүмкін пайдаланушылардың дербес деректерін қамтымауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="110"/>
+    <w:bookmarkStart w:name="z143" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ОНЛАЙН-ПЛАТФОРМАЛАР ЖӘНЕ ОНЛАЙН-ЖАРНАМА САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Онлайн-платформалар және онлайн-жарнама саласындағы халықаралық ынтымақтастық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="111"/>
+    <w:bookmarkStart w:name="z134" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының онлайн-платформалар және онлайн-жарнама саласындағы халықаралық ынтымақтастығы Қазақстан Республикасының халықаралық шарттары мен заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік органдар уәкілетті органмен келісу бойынша шет мемлекеттердің мемлекеттік органдарымен, халықаралық ұйымдармен және шетелдік заңды тұлғалармен онлайн-платформалар және онлайн-жарнама саласындағы өзара іс-қимылды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z144" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z144" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Қазақстан Республикасының онлайн-платформалар және онлайн-жарнама туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:bookmarkStart w:name="z136" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының онлайн-платформалар және онлайн-жарнама туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z137" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Онлайн-платформалардың меншік иелері және (немесе) заңды өкілдері онлайн-платформаның қызметін Қазақстан Республикасының аумағында осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарды сақтамай жүзеге асырған жағдайда, уәкілетті орган олардың Қазақстан Республикасының аумағындағы қызметін Қазақстан Республикасының заңдарына сәйкес шектеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:bookmarkStart w:name="z138" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -4380,55 +4504,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>