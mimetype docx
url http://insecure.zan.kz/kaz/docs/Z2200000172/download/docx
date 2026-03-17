--- v0 (2025-10-01)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e35a2d" w14:textId="3e35a2d">
+    <w:p w14:paraId="793b427" w14:textId="793b427">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5061,2161 +5061,2845 @@
         <w:t>
       1) қолма-қол – алғаны туралы белгісімен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
     <w:bookmarkStart w:name="z228" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пошта арқылы – тапсырыс хатпен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z229" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық тәсілмен – мемлекеттік бақылау субъектісі бұрын ұсынған рұқсатты алуға арналған өтініште көрсетілген мемлекеттік бақылау субъектісінің электрондық мекенжайына жіберілген күннен бастап не "электрондық үкімет" веб-порталындағы мемлекеттік бақылау субъектісінің жеке кабинетіне жіберілген күннен бастап табыс етілген болып саналады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z230" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік бақылау субъектісі сұрау салуды алған күннен кейінгі келесі жұмыс күні мемлекеттік бақылауды жүргізудің басталуы болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z230" w:id="223"/>
-[...15 lines deleted...]
-      Мемлекеттік бақылау субъектісі сұрау салуды алған күннен кейінгі келесі жұмыс күні мемлекеттік бақылауды жүргізудің басталуы болып есептеледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган Қазақстан Республикасының мемлекеттік бақылау субъектілерінен және мемлекеттік органдарынан құжаттарды және (немесе) ақпаратты сұрау салуда көрсетілген тәртіппен, мемлекеттік электрондық ақпараттық ресурстар арқылы күнтізбелік он күннен аспайтын мерзімде алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік бақылауды жүзеге асыру мерзімі оны жүргізу басталған күннен бастап отыз жұмыс күнінен аспайды. Зерттеулер, сынақтар және арнайы сараптамалар жүргізу қажет болған жағдайда уәкілетті органның басшысы мемлекеттік бақылауды жүзеге асыру мерзімін жиырма жұмыс күніне ұзартуы не лауазымды адамның әрекеттеріне (әрекетсіздігіне) шағымдану кезеңіне немесе мемлекеттік бақылау субъектісі оларды белгіленген мерзімде бермеген жағдайда құжаттарды және (немесе) ақпаратты алғанға дейін тоқтата тұруы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z231" w:id="224"/>
-[...15 lines deleted...]
-      Уәкілетті орган Қазақстан Республикасының мемлекеттік бақылау субъектілерінен және мемлекеттік органдарынан құжаттарды және (немесе) ақпаратты сұрау салуда көрсетілген тәртіппен, мемлекеттік электрондық ақпараттық ресурстар арқылы күнтізбелік он күннен аспайтын мерзімде алады.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уәкілетті органның лауазымды адамы мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z232" w:id="225"/>
-[...15 lines deleted...]
-      7. Мемлекеттік бақылауды жүзеге асыру мерзімі оны жүргізу басталған күннен бастап отыз жұмыс күнінен аспайды. Зерттеулер, сынақтар және арнайы сараптамалар жүргізу қажет болған жағдайда уәкілетті органның басшысы мемлекеттік бақылауды жүзеге асыру мерзімін жиырма жұмыс күніне ұзартуы не лауазымды адамның әрекеттеріне (әрекетсіздігіне) шағымдану кезеңіне немесе мемлекеттік бақылау субъектісі оларды белгіленген мерзімде бермеген жағдайда құжаттарды және (немесе) ақпаратты алғанға дейін тоқтата тұруы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік бақылау субъектісіне мемлекеттік бақылау нысанасына жататын құжаттарды және (немесе) ақпаратты беру туралы сұрау салу жіберуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z233" w:id="226"/>
-[...15 lines deleted...]
-      8. Уәкілетті органның лауазымды адамы мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
+    <w:bookmarkStart w:name="z235" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік бақылау субъектісінен мемлекеттік бақылау нысанасына жататын құжаттарды және (немесе) ақпаратты алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z234" w:id="227"/>
-[...15 lines deleted...]
-      1) мемлекеттік бақылау субъектісіне мемлекеттік бақылау нысанасына жататын құжаттарды және (немесе) ақпаратты беру туралы сұрау салу жіберуге;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік бақылау нысанасына және бақылау объектісінің мақсатына сәйкес Қазақстан Республикасының мемлекеттік органдарын, ұйымдарын, сарапшыларды және мамандарды тартуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z235" w:id="228"/>
-[...15 lines deleted...]
-      2) мемлекеттік бақылау субъектісінен мемлекеттік бақылау нысанасына жататын құжаттарды және (немесе) ақпаратты алуға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік бақылау нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қол жеткізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік бақылауды жүзеге асыру кезінде уәкілетті орган лауазымды адамының:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z236" w:id="229"/>
-[...15 lines deleted...]
-      3) мемлекеттік бақылау нысанасына және бақылау объектісінің мақсатына сәйкес Қазақстан Республикасының мемлекеттік органдарын, ұйымдарын, сарапшыларды және мамандарды тартуға;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасында белгіленбеген талаптардың орындалуын тексеруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z237" w:id="230"/>
-[...15 lines deleted...]
-      4) мемлекеттік бақылау нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қол жеткізуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік бақылау нысанасына жатпайтын құжаттарды және (немесе) ақпаратты беруді талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z238" w:id="231"/>
-[...15 lines deleted...]
-      9. Мемлекеттік бақылауды жүзеге асыру кезінде уәкілетті орган лауазымды адамының:</w:t>
+    <w:bookmarkStart w:name="z241" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Заңда белгіленген мемлекеттік бақылау жүргізу мерзімінен асыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z239" w:id="232"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасында белгіленбеген талаптардың орындалуын тексеруге;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңда немесе Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, мемлекеттік бақылау жүргізу нәтижесінде алынған, мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етуге және (немесе) таратуға құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z240" w:id="233"/>
-[...15 lines deleted...]
-      2) мемлекеттік бақылау нысанасына жатпайтын құжаттарды және (немесе) ақпаратты беруді талап етуге;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уәкілетті органның лауазымды адамы мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z241" w:id="234"/>
-[...15 lines deleted...]
-      3) осы Заңда белгіленген мемлекеттік бақылау жүргізу мерзімінен асыруға;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасын, мемлекеттік бақылау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z242" w:id="235"/>
-[...15 lines deleted...]
-      4) осы Заңда немесе Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, мемлекеттік бақылау жүргізу нәтижесінде алынған, мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етуге және (немесе) таратуға құқығы жоқ.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда айқындалатын тәртіп негізінде және оған сәйкес мемлекеттік бақылауды жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z243" w:id="236"/>
-[...15 lines deleted...]
-      10. Уәкілетті органның лауазымды адамы мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
+    <w:bookmarkStart w:name="z246" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік бақылауды жүзеге асыру кезеңінде мемлекеттік бақылау субъектісінің белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z244" w:id="237"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының заңнамасын, мемлекеттік бақылау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік бақылау субъектісіне не оның уәкілетті өкіліне мемлекеттік бақылау нысанасына жататын мәселелер бойынша түсініктемелер беруге кедергі жасамауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z245" w:id="238"/>
-[...15 lines deleted...]
-      2) осы Заңда айқындалатын тәртіп негізінде және оған сәйкес мемлекеттік бақылауды жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік бақылау субъектісіне мемлекеттік бақылау нысанасына жататын қажетті ақпаратты беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z246" w:id="239"/>
-[...15 lines deleted...]
-      3) мемлекеттік бақылауды жүзеге асыру кезеңінде мемлекеттік бақылау субъектісінің белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік бақылауды жүзеге асыру нәтижесінде алынған құжаттардың және (немесе) ақпараттың сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z247" w:id="240"/>
-[...15 lines deleted...]
-      4) мемлекеттік бақылау субъектісіне не оның уәкілетті өкіліне мемлекеттік бақылау нысанасына жататын мәселелер бойынша түсініктемелер беруге кедергі жасамауға;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік бақылау субъектісі мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z248" w:id="241"/>
-[...15 lines deleted...]
-      5) мемлекеттік бақылау субъектісіне мемлекеттік бақылау нысанасына жататын қажетті ақпаратты беруге;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік бақылау нәтижелері туралы актіге және уәкілетті органның лауазымды адамының әрекетіне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z249" w:id="242"/>
-[...15 lines deleted...]
-      6) мемлекеттік бақылауды жүзеге асыру нәтижесінде алынған құжаттардың және (немесе) ақпараттың сақталуын қамтамасыз етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z252" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның лауазымды адамының мемлекеттік бақылау жүргізу нысанасына жатпайтын талаптарын орындамауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z250" w:id="243"/>
-[...15 lines deleted...]
-      11. Мемлекеттік бақылау субъектісі мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
+    <w:bookmarkStart w:name="z253" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік бақылау субъектісі мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z251" w:id="244"/>
-[...15 lines deleted...]
-      1) мемлекеттік бақылау нәтижелері туралы актіге және уәкілетті органның лауазымды адамының әрекетіне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауға;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сұрау салуды алған сәттен бастап жеті күн мерзімде уәкілетті органның лауазымды адамына мемлекеттік бақылау жүргізу нысанасына жататын құжаттарды және (немесе) ақпаратты ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z252" w:id="245"/>
-[...15 lines deleted...]
-      2) уәкілетті органның лауазымды адамының мемлекеттік бақылау жүргізу нысанасына жатпайтын талаптарын орындамауға құқылы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік бақылау нысанасына жататын құжаттарға және (немесе) ақпаратқа өзгерістер мен толықтырулар енгізуге, сондай-ақ инженерлік-техникалық құралдардың, ақпараттық жүйелердің және автоматтандырылған дерекқорлардың конфигурациясы мен сипаттамаларына өзгерістер енгізуге жол бермеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Егер мемлекеттік бақылауды жүзеге асыру нәтижесінде Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылық фактісі анықталса, уәкілетті органның лауазымды адамы өкілеттіктері шегінде бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту бойынша Қазақстан Республикасының заңдарында көзделген шараларды қолдануға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z253" w:id="246"/>
-[...15 lines deleted...]
-      12. Мемлекеттік бақылау субъектісі мемлекеттік бақылауды жүзеге асыру кезінде:</w:t>
+    <w:bookmarkStart w:name="z257" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. ЕУРАЗИЯЛЫҚ ЭКОНОМИКАЛЫҚ ОДАҚҚА МҮШЕ МЕМЛЕКЕТТЕРМЕН ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ШЕКАРАСЫ АРҚЫЛЫ ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫҢ ӨТКІЗІЛУІН БАҚЫЛАУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z254" w:id="247"/>
-[...15 lines deleted...]
-      1) сұрау салуды алған сәттен бастап жеті күн мерзімде уәкілетті органның лауазымды адамына мемлекеттік бақылау жүргізу нысанасына жататын құжаттарды және (немесе) ақпаратты ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бап. Мемлекеттік кірістер органдарының құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z255" w:id="248"/>
-[...15 lines deleted...]
-      2) мемлекеттік бақылау нысанасына жататын құжаттарға және (немесе) ақпаратқа өзгерістер мен толықтырулар енгізуге, сондай-ақ инженерлік-техникалық құралдардың, ақпараттық жүйелердің және автоматтандырылған дерекқорлардың конфигурациясы мен сипаттамаларына өзгерістер енгізуге жол бермеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z259" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік кірістер органдары Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z256" w:id="249"/>
-[...15 lines deleted...]
-      13. Егер мемлекеттік бақылауды жүзеге асыру нәтижесінде Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылық фактісі анықталса, уәкілетті органның лауазымды адамы өкілеттіктері шегінде бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту бойынша Қазақстан Республикасының заңдарында көзделген шараларды қолдануға міндетті.</w:t>
+    <w:bookmarkStart w:name="z260" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік кірістер органдары Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың заңсыз өткізілуінің алдын алу және жолын кесу мақсатында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z257" w:id="250"/>
+    <w:bookmarkStart w:name="z261" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлар өткізуді жүзеге асыратын жеке және заңды тұлғалардан Қазақстан Республикасының заңнамасында белгіленген, өткізілетін тауарларға қатысты құжаттар мен мәліметтерді сұратады және алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z262" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы білім мен дағдыларды талап ететін мәселелерді зерттеу үшін Қазақстан Республикасының мемлекеттік органдарын, ұйымдарын, сарапшыларды және мамандарды тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z263" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінде көлік құралдарын тоқтатады, оларды қарап-тексеруді, жете тексеруді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасына сәйкес ақпараттық жүйелерді, байланыс жүйелерін, деректерді беру жүйелерін, сондай-ақ ақпаратты қорғау құралдарын әзірлейді, жасайды, сатып алады және пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z265" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарын сатып алады, пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z266" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасына сәйкес фактілер мен оқиғаларды құжаттауды, бейне- және аудиожазба жасауды, киноға және фотоға түсіруді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z267" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасының Президенті мен Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z268" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. ЕУРАЗИЯЛЫҚ ЭКОНОМИКАЛЫҚ ОДАҚҚА МҮШЕ МЕМЛЕКЕТТЕРМЕН ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ШЕКАРАСЫ АРҚЫЛЫ ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫҢ ӨТКІЗІЛУІН БАҚЫЛАУ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z258" w:id="251"/>
+        <w:t xml:space="preserve"> 27-бап. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылау түрлері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z269" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылау мынадай бақылау түрлері арқылы жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рұқсаттары бар өзіндік ерекшелігі бар тауарлардың экспорты, импорты, транзиті кезінде Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілуін бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құжаттарды және мәліметтерді тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарап-тексеру немесе жете тексеру, оның ішінде өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарын қолдану арқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік кірістер органы Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы рұқсатсыз өткізілетін өзіндік ерекшелігі бар тауарлар анықталған жағдайда өзіндік ерекшелігі бар тауарлардың экспортына, импортына немесе транзитіне тыйым салу туралы шешім қабылдайды және өз шешімін Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауарларға қатысты өкілеттіктері бар жеке тұлғалардың немесе заңды тұлға өкілдерінің, ал олар болмаған кезде көлік (тасымалдау) құжатына белгілер қою арқылы өзіндік ерекшелігі бар тауарлар тасымалданатын көлік құралын басқаратын жеке тұлғалардың назарына жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзіндік ерекшелігі бар тауарларды бақылаудың техникалық құралдарының тізбесі мен оларды қолдану тәртібін салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z275" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26-бап. Мемлекеттік кірістер органдарының құзыреті</w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z268" w:id="261"/>
+        <w:t xml:space="preserve"> 28-бап. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауарларды бақылау нысандары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құжаттар мен мәліметтерді тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қарап-тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жете тексеру Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауарларды бақылау нысандары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарап-тексеру, жете тексеру бақылау нысандары мемлекеттік кірістер органдары әзірлейтін және бекітетін тәуекел бейіндерінің ұсынымдары негізге алына отырып қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекел бейіні деп тәуекел саласы, тәуекел индикаторлары және тәуекелдерді азайту шаралары туралы мәліметтер жиынтығы түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Құжаттар мен мәліметтерді тексеру көліктік (тасымалдау) және коммерциялық құжаттарда қамтылған мәліметтерді мемлекеттік кірістер органдары пайдаланатын ақпараттық жүйелерден алынған мәліметтермен, сондай-ақ Қазақстан Республикасының заңнамасында тыйым салынбаған тәсілдермен салыстыруды білдіретін бақылау нысаны болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қарап-тексеру жүк жайларын (бөліктерді), көлік құралдарының ыдыстарын ашпай, тауарлардың орамасын ашпай, тексерілетін объектілер мен олардың бөліктерін өзге тәсілдермен бұзбай, бөлшектемей, тұтастығын бұзбай көлік құралын және осы көлік құралымен тасымалданатын тауарларды көзбен шолып зерттеуді білдіретін бақылау нысаны болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z284" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z285" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу кезінде рұқсаттар берілмеген өзіндік ерекшелігі бар тауарларды көзбен шолып табу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z286" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тәуекел бейіндерінің ұсынымдары қарап-тексеру жүргізу үшін негіздер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z287" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жете тексеру тауарлардың орамасын, көлік құралдарының жүк жайларын (бөліктерін), ыдыстарды, контейнерлерді немесе өзіндік ерекшелігі бар тауарлар болатын немесе болуы мүмкін өзге де орындарды ашу арқылы жеке тұлғалардың көлік құралдары мен багаждарын зерттеп-қарауды білдіретін бақылау нысаны болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z288" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z289" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының мемлекеттік органдарынан өзіндік ерекшелігі бар тауарларды рұқсатсыз өткізудің әлеуетті тәуекелі туралы ақпараттың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z290" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тәуекел бейіндерінің ұсынымдары жете тексеру жүргізу үшін негіздер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z291" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қарап-тексеру және (немесе) жете тексеру Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлар мен көлік құралдарын өткізу орындарында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z292" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлар өткізетін көлік құралдарын басқаратын жеке тұлғалар қарап-тексеру және (немесе) жете тексеру жүргізу кезінде қатысуға және мемлекеттік кірістер органдарының лауазымды адамдарына қажетті жәрдем көрсетуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z293" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік кірістер органдары Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарлар өткізетін көлік құралдарын басқаратын жеке тұлғалар болмаған кезде мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z294" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілген адамдар қарап-тексеруді және (немесе) жете тексеруді жүргізу кезінде қатысудан бас тартқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z295" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының ұлттық қауіпсіздігіне, адамның өмірі мен денсаулығына, қоршаған ортаға қатер төнген және кейінге қалдыруға болмайтын өзге де мән-жайлар туындаған, оның ішінде тауарлардың тез тұтанатын заттар, жарылыс қаупі бар заттар, жарылғыш, уландырғыш, қауіпті химиялық және биологиялық заттар, улы, уытты, радиоактивті заттар, ядролық материалдар және басқа да осыған ұқсас тауарлар болып табылатынын көрсететін белгілер болған жағдайларда қарап-тексеру және (немесе) жете тексеру жүргізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z296" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген жағдайларда қарап-тексеру және (немесе) жете тексеру екі куәгердің қатысуымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z297" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қарап-тексеруді және (немесе) жете тексеруді жүргізу нәтижелері олар аяқталғаннан кейін дереу қарап-тексеру және (немесе) жете тексеру актісін жасау арқылы ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z298" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарап-тексеру және (немесе) жете тексеру актілерінің нысандарын салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы мемлекеттік орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z299" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарап-тексеру және (немесе) жете тексеру актілерінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z300" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қарап-тексеруді және (немесе) жете тексеруді жүргізген мемлекеттік кірістер органының лауазымды адамдары және қарап-тексеруді және (немесе) жете тексеруді жүргізу кезінде қатысқан адамдар туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z301" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарларды өткізетін көлік құралдарын басқаратын жеке тұлғалар болмаған кезде қарап-тексеруді және (немесе) жете тексеруді жүргізу себептері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z302" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарап-тексеру және (немесе) жете тексеру нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z303" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) актілердің нысандарында көзделген өзге де мәліметтер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z304" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарап-тексеру және (немесе) жете тексеру актілері екі данада жасалады, оның біреуі Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарларға қатысты өкілеттіктері бар жеке тұлғаларға немесе заңды тұлғаның өкілдеріне, ал олар болмаған кезде Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауар тасымалданатын көлік құралын басқаратын жеке тұлғаларға табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z305" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың құжаттарын және мәліметтерін тексеруді, қарап-тексеруді және (немесе) жете тексеруді жүзеге асыру тәртібін салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z306" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 27-бап. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өзіндік ерекшелігі бар тауарлардың өткізілуін бақылау түрлері</w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z275" w:id="268"/>
+        <w:t xml:space="preserve"> 5-тарау. ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫ БАҚЫЛАУ САЛАСЫНДАҒЫ АҚПАРАТТАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z307" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28-бап. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауарларды бақылау нысандары</w:t>
-[...519 lines deleted...]
-      2) Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы тауарларды өткізетін көлік құралдарын басқаратын жеке тұлғалар болмаған кезде қарап-тексеруді және (немесе) жете тексеруді жүргізу себептері;</w:t>
+        <w:t xml:space="preserve"> 29-бап. Өзіндік ерекшелігі бар тауарларды бақылау саласында құжаттар және (немесе) ақпарат беру және тарату жөніндегі міндеттеме</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z302" w:id="295"/>
-[...15 lines deleted...]
-      3) қарап-тексеру және (немесе) жете тексеру нәтижелері;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уәкілетті орган, өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдары Қазақстан Республикасының мемлекеттік органдарынан, сондай-ақ өзіндік ерекшелігі бар тауарлардың экспортын, кері экспортын, импортын, транзитін жүзеге асыратын, эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсететін Қазақстан Республикасының жеке және заңды тұлғаларынан, өзіндік ерекшелігі бар тауарлардың эксаумақтық кері экспортын немесе транзитін жүзеге асыратын шетелдік тұлғалардан өзіндік ерекшелігі бар тауарларды бақылау саласына қатысты қажетті құжаттарды және (немесе) ақпаратты сұратуға және алуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z303" w:id="296"/>
-[...15 lines deleted...]
-      4) актілердің нысандарында көзделген өзге де мәліметтер көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзіндік ерекшелігі бар тауарлардың экспортын, кері экспортын, импортын, транзитін жүзеге асыратын, эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсететін Қазақстан Республикасының жеке және заңды тұлғалары, сондай-ақ өзіндік ерекшелігі бар тауарлардың эксаумақтық кері экспортын, транзитін жүзеге асыратын шетелдік тұлғалар уәкілетті органның, өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарының талап етуі бойынша көрсетілген мемлекеттік органдардың осы Заңда және Қазақстан Республикасының заңнамасында көзделген функцияларын орындауы үшін қажетті құжаттарды және (немесе) ақпаратты беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z304" w:id="297"/>
-[...15 lines deleted...]
-      Қарап-тексеру және (немесе) жете тексеру актілері екі данада жасалады, оның біреуі Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарларға қатысты өкілеттіктері бар жеке тұлғаларға немесе заңды тұлғаның өкілдеріне, ал олар болмаған кезде Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін өзіндік ерекшелігі бар тауар тасымалданатын көлік құралын басқаратын жеке тұлғаларға табыс етіледі.</w:t>
+    <w:bookmarkStart w:name="z310" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзіндік ерекшелігі бар тауарларды бақылау саласына жататын құжаттарды және (немесе) ақпаратты уәкілетті органға, өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарына беру қызметтік, коммерциялық, банктік немесе заңмен қорғалатын өзге де құпияны жария ету болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z305" w:id="298"/>
-[...15 lines deleted...]
-      11. Еуразиялық экономикалық одаққа мүше мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізілетін тауарлардың құжаттарын және мәліметтерін тексеруді, қарап-тексеруді және (немесе) жете тексеруді жүзеге асыру тәртібін салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік орган бекітеді.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 2-тармағында көрсетілген тұлғалар берілген құжаттардың және (немесе) ақпараттың анықтығы үшін Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z306" w:id="299"/>
+    <w:bookmarkStart w:name="z312" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті орган өзінің интернет-ресурсында эксаумақтық делдалдық қызметтер мен техникалық көмек көрсететін Қазақстан Республикасының жеке және заңды тұлғаларының тізімін, Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылықтарға жол берген Қазақстан Республикасының жеке және заңды тұлғаларының және шетелдік тұлғалардың тізімдерін орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z313" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫ БАҚЫЛАУ САЛАСЫНДАҒЫ АҚПАРАТТАНДЫРУ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z307" w:id="300"/>
+        <w:t xml:space="preserve"> 30-бап. Өзіндік ерекшелігі бар тауарларды бақылау саласында берілген құжаттарды және (немесе) ақпаратты пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z314" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заңның 29-бабының 2-тармағына сәйкес берілген құжаттар және (немесе) ақпарат осы Заңда және Қазақстан Республикасының заңнамасында айқындалған тәртіппен пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z315" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік құпияларды немесе заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді және құжаттарда және (немесе) ақпаратта қамтылған, таратылуы және (немесе) берілуі Қазақстан Республикасының заңдарына сәйкес шектелген басқа да ақпаратты беру және пайдалану осындай ақпаратпен жұмыс істеу тәртібін және оны қорғау шараларын белгілейтін Қазақстан Республикасы заңнамасының талаптары сақтала отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z316" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 29-бап. Өзіндік ерекшелігі бар тауарларды бақылау саласында құжаттар және (немесе) ақпарат беру және тарату жөніндегі міндеттеме</w:t>
-[...59 lines deleted...]
-      Өзіндік ерекшелігі бар тауарларды бақылау саласына жататын құжаттарды және (немесе) ақпаратты уәкілетті органға, өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарына беру қызметтік, коммерциялық, банктік немесе заңмен қорғалатын өзге де құпияны жария ету болып табылмайды.</w:t>
+        <w:t xml:space="preserve"> 6-тарау. ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫ БАҚЫЛАУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z311" w:id="304"/>
-[...15 lines deleted...]
-      3. Осы баптың 2-тармағында көрсетілген тұлғалар берілген құжаттардың және (немесе) ақпараттың анықтығы үшін Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылауға байланысты халықаралық санкцияларға қатысуы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z312" w:id="305"/>
-[...15 lines deleted...]
-      4. Уәкілетті орган өзінің интернет-ресурсында эксаумақтық делдалдық қызметтер мен техникалық көмек көрсететін Қазақстан Республикасының жеке және заңды тұлғаларының тізімін, Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылықтарға жол берген Қазақстан Республикасының жеке және заңды тұлғаларының және шетелдік тұлғалардың тізімдерін орналастырады.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бір шет мемлекетке немесе бірқатар шет мемлекеттерге қатысты өзіндік ерекшелігі бар тауарларды бақылауға байланысты Біріккен Ұлттар Ұйымы Қауіпсіздік Кеңсесінің санкцияларын сақтауы және осы санкцияларды күшіне енгізу Біріккен Ұлттар Ұйымының немесе басқа да халықаралық ұйымдардың шешімдері негізінде Қазақстан Республикасының заңнамасында айқындалады. Жекелеген жағдайларда мұндай санкцияларды Қазақстан Республикасы біржақты тәртіппен қолдануы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z313" w:id="306"/>
+    <w:bookmarkStart w:name="z319" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 30-бап. Өзіндік ерекшелігі бар тауарларды бақылау саласында берілген құжаттарды және (немесе) ақпаратты пайдалану</w:t>
+        <w:t xml:space="preserve"> 32-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z314" w:id="307"/>
-[...15 lines deleted...]
-      1. Осы Заңның 29-бабының 2-тармағына сәйкес берілген құжаттар және (немесе) ақпарат осы Заңда және Қазақстан Республикасының заңнамасында айқындалған тәртіппен пайдаланылады.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z315" w:id="308"/>
-[...15 lines deleted...]
-      2. Мемлекеттік құпияларды немесе заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді және құжаттарда және (немесе) ақпаратта қамтылған, таратылуы және (немесе) берілуі Қазақстан Республикасының заңдарына сәйкес шектелген басқа да ақпаратты беру және пайдалану осындай ақпаратпен жұмыс істеу тәртібін және оны қорғау шараларын белгілейтін Қазақстан Республикасы заңнамасының талаптары сақтала отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z321" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жаппай жою қаруын және оны жеткізу құралдарын таратуды болғызбау бойынша шет мемлекеттермен және халықаралық ұйымдармен күш-жігерді үйлестіру және өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z316" w:id="309"/>
+    <w:bookmarkStart w:name="z322" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) халықаралық қатынастардың тұрақты және қауіпсіз жүйесін қалыптастыруға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z323" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының өзіндік ерекшелігі бар тауарлармен, зияткерлік шығармашылық қызмет нәтижелерімен, оның ішінде зияткерлік шығармашылық қызмет нәтижелеріне құқықтармен халықаралық алмасуға қатысуын жандандыру, Қазақстан Республикасының жеке және заңды тұлғаларының жоғары технологиялардың әлемдік нарығына қол жеткізуі үшін мүмкіндіктерді кеңейту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z324" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзіндік ерекшелігі бар тауарларды бақылаудың халықаралық және мемлекетішілік рәсімдерін жетілдіру, Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылық фактілерін және оларды жасаған адамдарды анықтау мақсаттарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z325" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. ӨЗІНДІК ЕРЕКШЕЛІГІ БАР ТАУАРЛАРДЫ БАҚЫЛАУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЫНТЫМАҚТАСТЫҚ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z317" w:id="310"/>
+        <w:t xml:space="preserve"> 33-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы нысандары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z326" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z327" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының экспорттық бақылаудың халықаралық режимдеріне және халықаралық форумдарға қатысуы, шет мемлекеттермен және халықаралық ұйымдармен келіссөздер мен консультациялар өткізу, өзара ақпарат алмасу, сондай-ақ екіжақты және көпжақты негізде бірлескен бағдарламалар мен іс-шараларды іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z328" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасында белгіленген тәртіппен халықаралық ұйымдармен, шет мемлекеттердің мемлекеттік органдарымен және үкіметтік емес ұйымдарымен өзіндік ерекшелігі бар тауарларды бақылау саласында өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z329" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзіндік ерекшелігі бар тауарларды бақылаудың мемлекетішілік рәсімдерінің тиімді жұмыс істеуі үшін Қазақстан Республикасының жеке және заңды тұлғаларына шетелдік үкіметтік емес ұйымдармен байланысты дамытуға және ақпарат алмасуға жәрдемдесу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z330" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 31-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылауға байланысты халықаралық санкцияларға қатысуы</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="312"/>
+        <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z331" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 32-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы</w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z325" w:id="318"/>
+        <w:t xml:space="preserve"> 34-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z332" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы заңнамасын бұзушылық Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z333" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 33-бап. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастығы нысандары</w:t>
-[...39 lines deleted...]
-      1) Қазақстан Республикасының экспорттық бақылаудың халықаралық режимдеріне және халықаралық форумдарға қатысуы, шет мемлекеттермен және халықаралық ұйымдармен келіссөздер мен консультациялар өткізу, өзара ақпарат алмасу, сондай-ақ екіжақты және көпжақты негізде бірлескен бағдарламалар мен іс-шараларды іске асыру;</w:t>
+        <w:t xml:space="preserve"> 35-бап. Уәкілетті органның және өзіндік ерекшелігі бар тауарларды бақылау жүйесі мемлекеттік органдарының лауазымды адамдарының шешімдеріне және әрекеттеріне (әрекетсіздігіне) шағым жасау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z328" w:id="321"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының заңнамасында белгіленген тәртіппен халықаралық ұйымдармен, шет мемлекеттердің мемлекеттік органдарымен және үкіметтік емес ұйымдарымен өзіндік ерекшелігі бар тауарларды бақылау саласында өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның және өзіндік ерекшелігі бар тауарларды бақылау жүйесі мемлекеттік органдарының лауазымды адамдарының шешімдеріне және әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z329" w:id="322"/>
-[...15 lines deleted...]
-      3) өзіндік ерекшелігі бар тауарларды бақылаудың мемлекетішілік рәсімдерінің тиімді жұмыс істеуі үшін Қазақстан Республикасының жеке және заңды тұлғаларына шетелдік үкіметтік емес ұйымдармен байланысты дамытуға және ақпарат алмасуға жәрдемдесу арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z335" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z330" w:id="323"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z336" w:id="329"/>
+    <w:bookmarkStart w:name="z336" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң, Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7230,91 +7914,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тиісті өзгерістер мен толықтырулар қолданысқа енгізілген күннен кейін қолданысқа енгізілетін 25-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z337" w:id="330"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z337" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Экспорттық бақылау туралы" 2007 жылғы 21 шілдедегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>күші жойылды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -7472,55 +8156,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>