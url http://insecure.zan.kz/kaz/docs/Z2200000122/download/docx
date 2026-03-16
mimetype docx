--- v0 (2025-12-28)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fce685a" w14:textId="fce685a">
+    <w:p w14:paraId="2688ea7" w14:textId="2688ea7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -228,50 +228,146 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйе", "ақпараттық жүйені", "ақпараттық жүйелерді", "ақпараттық жүйемен", "ақпараттық жүйеге" деген сөздер тиісінше "цифрлық жүйе", "цифрлық жүйені", "цифрлық жүйелерді", "цифрлық жүйемен", "цифрлық жүйеге" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң Қазақстан Республикасының биологиялық қауіпсіздігі саласындағы мемлекеттік реттеудің құқықтық негіздерін айқындайды және биологиялық қатерлерді болғызбауға бағытталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1808,51 +1904,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5142,1582 +5238,1924 @@
         </w:rPr>
         <w:t xml:space="preserve"> 17-бап. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
     <w:bookmarkStart w:name="z229" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйе биологиялық қауіпсіздік саласындағы орталықтандырылған есепке алу және мониторингтеу, биологиялық тәуекелдерді басқару, мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары арасында ақпарат алмасу арқылы жағдайды талдау, биологиялық тәуекелдерді болжау және модельдеу, үйлестірілген және жедел ден қою шараларын тұжырымдау мақсатында құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z230" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Биологиялық қауіпсіздік саласындағы электрондық ақпараттық ресурстар, бағдарламалық қамтылым, интернет-ресурс және ақпараттық-коммуникациялық инфрақұрылым биологиялық қауіпсіздік саласындағы ақпараттандыру объектілері болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Биологиялық қауіпсіздік мәселелері қозғалатын салаларда мемлекеттік реттеуді (қызметті) жүзеге асыратын мемлекеттік органдар (олардың ведомстволық бағынысты ұйымдары), сондай-ақ патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер биологиялық қауіпсіздік саласындағы ақпараттандыру субъектілері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйе ақпараттандыру субъектілері беретін статистикалық ақпараттың және өзге де есепке алу мен есептік құжаттаманың (ақпараттың) негізінде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйеге келіп түсетін ақпарат біріздендірілген түрде жинақталады және биологиялық қауіпсіздік саласындағы бірыңғай ұлттық дерекқорды құрады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z231" w:id="225"/>
-[...15 lines deleted...]
-      3. Биологиялық қауіпсіздік мәселелері қозғалатын салаларда мемлекеттік реттеуді (қызметті) жүзеге асыратын мемлекеттік органдар (олардың ведомстволық бағынысты ұйымдары), сондай-ақ патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер биологиялық қауіпсіздік саласындағы ақпараттандыру субъектілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйені құруды, жетілдіруді және пайдалануды және онда сақталатын және өңделетін мәліметтердің қорғалуын қамтамасыз етуді Қазақстан Республикасының заңнамасына сәйкес биологиялық қауіпсіздік саласындағы уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z232" w:id="226"/>
-[...15 lines deleted...]
-      4. Биологиялық қауіпсіздік саласындағы мемлекеттік ақпараттық жүйе ақпараттандыру субъектілері беретін статистикалық ақпараттың және өзге де есепке алу мен есептік құжаттаманың (ақпараттың) негізінде қалыптастырылады.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-бап. Жеке және заңды тұлғалардың биологиялық қауіпсіздік саласындағы құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z233" w:id="227"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z236" w:id="230"/>
+    <w:bookmarkStart w:name="z236" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жеке және заңды тұлғалардың: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z237" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қауіпті биологиялық факторлардың әсерінен қорғалуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z238" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шет елдерге және Қазақстан Республикасының инфекциялық және (немесе) паразиттік сырқаттанушылық бойынша эндемиялық өңірлеріне жоспарлап баруға байланысты ықтимал биологиялық тәуекелдер және олардың профилактикасы жөніндегі шаралар туралы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z239" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес санитариялық-эпидемиологиялық және ветеринариялық-санитариялық ахуалдар, сондай-ақ қауіпті биологиялық факторлардың әсерінен халықты қорғауға және табиғи ортаның жекелеген компоненттерін сақтауға, биологиялық қатерлерді болғызбауға бағытталған, қабылданып жатқан шаралар туралы анық және уақтылы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z237" w:id="231"/>
-[...15 lines deleted...]
-      1) қауіпті биологиялық факторлардың әсерінен қорғалуға;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) биологиялық қауіпсіздікті қамтамасыз ету мәселелері бойынша тиісті мемлекеттік органдарға жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z238" w:id="232"/>
-[...15 lines deleted...]
-      2) шет елдерге және Қазақстан Республикасының инфекциялық және (немесе) паразиттік сырқаттанушылық бойынша эндемиялық өңірлеріне жоспарлап баруға байланысты ықтимал биологиялық тәуекелдер және олардың профилактикасы жөніндегі шаралар туралы ақпарат алуға;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасында белгіленген жағдайларда жеке қорғалуға қойылатын талаптардың орындалуын ескере отырып, биологиялық қауіпсіздікті қамтамасыз етуге бағытталған іс-шараларға қатысуға құқығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z239" w:id="233"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасына сәйкес санитариялық-эпидемиологиялық және ветеринариялық-санитариялық ахуалдар, сондай-ақ қауіпті биологиялық факторлардың әсерінен халықты қорғауға және табиғи ортаның жекелеген компоненттерін сақтауға, биологиялық қатерлерді болғызбауға бағытталған, қабылданып жатқан шаралар туралы анық және уақтылы ақпарат алуға;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңдарына сәйкес өзге де құқықтары бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z240" w:id="234"/>
-[...15 lines deleted...]
-      4) биологиялық қауіпсіздікті қамтамасыз ету мәселелері бойынша тиісті мемлекеттік органдарға жүгінуге;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жеке және заңды тұлғалар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z241" w:id="235"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z244" w:id="238"/>
+    <w:bookmarkStart w:name="z244" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көзделген мемлекеттік органдардың құзыреттеріне сәйкес оларға патогенді биологиялық агенттерді құқыққа қарсы (санкцияланбаған) пайдаланудың не олармен еркін жұмыс істеудің барлық белгілі болған фактілері туралы хабарлауға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z245" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) патогенді биологиялық агенттермен жұмыс істеуге байланысты көрінеу жалған ақпараттың таралуына жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z246" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының ақпаратқа қол жеткізу туралы заңнамасында белгіленген шектеулер қабылданған жағдайда патогенді биологиялық агенттермен жұмыс істеуге байланысты қолжетімділігі шектеулі ақпаратқа қатысты талаптарды орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басқа жеке және заңды тұлғалардың қауіпті биологиялық факторлардың әсерінен қорғалу құқықтарының бұзылуына алып келетін әрекеттерді жүзеге асырмауға міндетті.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z245" w:id="239"/>
-[...15 lines deleted...]
-      2) патогенді биологиялық агенттермен жұмыс істеуге байланысты көрінеу жалған ақпараттың таралуына жол бермеуге;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында көзделген патогенді биологиялық агенттермен жұмыс істеуге рұқсат және оған қосымша болмаса, патогенді биологиялық агенттермен жұмыс істеу жөніндегі қызметке тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z246" w:id="240"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z249" w:id="243"/>
+    <w:bookmarkStart w:name="z249" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жеке тұлғалар осы баптың 2-тармағында көрсетілген міндеттерден басқа: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z250" w:id="244"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z250" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрған жеріндегі медициналық ұйымдарға инфекциялық және (немесе) паразиттік ауруға тән белгілермен ұштасатын денсаулық жағдайының нашарлау фактісі бойынша уақтылы жүгінуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z251" w:id="245"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z251" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) инфекциялық және (немесе) паразиттік ауруға байланысты медициналық көмекке жүгінген жағдайда осы жүгінудің алдында шетелде және (немесе) Қазақстан Республикасының инфекциялық және (немесе) паразиттік сырқаттанушылық бойынша эндемиялық аумағында болғаны туралы хабарлауға; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z252" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) айналасындағылар үшін қауіп төндіретін инфекциялық және (немесе) паразиттік аурулар диагностикаланған жағдайда тұрған жеріндегі медициналық ұйымдарға осындай диагностикалаудың алдындағы байланыстар туралы ақпаратты уақтылы хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z253" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-бап. Биологиялық қауіпсіздік саласындағы профилактика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық қауіпсіздік саласындағы профилактика Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады және эпидемияға қарсы, ветеринариялық, фитосанитариялық іс-шаралар кешенін, өсімдіктер карантині жөніндегі іс-шараларды және биологиялық тәуекелдерді басқаруға, биологиялық қатерлерді болғызбауға және тежеуге бағытталған өзге де шараларды қамтиды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z252" w:id="246"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z255" w:id="249"/>
+    <w:bookmarkStart w:name="z255" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік органдар биологиялық қауіпсіздік саласындағы профилактикалық іс-шараларды Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z256" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық қауіпсіздік саласындағы профилактика мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z257" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалпы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z258" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биологиялық қатердің көзіне бағытталған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z256" w:id="250"/>
-[...15 lines deleted...]
-      2. Биологиялық қауіпсіздік саласындағы профилактика мынадай:</w:t>
+    <w:bookmarkStart w:name="z259" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қауіпті биологиялық факторға бағытталған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z257" w:id="251"/>
-[...15 lines deleted...]
-      1) жалпы;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ауруға бейім организмге бағытталған профилактикалық іс-шараларға бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z258" w:id="252"/>
-[...15 lines deleted...]
-      2) биологиялық қатердің көзіне бағытталған;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жалпы профилактикалық іс-шаралар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z259" w:id="253"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z262" w:id="256"/>
+    <w:bookmarkStart w:name="z262" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) биологиялық тәуекелдерді мониторингтеу мен талдауды, оның ішінде инфекциялық және (немесе) паразиттік сырқаттанушылықты болжауды, табиғи ортаның жекелеген компоненттерінің мониторингін, биологиялық қатерлерді бейтараптандыруды немесе олардың деңгейін төмендетуді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті қызметтердің биологиялық қатер көзін анықтауға және оқшаулауға бағытталған іс-шараларды жүргізуге дайындығын қамтамасыз етуді, жағдайды басқаруды, жаһандық, өңірлік және жергілікті ауқымдағы төтенше жағдайларды жою жөніндегі іс-қимылдар жоспарлары шеңберінде биологиялық қауіпсіздік саласындағы ден қою хаттамаларын (сценарийлерін) қалыптастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z264" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз қызметі шеңберінде патогенді биологиялық агенттермен өзара іс-қимылды жүзеге асыратын тұлғалардың биологиялық қауіпсіздік саласындағы талаптарды сақтауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z265" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ықтимал қауіпті биологиялық объектілердің, инфекциялық аурулардың табиғи ошақтарының және (немесе) өсімдіктер ауруларының таралу ошақтарының аумағында және оларға тікелей жақын жерде орналасатын объектілерді орналастыру, жобалау, салу, реконструкциялау, техникалық қайта жарақтандыру, кеңейту, күрделі жөндеу жүргізу және пайдалануға беру кезінде биологиялық қауіпсіздік саласындағы талаптарды сақтауды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z263" w:id="257"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z266" w:id="260"/>
+    <w:bookmarkStart w:name="z266" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыру үшін мамандардың кадр резервінен кадр ресурстарын жұмылдыруды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z267" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дәрілік заттардың және медициналық бұйымдардың резервтерін жұмылдыруды, биологиялық қауіпсіздік саласындағы профилактикалық іс-шаралардың мұқтаждықтары үшін объектілерді қайта бейіндеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z268" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z269" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) халықтың хабардар болу деңгейін және оның қауіпті биологиялық факторлардың әсеріне ден қоюға дайындығын арттыруға бағытталған іс-шараларды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z267" w:id="261"/>
-[...15 lines deleted...]
-      6) дәрілік заттардың және медициналық бұйымдардың резервтерін жұмылдыруды, биологиялық қауіпсіздік саласындағы профилактикалық іс-шаралардың мұқтаждықтары үшін объектілерді қайта бейіндеуді;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) биологиялық қауіпсіздік мәселелерін зерделеуді жалпы білім беретін оқу бағдарламаларына енгізуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z268" w:id="262"/>
-[...15 lines deleted...]
-      7) биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асыруды;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Биологиялық қатердің көзіне бағытталған іс-шаралар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z269" w:id="263"/>
-[...15 lines deleted...]
-      8) халықтың хабардар болу деңгейін және оның қауіпті биологиялық факторлардың әсеріне ден қоюға дайындығын арттыруға бағытталған іс-шараларды;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инфекция жұқтырған және олармен байланыста болған адамдарды, жануарларды уақтылы анықтауды, бүлінген (залалданған) өсімдіктерді анықтауды, оларды есепке алуды және тіркеуді, оқшаулауды (обсервациялауды), диагностикалауды, емдеуді, сондай-ақ өсімдіктер мен жануарларды алып қоюды, жоюды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z270" w:id="264"/>
-[...15 lines deleted...]
-      9) биологиялық қауіпсіздік мәселелерін зерделеуді жалпы білім беретін оқу бағдарламаларына енгізуді қамтиды.</w:t>
+    <w:bookmarkStart w:name="z273" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инфекция ошақтарын және (немесе) өсімдік ауруларының таралу ошақтарын анықтауды, оқшаулауды, зерттеп-қарауды және жоюды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z271" w:id="265"/>
-[...15 lines deleted...]
-      4. Биологиялық қатердің көзіне бағытталған іс-шаралар:</w:t>
+    <w:bookmarkStart w:name="z274" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адамдар мен жануарлардың инфекциялық және (немесе) паразиттік ауруларының, өсімдіктер ауруларының Қазақстан Республикасының бүкіл аумағында пайда болуының, әкелінуінің, таралуының алдын алуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z272" w:id="266"/>
-[...15 lines deleted...]
-      1) инфекция жұқтырған және олармен байланыста болған адамдарды, жануарларды уақтылы анықтауды, бүлінген (залалданған) өсімдіктерді анықтауды, оларды есепке алуды және тіркеуді, оқшаулауды (обсервациялауды), диагностикалауды, емдеуді, сондай-ақ өсімдіктер мен жануарларды алып қоюды, жоюды;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) биологиялық қатерлерді ерте анықтау (экспресс-диагностика) әдістемелерін, оның ішінде патогенді және өнеркәсіптік микроорганизмдер коллекцияларын пайдалану арқылы әзірлеуді және жетілдіруді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z273" w:id="267"/>
-[...15 lines deleted...]
-      2) инфекция ошақтарын және (немесе) өсімдік ауруларының таралу ошақтарын анықтауды, оқшаулауды, зерттеп-қарауды және жоюды;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексіне сәйкес сараптама жүргізудің жеделдетілген рәсімі бойынша дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z274" w:id="268"/>
-[...15 lines deleted...]
-      3) адамдар мен жануарлардың инфекциялық және (немесе) паразиттік ауруларының, өсімдіктер ауруларының Қазақстан Республикасының бүкіл аумағында пайда болуының, әкелінуінің, таралуының алдын алуды;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) биологиялық қорғауды қамтамасыз ету қағидаларына сәйкес ықтимал қауіпті биологиялық объектілерде биологиялық қорғау шараларын қамтамасыз етуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z275" w:id="269"/>
-[...15 lines deleted...]
-      4) биологиялық қатерлерді ерте анықтау (экспресс-диагностика) әдістемелерін, оның ішінде патогенді және өнеркәсіптік микроорганизмдер коллекцияларын пайдалану арқылы әзірлеуді және жетілдіруді;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ведомствоаралық өзара іс-қимыл жасауды, оның ішінде патогенді биологиялық агенттермен заңсыз (санкцияланбаған) жұмыс істеуді, олардың жоғалуын, жымқырылуын, олармен заңсыз жұмыс істеу туралы ақпаратты жасыруды (бермеуді), сондай-ақ патогенді биологиялық агенттер пайдаланылатын және (немесе) ықтимал қауіпті биологиялық объектілерге қатысты терроризм актілерін және (немесе) диверсияларды болғызбау жөнінде шаралар қабылдауды қоса алғанда, биологиялық қатерлердің туындауына жедел ден қою мақсатында ведомствоаралық өзара іс-қимыл жасауды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z276" w:id="270"/>
-[...15 lines deleted...]
-      5) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексіне сәйкес сараптама жүргізудің жеделдетілген рәсімі бойынша дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қауіпті биологиялық факторға бағытталған іс-шаралар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z277" w:id="271"/>
-[...15 lines deleted...]
-      6) биологиялық қорғауды қамтамасыз ету қағидаларына сәйкес ықтимал қауіпті биологиялық объектілерде биологиялық қорғау шараларын қамтамасыз етуді;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шектеу іс-шараларын, оның ішінде карантин енгізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z278" w:id="272"/>
-[...15 lines deleted...]
-      7) ведомствоаралық өзара іс-қимыл жасауды, оның ішінде патогенді биологиялық агенттермен заңсыз (санкцияланбаған) жұмыс істеуді, олардың жоғалуын, жымқырылуын, олармен заңсыз жұмыс істеу туралы ақпаратты жасыруды (бермеуді), сондай-ақ патогенді биологиялық агенттер пайдаланылатын және (немесе) ықтимал қауіпті биологиялық объектілерге қатысты терроризм актілерін және (немесе) диверсияларды болғызбау жөнінде шаралар қабылдауды қоса алғанда, биологиялық қатерлердің туындауына жедел ден қою мақсатында ведомствоаралық өзара іс-қимыл жасауды қамтиды.</w:t>
+    <w:bookmarkStart w:name="z281" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке қорғану құралдарын қолдануды, жеке гигиенаны, әлеуметтік қашықтықты сақтауды қоса алғанда, жеке және қоғамдық қорғау шараларын сақтауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z279" w:id="273"/>
-[...15 lines deleted...]
-      5. Қауіпті биологиялық факторға бағытталған іс-шаралар:</w:t>
+    <w:bookmarkStart w:name="z282" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дезинфекциялау, дезинсекциялау және дератизациялау, өсімдіктерді қорғау құралдарымен өңдеу жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z280" w:id="274"/>
-[...15 lines deleted...]
-      1) шектеу іс-шараларын, оның ішінде карантин енгізуді;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) санитариялық-профилактикалық іс-шараларды және әлеуметтік-тұрмыстық жағдайларды жақсартуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z281" w:id="275"/>
-[...15 lines deleted...]
-      2) жеке қорғану құралдарын қолдануды, жеке гигиенаны, әлеуметтік қашықтықты сақтауды қоса алғанда, жеке және қоғамдық қорғау шараларын сақтауды;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) эпидемияға қарсы, эпизоотияға қарсы және фитосанитариялық іс-шаралар, өсімдіктер карантині бойынша іс-шаралар жүргізуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z282" w:id="276"/>
-[...15 lines deleted...]
-      3) дезинфекциялау, дезинсекциялау және дератизациялау, өсімдіктерді қорғау құралдарымен өңдеу жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ауруға бейім организмге бағытталған іс-шаралар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z283" w:id="277"/>
-[...15 lines deleted...]
-      4) санитариялық-профилактикалық іс-шараларды және әлеуметтік-тұрмыстық жағдайларды жақсартуды;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) халыққа профилактикалық медициналық қарап-тексеру жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z284" w:id="278"/>
-[...15 lines deleted...]
-      5) эпидемияға қарсы, эпизоотияға қарсы және фитосанитариялық іс-шаралар, өсімдіктер карантині бойынша іс-шаралар жүргізуді қамтиды.</w:t>
+    <w:bookmarkStart w:name="z287" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) халықтың саламатты өмір салты мен дұрыс тамақтануын қалыптастыруға жәрдемдесуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z285" w:id="279"/>
-[...15 lines deleted...]
-      6. Ауруға бейім организмге бағытталған іс-шаралар:</w:t>
+    <w:bookmarkStart w:name="z288" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адам және (немесе) жануар инфекцияларының таралуын болғызбау мақсатында иммундық профилактиканы және химиялық профилактиканы, өсімдіктерді қорғау құралдарын қолдануды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z286" w:id="280"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z289" w:id="283"/>
+    <w:bookmarkStart w:name="z289" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) медициналық, ветеринариялық және ғылыми қызмет шеңберінде аса қауіпті инфекциялық ауруларды туғызатын патогенді биологиялық агенттермен өзара іс-қимылды жүзеге асыратын тұлғаларды биологиялық қауіпсіздік саласындағы талаптарға сәйкес жеке қорғану құралдарымен қамтамасыз етуді қамтиды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z290" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. БИОЛОГИЯЛЫҚ ҚАУІПСІЗДІК САЛАСЫНДАҒЫ ТАЛАПТАРДЫҢ САҚТАЛУЫН МЕМЛЕКЕТТІК БАҚЫЛАУ ЖӘНЕ ҚАДАҒАЛАУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z291" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-бап. Биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау және қадағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z292" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау және қадағалау (бұдан әрі – мемлекеттік бақылау және қадағалау) олардың бұзылуының алдын алуға, анықтауға, жолын кесуге және жоюға бағытталған және осы Заңда, Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы, ветеринария, өсімдіктерді қорғау, өсімдіктер карантині, терроризмге қарсы іс-қимыл саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып, Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z290" w:id="284"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. БИОЛОГИЯЛЫҚ ҚАУІПСІЗДІК САЛАСЫНДАҒЫ ТАЛАПТАРДЫҢ САҚТАЛУЫН МЕМЛЕКЕТТІК БАҚЫЛАУ ЖӘНЕ ҚАДАҒАЛАУ</w:t>
+    <w:bookmarkStart w:name="z293" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын заңды тұлғалар немесе патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын объектілер (бұдан әрі – бақылау және қадағалау субъектілері (объектілері) мемлекеттік бақылау және қадағалау субъектілері немесе объектілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z291" w:id="285"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 20-бап. Биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау және қадағалау</w:t>
+    <w:bookmarkStart w:name="z294" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын мемлекеттік бақылау және қадағалау объектілері эпидемиялық, эпизоотиялық, эпифитотикалық тәуекел дәрежесі жоғары объектілерге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z292" w:id="286"/>
-[...15 lines deleted...]
-      1. Биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылау және қадағалау (бұдан әрі – мемлекеттік бақылау және қадағалау) олардың бұзылуының алдын алуға, анықтауға, жолын кесуге және жоюға бағытталған және осы Заңда, Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы, ветеринария, өсімдіктерді қорғау, өсімдіктер карантині, терроризмге қарсы іс-қимыл саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып, Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z295" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эпидемиялық, эпизоотиялық, эпифитотикалық тәуекел дәрежесі жоғары объектілер екі топқа бөлінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z293" w:id="287"/>
-[...15 lines deleted...]
-      2. Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын заңды тұлғалар немесе патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын объектілер (бұдан әрі – бақылау және қадағалау субъектілері (объектілері) мемлекеттік бақылау және қадағалау субъектілері немесе объектілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын ықтимал қауіпті биологиялық объектілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z294" w:id="288"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z297" w:id="291"/>
+    <w:bookmarkStart w:name="z297" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) патогендігі III және (немесе) IV топтардағы патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын ықтимал қауіпті биологиялық объектілер. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z298" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік бақылау және қадағалау объектілерін аталған топтарға жатқызу патогенді биологиялық агенттердің патогендігі және қауіптілік дәрежесі бойынша сыныптамасы ескеріле отырып, патогенді биологиялық агенттерді аса қауіпті инфекциялық аурулар туғызатындарға жатқызу өлшемшарттарының және патогенді биологиялық агенттер тізбесінің негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z299" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бақылау және қадағалау субъектілеріне (объектілеріне) қатысты мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексінде көзделген нысандарда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z300" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік бақылау және қадағалау шеңберінде бақылау және қадағалау субъектілеріне (объектілеріне) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жедел ден қою шаралары қолданылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z298" w:id="292"/>
-[...15 lines deleted...]
-      Мемлекеттік бақылау және қадағалау объектілерін аталған топтарға жатқызу патогенді биологиялық агенттердің патогендігі және қауіптілік дәрежесі бойынша сыныптамасы ескеріле отырып, патогенді биологиялық агенттерді аса қауіпті инфекциялық аурулар туғызатындарға жатқызу өлшемшарттарының және патогенді биологиялық агенттер тізбесінің негізінде жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді  – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21-бап. Жедел ден қою шараларын қолдану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z299" w:id="293"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-бап алып тасталды - ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6732,1340 +7170,1340 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="296"/>
+    <w:bookmarkStart w:name="z341" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. МИКРООРГАНИЗМДЕР КОЛЛЕКЦИЯЛАРЫ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z342" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22-бап. Коллекциялық қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z343" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патогенді микроорганизмдердің бірегейлігін, олардың ғылыми, білімдік және практикалық құндылығын, ғылыми, зерттеу және өндірістік қызметте қолданбалы пайдалану мүмкіндігін зерделеу және айқындау, оларға қатысты халықаралық және ұлттық патенттік рәсімдерді жүргізу үшін коллекциялық қызмет жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z344" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекциялық қызмет патогенді және өнеркәсіптік микроорганизмдердің ұлттық және жұмыс коллекцияларында патогенді және өнеркәсіптік микроорганизмдерді жинау, сәйкестендіру, зерделеу, есепке алу, паспорттау, сақтау (депонирлеу) және күтіп-бағу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z342" w:id="297"/>
+    <w:bookmarkStart w:name="z345" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық және жұмыс коллекцияларының сақталуына коллекциялық қызметті жүзеге асыратын ұйымдардың бірінші басшылары жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z346" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 22-бап. Коллекциялық қызмет</w:t>
-[...19 lines deleted...]
-      1. Патогенді микроорганизмдердің бірегейлігін, олардың ғылыми, білімдік және практикалық құндылығын, ғылыми, зерттеу және өндірістік қызметте қолданбалы пайдалану мүмкіндігін зерделеу және айқындау, оларға қатысты халықаралық және ұлттық патенттік рәсімдерді жүргізу үшін коллекциялық қызмет жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 23-бап. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциялары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z344" w:id="299"/>
-[...15 lines deleted...]
-      2. Коллекциялық қызмет патогенді және өнеркәсіптік микроорганизмдердің ұлттық және жұмыс коллекцияларында патогенді және өнеркәсіптік микроорганизмдерді жинау, сәйкестендіру, зерделеу, есепке алу, паспорттау, сақтау (депонирлеу) және күтіп-бағу арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z347" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларында бірегей, оның ішінде эталондық ретінде пайдаланылатын, әртүрлі көздерден оқшауланған патогенді және өнеркәсіптік микроорганизмдерді, иммундық-биологиялық препараттар мен қоректік ортаны стандарттау және бақылау үшін тест-штаммдарын, өндірістік, депонирленген, патенттелген және референтті микроорганизмдер штаммдарын, сондай-ақ ғылыми, білімдік және практикалық құндылық болып табылатын басқа да микроорганизмдер штаммдарын қалыптастыру, толықтыру, есепке алу және орталықтандырып сақтау жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z345" w:id="300"/>
-[...15 lines deleted...]
-      3. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық және жұмыс коллекцияларының сақталуына коллекциялық қызметті жүзеге асыратын ұйымдардың бірінші басшылары жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z348" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларында құрамы шығу тегі, түрлік туыстық белгілері, адамның, жануардың немесе өсімдіктің организміне әсер ету тәсілі бойынша қалыптастырылатын және бастапқы сипаттамалары сақтала отырып, өміршең күйде ұсталатын микроорганизмдердің штаммдары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z346" w:id="301"/>
+    <w:bookmarkStart w:name="z349" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бірегей болып табылатын, сондай-ақ белгіленген тәртіппен тіркелген және айналысқа жіберілген дәрілік заттар мен иммундық-биологиялық препараттарды өндіру кезінде пайдаланылатын микроорганизмдердің штаммдары патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларында міндетті түрде депонирленуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z350" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патогенді және өнеркәсіптік микроорганизмдердің штаммдарын патогендігі, қауіптілік дәрежесі және мақсаты бойынша ұлттық коллекцияларға жатқызу тәртібі патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z351" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер аса қауіпті патогенді микроорганизмдердің үлгілерін бөлу, сатып алу және (немесе) Қазақстан Республикасының аумағына әкелу кезінде олардың үлгілерін патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларына сәйкес патогенді немесе өнеркәсіптік микроорганизмдердің ұлттық коллекциясына ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z352" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциялары мемлекеттің меншігі болып табылады және жекешелендірілуге жатпайды. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қаржылық қамтамасыз ету бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z353" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдар Қазақстан Республикасының заңнамасына сәйкес қолжетімділігі шектеулі ақпаратты тарату үшін көзделген талаптарды ескере отырып, жеке және заңды тұлғаларға микроорганизмдердің штаммдарын белгіленген өлшемшарттар бойынша жүйелеу, зерделеу, іздеу және іріктеу мәселелері жөнінде консультациялық және ғылыми-әдістемелік көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z354" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдар аса қауіпті патогенді микроорганизмнің үлгісін сәйкестендіреді, оны депонирлеуді жүзеге асырады не тиесілігі бойынша микроорганизмдердің тиісті ұлттық коллекциясына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z355" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын биологиялық қорғау биологиялық қорғауды қамтамасыз ету қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z356" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 23-бап. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциялары</w:t>
-[...139 lines deleted...]
-      6. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдар Қазақстан Республикасының заңнамасына сәйкес қолжетімділігі шектеулі ақпаратты тарату үшін көзделген талаптарды ескере отырып, жеке және заңды тұлғаларға микроорганизмдердің штаммдарын белгіленген өлшемшарттар бойынша жүйелеу, зерделеу, іздеу және іріктеу мәселелері жөнінде консультациялық және ғылыми-әдістемелік көмек көрсетеді.</w:t>
+        <w:t xml:space="preserve"> 24-бап. Патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекциялары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z354" w:id="309"/>
-[...15 lines deleted...]
-      7. Микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдар аса қауіпті патогенді микроорганизмнің үлгісін сәйкестендіреді, оны депонирлеуді жүзеге асырады не тиесілігі бойынша микроорганизмдердің тиісті ұлттық коллекциясына жібереді.</w:t>
+    <w:bookmarkStart w:name="z357" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қажеттілігіне қарай патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер ғылыми, өндірістік, диагностикалық, зерттеу мақсаттарында құрады және олар бастапқы сипаттамалары сақтала отырып, өміршең күйде ұсталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z355" w:id="310"/>
-[...15 lines deleted...]
-      8. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын биологиялық қорғау биологиялық қорғауды қамтамасыз ету қағидаларына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z358" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патогенді және (немесе) өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу тәртібі Қазақстан Республикасының заңнамасында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z356" w:id="311"/>
+    <w:bookmarkStart w:name="z359" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 24-бап. Патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекциялары</w:t>
+        <w:t xml:space="preserve"> 6-тарау. МАМАНДАРДЫ ЖӘНЕ КӨМЕКШІ ПЕРСОНАЛДЫ ӘЛЕУМЕТТІК ҚОРҒАУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z357" w:id="312"/>
-[...15 lines deleted...]
-      1. Патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қажеттілігіне қарай патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер ғылыми, өндірістік, диагностикалық, зерттеу мақсаттарында құрады және олар бастапқы сипаттамалары сақтала отырып, өміршең күйде ұсталады.</w:t>
+    <w:bookmarkStart w:name="z360" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-бап. Патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандарды және көмекші персоналды әлеуметтік қорғау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z358" w:id="313"/>
-[...15 lines deleted...]
-      2. Патогенді және (немесе) өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу тәртібі Қазақстан Республикасының заңнамасында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік кәсіпорындар мен мемлекеттік мекемелердің, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғалардың патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналы зиянды және (немесе) қауіпті еңбек жағдайлары және кәсіптік аурулардың жүре пайда болу тәуекелінің болуы, сондай-ақ осы Заңда көзделген ерекшеліктер ескеріле отырып, әлеуметтік қорғалуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z359" w:id="314"/>
+    <w:bookmarkStart w:name="z362" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік кәсіпорындар мен мемлекеттік мекемелердің, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғалардың патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналының:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z363" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биологиялық тәуекелдер деңгейі ескеріле отырып, еңбегіне ақы төленуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z364" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулығын сақтауына және биологиялық қауіпсіздік саласындағы талаптарға сай келетін жұмыс жағдайларына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z365" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лауазымдық міндеттерін атқару кезінде өмірі мен денсаулығына келтірілген залалды Қазақстан Республикасының заңнамасында белгіленген тәртіппен өтетуге құқығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z366" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасында көзделген өзге де құқықтары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z367" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік кәсіпорындар мен мемлекеттік мекемелердің, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғалардың халықтың санитариялық-эпидемиологиялық саламаттылығы саласында, ветеринария және ғылым саласында патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналының еңбегіне ақы төлеу лауазымдық айлықақыдан, зиянды және (немесе) қауіпті еңбек жағдайлары, кәсіптік аурулардың жүре пайда болуының жоғары тәуекелі ескеріле отырып, үстемеақылар мен қосымша ақылардан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z368" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік кәсіпорындар мен мемлекеттік мекемелердің, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғалардың патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналына жыл сайынғы негізгі еңбек демалысы берілген кезде кемінде екі лауазымдық айлықақы мөлшерінде сауықтыруға арналған жәрдемақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z369" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік кәсіпорындар мен мемлекеттік мекемелердің, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғалардың патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналына патогенді биологиялық агенттер мен олардың фрагменттерін табу мақсатында инфекциялық және (немесе) паразиттік ауруларды жұқтырғыштар мен тасымалдаушыларды (оның ішінде олардың тіршілік ету өнімдерін), ықтимал қауіпті заттар мен материалдарды, оның ішінде табиғи ортаның жекелеген компоненттерінен іріктеу және тасымалдау жөніндегі міндеттерді орындау кезінде Қазақстан Республикасының заңнамасына сәйкес қызметтік іссапарларға жіберілетін жұмыскерлер үшін көзделген төлемақы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z370" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көзделген адамдарға патогенді биологиялық агенттер мен олардың фрагменттерін табу мақсатында далалық жағдайларда инфекциялық және (немесе) паразиттік ауруларды жұқтырғыштар мен тасымалдаушыларды (оның ішінде олардың тіршілік ету өнімдерін), ықтимал қауіпті заттар мен материалдарды, оның ішінде табиғи ортаның жекелеген компоненттерінен іріктеу және зерттеу жөніндегі міндеттерді орындау кезінде тұрғынжайды жалдау бойынша шығындарды растайтын құжаттарды ұсыну мүмкін болмаған кезде тұрғынжайды жалдау бойынша шығындарды өтеу растаушы құжаттарсыз Қазақстан Республикасының заңнамасында белгіленген нормаларға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z371" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. МАМАНДАРДЫ ЖӘНЕ КӨМЕКШІ ПЕРСОНАЛДЫ ӘЛЕУМЕТТІК ҚОРҒАУ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z360" w:id="315"/>
+        <w:t xml:space="preserve"> 26-бап. Патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резерві, оларды жұмылдыру шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z372" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық қауіпсіздік саласында жеткілікті кадр ресурстарын, биологиялық қатерлерге, оның ішінде төтенше жағдайлар кезінде барабар ден қоюға дайындықты қамтамасыз ету мақсатында патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резерві құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z373" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резервіне енгізілген мамандардың патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеу жөніндегі қызметті жүзеге асыру үшін мемлекеттік кәсіпорындар мен мемлекеттік мекемелерге, сондай-ақ дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы ұлттық холдингке тиесілі заңды тұлғаларға жұмысқа орналасуға басым құқығы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z374" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резервіне енгізілген мамандар қажет болған жағдайда биологиялық қауіпсіздік саласындағы профилактикалық іс-шараларды жүргізуге тартылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z375" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың тізілімі патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резервін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z376" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 25-бап. Патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандарды және көмекші персоналды әлеуметтік қорғау</w:t>
-[...203 lines deleted...]
-    <w:bookmarkStart w:name="z371" w:id="326"/>
+        <w:t xml:space="preserve"> 7-тарау. БИОЛОГИЯЛЫҚ ҚАУІПСІЗДІК САЛАСЫНДАҒЫ ҒЫЛЫМИ ЖӘНЕ БІЛІМ БЕРУ ҚЫЗМЕТІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z377" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26-бап. Патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резерві, оларды жұмылдыру шарттары</w:t>
-[...59 lines deleted...]
-      3. Патогендігі І және ІІ топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резервіне енгізілген мамандар қажет болған жағдайда биологиялық қауіпсіздік саласындағы профилактикалық іс-шараларды жүргізуге тартылуы мүмкін.</w:t>
+        <w:t xml:space="preserve"> 27-бап. Биологиялық қауіпсіздік саласындағы ғылымның басым бағыттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z375" w:id="330"/>
-[...15 lines deleted...]
-      4. Патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың тізілімі патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған мамандардың кадр резервін қамтиды.</w:t>
+    <w:bookmarkStart w:name="z378" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық қауіпсіздік саласындағы басым ғылыми-зерттеу бағыттары Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің биологиялық қауіпсіздік саласындағы мемлекеттік саясатты іске асыру үшін әзірленетін және қабылданатын құжаттарында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z376" w:id="331"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 7-тарау. БИОЛОГИЯЛЫҚ ҚАУІПСІЗДІК САЛАСЫНДАҒЫ ҒЫЛЫМИ ЖӘНЕ БІЛІМ БЕРУ ҚЫЗМЕТІ</w:t>
+    <w:bookmarkStart w:name="z379" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық қауіпсіздік саласындағы басым ғылыми-зерттеу бағыттары, оның ішінде мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z377" w:id="332"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 27-бап. Биологиялық қауіпсіздік саласындағы ғылымның басым бағыттары</w:t>
+    <w:bookmarkStart w:name="z380" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нысаналы ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеу мен іске асыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z378" w:id="333"/>
-[...15 lines deleted...]
-      1. Биологиялық қауіпсіздік саласындағы басым ғылыми-зерттеу бағыттары Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің биологиялық қауіпсіздік саласындағы мемлекеттік саясатты іске асыру үшін әзірленетін және қабылданатын құжаттарында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z381" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) озық халықаралық инновациялық технологияларды ендіруді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z379" w:id="334"/>
-[...15 lines deleted...]
-      2. Биологиялық қауіпсіздік саласындағы басым ғылыми-зерттеу бағыттары, оның ішінде мыналарды:</w:t>
+    <w:bookmarkStart w:name="z382" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының стандарттау саласындағы заңнамасына сәйкес биологиялық қауіпсіздік саласындағы ұлттық стандарттарды әзірлеу мен ендіруді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z380" w:id="335"/>
-[...15 lines deleted...]
-      1) нысаналы ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеу мен іске асыруды;</w:t>
+    <w:bookmarkStart w:name="z383" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) инфекциялық және (немесе) паразиттік аурулардың профилактикасы, оларды емдеу және диагностикалау үшін иммундық-биологиялық, дәрілік және диагностикалық препараттар әзірлеу мен өндіруді көздеуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z381" w:id="336"/>
-[...15 lines deleted...]
-      2) озық халықаралық инновациялық технологияларды ендіруді;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Инфекциялық және (немесе) паразиттік аурулардың профилактикасы, оларды емдеу және диагностикалау үшін иммундық-биологиялық, дәрілік және диагностикалық препараттарды әзірлеу және өндіру ғылыми негізделген болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z382" w:id="337"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z385" w:id="340"/>
+    <w:bookmarkStart w:name="z385" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Биологиялық қауіпсіздік саласындағы ғылыми зерттеулер, олардың нәтижелерін беру, жариялау және қолданбалы пайдалану Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z386" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28-бап. Биологиялық қауіпсіздік саласындағы оқыту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z387" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық қауіпсіздік саласындағы оқыту кадрларды техникалық және кәсіптік, қосымша, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру шеңберінде даярлауды, оларды кәсіптік даярлауды, қайта даярлауды, олардың біліктілігін арттыруды қамтиды және биологиялық қауіпсіздік саласындағы кадр әлеуетін дамыту мен нығайтуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z388" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлауды, қайта даярлауды, олардың біліктілігін арттыруды патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z386" w:id="341"/>
+    <w:bookmarkStart w:name="z389" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Төтенше жағдай туындаған жағдайда төтенше жағдай туғызған патогенді биологиялық агентпен жұмыс істеу бойынша оқытуды көздейтін, биологиялық қауіпсіздік саласындағы қажетті кадрларды кәсіптік даярлау және қайта даярлау қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z390" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Биологиялық қауіпсіздік саласындағы кадрларды оқытуды, кәсіптік даярлауды, қайта даярлауды және олардың біліктілігін арттыруды Қазақстан Республикасының заңнамасына сәйкес аккредиттелген ұйымдар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z391" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28-бап. Биологиялық қауіпсіздік саласындағы оқыту</w:t>
-[...39 lines deleted...]
-      2. Биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлауды, қайта даярлауды, олардың біліктілігін арттыруды патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілер ұйымдастырады.</w:t>
+        <w:t xml:space="preserve"> 29-бап. Биологиялық қауіпсіздік саласындағы ғылыми-техникалық әлеует пен ресурстарды мемлекеттік қолдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z389" w:id="344"/>
-[...15 lines deleted...]
-      3. Төтенше жағдай туындаған жағдайда төтенше жағдай туғызған патогенді биологиялық агентпен жұмыс істеу бойынша оқытуды көздейтін, биологиялық қауіпсіздік саласындағы қажетті кадрларды кәсіптік даярлау және қайта даярлау қамтамасыз етіледі.</w:t>
+    <w:bookmarkStart w:name="z392" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналар биологиялық қауіпсіздік саласындағы ғылыми-техникалық әлеуетті мемлекеттік қолдаудың басым бағыттары болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z390" w:id="345"/>
-[...15 lines deleted...]
-      4. Биологиялық қауіпсіздік саласындағы кадрларды оқытуды, кәсіптік даярлауды, қайта даярлауды және олардың біліктілігін арттыруды Қазақстан Республикасының заңнамасына сәйкес аккредиттелген ұйымдар жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z393" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биологиялық қатерлердің алдын алуды және биологиялық тәуекелдерді басқаруды қоса алғанда, Қазақстан Республикасының биологиялық қауіпсіздігін қамтамасыз етуге бағытталған отандық ғылыми зерттеулерді қолдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z391" w:id="346"/>
+    <w:bookmarkStart w:name="z394" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес иммундық-биологиялық, дәрілік және диагностикалық препараттардың, дезинфекциялау, дезинсекциялау, дератизациялау, өсімдіктерді қорғау және жеке қорғану құралдарының, зертханалық жабдықтардың өндірісін дамытуды қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z395" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) практикада қолдану үшін биологиялық қауіпсіздік саласындағы ғылыми-зерттеу жұмыстары нәтижелерінің трансфертін қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z396" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ғылыми-кадрлық әлеуетті сақтау мақсатында Қазақстан Республикасының биологиялық қауіпсіздігін қамтамасыз етуге бағытталған қолданбалы ғылыми зерттеулер мен бағдарламаларды мемлекеттік қолдау тұрақтылық пен үздіксіздік ескеріле отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z397" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Іргелі және қолданбалы ғылыми зерттеулер мен бағдарламаларды мемлекеттік қолдау Қазақстан Республикасының биологиялық қауіпсіздігін қамтамасыз етуге, стратегиялық маңызды мемлекеттік міндеттерді шешуге бағытталған және бағдарламалық-нысаналы қаржыландыру негізінде конкурстық негізде немесе Қазақстан Республикасы Үкіметінің шешімі бойынша конкурстық рәсімдерден тыс, сондай-ақ Қазақстан Республикасының заңдарында көзделген қаржыландырудың өзге де нысандарда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z398" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 29-бап. Биологиялық қауіпсіздік саласындағы ғылыми-техникалық әлеует пен ресурстарды мемлекеттік қолдау</w:t>
-[...79 lines deleted...]
-      3) практикада қолдану үшін биологиялық қауіпсіздік саласындағы ғылыми-зерттеу жұмыстары нәтижелерінің трансфертін қамтамасыз ету.</w:t>
+        <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z396" w:id="351"/>
-[...15 lines deleted...]
-      2. Ғылыми-кадрлық әлеуетті сақтау мақсатында Қазақстан Республикасының биологиялық қауіпсіздігін қамтамасыз етуге бағытталған қолданбалы ғылыми зерттеулер мен бағдарламаларды мемлекеттік қолдау тұрақтылық пен үздіксіздік ескеріле отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z399" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30-бап. Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z397" w:id="352"/>
-[...15 lines deleted...]
-      3. Іргелі және қолданбалы ғылыми зерттеулер мен бағдарламаларды мемлекеттік қолдау Қазақстан Республикасының биологиялық қауіпсіздігін қамтамасыз етуге, стратегиялық маңызды мемлекеттік міндеттерді шешуге бағытталған және бағдарламалық-нысаналы қаржыландыру негізінде конкурстық негізде немесе Қазақстан Республикасы Үкіметінің шешімі бойынша конкурстық рәсімдерден тыс, сондай-ақ Қазақстан Республикасының заңдарында көзделген қаржыландырудың өзге де нысандарда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z400" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z398" w:id="353"/>
+    <w:bookmarkStart w:name="z401" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
+        <w:t xml:space="preserve"> 31-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z399" w:id="354"/>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z402" w:id="357"/>
+    <w:bookmarkStart w:name="z402" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын және патогендігі I – IV топтағы микроорганизмдермен және гельминттермен жұмыс істеуге рұқсаты бар субъектілер осы Заң қолданысқа енгізілген күннен кейін алты ай ішінде осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 1) тармақшасына сәйкес рұқсаттарды қайта ресімдеуге міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z403" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көрсетілген мерзімде қайта ресімделмеген, патогендігі I – IV топтағы микроорганизмдермен және гельминттермен жұмыс істеуге рұқсаттар өз қолданысын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z404" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z405" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z403" w:id="358"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="360"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -8240,55 +8678,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>