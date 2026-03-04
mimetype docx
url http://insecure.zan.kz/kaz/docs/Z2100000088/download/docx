--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a4f99e" w14:textId="6a4f99e">
+    <w:p w14:paraId="0293681" w14:textId="0293681">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -13228,192 +13228,216 @@
         <w:t>
       ішкі істер органдарының, сыбайлас жемқорлыққа қарсы қызметтің және экономикалық тергеу қызметінің тергеушілері тергеп-тексеретін, оның ішінде басқа да қылмыстық құқық бұзушылықтар туралы істермен біріктірілген аса ауыр қылмыстар туралы істерге қатысты 2022 жылғы 1 қаңтардан бастап;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
     <w:bookmarkStart w:name="z504" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Қылмыстық кодексінің 3-бабының 29) тармағында көзделген, оның ішінде басқа да қылмыстық құқық бұзушылықтар туралы істермен біріктірілген сыбайлас жемқорлық қылмыстар туралы істерге қатысты 2023 жылғы 1 қаңтардан бастап қолданысқа енгізілетін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z505" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      алдын ала тергеу нысанында аяқталған өзге де қылмыстық құқық бұзушылықтар туралы істерге қатысты 2027 жылғы 1 қаңтардан бастап қолданысқа енгізілетін, сотқа дейінгі тергеп-тексеруді жүзеге асыратын адамның сотқа дейінгі тергеп-тексерудің аяқталғаны туралы есепті жасауы, прокурордың айыптау актісін жасауы және прокурор айыптау актісін жасаған кезден бастап адамды айыпталушы деп тану бөлігінде 1-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасының екінші және үшінші абзацтарын, 5), 6), 7) тармақшаларын, 8) тармақшасының үшінші абзацын, 10) тармақшасының үшінші, бесінші және алтыншы абзацтарын, 16), 17) тармақшаларын, 24) тармақшасының екінші, үшінші және төртінші абзацтарын, 26) тармақшасының үшінші, төртінші, сегізінші, тоғызыншы және он төртінші абзацтарын, 28), 31), 32), 33), 34), 35), 36), 37), 38), 39), 40), 42), 85), 87), 88), 89) тармақшаларын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшінші және төртінші абзацтарын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...74 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгеріс енгізілді – ҚР 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -13978,31 +14002,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>