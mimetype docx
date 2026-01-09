--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e31f948" w14:textId="e31f948">
+    <w:p w14:paraId="d71488f" w14:textId="d71488f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -525,50 +525,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бап. Осы Заңның қолданылу саласы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-баптың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Осы Заңның күші мектепке дейінгі білім беру ұйымдарында, орта (бастауыш, негізгі орта, жалпы орта), техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, мамандандырылған, арнаулы білім беру ұйымдарында, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында, балаларға қосымша білім беру ұйымдарында, сондай-ақ әдістемелік кабинеттерде кәсіптік қызметін жүзеге асыратын педагогтерге қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери оқу орындарының педагогтеріне осы Заңның күші "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктермен қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2009,1742 +2105,1962 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғылым кандидаты ғылыми дәрежесі үшін – республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 17 еселенген мөлшерінде, ғылым докторы ғылыми дәрежесі үшін айлық есептік көрсеткіштің 34 еселенген мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сабақтан тыс спорт сабақтарын жүргізу үшін – базалық лауазымдық айлықақысының жүз пайызы мөлшерінде қосымша ақы белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік орта білім беру ұйымында, сондай-ақ әдістемелік кабинетте кәсіптік қызметін жүзеге асыратын педагогке негізгі жұмыс орны бойынша ғылыми-педагогикалық бағыт бойынша магистр дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 10 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жергілікті атқарушы органдар педагогтерге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің кемінде 300 еселенген мөлшерінде сыйақы түрінде қосымша ынталандыру төлемдерін белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z46" w:id="27"/>
-[...15 lines deleted...]
-      6. Жергілікті атқарушы органдар педагогтерге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің кемінде 300 еселенген мөлшерінде сыйақы түрінде қосымша ынталандыру төлемдерін белгілеуге құқылы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Педагогтің көтермеленуге құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адал еңбегі және өзінің кәсіптік міндеттерін үлгілі орындағаны үшін педагогке Қазақстан Республикасының заңнамасында, сондай-ақ ұйымның ішкі тәртіп қағидаларында көзделген көтермелеулер қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z48" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтің аса үздік жетістіктері және Қазақстан Республикасына сіңірген айрықша еңбегі үшін оған "Қазақстан Республикасының мемлекеттік наградалары туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік наградалар, оның ішінде "Қазақстанның еңбек сіңірген ұстазы" құрметті атағы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z78" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстанның еңбек сіңірген ұстазы" құрметті атағына ие болған педагог республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 1000 еселенген мөлшерінде біржолғы төлем алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Білім беру саласындағы уәкілетті орган айқындайтын тізбе бойынша білім алушылар мен тәрбиеленушілер арасындағы халықаралық олимпиадалардың, конкурстардың және спорттық жарыстардың жеңімпазын, жүлдегерін дайындаған педагогке тиісті мемлекеттік білім беру ұйымының қызметі бойынша үнемдеу есебінен үш лауазымдық айлықақы мөлшерінде біржолғы сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру саласындағы уәкілетті орган айқындайтын тізбе бойынша жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың жеңімпазын, жүлдегерін дайындаған педагог "Білім туралы" Қазақстан Республикасының Заңына сәйкес бюджет қаражаты есебінен біржолғы сыйақымен көтермеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергілікті атқарушы органдар біржолғы сыйақы төлей отырып немесе онсыз, жергілікті ерекшелік белгілері мен құрметті атақтарды тағайындау және ынталандырудың өзге де нысандары арқылы, оның ішінде Қазақстан Республикасында белгіленген мерекелік күндерге орай педагогтерді көтермелеудің қосымша шараларын белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті ерекшелік белгілері мен құрметті атақтардың сипаттамасын, оларды беру тәртібін, оның ішінде біржолғы сыйақы төлемдерінің мөлшерін жергілікті атқарушы орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жыл сайын республикалық бюджет қаражаты есебінен "Үздік педагог" атағының иеленушісіне білім беру саласындағы уәкілетті орган айқындайтын мөлшерде және тәртіппен сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді – ҚР 03.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бап. Педагогтің көтермеленуге құқығы</w:t>
-[...154 lines deleted...]
-      5. Жыл сайын республикалық бюджет қаражаты есебінен "Үздік педагог" атағының иеленушісіне білім беру саласындағы уәкілетті орган айқындайтын мөлшерде және тәртіппен сыйақы төленеді.</w:t>
+        <w:t>10-бап. Педагогтік қайта даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогтік білімі жоқ, тиісті бейіні бойынша педагогтің кәсіптік қызметіне алғаш рет кірісетін кәсіптік білімі бар адамдар жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының базасында педагогтік қайта даярлаудан өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтік қайта даярлау тәртібін ғылым және жоғары білім саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың нормалары қосымша білімнің білім беру бағдарламалары бойынша педагогтің кәсіптік қызметін жүзеге асыратын адамдарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді – ҚР 03.05.2022 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-бап. Педагогтік қайта даярлау</w:t>
-[...58 lines deleted...]
-      3. Осы баптың нормалары қосымша білімнің білім беру бағдарламалары бойынша педагогтің кәсіптік қызметін жүзеге асыратын адамдарға қолданылмайды.</w:t>
+        <w:t>11-бап. Педагогтің кәсіптік қызметімен айналысуға қол жеткізуді шектеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтің кәсіптік қызметіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соттың заңды күшіне енген үкіміне сәйкес педагогтің кәсіптік қызметін жүзеге асыру құқығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) медициналық қарсы көрсетілімдері бар, сондай-ақ психикалық, мінез-құлықтық, оның ішінде психикаға белсенді әсер ететін заттарды тұтынуға байланысты бұзылушылықтары (аурулары) бар, психикалық денсаулық саласында медициналық көмек көрсететін ұйымдарда есепте тұрған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) техникалық және кәсіптік, орта білімнен кейінгі, жоғары немесе жоғары оқу орнынан кейінгі білімі туралы құжаттары жоқ адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының Еңбек кодексінде көзделген өзге де шектеулер негізінде жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Әлеуметтік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогтерге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасына сәйкес тұрғынжайға, оның ішінде қызметтік тұрғынжайға және (немесе) жатақханаға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасында көзделген тәртіппен жеке тұрғын үй құрылысы үшін жер учаскелеріне кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық елді мекендерде кәсіптік қызметін жүзеге асыратын педагогтерге жеке тұрғын үй құрылысы үшін жер учаскелерін беру Қазақстан Республикасының заңнамасында көзделген басымдық тәртіппен жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұзақтығы күнтізбелік 56 күн жыл сайынғы ақы төленетін еңбек демалысына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өздеріне кезекті еңбек демалысы берілген кезде күнтізбелік жылда бір рет кемінде бір лауазымдық айлықақы мөлшерінде сауықтыруға арналған жәрдемақыға кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Қазақстан Республикасының тұрғын үй заңнамасына сәйкес мемлекеттік мекемелер мен қазыналық кәсіпорындар шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорындар болып қайта ұйымдастырылған жағдайда педагогтерге мемлекеттік тұрғын үй қорынан тұрғын үй беру кезектілігінің сақталуына кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтің жұмыс уақыты мен демалыс уақыты режимінің ерекшеліктері білім беру саласындағы уәкілетті орган тиісті саланың уәкілетті органдарымен келісу бойынша бекітетін қағидаларда айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Педагогтердің балаларына тұрғылықты жері бойынша мектепке дейінгі ұйымдардан орындарды жергілікті атқарушы органдар бірінші кезектегі тәртіппен береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Педагог Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасына сәйкес денсаулық сақтау саласындағы құқықтарды қамтамасыз ететін әлеуметтік кепілдіктерді иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ауылдық елді мекенде кәсіптік қызметін жүзеге асыратын педагогке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жергілікті өкілді органдардың шешімі бойынша қала жағдайында кәсіптік қызметін жүзеге асыратын педагогтердің ставкаларымен салыстырғанда айлықақылар мен тарифтік ставкалар кемінде жиырма бес пайызға арттырылып белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті өкілді органдар бекіткен тәртіппен және мөлшерде бюджет қаражаты есебінен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ауылдық елді мекендерге кәсіптік қызметін жүзеге асыру және тұру үшін келген педагогке жергілікті өкілді органдардың шешімі бойынша көтерме жәрдемақы және тұрғын үй сатып алу немесе салу үшін әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жергілікті атқарушы органдар педагогке тұрғынжайды жалдау (жалға алу) үшін және коммуналдық көрсетілетін қызметтерге өтемақы төлемдерін, санаторийлік-курорттық емделуге және демалуға жолдама сатып алу үшін толық немесе ішінара төлемдер, сондай-ақ педагогті әлеуметтік қолдауға бағытталған өзге де жеңілдіктер белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 30.12.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Тәлімгерлік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орта білім беру ұйымында кәсіптік қызметіне алғаш рет кіріскен педагогке бір оқу жылы кезеңіне тәлімгерлікті жүзеге асыратын педагог бекітіліп беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәлімгерлікті жүзеге асырғаны үшін педагогке Қазақстан Республикасының заңнамасында белгіленген тәртіппен қосымша ақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тәлімгерлікті ұйымдастыру тәртібін және тәлімгерлікті жүзеге асыратын педагогтерге қойылатын талаптарды білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Педагогтерді аттестаттау және педагогтерге біліктілік  санаттарын беру (растау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтер аттестаттаудан өтеді, соның нәтижелері бойынша білім беру саласындағы уәкілетті орган айқындайтын тәртіппен біліктілік санаттары беріледі (расталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 31.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Педагогтің міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз қызметінде тиісті кәсіптік құзыреттерді меңгеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқыту мен тәрбиелеудің педагогтік қағидаттарын сақтауға, оқыту мен тәрбиелеудің сапасын мемлекеттік жалпыға міндетті білім беру стандарттарында көзделген талаптардан төмен емес деңгейде қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзінің кәсіптік шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін үздіксіз жетілдіруге, оның ішінде біліктілік санаты деңгейін бес жылда бір реттен сиретпей арттыруға (растауға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) педагогтік әдепті сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасында белгіленген тәртіппен міндетті мерзімдік медициналық қарап-тексерулерден өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) білім алушылардың, тәрбиеленушілердің және олардың ата-анасының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балаларды заңға, адамның және азаматтың құқықтарына, бостандықтарына, ата-анасына, үлкендерге, отбасылық, тарихи және мәдени құндылықтарға, мемлекеттік рәміздерге құрмет көрсету, жоғары имандылық, патриоттық, қоршаған ортаға ұқыпты қарау рухында тәрбиелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) білім алушылар мен тәрбиеленушілердің өмірлік дағдыларын, құзыреттерін, өздігінен жұмыс істеуін, шығармашылық қабілеттерін дамытуға және саламатты өмір салты мәдениетін қалыптастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) білім беру ұйымының басшылығына арнаулы әлеуметтік қызметтерге мұқтаж баланың анықталу фактілері туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) құқық қорғау органдарына және білім беру ұйымының басшылығына қылмыстық не әкімшілік құқық бұзушылық белгілері бар әрекеттерді (әрекетсіздікті) кәмелетке толмағандардың жасау немесе оларға қатысты жасалу, оның ішінде білім беру ұйымынан тыс жерде кәсіптік қызметіне байланысты өзіне белгілі болған фактілер туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-анасына немесе өзге де заңды өкілдеріне консультация беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагог білім беру процесін саяси үгіттеу, білім алушылар мен тәрбиеленушілерді саяси, діни немесе өзге де сенім-нанымдарды қабылдауға не олардан бас тартуға мәжбүрлеу үшін, әлеуметтік, нәсілдік, ұлттық немесе діни алауыздықты қоздыру, әлеуметтік, нәсілдік, ұлттық, діни немесе тілдік тиесілік белгісі, дінге көзқарасы бойынша азаматтардың ерекшелігін, астамшылығын не кемшіндігін насихаттайтын, оның ішінде білім алушыларға Қазақстан Республикасының ұлттары мен ұлыстарының тарихи, ұлттық, діни және мәдени дәстүрлері туралы анық емес мәліметтерді хабарлау арқылы үгіттеу үшін, сондай-ақ білім алушыларды Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді – ҚР 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-бап. Педагогтің кәсіптік қызметімен айналысуға қол жеткізуді шектеу</w:t>
-[...960 lines deleted...]
-      2. Педагог білім беру процесін саяси үгіттеу, білім алушылар мен тәрбиеленушілерді саяси, діни немесе өзге де сенім-нанымдарды қабылдауға не олардан бас тартуға мәжбүрлеу үшін, әлеуметтік, нәсілдік, ұлттық немесе діни алауыздықты қоздыру, әлеуметтік, нәсілдік, ұлттық, діни немесе тілдік тиесілік белгісі, дінге көзқарасы бойынша азаматтардың ерекшелігін, астамшылығын не кемшіндігін насихаттайтын, оның ішінде білім алушыларға Қазақстан Республикасының ұлттары мен ұлыстарының тарихи, ұлттық, діни және мәдени дәстүрлері туралы анық емес мәліметтерді хабарлау арқылы үгіттеу үшін, сондай-ақ білім алушыларды Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануға құқылы емес.</w:t>
+        <w:t>16-бап. Педагогтік әдеп жөніндегі кеңес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогтік әдеп жөніндегі кеңестің қызметі білім беру саласындағы уәкілетті орган бекітетін педагогтік әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Педагогтік әдеп жөніндегі кеңестің қызметі білім беру саласындағы уәкілетті орган бекітетін педагогтік әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтік әдеп жөніндегі кеңестің шешімдері ұсынымдық сипатта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z67" w:id="50"/>
-[...15 lines deleted...]
-      2. Педагогтік әдеп жөніндегі кеңестің шешімдері ұсынымдық сипатта болады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтік әдеп жөніндегі кеңестің ұсынымы ескеріле отырып, педагогті тәртіптік жауаптылыққа тарту туралы шешім – білім беру ұйымы басшысының актісімен, білім беру ұйымының басшысын тәртіптік жауаптылыққа тарту туралы шешім білім беруді басқару органы басшысының актісімен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Педагогтік әдепті сақтау туралы мәселе қаралған кезде педагогтің:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаралып отырған мәселе туралы ақпаратты жазбаша түрде алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3791,266 +4107,266 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шешімді жазбаша түрде алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) қабылданған шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер оның келісімімен ғана жариялануы мүмкін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді – ҚР 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бап. Педагогті кәсіптік даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогті кәсіптік даярлау техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтерді кәсіптік даярлаудың білім беру бағдарламалары педагогтің кәсіптік стандартының талаптары негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>17-бап. Педагогті кәсіптік даярлау</w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t>18-бап. Педагогтің біліктілігін арттыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Педагог бұрын алған кәсіптік құзыреттерін сақтап-тұру және дамыту мақсатында біліктілігін арттыру курстарынан өтеді, олардан өту тәртібін білім беру саласындағы уәкілетті орган айқындайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтің біліктілігін арттыру мақсатында қосымша білімнің білім беру бағдарламалары бойынша оқыту бір жолы немесе кезең-кезеңмен жекелеген бағыттар мен пәндерді (модульдерді) меңгеру арқылы, сондай-ақ "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
-[...15 lines deleted...]
-      2. Педагогтің біліктілігін арттыру мақсатында қосымша білімнің білім беру бағдарламалары бойынша оқыту бір жолы немесе кезең-кезеңмен жекелеген бағыттар мен пәндерді (модульдерді) меңгеру арқылы, сондай-ақ "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту жолымен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Педагогтер алған білімін практикада іске асыруы үшін біліктілікті арттыру курстарын өткізетін ұйымдар білім беру саласындағы уәкілетті орган айқындайтын тәртіппен педагогтер қызметін курстан кейінгі қолдауды тегін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z74" w:id="57"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4059,167 +4375,167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа алып келеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның 8-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасы екінші абзацының қолданысы 2021 жылғы 1 қыркүйекке дейін тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы абзац мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "орта білім беру ұйымдары мен техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін;".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z76" w:id="59"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң, 2021 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4300,55 +4616,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>