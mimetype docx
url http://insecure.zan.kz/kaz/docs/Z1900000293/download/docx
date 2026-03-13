--- v1 (2026-01-09)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d71488f" w14:textId="d71488f">
+    <w:p w14:paraId="c40d27f" w14:textId="c40d27f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -525,165 +525,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бап. Осы Заңның қолданылу саласы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Осы Заңның күші мектепке дейінгі білім беру ұйымдарында, орта (бастауыш, негізгі орта, жалпы орта), техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, мамандандырылған, арнаулы білім беру ұйымдарында, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында, балаларға қосымша білім беру ұйымдарында, сондай-ақ әдістемелік кабинеттерде (орталықтарда) кәсіптік қызметін жүзеге асыратын педагогтерге қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери оқу орындарының педагогтеріне осы Заңның күші "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктермен қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...84 lines deleted...]
-      Әскери оқу орындарының педагогтеріне осы Заңның күші "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктермен қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-1-бап. Осы Заңның негізгі мақсаттары, қағидаттары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z81" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2105,1962 +2091,1822 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғылым кандидаты ғылыми дәрежесі үшін – республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 17 еселенген мөлшерінде, ғылым докторы ғылыми дәрежесі үшін айлық есептік көрсеткіштің 34 еселенген мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сабақтан тыс спорт сабақтарын жүргізу үшін – базалық лауазымдық айлықақысының жүз пайызы мөлшерінде қосымша ақы белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік орта білім беру ұйымында, сондай-ақ әдістемелік кабинетте ("орталықта") кәсіптік қызметін жүзеге асыратын педагогке негізгі жұмыс орны бойынша ғылыми-педагогикалық бағыт бойынша магистр дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 10 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жергілікті атқарушы органдар педагогтерге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің кемінде 300 еселенген мөлшерінде сыйақы түрінде қосымша ынталандыру төлемдерін белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Педагогтің көтермеленуге құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адал еңбегі және өзінің кәсіптік міндеттерін үлгілі орындағаны үшін педагогке Қазақстан Республикасының заңнамасында, сондай-ақ ұйымның ішкі тәртіп қағидаларында көзделген көтермелеулер қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтің аса үздік жетістіктері және Қазақстан Республикасына сіңірген айрықша еңбегі үшін оған "Қазақстан Республикасының мемлекеттік наградалары туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік наградалар, оның ішінде "Қазақстанның еңбек сіңірген ұстазы" құрметті атағы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z78" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстанның еңбек сіңірген ұстазы" құрметті атағына ие болған педагог республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 1000 еселенген мөлшерінде біржолғы төлем алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Білім беру саласындағы уәкілетті орган айқындайтын тізбе бойынша білім алушылар мен тәрбиеленушілер арасындағы халықаралық олимпиадалардың, конкурстардың және спорттық жарыстардың жеңімпазын, жүлдегерін дайындаған педагогке тиісті мемлекеттік білім беру ұйымының қызметі бойынша үнемдеу есебінен үш лауазымдық айлықақы мөлшерінде біржолғы сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру саласындағы уәкілетті орган айқындайтын тізбе бойынша жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың жеңімпазын, жүлдегерін, ғылыми жобалардың халықаралық конкурстарының жеңімпазын дайындаған педагог "Білім туралы" Қазақстан Республикасының Заңына сәйкес бюджет қаражаты есебінен біржолғы сыйақымен көтермеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергілікті атқарушы органдар біржолғы сыйақы төлей отырып немесе онсыз, жергілікті ерекшелік белгілері мен құрметті атақтарды тағайындау және ынталандырудың өзге де нысандары арқылы, оның ішінде Қазақстан Республикасында белгіленген мерекелік күндерге орай педагогтерді көтермелеудің қосымша шараларын белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті ерекшелік белгілері мен құрметті атақтардың сипаттамасын, оларды беру тәртібін, оның ішінде біржолғы сыйақы төлемдерінің мөлшерін жергілікті атқарушы орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жыл сайын республикалық бюджет қаражаты есебінен "Үздік педагог" атағының иеленушісіне білім беру саласындағы уәкілетті орган айқындайтын мөлшерде және тәртіппен сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 04.12.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді – ҚР 03.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 236-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Педагогтік қайта даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогтік білімі жоқ, тиісті бейіні бойынша педагогтің кәсіптік қызметіне алғаш рет кірісетін кәсіптік білімі бар адамдар жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының базасында педагогтік қайта даярлаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z53" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтік қайта даярлау тәртібін ғылым және жоғары білім саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың нормалары қосымша білімнің білім беру бағдарламалары бойынша педагогтің кәсіптік қызметін жүзеге асыратын адамдарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...27 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Педагогтің кәсіптік қызметімен айналысуға қол жеткізуді шектеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтің кәсіптік қызметіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соттың заңды күшіне енген үкіміне сәйкес педагогтің кәсіптік қызметін жүзеге асыру құқығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) медициналық қарсы көрсетілімдері бар, сондай-ақ психикалық, мінез-құлықтық, оның ішінде психикаға белсенді әсер ететін заттарды тұтынуға байланысты бұзылушылықтары (аурулары) бар, психикалық денсаулық саласында медициналық көмек көрсететін ұйымдарда есепте тұрған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) техникалық және кәсіптік, орта білімнен кейінгі, жоғары немесе жоғары оқу орнынан кейінгі білімі туралы құжаттары жоқ адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының Еңбек кодексінде көзделген өзге де шектеулер негізінде жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 07.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 399-VI</w:t>
+        <w:t>№ 361-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Әлеуметтік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагогтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасына сәйкес тұрғынжайға, оның ішінде қызметтік тұрғынжайға және (немесе) жатақханаға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасында көзделген тәртіппен жеке тұрғын үй құрылысы үшін жер учаскелеріне кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық елді мекендерде кәсіптік қызметін жүзеге асыратын педагогтерге жеке тұрғын үй құрылысы үшін жер учаскелерін беру Қазақстан Республикасының заңнамасында көзделген басымдық тәртіппен жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұзақтығы күнтізбелік 56 күн жыл сайынғы ақы төленетін еңбек демалысына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өздеріне кезекті еңбек демалысы берілген кезде күнтізбелік жылда бір рет кемінде бір лауазымдық айлықақы мөлшерінде сауықтыруға арналған жәрдемақыға кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Қазақстан Республикасының тұрғын үй заңнамасына сәйкес мемлекеттік мекемелер мен қазыналық кәсіпорындар шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорындар болып қайта ұйымдастырылған жағдайда педагогтерге мемлекеттік тұрғын үй қорынан тұрғын үй беру кезектілігінің сақталуына кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогтің жұмыс уақыты мен демалыс уақыты режимінің ерекшеліктері білім беру саласындағы уәкілетті орган тиісті саланың уәкілетті органдарымен келісу бойынша бекітетін қағидаларда айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Педагогтердің балаларына тұрғылықты жері бойынша мектепке дейінгі ұйымдардан орындарды жергілікті атқарушы органдар бірінші кезектегі тәртіппен береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Педагог Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасына сәйкес денсаулық сақтау саласындағы құқықтарды қамтамасыз ететін әлеуметтік кепілдіктерді иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ауылдық елді мекенде кәсіптік қызметін жүзеге асыратын педагогке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жергілікті өкілді органдардың шешімі бойынша қала жағдайында кәсіптік қызметін жүзеге асыратын педагогтердің ставкаларымен салыстырғанда айлықақылар мен тарифтік ставкалар кемінде жиырма бес пайызға арттырылып белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті өкілді органдар бекіткен тәртіппен және мөлшерде бюджет қаражаты есебінен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ауылдық елді мекендерге кәсіптік қызметін жүзеге асыру және тұру үшін келген педагогке жергілікті өкілді органдардың шешімі бойынша көтерме жәрдемақы және тұрғын үй сатып алу немесе салу үшін әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жергілікті атқарушы органдар педагогке тұрғынжайды жалдау (жалға алу) үшін және коммуналдық көрсетілетін қызметтерге өтемақы төлемдерін, санаторийлік-курорттық емделуге және демалуға жолдама сатып алу үшін толық немесе ішінара төлемдер, сондай-ақ педагогті әлеуметтік қолдауға бағытталған өзге де жеңілдіктер белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Тәлімгерлік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орта білім беру ұйымында кәсіптік қызметіне алғаш рет кіріскен педагогке бір оқу жылы кезеңіне тәлімгерлікті жүзеге асыратын педагог бекітіліп беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәлімгерлікті жүзеге асырғаны үшін педагогке Қазақстан Республикасының заңнамасында белгіленген тәртіппен қосымша ақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тәлімгерлікті ұйымдастыру тәртібін және тәлімгерлікті жүзеге асыратын педагогтерге қойылатын талаптарды білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Педагогтерді аттестаттау және педагогтерге біліктілік  санаттарын беру (растау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтер аттестаттаудан өтеді, соның нәтижелері бойынша білім беру саласындағы уәкілетті орган айқындайтын тәртіппен біліктілік санаттары беріледі (расталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 31.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Педагогтің міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз қызметінде тиісті кәсіптік құзыреттерді меңгеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқыту мен тәрбиелеудің педагогтік қағидаттарын сақтауға, оқыту мен тәрбиелеудің сапасын мемлекеттік жалпыға міндетті білім беру стандарттарында көзделген талаптардан төмен емес деңгейде қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзінің кәсіптік шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін үздіксіз жетілдіруге, оның ішінде біліктілік санаты деңгейін бес жылда бір реттен сиретпей арттыруға (растауға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) педагогтік әдепті сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасында белгіленген тәртіппен міндетті мерзімдік медициналық қарап-тексерулерден өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) білім алушылардың, тәрбиеленушілердің және олардың ата-анасының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балаларды заңға, адамның және азаматтың құқықтарына, бостандықтарына, ата-анасына, үлкендерге, отбасылық, тарихи және мәдени құндылықтарға, мемлекеттік рәміздерге құрмет көрсету, жоғары имандылық, патриоттық, қоршаған ортаға ұқыпты қарау рухында тәрбиелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) білім алушылар мен тәрбиеленушілердің өмірлік дағдыларын, құзыреттерін, өздігінен жұмыс істеуін, шығармашылық қабілеттерін дамытуға және саламатты өмір салты мәдениетін қалыптастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) білім беру ұйымының басшылығына арнаулы әлеуметтік қызметтерге мұқтаж баланың анықталу фактілері туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) құқық қорғау органдарына және білім беру ұйымының басшылығына қылмыстық не әкімшілік құқық бұзушылық белгілері бар әрекеттерді (әрекетсіздікті) кәмелетке толмағандардың жасау немесе оларға қатысты жасалу, оның ішінде білім беру ұйымынан тыс жерде кәсіптік қызметіне байланысты өзіне белгілі болған фактілер туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-анасына немесе өзге де заңды өкілдеріне консультация беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагог білім беру процесін саяси үгіттеу, білім алушылар мен тәрбиеленушілерді саяси, діни немесе өзге де сенім-нанымдарды қабылдауға не олардан бас тартуға мәжбүрлеу үшін, әлеуметтік, нәсілдік, ұлттық немесе діни алауыздықты қоздыру, әлеуметтік, нәсілдік, ұлттық, діни немесе тілдік тиесілік белгісі, дінге көзқарасы бойынша азаматтардың ерекшелігін, астамшылығын не кемшіндігін насихаттайтын, оның ішінде білім алушыларға Қазақстан Республикасының ұлттары мен ұлыстарының тарихи, ұлттық, діни және мәдени дәстүрлері туралы анық емес мәліметтерді хабарлау арқылы үгіттеу үшін, сондай-ақ білім алушыларды Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді – ҚР 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бап. Педагогтің көтермеленуге құқығы</w:t>
-[...1579 lines deleted...]
-        </w:rPr>
         <w:t>16-бап. Педагогтік әдеп жөніндегі кеңес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Педагогтік әдеп жөніндегі кеңестің қызметі білім беру саласындағы уәкілетті орган бекітетін педагогтік әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Педагогтік әдеп жөніндегі кеңестің шешімдері ұсынымдық сипатта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Педагогтік әдеп жөніндегі кеңестің ұсынымы ескеріле отырып, педагогті тәртіптік жауаптылыққа тарту туралы шешім – білім беру ұйымы басшысының актісімен, білім беру ұйымының басшысын тәртіптік жауаптылыққа тарту туралы шешім білім беруді басқару органы басшысының актісімен қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Педагогтік әдепті сақтау туралы мәселе қаралған кезде педагогтің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаралып отырған мәселе туралы ақпаратты жазбаша түрде алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4107,70 +3953,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шешімді жазбаша түрде алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) қабылданған шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер оның келісімімен ғана жариялануы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4206,167 +4052,167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Педагогті кәсіптік даярлау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Педагогті кәсіптік даярлау техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z71" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Педагогтерді кәсіптік даярлаудың білім беру бағдарламалары педагогтің кәсіптік стандартының талаптары негізінде әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Педагогтің біліктілігін арттыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Педагог бұрын алған кәсіптік құзыреттерін сақтап-тұру және дамыту мақсатында біліктілігін арттыру курстарынан өтеді, олардан өту тәртібін білім беру саласындағы уәкілетті орган айқындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Педагогтің біліктілігін арттыру мақсатында қосымша білімнің білім беру бағдарламалары бойынша оқыту бір жолы немесе кезең-кезеңмен жекелеген бағыттар мен пәндерді (модульдерді) меңгеру арқылы, сондай-ақ "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Педагогтер алған білімін практикада іске асыруы үшін біліктілікті арттыру курстарын өткізетін ұйымдар білім беру саласындағы уәкілетті орган айқындайтын тәртіппен педагогтер қызметін курстан кейінгі қолдауды тегін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4375,167 +4221,167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа алып келеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның 8-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасы екінші абзацының қолданысы 2021 жылғы 1 қыркүйекке дейін тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы абзац мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "орта білім беру ұйымдары мен техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң, 2021 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>