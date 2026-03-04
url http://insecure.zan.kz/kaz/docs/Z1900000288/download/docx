--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d2981f" w14:textId="7d2981f">
+    <w:p w14:paraId="49db9ee" w14:textId="49db9ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -290,51 +290,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -554,51 +554,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -743,51 +743,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -844,74 +844,236 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ансамбльдер мен кешендер – фортификациялық, сарай, тұрғын үй, қоғамдық, әкімшілік, сауда, өндірістік, ғылыми, оқу, ғибадат ету мақсатындағы оқшауландырылған немесе біріктірілген ескерткіштердің, құрылыстар мен құрылысжайлардың топтары, оның ішінде тарихи қалыптасқан аумақтарда тұйықталған қоныстардың тарихи жоспарлану және салыну фрагменттері; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z44" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) археология ескерткіштері – тұрақтар, қалашықтар, көне кесендердің, қоныстардың, бекіністердің, өндірістердің, арналардың, жолдардың қалдықтары, қорымдар, қорғандар, некропольдер, мегалиттік құрылысжайлар, тас мүсіндер, петроглифтер, ежелгі елді мекендердің тарихи-мәдени қабатының учаскелері және адамның өмірі мен қызметінің ізі бар өзге де орындар;</w:t>
+      2) археология ескерткіштері – археологиялық жұмыстарды жүзеге асыру арқылы анықтауға, зерттеуге және сақтауға жататын тұрақтар, қалашықтар, құрылыстардың, қоныстардың, бекіністердің, өндірістердің, арналардың, жолдардың қалдықтары, қорымдар, қорғандар, некропольдер, мегалиттік құрылысжайлар, балбал тастар, петроглифтерді қоса алғанда, жартастағы бейнелеу өнерінің объектілері, елді мекендердің тарихи-мәдени қабатының учаскелері және өткен тарихи кезеңдегі адамның өмірі мен қызметінің ізі бар өзге де объектілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z45" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) археологиялық жұмыстар – археологиялық қазбалар мен барлау жүргізу арқылы тарихи-мәдени мұра объектілерін анықтау, зерттеу және сақтау жөніндегі жұмыстар; </w:t>
+        <w:t>
+      3) археологиялық жұмыстар – археологиялық барлау мен қазбалар жүргізу арқылы тарихи-мәдени мұра объектілерін анықтау, зерттеу және сақтау жөніндегі жоспарлы немесе жоспардан тыс (алдын алу) археологиялық жұмыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерінің тізілімі – археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерінің археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйеде қалыптастырылатын тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) археологиялық жұмыстарды жүзеге асыратын тұлғалардың тізілімі – археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензия негізінде Қазақстан Республикасының аумағында археологиялық жұмыстарды жүзеге асыратын жеке және заңды тұлғалардың археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйеде қалыптастырылатын тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3) археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйе – археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілері туралы деректерді басқаруды қамтамасыз ететін ақпараттандыру объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-4) археологиялық материал – археологиялық жұмыстар барысында анықталған және ғылыми зерттеу объектілері ретінде құндылығы бар заттар мен үлгілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-5) жалпы археологиялық олжалар – ерекше құндылығы жоқ және жиынтығында зерттелетін тарихи-мәдени мұра объектісінің мәдени-хронологиялық ерекшеліктерін көрсететін, фрагменттер, бөлшектер немесе көптеген бір типті заттар түріндегі археологиялық олжалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-6) Жалпы археологиялық олжалар мен археологиялық материалдардың мемлекеттік қоры – Қазақстан Республикасының аумағындағы археологиялық жұмыстар барысында алынған және Жалпы археологиялық олжалар мен археологиялық материалдардың ұлттық депозитарийінде сақталуға жататын жалпы археологиялық олжалар мен археологиялық материалдардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-7) жеке-дара археологиялық олжалар – ерекше тарихи, мәдени, ғылыми құндылығы бар және зерттелетін тарихи-мәдени мұра объектісінің мәдени-хронологиялық ерекшеліктерін көрсететін археологиялық олжалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-8) жоспардан тыс (алдын алу) археологиялық жұмыстар – игерілуге жататын жер учаскелерінде орналасқан және (немесе) бұзылу қаупі төнген тарихи-мәдени мұра объектілерін археологиялық барлау мен қазбалар жүргізу арқылы анықтау, зерттеу және сақтау жөніндегі жұмыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-9) жоспарлы археологиялық жұмыстар – археологиялық жұмыстар жоспары негізінде жүзеге асырылатын, тарихи-мәдени мұра объектілерін археологиялық барлау мен қазбалар жүргізу арқылы анықтау, зерттеу және сақтау жөніндегі ғылыми-зерттеу жұмыстары;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z46" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) киелі объектілер – айтулы тарихи оқиғалармен және аса көрнекті тұлғалармен, сондай-ақ халықтың рухани құндылықтарымен байланысты тарихи және есте сақтарлық жерлер, қолмен жасалған және табиғи ғибадат ету объектілері, ландшафттар, құрылысжайлар; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z47" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1212,50 +1374,132 @@
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z62" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ЮНЕСКО-ның Дүниежүзілік мәдени және табиғи мұрасының тізімі – ЮНЕСКО-ның Дүниежүзілік мұра комитетінің шешімі негізінде қалыптастырылатын дүниежүзілік мәдени және табиғи мұра объектілерінің тізбесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап. Тарихи-мәдени мұра объектілері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z63" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1997,833 +2241,827 @@
       1) мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік саясатты қалыптастырады және іске асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің жай-күйін мониторингтеуді жүзеге асырады және олардың сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін белгiлейдi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тарихи-мәдени мұра объектісін және (немесе) жергілікті маңызы бар тарих және мәдениет ескерткішін тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде республикалық маңызы бар тарих және мәдениет ескерткіштері деп таниды және оларды Республикалық маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізіміне қосады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) республикалық маңызы бар тарих және мәдениет ескерткiшiн тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде мәртебесінен айырады және оны Республикалық маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімінен алып тастайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жергілікті маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың, халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің аумақтарындағы шаруашылық және өзге де қызметтің және оларды қорғау аймақтарының жобаларын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тарих және мәдениет ескерткіштерінің арасынан Қазақстан Республикасының дүниежүзілік мәдени мұрасының алдын ала тізімін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      9) алып тасталды – ҚР 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 17.07.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      10) алып тасталды – ҚР 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік меншік болып табылатын, халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерін, сондай-ақ республикалық меншік болып табылатын, жергілікті маңызы бар тарих және мәдениет ескерткіштерін пайдалануға беруді келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тарих және мәдениет ескерткішінің орнын ауыстыруды және оны өзгертуді келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы салааралық үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тарих және мәдениет ескерткіштерін анықтау, есепке алу, мәртебе беру және одан айыру, орнын ауыстыру және өзгерту, жай-күйін мониторингтеу және санатын өзгерту қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тарих және мәдениет ескерткіштерін пайдалануға беру және оларға қол жеткізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) қорғау міндеттемелерін беру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тарих және мәдениет ескерткішінің қорғау аймағын, құрылыс салуды реттеу аймағын және қорғалатын табиғи ландшафт аймағын және оларды пайдалану режимін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүргізу қағидалары мен шарттарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) археологиялық жұмыстарды жүзеге асыру қағидалары мен шарттарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) монументтік өнер құрылыстарын орнату қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) мемориалдық тақталар орнату қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың орындалуын бағалау нормативтерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметті, археологиялық жұмыстарды жүзеге асыру жөніндегі қызметті лицензиялау кезінде қойылатын біліктілік талаптары мен шарттарын әзірлейді және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2071" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-1) тарихи-мәдени мұра объектілерін қорғау және пайдалану жөніндегі ұйымдар қызметінің қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) тарих және мәдениет ескерткіштерін қорғау және пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1) осы Заңның мақсаттарына, міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">); 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...642 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бап. Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) жергiлiктi атқарушы органдарының құзыретi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="31"/>
+    <w:bookmarkStart w:name="z72" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Облыстардың, республикалық маңызы бар қалалардың, астананың жергiлiктi атқарушы органдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағындағы тарихи-мәдени мұра объектілерін қоспағанда, тарихи-мәдени мұра объектілерін анықтауды, есепке алуды, сақтауды, зерделеуді, пайдалануды және олардың жай-күйін мониторингтеуді қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2886,51 +3124,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3096,70 +3334,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) уәкілетті органмен келісу бойынша жергілікті маңызы бар тарих және мәдениет ескерткішін тарихи-мәдени сараптама қорытындысы негізінде мәртебесінен айырады және оны Жергілікті маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімінен алып тастайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) жергілікті мемлекеттік басқару мүддесінде жергілікті атқарушы органдарға Қазақстан Республикасының заңнамасымен жүктелетін өзге де өкілеттіктерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="32"/>
+    <w:bookmarkStart w:name="z73" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аудандардың (облыстық маңызы бар қалалардың) жергiлiктi атқарушы органдары өз аумағында: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұртшылықты тарих және мәдениет ескерткiштерiн сақтау және кеңінен таныту жөнiндегі iс-шараларды жүргiзуге тартады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3240,51 +3478,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 03.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VIII</w:t>
       </w:r>
       <w:r>
@@ -3304,306 +3542,366 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-бап. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметті лицензиялау</w:t>
-[...38 lines deleted...]
-      2. Археологиялық жұмыстарды жүзеге асыру кіші түрі бойынша тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке лицензия алуға өтініш берген өтініш берушілердің және қызметтің осы кіші түрін жүзеге асыратын лицензиаттардың өз құрамында тиісті мамандық бойынша жоғары білімі, кемінде бес жыл жұмыс өтілі және осы салада ғылыми дәрежесі немесе магистр, бейіні бойынша доктор, философия докторы (PhD) дәрежелері бар кемінде бір ғылыми қызметкер болуға тиіс.</w:t>
+        <w:t>12-бап. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы қызметті лицензиялау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2072" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы қызмет осы Заңға және Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес лицензиялануға жатады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...51 lines deleted...]
-      3. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметті лицензиялауды уәкілетті орган жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z2073" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензия алуға өтініш берген өтініш берушілердің және қызметтің осы түрін жүзеге асыратын лицензиаттардың құрамында орта техникалық және кәсіптік білімі, кемінде бес жыл жұмыс өтілі бар кемінде бір реставратор маманы немесе кемінде бес жыл жұмыс өтілі және осы салада ғылыми дәрежесі немесе бейіні бойынша магистр, доктор, философия докторы (PhD) дәрежелері бар кемінде бір ғылыми қызметкері болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке лицензия алуға өтініш берген өтініш берушілердің және қызметтің осы түрін жүзеге асыратын лицензиаттардың құрамында тиісті мамандық бойынша жоғары білімі, кемінде бес жыл жұмыс өтілі және осы салада ғылыми дәрежесі немесе бейіні бойынша доктор, философия докторы (PhD) дәрежелері бар кемінде бір ғылыми қызметкері болуға тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензиясы бар ұйымда жұмыс істейтін ғылыми қызметкерді немесе реставратор маманды қызметтің көрсетілген түрлеріне лицензия алуға өтініш беру процесінде басқа ұйым мәлімдей алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2074" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы қызметті лицензиялауды уәкілетті орган жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z2075" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лицензиар Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы заңнамасының талаптары сақталмаған жағдайда, тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензияның қолданысын Қазақстан Республикасының заңдарында көзделген тәртіппен алты айға дейінгі мерзімге тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z2076" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Лицензиар Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы заңнамасының талаптарын сақтамау салдарынан лицензиаттың кінәсінен тарихи-мәдени мұра объектісі немесе тарих және мәдениет ескерткіші физикалық тұрғыдан толық немесе ішінара жойылған жағдайда, тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензиядан айырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z2077" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке және археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензиялар бес жыл қолданылу мерзімімен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="36"/>
+    <w:bookmarkStart w:name="z77" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылаудың мақсаты жеке және заңды тұлғалардың Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы заңнамасын сақтауын қамтамасыз ету болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылауды уәкілетті орган және облыстардың, республикалық маңызы бар қалалардың, астананың, Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың жергілікті атқарушы органдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="37"/>
+    <w:bookmarkStart w:name="z78" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уәкілетті орган жүзеге асыратын тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылау: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің пайдаланылуын және оларды күтіп-ұстау тәртібін; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3614,126 +3912,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) монументтік өнер құрылыстарын орнатуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне археологиялық және ғылыми-реставрациялық жұмыстардың жүргізілуін бақылауды қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="38"/>
+    <w:bookmarkStart w:name="z79" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Облыстардың, республикалық маңызы бар қалалардың, астананың, Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың жергілікті атқарушы органдары жүзеге асыратын тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылау: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жергілікті маңызы бар тарих және мәдениет ескерткіштерінің пайдаланылуын және оларды күтіп-ұстау тәртібін; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне жүргізілетін жұмыстарды қоспағанда, жергілікті маңызы бар тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың және археологиялық жұмыстардың жүргізілуін бақылауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="39"/>
+    <w:bookmarkStart w:name="z80" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерулер және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3742,51 +4040,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 03.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VIII</w:t>
       </w:r>
       <w:r>
@@ -3986,70 +4284,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Меншік иесінің тарих және мәдениет ескерткіштерін пайдалану және іске қосу нәтижесінде пайда табуға (кіріс алуға) құқығы бар, бұл қорғау міндеттемесімен шектеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Тарих және мәдениет ескерткiштерi меншік иелерінің және оларды пайдаланушылардың міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="40"/>
+    <w:bookmarkStart w:name="z81" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тарих және мәдениет ескерткiштерiнің меншiк иелерi және оларды пайдаланушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тарих және мәдениет ескерткiштерiнiң сақталуын қамтамасыз ету жөнiнде шаралар қолдану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4062,90 +4360,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көзделген жағдайларды қоспағанда, тарих және мәдениет ескерткiшiне облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарымен жасалатын шарттарда белгіленетін тәртіппен және шектерде ғылыми, білім беру, туристік, ақпараттық және тәрбиелік мақсаттарда қол жеткізуді қамтамасыз ету арқылы оларды сақтау жөніндегі қызметтi жүзеге асырады және тарих және мәдениет ескерткішін күтіп-ұстау шарттарын сақтауға мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="41"/>
+    <w:bookmarkStart w:name="z82" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарих және мәдениет ескерткіштерінің меншік иелері облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын меншік құқықтарындағы болжанып отырған немесе болған өзгерістер туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z83" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z83" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тарих және мәдениет ескерткіштерінің меншік иелері мен оларды пайдаланушылардың тарих және мәдениет ескерткіштерін күтіп-ұстау шарттары облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары беретін қорғау міндеттемесінде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Күтімсіз ұсталатын тарих және мәдениет ескерткіштерін алып қою</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4265,90 +4563,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарих және мәдениет ескерткіші жария сатылған кезде, осы баптың бірінші және екінші бөліктерінде белгіленген жағдайларды қоспағанда, мемлекеттің нарықтық (аукциондық) баға бойынша артықшылықты иелену құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Тарихи-мәдени мұра объектілерін қорғау және пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="43"/>
+    <w:bookmarkStart w:name="z84" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тарихи-мәдени мұра объектілері ғылыми, білім беру және ақпараттық мақсаттарда пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z85" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z85" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарихи-мәдени мұра объектілерін қорғау және пайдалану тарихи-мәдени мұра объектілерін анықтау, есепке алу, зерттеу және олардың жай-күйін мониторингтеу жөніндегі іс-шараларды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Тарих және мәдениет ескерткіштерінің мемлекеттік тізімдері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4428,167 +4726,267 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ережесін және құрамын уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Тарих және мәдениет ескерткіштерін қорғау және пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="45"/>
+    <w:bookmarkStart w:name="z86" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тарих және мәдениет ескерткіштері Қазақстан халқының рухани және мәдени дәстүрлерін қайта жаңғырту және сақтау мақсаттарында, сондай-ақ ғылыми, білім беру, туристік, ақпараттық және тәрбиелік мақсаттарда пайдаланылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z87" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тарих және мәдениет ескерткіштерін пайдалану кезінде олардың бүлінуіне, қирауына және (немесе) тарихи, ғылыми, көркемдік немесе мәдени құндылығы мен сақталуына өзге де нұқсан келтіруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарих және мәдениет ескерткiштерiнің жерін пайдалану режимi облыстардың, республикалық маңызы бар қалалардың, астананың жергiлiктi атқарушы органдары бекiтетiн тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының жобаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z88" w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z88" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тарих және мәдениет ескерткіштерін қорғау және пайдалану тарих және мәдениет ескерткіштерін сақтау, зерттеу, кеңінен таныту және олардың жай-күйін мониторингтеу жөніндегі іс-шараларды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Тарих және мәдениет ескерткіштерін пайдалануға беру тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="48"/>
+    <w:bookmarkStart w:name="z89" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тарих және мәдениет ескерткіштерін жеке және заңды тұлғаларға пайдалануға беру ғылыми, білім беру, туристік, ақпараттық және тәрбиелік мақсаттарда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z90" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z90" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Коммуналдық меншік болып табылатын, жергілікті маңызы бар тарих және мәдениет ескерткіштері облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының шешімімен пайдалануға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық меншік болып табылатын, жергілікті маңызы бар тарих және мәдениет ескерткіштері уәкілетті органмен келісу бойынша мемлекеттік мүлікті басқару жөніндегі уәкілетті органның шешімімен пайдалануға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4736,73 +5134,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарих және мәдениет ескерткіштерінің аумағын қозғайтын қала құрылысы жобалары уәкiлеттi органмен келісілуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>28-бап. Тарих және мәдениет ескерткіштерінің қорғау аймақтары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="50"/>
+        <w:t>28-бап. Тарих және мәдениет ескерткіштерінің және археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерін қорғау аймақтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 28-баптың тақырыбы жаңа редакцияда – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тарих және мәдениет ескерткіштерін қорғауды қамтамасыз ету мақсатында әрбір тарих және мәдениет ескерткішіне оның қорғау аймағы, құрылыс салуды реттеу аймағы және қорғалатын табиғи ландшафт аймағы белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының шекараларын айқындауды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4813,147 +5269,287 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті маңызы бар тарих және мәдениет ескерткіштеріне қатысты – жергілікті атқарушы органдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне қатысты уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="51"/>
+    <w:bookmarkStart w:name="z2078" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерінің сақталуын қамтамасыз ету мақсатында әрбір тарихи-мәдени мұра объектісіне қорғау аймағы белгіленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектісін қорғау аймағының шекараларын айқындауды осы тарихи-мәдени мұра объектісін анықтаған жеке немесе заңды тұлға жергілікті атқарушы органмен келісу бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының шекараларын облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары бекітеді және тарих және мәдениет ескерткіштерінің орналасуы тіркелетін тиісті жергілікті жердің тарихи-сәулет тірек жоспарына және карта-схемасына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z93" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z2079" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Жергілікті атқарушы органдар тарих және мәдениет ескерткіштерін қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының, сондай-ақ тарихи-мәдени мұра объектілерін қорғау аймақтарының белгіленген шекаралары туралы кеңістіктік деректерді интеграциялық өзара іс-қимыл арқылы кейіннен жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесінің жария кадастрлық картасында жариялау үшін археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйеде қалыптастыруды, жинауды және жаңартып отыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z93" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының шегінде жерді пайдалану режимін бұзу Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексіне сәйкес әкімшілік жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-бапқа өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Тарих және мәдениет ескерткішінің орнын ауыстыру және оны өзгерту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="53"/>
+    <w:bookmarkStart w:name="z94" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тарих және мәдениет ескерткішінің паспортында көрсетілген тарих және мәдениет ескерткішінің кеңістіктегі тұрған орнын, оның келбетін, көлемдік-жоспарлық және конструкциялық шешімдері мен құрылымдарын, интерьерін және өзге физикалық сипаттамаларын өзгерту тарих және мәдениет ескерткішінің орнын ауыстыру және оны өзгерту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z95" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z95" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тарих және мәдениет ескерткішінің орнын ауыстыруға және оны өзгертуге тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұған тарих және мәдениет ескерткішінің жетпіс пайызынан астамы бұзылған не тарихи-мәдени маңыздылығы жоғалған жағдайларда немесе егер орнын ауыстыру және өзгерту оның сақталу жағдайларын жақсартуға алып келетін болса:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4964,70 +5560,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде уәкілетті органның;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті органмен келісу бойынша жергілікті маңызы бар тарих және мәдениет ескерткіштеріне тарихи-мәдени сараптама қорытындысы негізінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының шешімімен ғана жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="55"/>
+    <w:bookmarkStart w:name="z96" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шешімді алған жеке және заңды тұлғалар тарих және мәдениет ескерткішінің орнын ауыстырған және оны өзгерткен кезде оның сақталу жағдайын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орны ауыстырылған және өзгертілген тарих және мәдениет ескерткішін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5038,219 +5634,273 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті маңызы бар тарих және мәдениет ескерткіштеріне қатысты – облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне қатысты уәкілетті орган тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="56"/>
+    <w:bookmarkStart w:name="z97" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Көрсетілген жұмыстарды жүзеге асыруға байланысты шығыстар тарих және мәдениет ескерткішінің орнын ауыстыруға және оны өзгертуге шешім алған жеке және заңды тұлғалардың есебінен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Аумақтарды игеру кезінде тарихи-мәдени мұра объектілерінің сақталуын қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="57"/>
+    <w:bookmarkStart w:name="z98" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Аумақтарды игеру кезінде жер учаскелері бөліп берілгенге дейін Қазақстан Республикасының заңнамасына сәйкес тарихи-мәдени мұра объектілерін анықтау бойынша археологиялық жұмыстар жүргізілуге тиіс. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+      1. Аумақтарды игеру кезінде жер учаскелері бөліп берілгенге дейін Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы заңнамасына сәйкес тарихи-мәдени мұра объектілерін анықтау бойынша жоспардан тыс (алдын алу) археологиялық жұмыстар жүргізілуге тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Археологиялық барлау арқылы жоспардан тыс (алдын алу) археологиялық жұмыстар жүргізу нәтижесі бойынша тарихи-мәдени сараптама қорытындысы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тарихи-мәдени сараптама жүргізген жеке немесе заңды тұлға тарихи-мәдени сараптама қорытындысы берілген күннен бастап бес жұмыс күні ішінде оның көшірмесін жіберу арқылы жергілікті атқарушы органдарды осындай сараптаманың нәтижелері туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Археологиялық барлау арқылы жоспардан тыс (алдын алу) археологиялық жұмыстар жүргізу нәтижесі бойынша берілген тарихи-мәдени сараптама қорытындысы археологиялық қазбалар арқылы жоспардан тыс (алдын алу) археологиялық жұмыстар жүргізуге негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспардан тыс (алдын алу) археологиялық жұмыстар аумақты игеретін жеке және заңды тұлғалардың есебінен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарихи, ғылыми, көркемдік және мәдени құндылығы бар объектілер табылған жағдайда, жеке және заңды тұлғалар жұмыстарды одан әрі жүргізуді тоқтата тұруға және үш жұмыс күні ішінде бұл туралы уәкілетті органға және облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="58"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z99" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жоспардан тыс (алдын алу) археологиялық жұмыстар барысында тарихи-мәдени мұра объектілері анықталған кезде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары тарихи-мәдени сараптама қорытындысының көшірмесін алған күннен бастап он жұмыс күні ішінде олар туралы мәліметтерді алдын ала есепке алу тізіміне қосады және олардың мәртебесі туралы түпкілікті шешім қабылданғанға дейін олар осы Заңға сәйкес тарих және мәдениет ескерткіштерімен бірдей қорғалуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жер учаскелерін игеру барысында анықталған және алдын ала есепке алу тізіміне қосылған тарихи-мәдени мұра объектілерін Тарих және мәдениет ескерткіштерінің мемлекеттік тізіміне енгізуді не оларды алдын ала есепке алу тізімінен алып тастауды тиісті мемлекеттік органдар олар алдын ала есепке алу тізіміне қосылған кезден бастап үш ай ішінде жүргізеді. </w:t>
-[...17 lines deleted...]
-      Осы тармақта көзделген іс-шаралар белгіленген мерзімдерде орындалмаған жағдайда, меншік иесі не жер пайдаланушы жер учаскесін игеруді қайта бастауға құқылы.</w:t>
+      Жоспардан тыс (алдын алу) археологиялық жұмыстар барысында анықталған және алдын ала есепке алу тізіміне қосылған тарихи-мәдени мұра объектілерін Тарих және мәдениет ескерткіштерінің мемлекеттік тізіміне енгізуді не оларды алдын ала есепке алу тізімінен алып тастауды тиісті мемлекеттік органдар олар алдын ала есепке алу тізіміне қосылған кезден бастап үш ай ішінде жүргізеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЮНЕСКО-ның Дүниежүзілік мәдени және табиғи мұрасының тізіміне қосылған тарих және мәдениет ескерткіштерінің аумақтарында үлкен ауқымдағы қалпына келтіру немесе жаңа құрылыс жұмыстарын бастау ниеті болған кезде уәкілетті орган Қазақстан Республикасының Сыртқы істер министрлігі арқылы Дүниежүзілік мәдени және табиғи мұраны қорғау туралы конвенцияға сәйкес ЮНЕСКО-ның Дүниежүзілік мұра комитетіне алдын ала хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="59"/>
+    <w:bookmarkStart w:name="z100" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Тарихи-мәдени мұра объектілерінің сақталып тұруына қатер төндіруі мүмкін жұмыстарды жүргізуге тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5259,64 +5909,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">); 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5565,130 +6255,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жөндеу – тарих және мәдениет ескерткішінің бұрынғы келбетін өзгертпей, мерзімдік жұмыстар жүргізу арқылы оның техникалық жай-күйін сақтап тұру жөніндегі іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бейімдеу – тарих және мәдениет ескерткішінің тарихи, ғылыми, көркемдік немесе мәдени құндылығына және сақталуына нұқсан келтірмей, оны қазіргі заманға сай пайдалану үшін жағдай жасау мақсатында жүргізілетін іс-шаралар кешені.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="60"/>
+    <w:bookmarkStart w:name="z106" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарих және мәдениет ескерткішіндегі ғылыми-реставрациялық жұмыстар тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың ғылыми-жобалау құжаттамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z107" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың ғылыми-жобалау құжаттамасы тарих және мәдениет ескерткіштерін бейімдеу қажет болған жағдайда оларды қорғау аймақтарындағы жұмыстарға қойылатын талаптарды көздеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстар бюджет қаражаты, инвестициялар тарту, сондай-ақ тарих және мәдениет ескерткіштерінің меншік иелері мен пайдаланушыларының қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="63"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z108" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жеке және заңды тұлғалар тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке лицензия, сондай-ақ құрылыс-монтаждау жұмыстары жүргізілетін жағдайда құрылыс-монтаждау жұмыстарына лицензия негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z109" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстар уәкілетті орган бекіткен тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстар жоспары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың жоспардан тыс жүргізілуіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5743,51 +6451,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5807,91 +6515,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5966,417 +6714,1520 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>34-бап. Археологиялық жұмыстарды жүзеге асыру және   оларды жоспарлау</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+        <w:t>34-бап. Археологиялық жұмыстарды жүзеге асыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 34-баптың тақырыбы жаңа редакцияда – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2067" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында археологиялық жұмыстарды жүзеге асыруға археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке лицензия болған кезде, сондай-ақ уәкілетті орган айқындайтын тәртіппен жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Археологиялық жұмыстарды жүзеге асыратын жеке және заңды тұлғалар халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне жүргізілетін, бұл жөнінде уәкілетті органға хабар берілетін жұмыстарды қоспағанда, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына археологиялық жұмыстардың басталатыны туралы оларды бастағанға дейін хабар беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2068" w:id="65"/>
-[...34 lines deleted...]
-      Археологиялық жұмыстардың жоспардан тыс жүргізілуіне жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z2068" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Археологиялық жұмыстар жоспарлы және жоспардан тыс (алдын алу) археологиялық жұмыстар болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарлы археологиялық жұмыстар уәкілетті орган бекіткен археологиялық жұмыстар жоспары негізінде жүзеге асырылады. Жоспарлы археологиялық жұмыстардың жоспардан тыс жүргізілуіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган археологиялық жұмыстар жоспарын мемлекеттік органдар мен жергілікті атқарушы органдардың, сондай-ақ жеке және заңды тұлғалардың ұсыныстарын ескере отырып, алдағы күнтізбелік жылға қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2069" w:id="66"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспардан тыс (алдын алу) археологиялық жұмыстар осы Заңның 30-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2069" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Археологиялық жұмыстар аяқталғаннан кейін оларды жүргізген жеке және заңды тұлғалар объектіде консервациялау-рекультивациялау жұмыстарын жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2080" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Археологиялық жұмыстарды жүзеге асыру кезінде іздестірудің арнаулы техникалық құралдарын (металл іздегіштер, радарлар, магниттік аспаптар, топырақ қабатында археологиялық заттардың болуын айқындауға мүмкіндік беретін басқа да техникалық құралдар) немесе жер қазатын машиналарды археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензиясы бар жеке немесе заңды тұлғалардың ғана пайдалануына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-бап жаңа редакцияда – ҚР 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34-1-бап. Ұлттық археологиялық қызмет </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2082" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұлттық археологиялық қызмет Қазақстан Республикасының Үкіметі айқындайтын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаның құрылымдық бөлімшесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z2083" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ұлттық археологиялық қызмет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z2084" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) археологиялық жұмыстарды мониторингтеуді жүзеге асырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z2085" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) археологиялық жұмыстарды ғылыми-әдістемелік сүйемелдеуді жүргізеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z2086" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйені уәкілетті орган айқындайтын тәртіппен жүргізеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z2087" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) археологиялық жұмыстар жүргізу нәтижесі бойынша есептерді жинауды, талдауды және жүйелеуді жүзеге асырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z2088" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының Үкіметі айқындайтын өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-1-баппен толықтырылды – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">34-2-бап. Археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйе </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2090" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйе археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілері туралы деректерді басқаруды қамтамасыз ету мақсатында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z2091" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйенің міндеттері мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z2092" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілері және оларды зерттеу мен сақтау нәтижелері туралы деректерді жинау, жүйелеу, цифрлау, сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z2093" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) археологиялық жұмыстарды жүзеге асыратын жеке және заңды тұлғалар туралы мәліметтерді жинау және жүйелеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z2094" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерін анықтауға, зерттеуге және сақтауға жәрдемдесу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z2095" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйені қалыптастыру көздері мыналар болып табылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z2096" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) бейне-, фото- және баспа өнімдері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z2097" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілері туралы мәліметтерді қамтитын баспа және қолжазба мәтіндері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z2098" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) археология ескерткіштерінің паспорттары, қорғау міндеттемелері, оларды қорғау аймақтарын айқындау туралы шешімдер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z2099" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) ғылыми және (немесе) ғылыми-техникалық қызмет туралы авторефераттар, диссертациялар, есептер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z2100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерімен байланысты басқа да материалдар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z2101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Археологиялық жұмыстар жөніндегі бірыңғай автоматтандырылған ақпараттық жүйе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z2102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерінің тізілімін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z2103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) археологиялық жұмыстарды жүзеге асыратын тұлғалардың тізілімін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z2104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Заңға сәйкес археологиялық жұмыстар барысында анықталған тарихи-мәдени мұра объектілерінің сақталуына жауапты жеке және заңды тұлғалар туралы мәліметтерді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z2105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тарихи-мәдени сараптама қорытындыларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z2106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы баптың 3-тармағында көрсетілген қалыптастыру көздерінің базасында қалыптастырылған деректерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-2-баппен толықтырылды – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34-3-бап. Археологиялық олжалар мен археологиялық материалдар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының аумағындағы археологиялық жұмыстар нәтижесінде Қазақстан Республикасының және басқа мемлекеттердің жеке және заңды тұлғалары тапқан барлық жеке-дара археологиялық олжалар уәкілетті орган айқындайтын тәртіппен Қазақстан Республикасының мемлекеттік музейлеріне беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z2109" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қазақстан Республикасының аумағындағы археологиялық жұмыстар нәтижесінде Қазақстан Республикасының және басқа мемлекеттердің жеке немесе заңды тұлғалары тапқан барлық жалпы археологиялық олжалар мен археологиялық материалдар Қазақстан Республикасының Үкіметі айқындайтын Жалпы археологиялық олжалар мен археологиялық материалдардың ұлттық депозитарийіне сақтауға беріледі және уәкілетті орган айқындайтын тәртіппен Жалпы археологиялық олжалар мен археологиялық материалдардың мемлекеттік қорына қосылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z2110" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Археологиялық олжаларды жеке-дара немесе жалпы археологиялық олжаларға жатқызуды археологиялық жұмыстар барысында оларды анықтаған жеке немесе заңды тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z2111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жалпы археологиялық олжалар мен археологиялық материалдардың ұлттық депозитарийі уәкілетті орган айқындайтын тәртіппен Жалпы археологиялық олжалар мен археологиялық материалдардың мемлекеттік қорының сақталуын, қорғалуын, ғылыми зерттелуін және пайдаланылуын қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке және заңды тұлғаларға Қазақстан Республикасының авторлық құқық және сабақтас құқықтар туралы заңнамасын сақтай отырып, Жалпы археологиялық олжалар мен археологиялық материалдардың мемлекеттік қорына еркін және өтеусіз қолжетімділік қамтамасыз етіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жеке тұлғалар Қазақстан Республикасының аумағында археологиялық жұмыстардан тыс тапқан археологиялық олжалар уәкілетті орган айқындайтын тәртіппен Қазақстан Республикасының мемлекеттік музейлеріне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-3-баппен толықтырылды – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>35-бап. Мәдени құндылықтарға жататын заттар бар көмбені табу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="68"/>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәдени құндылықтарға жататын заттар бар көмбе табылған кезде, олар Қазақстан Республикасының меншiгiне берiлуге жатады. Мұндай көмбе табылған жылжымайтын мүліктің меншік иесінің және көмбенi тапқан тұлғаның, егер олардың арасындағы шартта өзгеше белгіленбесе, Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>247-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тең үлестерде көмбе құнының елу пайызы мөлшерiнде сыйақы алуға құқығы бар. Мемлекетке тиесілі жер учаскесінен немесе өзге де жылжымайтын мүліктен мәдени құндылықтарға жататын заттар бар көмбе табылған жағдайда, көмбені тапқан тұлға осы көмбе құнының елу пайызын алуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көмбе құны Қазақстан Республикасының бағалау қызметі туралы заңнамасына сәйкес мүлікті бағалау туралы есеп негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="69"/>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мәдени құндылықтарға жататын заттар бар көмбені тапқаны үшін сыйақы төлеу Қазақстан Республикасының Бюджет кодексіне сәйкес бюджет қаражатынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-бап. Тарихи-мәдени сараптама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="70"/>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар тарихи-мәдени сараптама объектілері болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...15 lines deleted...]
-      1) игеруге жататын жер учаскелері; </w:t>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) игеруге жататын жер учаскелерінде жоспардан тыс (алдын алу) археологиялық жұмыстарды жүргізу нәтижесі бойынша алынған, тарихи-мәдени мұра объектілерінің сақталып тұруына қатердің болуын немесе болмауын негіздейтін материалдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тарихи-мәдени мұра объектілерін тарих және мәдениет ескерткіштерінің мемлекеттік тізімдеріне қосуды негіздейтін материалдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6407,132 +8258,214 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тарих және мәдениет ескерткіштерін Қазақстан Республикасының дүниежүзілік мәдени мұрасының алдын ала тізіміне қосуды негіздейтін материалдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тарих және мәдениет ескерткішінің санатын өзгертуді, тарих және мәдениет ескерткішінің орнын ауыстыру мен оны өзгертуді негіздейтін материалдар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="71"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="72"/>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тарихи-мәдени сараптаманы тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру жөніндегі қызметке немесе археологиялық жұмыстарды жүзеге асыру жөніндегі қызметке арналған лицензиясы және Қазақстан Республикасының ғылым және технологиялық саясат туралы заңнамасына сәйкес ғылыми және (немесе) ғылыми-техникалық қызмет субъектісі ретінде аккредиттеу туралы куәлігі бар жеке және заңды тұлғалар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Тарихи-мәдени сараптама уәкілетті орган айқындайтын тәртіппен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z133" w:id="73"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z133" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тарихи-мәдени сараптама жүргізу нәтижесі бойынша қорытынды беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарихи-мәдени сараптама қорытындысына уәкілетті органға не сот тәртібімен шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-бапқа өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Қазақстан Республикасының тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6572,130 +8505,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң қолданысқа енгізілгенге дейін берілген, тарих және мәдениет ескерткіштерінде археологиялық және (немесе) ғылыми-реставрациялау жұмыстарын жүзеге асыру жөніндегі қызметке лицензиялар осы Заң қолданысқа енгізілгеннен кейін үш жыл ішінде Қазақстан Республикасының заңнамасында белгіленген тәртіппен қайта ресімдеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="74"/>
+    <w:bookmarkStart w:name="z134" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң, алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізілетін 12-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z135" w:id="75"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы" 1992 жылғы 2 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Жоғарғы Кеңесінің Жаршысы, 1992 ж., № 15, 363-құжат; 1995 ж., № 20, 120-құжат; Қазақстан Республикасы Парламентінің Жаршысы, 2004 ж., № 23, 142-құжат; 2007 ж., № 2, 18-құжат; № 17, 139-құжат; 2009 ж., № 18, 84-құжат; 2010 ж., № 5, 23-құжат; 2011 ж., № 1, 2-құжат; № 5, 43-құжат; № 11, 102-құжат; № 12, 111-құжат; 2012 ж., № 15, 97-құжат; 2013 ж., № 14, 75-құжат; 2014 ж., № 1, 4-құжат; № 10, 52-құжат; № 19-І, 19-ІІ, 96-құжат; № 23, 143-құжат; 2015 ж., № 19-ІІ, 105-құжат; № 20-IV, 113-құжат; 2016 ж., № 6, 45-құжат; 2017 ж., № 9, 18-құжат; 2018 ж., № 10, 32-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -6853,55 +8786,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>