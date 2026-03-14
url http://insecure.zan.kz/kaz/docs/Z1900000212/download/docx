--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3896f04" w14:textId="3896f04">
+    <w:p w14:paraId="61fcd93" w14:textId="61fcd93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -228,50 +228,146 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "бірыңғай автоматтандырылған ақпараттық жүйесін", "бірыңғай автоматтандырылған ақпараттық жүйесі", "бірыңғай автоматтандырылған ақпараттық жүйесіне" деген сөздер тиісінше "бірыңғай автоматтандырылған цифрлық жүйесін", "бірыңғай автоматтандырылған цифрлық жүйесі", "бірыңғай автоматтандырылған цифрлық жүйесіне" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң кинематография саласындағы қоғамдық қатынастарды реттейді және оның құқықтық, экономикалық және ұйымдастырушылық негіздерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2015,430 +2111,388 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      10) 31.12.2025 дейін қолданыcта болды - осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес 31.12.2025 дейін қолданылады.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) прокаттау куәлігін беру кезінде Қазақстан Республикасының аумағында прокаттауға арналған фильмдердің жас сыныптамасын жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының заңнамасында айқындалған тәртіппен фильмді ұлттық деп таниды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) алып тасталды – ҚР 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) кинематография саласындағы субсидияларды төлеу қағидалары мен шарттарын әзірлейді және бекітеді;</w:t>
-[...35 lines deleted...]
-      12) Қазақстан Республикасының заңнамасында айқындалған тәртіппен фильмді ұлттық деп таниды;</w:t>
+      14) кинематография саласындағы халықаралық байланыстарды дамытады, кинематографиялық қызмет субъектілерінің халықаралық комиссияларға, кинофестивальдарға, конференцияларға және кинематография саласындағы өзге де іс-шараларда қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Қазақстан Республикасының аумағындағы фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін орнату және жүргізу арқылы Қазақстан Республикасының аумағында фильмдер прокатын жүйеге келтіруді және есепке алуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қазақстан Республикасының аумағында фильмдер прокатының мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) осы Заңның мақсаттарына, міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес кинематография саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасының Президенті мен Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      13) алып тасталды – ҚР 10.01.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді – ҚР 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...211 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2668,122 +2722,554 @@
       1) уәкілетті орган басшысының атына өтінішті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке немесе заңды тұлғаның фильмге немесе оны пайдалануға құқығын растайтын құжаттарды (шет тіліндегі құжаттарға қазақ және (немесе) орыс тілдерінде нотариат куәландырған көшірмелер қоса беріледі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фильмнің аннотациясын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаны алып тастау көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Республикасында шығарылған фильмдерде пайдаланылатын туындылар туралы мәліметтерді ұсынуы қажет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Прокаттау куәлігін алуға арналған өтініш келіп түскен күнінен бастап жеті жұмыс күні ішінде қаралуға жатады. Өтінішті қарау қорытындылары бойынша уәкілетті орган жеке немесе заңды тұлғаға прокаттау куәлігін береді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1-тармақпен толықтыру көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уәкілетті орган жеке немесе заңды тұлғаға прокаттау куәлігін беруден мынадай негіздер бойынша:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке немесе заңды тұлға анық емес және (немесе) бұрмаланған ақпарат берсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2869,729 +3355,925 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптар сақталмаған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) егер фильмнің мазмұны Республиканың конституциялық құрылысын күштеп өзгертуді, тұтастығын бұзуды, мемлекеттің қауіпсіздігіне нұқсан келтіруді, әлеуметтік, нәсілдік, ұлттық, діни, тектік-топтық және рулық араздықты қоздыруды, қатыгездік пен зорлық-зомбылыққа табынуды, сондай-ақ порнографияны насихаттауға немесе үгіттеуге бағытталған жағдайда, бас тартады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+      4) егер фильмнің мазмұны Республиканың конституциялық құрылысын күштеп өзгертуді, тұтастығын бұзуды, мемлекеттің қауіпсіздігіне нұқсан келтіруді, әлеуметтік, нәсілдік, ұлттық, діни, тектік-топтық және рулық араздықты қоздыруды, қатыгездік пен зорлық-зомбылыққа бас ұруды, дәстүрлі емес сексуалдық бағдарды, педофилияны, сондай-ақ порнографияны насихаттауға немесе үгіттеуге бағытталған жағдайда, бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақтың бірінші бөлігі жаңа редакцияда көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Прокаттау куәлігін беруге бұрын негіз болған фильм туралы ақпараттың анық еместігі және (немесе) бұрмаланғандығы анықталған жағдайда, уәкілетті орган прокаттау куәлігінің қолданысын тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокаттау куәлігінің қолданысы прокаттау куәлігінің қолданысын тоқтата тұруға алып келген себептерді жою үшін қажетті мерзімге тоқтатыла тұрады, бірақ ол күнтізбелік алпыс күннен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокаттау куәлігінің қолданысын тоқтата тұру туралы шешім оны берген адамның не оны алмастыратын адамның бұйрығымен, уәкілетті орган мән-жайларды анықтаған күннен бастап үш жұмыс күні ішінде ресімделеді және прокаттау куәлігін алған жеке немесе заңды тұлға қабылданған шешім туралы хабардар етілген күннен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокаттау куәлігінің қолданысы прокаттау куәлігінің қолданысын тоқтата тұрған адамның не оны алмастыратын адамның бұйрығымен, прокаттау куәлігін алған жеке немесе заңды тұлғаның прокаттау куәлігінің қолданысын бұрын тоқтата тұруға алып келген мән-жайларды жою туралы жазбаша өтініші тіркелген күннен бастап үш жұмыс күні ішінде қайта басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокаттау куәлігінің қолданысын тоқтата тұруға бұрын негіз болған мән-жайлар жойылмаған жағдайда, уәкілетті орган прокаттау куәлігін сот тәртібімен кері қайтарып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді – ҚР 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бап. Фильмдердің жас сыныптамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасында шығарылған барлық фильмдерге және Қазақстан Республикасының аумағына прокаттау мақсатында әкелінетін (жеткізілген) фильмдерге мынадай жас санаттары беріле отырып, жас сыныптамасы жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "6 жасқа дейін" - алты жасқа толмаған балаларға арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "6 жастан бастап" - алты жасқа толған балаларға арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "12 жастан бастап" - он екі жасқа толған балаларға арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "14 жастан бастап" - он төрт жасқа толған балаларға арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "16 жастан бастап" - он алты жасқа толған балаларға арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "18 жастан бастап" - он сегіз жасқа толған көрермендерге арналған фильмдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "21 жастан бастап" - жиырма бір жасқа толған көрермендерге арналған фильмдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фильмдерді "6 жасқа дейін", "6 жастан бастап", "12 жастан бастап", "14 жастан бастап" және "16 жастан бастап" жас санаттарына жатқызу өлшемшарттары "Балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы" Қазақстан Республикасының Заңында көзделген өлшемшарттарға сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прокаттау куәлігінің қолданысы прокаттау куәлігінің қолданысын тоқтата тұруға алып келген себептерді жою үшін қажетті мерзімге тоқтатыла тұрады, бірақ ол күнтізбелік алпыс күннен аспайды.</w:t>
-[...53 lines deleted...]
-      Прокаттау куәлігінің қолданысын тоқтата тұруға бұрын негіз болған мән-жайлар жойылмаған жағдайда, уәкілетті орган прокаттау куәлігін сот тәртібімен кері қайтарып алады.</w:t>
+      "18 жастан бастап" жас санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Конституциясында және Қазақстан Республикасының заңдарында тыйым салынған ақпаратты қоспағанда, балалардың денсаулығы мен дамуына зардабын тигізетін ақпаратты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кинотуындының сюжеті мен көркемдік міндеті тұрғысынан ақталуы шартымен, өзін-өзі өлтірудің, адам өлтірудің, отбасылық өмір проблемалары мен ажырасудың, есірткіге және алкогольге тәуелділіктің, аурулардың, бейәлеуметтік жүріс-тұрыстың, жалаңаштанудың, жыныстық қатынас немесе басқа да эротикалық әрекеттер көріністерінің сипатталуын және (немесе) бейнеленуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дөрекі жаргон, былапыт сөздердің, нормативтік емес лексиканың эпизодтық қолданылуын қамтитын фильмдер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21 жастан бастап" жас санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Конституциясында және Қазақстан Республикасының заңдарында тыйым салынған ақпаратты қоспағанда, кез келген көріністердің сипатталуын және (немесе) бейнеленуін қамтитын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дөрекі жаргон, былапыт сөздерді, нормативтік емес лексиканы қолданудағы шектеулерді қамтымайтын фильмдер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кодын ашатын техникалық құрылғылар қолданыла отырып, ақылы негізде таратылатын фильмдерді қоспағанда, телеарналарда "18 жастан бастап" жас санаты бар фильмді - жергiлiктi уақытпен сағат 22-ден кейін таңғы сағат 06-ға дейiн, "21 жастан бастап" жас санаты бар фильмді жергiлiктi уақытпен сағат нөлден кейін таңғы сағат 06-ға дейiн прокаттауға жол берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында "21 жастан бастап" жас санаты бар фильмді кинозалдар мен осы мақсаттарға арналған өзге де орындарда жергілікті уақытпен сағат 22-ден кейін таңғы сағат 06-ға дейін прокаттауға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының аумағында прокаттау куәлiгiн алған және (немесе) фильмдер прокаттауды жүзеге асыратын жеке немесе заңды тұлғалар көрерменге фильмнiң жас санаты туралы ақпарат беруге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Фильмдердің "6 жасқа дейін", "6 жастан бастап", "12 жастан бастап", "14 жастан бастап", "16 жастан бастап" және "18 жастан бастап" жас санаты белгісі Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасында көзделген талаптарға сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фильмдердің "21 жастан бастап" жас санаты белгісі ромбтағы "21+" белгісімен және (немесе) "жиырма бір жасқа толған көрермендерге арналған" деген сөз тіркесі түріндегі мәтіндік ескертумен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Фильмнің жас санаты туралы ақпарат Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасының талаптарына сәйкес көрсетілуге және көрермендер үшін қолжетімді болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді – ҚР 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-бап. Фильмдердің жас сыныптамасы</w:t>
-[...368 lines deleted...]
-      5. Фильмдердің "6 жасқа дейін", "6 жастан бастап", "12 жастан бастап", "14 жастан бастап", "16 жастан бастап" және "18 жастан бастап" жас санаты белгісі Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасында көзделген талаптарға сәйкес келуге тиіс.</w:t>
+        <w:t>9-бап. Фильмдерді прокаттау тілі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында фильмдерді прокаттау қазақ тілінде және басқа да тілдерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...33 lines deleted...]
-      6. Фильмнің жас санаты туралы ақпарат Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасының талаптарына сәйкес көрсетілуге және көрермендер үшін қолжетімді болуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық фильмдерді прокаттау қазақ тілінде жүзеге асырылуға тиіс жəне басқа тілдерде жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Қазақстан Республикасының аумағында фильмдерді прокаттау қазақ тілінде және басқа да тілдерде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прокатталуы шектеулі фильмдерді қоспағанда, Қазақстан Республикасының аумағында кинозалдар мен осы мақсаттарға арналған өзге де орындарда прокатталуы жəне көрсетілуі қазақ тілінде жүзеге асырылмайтын фильмдер қазақ тілінде дубляж жасалуға не субтитрленуге, не кадр сыртындағы аудармамен қамтамасыз етілуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақ тілінде фильмдерге дубляж жасау, оларды субтитрлеу не кадр сыртындағы аудармамен қамтамасыз ету кезінде сөйлемдегі сөздердің орын тәртібі, олардың дұрыс құрастырылуы және дыбысталуы сақталуға тиіс. Субтитрлеу орфография нормаларына сәйкес жазылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3602,797 +4284,861 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фильмдерге дубляж жасаудың, оларды субтитрлеудің мазмұнын аудару не оларды кадр сыртындағы аудармамен қамтамасыз ету олардың негізгі мағынасын бұрмаламауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Телеарналарда фильмдерді прокаттау және көрсету Қазақстан Республикасының масс-медиа туралы заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="59"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау алған балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдердің прокатталуы жəне олардың Қазақстан Республикасының аумағындағы кинозалдар мен осы мақсаттарға арналған өзге де орындарда көрсетілуі қазақ тілінде жүзеге асырылуға тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай фильмдерді Қазақстан Республикасының аумағында кинозалдар мен осы мақсаттарға арналған өзге де орындарда прокаттау жəне көрсету басқа тілдерде де жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Фильмде қолданылатын нормативтік емес лексика тиісті техникалық құралдармен (дыбыс сигналымен) жойылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер Қазақстан Республикасында шығарылған фильмде қазақ тілімен қатар басқа да тілдер қолданылған жағдайда, оны прокаттауды және көрсетуді жүзеге асыру кезінде басқа тілдердегі мәтін қазақ тілінде субтитрленуге не кадр сыртындағы аудармамен қамтамасыз етілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      4. Фильмде қолданылатын нормативтік емес лексика тиісті техникалық құралдармен (дыбыс сигналымен) жойылуға тиіс.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Фильмдердің түрлері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Фильмдер түрлері бойынша мыналарға бөлінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
-[...15 lines deleted...]
-      5. Егер Қазақстан Республикасында шығарылған фильмде қазақ тілімен қатар басқа да тілдер қолданылған жағдайда, оны прокаттауды және көрсетуді жүзеге асыру кезінде басқа тілдердегі мәтін қазақ тілінде субтитрленуге не кадр сыртындағы аудармамен қамтамасыз етілуге тиіс.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анимациялық фильм - графикалық әдістерді және бейнелеу өнері тәсілдерін, сондай-ақ компьютерлік графика мүмкіндіктерін пайдалану жолымен қимылдар мен көріністер жандандырыла отырып жасалатын фильм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) деректі фильм - режиссер операторлық өнер, монтаждық құрау құралдарымен және басқа да құралдармен түсіндіретін өзекті оқиғалар, шындық фактілері жинақталып көрсетілген сценарий желісінің негізінде жасалатын фильм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ойын фильмі - сценарийдің негізінде жасалатын және актерлік ойын, режиссура, операторлық өнер, қоюшы-суретшінің, композитордың және кинематография саласындағы басқа да қатынас субъектілерінің шығармашылығы құралдарымен іске асырылатын фильм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) хроникалы фильм - өзекті оқиғалар мен шындық фактілері көрсетілген фильм.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұзақтығы елу екі минуттан кем емес фильм - толық метражды, ұзақтығы елу екі минутқа жетпейтін фильм қысқа метражды фильм болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Қазақстан Республикасының аумағындағы Фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында фильмдерді жүйеге келтіру және есепке алу мақсатында уәкілетті орган Фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фильмдерді көрсету жөніндегі қызметті жүзеге асыратын ұйым фильмдерді есепке алуды жүргізеді және Фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесіне олар бойынша ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін жүргізу уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Кинематография саласындағы мемлекеттік қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Кинематография саласындағы мемлекеттік қолдау мынадай бағыттар бойынша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұлттық фильмдерді қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұлттық фильмдер деп танылуға үмітті киножобаларды қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) кинематографиялық қызмет субъектілерінің халықаралық кинофестивальдарға қатысуына, елде жəне шетелде қазақстандық кино күндерінің ұйымдастырылуына бағытталған қызметті қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұлттық фильмдер мен олардың бастапқы материалдарын ұлттық мәдени игіліктің ажырамас бөлігі ретінде сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының ғылым туралы заңнамасына сәйкес кинематография саласындағы ғылыми-зерттеу жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 29.12.2021 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      5) 31.12.2025 дейін қолданыcта болды - осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...192 lines deleted...]
-      3. Фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін жүргізу уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кинематография саласындағы кадрлардың біліктілігін арттыруды ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік қаржылық қолдау ұлттық фильмдерді шығаруды, прокаттау мен көрсетуді және осыған байланысты іс-шараларды ұйымдастыру, сондай-ақ шетелде ұлттық фильмдерді ілгерілету үшін ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      1. Кинематография саласындағы мемлекеттік қолдау мынадай бағыттар бойынша жүзеге асырылады:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық фильмдерді шығаруға жылсайын бөлінетін қаражат мынадай көлемдерде бағытталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тарихи, патриоттық жəне имидждік фильмдерге – жетпіс пайыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке киножобаларды, оның ішінде дебюттік фильмдерді қоса қаржыландыруға – отыз пайыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Заңға сәйкес қаржыландыру туралы шешім қабылданған, ұлттық фильмдер деп танылуға үмітті киножобаларды қаржыландыру мынадай көлемдерде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...322 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуметтік маңызы бар фильмдер, дебюттік фильмдер, оқиғалы фильмдер үшін - Қазақстан Республикасының заңнамасына сәйкес шығарудың сметалық құнының жүз пайызына дейін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4457,168 +5203,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2020 жылғы 1 қаңтардан бастап - оларды шығарудың сметалық құнының сексен пайызынан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2021 жылғы 1 қаңтардан бастап оларды шығарудың сметалық құнының жетпіс пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Фильмдерді осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген санаттарға жатқызу өлшемшарттарын уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ұлттық киноны қолдау мемлекеттік орталығы арқылы ұлттық фильмді қаржыландыру түрінде мемлекеттік қолдау алған жеке жəне (немесе) заңды тұлғалар ұлттық фильмдерді прокаттау мен көрсетуден түсетін кірістерден Ұлттық киноны қолдау мемлекеттік орталығына уəкілетті орган айқындаған тəртіппен, алынған мемлекеттік қолдаудың пайыздық арақатынасына мөлшерлес көлемде аударымдарды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасында көрсетілген фильмдерді шығаруға мемлекеттік қолдау алған жеке және (немесе) заңды тұлғалар Ұлттық киноны қолдау мемлекеттік орталығына ұлттық фильмдерді прокаттау мен көрсетуден түсетін кірістердің жиырма пайызы көлемінде аударымдарды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ұлттық фильмдерді, Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау мəселелері бойынша ұсыныстар мен ұсынымдарды тұжырымдау мақсатында уәкілетті орган жанынан консультативтік-кеңесші орган – Кинематография саласындағы мемлекеттік қолдау мəселелері жөніндегі ведомствоаралық комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4627,137 +5373,137 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 143-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Ұлттық киноны қолдау мемлекеттік орталығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық киноны қолдау мемлекеттік орталығы Қазақстан Республикасының Үкіметі жалғыз құрылтайшысы және акционері болып табылатын, акционерлік қоғамның ұйымдық-құқықтық нысанында құрылатын коммерциялық емес ұйым болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мыналар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жоғары орган - жалғыз акционер; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4786,90 +5532,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) атқарушы орган - басқарма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Ұлттық киноны қолдау мемлекеттік орталығының жарғысына сәйкес өзге де органдар Ұлттық киноны қолдау мемлекеттік орталығының органдары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұлттық киноны қолдау мемлекеттік орталығы ішкі аудит қызметін құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ұлттық киноны қолдау мемлекеттік орталығының активтері мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік мүлік;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4918,566 +5664,524 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ерікті мүліктік жарналар мен өзге де тұлғалардың қайырмалдықтары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарында тыйым салынбаған, Ұлттық киноны қолдау мемлекеттік орталығына түсетін өзге де түсімдер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ұлттық киноны қолдау мемлекеттік орталығы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаға фильмдерді қаржыландырудың жалпы көлемінің кемінде отыз пайызы мөлшеріндегі мемлекеттік тапсырманы орындауға бөлінетін қаражатты қоспағанда, ұлттық фильмдер деп танылуға үмітті киножобалар мен ұлттық фильмдерді қаржыландыру түрінде мемлекеттік қолдауды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) 31.12.2025 дейін қолданыcта болды - осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Фильмді ұлттық деп тану жəне Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру жөніндегі ұсыныстарды тұжырымдау мақсатында Ұлттық киноны қолдау мемлекеттік орталығының жанынан шығармашыл қызметкерлер, мəдениет қызметкерлері мен кинематография саласындағы сарапшылар қатарынан Сараптама кеңесі – консультативтіккеңес ші орган құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z110" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Кинематография саласындағы ұсы ныстарды тұжырымдау мақсатында Ұлттық киноны қолдау мемлекеттік орталығының жанынан мемлекеттік органдар, кинематография қызметінің субъектілері өкілдерінің жəне кинематография саласындағы сарапшылардың қатарынан Ұлттық кинокомиссия – консультативтік-кеңесші орган құрылады. Ұлттық кинокомиссия туралы ережені жəне оның құрамын уəкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ұлттық киноны қолдау мемлекеттік орталығына келтірілген залалдар Қазақстан Республикасының азаматтық заңнамасында айқындалған тәртіппен өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік ақпараттық тапсырыс шеңберінде фильмдерді шығару "Масс-медиа туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді – ҚР 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес 31.12.2025 дейін қолданылады.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-1-бап. Ұлттық фильмдердің сахналық-қойылымдық құралдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджет қаражаты есебінен ішінара немесе толық қаржыландырылатын ұлттық фильмдердің сахналық-қойылымдық құралдарын сақтауды, сақталып қалуын қамтамасыз етуді, пайдалануды жəне пайдалануға беруді қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-1-баппен толықтырылды – ҚР 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...238 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-1-бап. Ұлттық фильмдердің сахналық-қойылымдық құралдары</w:t>
-[...95 lines deleted...]
-        </w:rPr>
         <w:t>14-бап. Ұлттық фильм</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Фильм мынадай негіздердің жиынтығы кезінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер фильм Қазақстан Республикасының ұлттық тарихының, қазіргі заманғы өмірінің оқиғаларын көрсетсе, Қазақстан Республикасы үшін əлеуметтік-мəдени маңызы бар жалпыадамзаттық гуманитарлық, əлеуметтік жəне имандылық проблемаларына, əлемдік тарих оқиғаларына арналса жəне (немесе) халықаралық деңгейде Қазақстан Республикасының имиджі мен беделін нығайтуға ықпал ете алатын болса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5506,589 +6210,1159 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Қазақстан Республикасының азаматы және (немесе) Қазақстан Республикасының аумағында тіркелген заңды тұлға фильмнің продюсерлері болса; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фильм авторларының құрамына (сценарий авторы, қоюшы-режиссер, қоюшы-оператор, қоюшы-суретші, музыкалық туындының авторы) Қазақстан Республикасының азаматтары болып табылмайтын тұлғалар елу пайызынан аспайтындай кірсе, ұлттық деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы ратификациялаған халықаралық шарттың талаптарына сəйкес шетелдік кинематографиялық қызмет субъектілермен бірлесіп түсірілген фильм ұлттық деп танылуы мүмкін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық деп танылған фильмге ұлттық фильм куәлігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді – ҚР 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-1-бап. Балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Фильмдердің "6 жасқа дейін", "6 жас тан бас тап" жəне "12 жастан бас тап" жас санаты белгісі бар балаларға арналған фильм балалар анимациялық фильмі болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
-[...15 lines deleted...]
-      3. Ұлттық деп танылған фильмге ұлттық фильм куәлігі беріледі.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фильмдердің "6 жасқа дейін", "6 жас тан бастап" жəне "12 жастан бастап" жас санаты белгісі бар ойын фильмі отбасымен көруге арналған фильм болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Фильмдердің "6 жасқа дейін", "6 жас тан бас тап" жəне "12 жастан бас тап" жас санаты белгісі бар балаларға арналған фильм балалар анимациялық фильмі болып табылады.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдерін қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау алу үшін іріктеу мынадай негіздердің жиынтығы кезінде, егер фильм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z114" w:id="86"/>
-[...15 lines deleted...]
-      2. Фильмдердің "6 жасқа дейін", "6 жас тан бастап" жəне "12 жастан бастап" жас санаты белгісі бар ойын фильмі отбасымен көруге арналған фильм болып табылады.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке адамның зияткерлік білім тұрғысынан үйлесімді дамуына, балалардың рухани-имандылық тəлім-тəрбиесіне бағытталған болса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z115" w:id="87"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдерін қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау алу үшін іріктеу мынадай негіздердің жиынтығы кезінде, егер фильм:</w:t>
+    <w:bookmarkStart w:name="z117" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фильмдердің жас сыныптамасына сəйкес келсе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z116" w:id="88"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z118" w:id="90"/>
+    <w:bookmarkStart w:name="z118" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ақпараттық өнімді таратуға қойылатын талаптарға сəйкес келсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z119" w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z119" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қазақстан Республикасының ұлттық қауіпсіздігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген Қазақстан Республикасының ұлттық мүдделеріне қайшы келмесе;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықаралық стандарттар бойынша жоғары рейтингпен күтілетін кеңінен дистрибуциялауға арналған болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаны алып тастау көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Ұлттық киноны қолдау мемлекеттік орталығының интернет-ресурсында алдын ала онлайн дауыс беру қорытындысы бойынша қажетті дауыс санын жинаған болса, жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының аумағына əкелінетін отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау алу үшін іріктеу мынадай негіздердің жиынтығы кезінде, егер фильм:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z123" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отбасылық қатынастарды, рухани-имандылық құндылықтарын нығайтуға жəне дамытуға бағытталған болса, жалпыға бірдей қабылданған моральдық жəне имандылық нормаларына қайшы келмесе;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z120" w:id="92"/>
-[...15 lines deleted...]
-      5) халықаралық стандарттар бойынша жоғары рейтингпен күтілетін кеңінен дистрибуциялауға арналған болса;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фильмдердің жас сыныптамасына сəйкес келсе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z121" w:id="93"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="97"/>
+    <w:bookmarkStart w:name="z125" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ақпараттық өнімді таратуға қойылатын талаптарға сəйкес келсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z126" w:id="98"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z126" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қазақстан Республикасының ұлттық қауіпсіздігі туралы" Қазақстан Рес публикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген Қазақстан Республикасының ұлттық мүдделеріне қайшы келмесе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z127" w:id="99"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) халықаралық стандарттар бойынша жоғары рейтингпен күтілетін кеңінен дистрибуциялауға арналған болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z128" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаны алып тастау көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Ұлттық киноны қолдау мемлекеттік орталығының интернет-ресурсында алдын ала онлайн дауыс беру қорытындысы бойынша қажетті дауыс санын жинаған болса, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z129" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақты алып тастау көзделген – ҚР 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Онлайн дауыс беру тəртібі Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу қағи даларына сəйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6106,337 +7380,163 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">      15-бап осы Заңның </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Кинематография саласындағы субсидия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 15-бап 31.12.2025 дейін қолданыcта болды - осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес 31.12.2025 дейін қолданылады.</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-бап. Кинематография саласындағы субсидия</w:t>
-[...149 lines deleted...]
-        </w:rPr>
         <w:t>16-бап. Фильмдерді сақтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="102"/>
+    <w:bookmarkStart w:name="z92" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік фильмдер қорының сақталып қалуына бағытталған іс-шараларды мемлекет жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z93" w:id="103"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z93" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік фильмдер қоры уәкілетті орган айқындайтын, шетелдіктер қатыспайтын Қазақстан Республикасының заңды тұлғасына (бұдан әрі осы бапта – заңды тұлға) тұрақты сақтауға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға Мемлекеттік фильмдер қоры киноколлекциясының сақталып қалуын қамтамасыз етуге, сақтауға, көшірмесін түсіруге, көбейтіп таратуға, прокаттауға жəне көрсетуге бағытталған іс-шараларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6467,110 +7567,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ішінара мемлекеттік қаржыландыру алған ұлттық фильмдер осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағында аталған бірыңғай оператор мен кинематографиялық қызмет субъектілері арасында жасалған шарттар негізінде Мемлекеттік фильмдер қорының құрамына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="104"/>
+    <w:bookmarkStart w:name="z94" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заңды тұлға фильмдер, киножылнама материалдарын аналогтік жеткізгіштерден электрондық жеткізгіштерге көшіруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z95" w:id="105"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z95" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заңды тұлға Мемлекеттік фильмдер қорын сақтау кезінде фильмдердің бастапқы материалдарына олардың құқық иеленушілерінің еркін жəне өтеусіз қол жеткізуін, сондай-ақ авторлық жəне сабақтас құқықтардың сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z96" w:id="106"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z96" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік фильмдер қоры жекешелендіруге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6579,51 +7679,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 143-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6661,71 +7761,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының кинематография туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="107"/>
+    <w:bookmarkStart w:name="z97" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z98" w:id="108"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z98" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6780,51 +7880,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасы және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 31 желтоқсанға дейін қолданылады деп белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7044,55 +8144,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7418,31 +8518,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>