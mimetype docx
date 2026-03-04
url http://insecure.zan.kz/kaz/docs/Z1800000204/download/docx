--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="01265f9" w14:textId="01265f9">
+    <w:p w14:paraId="0a3093b" w14:textId="0a3093b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -256,50 +256,156 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйесі", "электрондық үкіметтің", "ақпараттық жүйе", "ақпараттық жүйелерінде", "ақпараттық жүйесінде", "электрондық үкімет", "ақпараттық жүйесіне", "ақпараттық жүйелердің" деген сөздер тиісінше "цифрлық жүйесі", "цифрлық үкіметтің", "цифрлық жүйе", "цифрлық жүйелерінде", "цифрлық жүйесінде", "цифрлық үкімет", "цифрлық жүйесіне", "цифрлық жүйелердің" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z37" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -529,51 +635,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1864,171 +1970,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2475,51 +2581,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (02.07.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2942,50 +3048,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-2) табиғи монополиялар субъектілері қызметкерлерінің нақты іс-қимыл тәртібі бар қызметтер көрсетудің үлгілік регламенттерін әзірлейді және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>бекітеді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3268,50 +3375,156 @@
       17-1) бекітілген инвестициялық бағдарламаның орындалуына техникалық сараптама жүргізу, реттеліп көрсетілетін қызметтердің сапасы мен сенімділігі көрсеткіштерін сақтау және табиғи монополиялар субъектілері қызметінің тиімділігі көрсеткіштеріне қол жеткізу үшін уәкілетті тұлғаларға (сарапшыларға, сараптама ұйымдарына) қойылатын өлшемшарттар мен талаптарды айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) жеке және заңды тұлғалардан, оның iшiнде мемлекеттiк органдардан, жергiлiктi өзiн-өзi басқару органдарынан, сондай-ақ олардың лауазымды адамдарынан өз өкiлеттiктерін жүзеге асыру үшiн қажеттi ақпаратты сұратады және алады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3832,251 +4045,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді – ҚР 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.04.2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 26-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -4112,51 +4325,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4377,91 +4590,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -4780,91 +4993,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5278,51 +5491,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6497,50 +6710,156 @@
       13) қарыз ресурстарын қаржыландыру және олардың орнын толтыру шарттары туралы растайтын құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) табиғи монополия субъектісінің жобалық қуаты және оны нақты пайдалану туралы деректер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1) ақпараттандыру объектілерінен алынған табиғи монополия субъектісінің қуатын нақты пайдалану туралы деректер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8143,171 +8462,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 05.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 221-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
@@ -8961,51 +9280,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10407,91 +10726,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10906,50 +11225,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9) тармақшасына сәйкес тариф қолданылу мерзімі өткенге дейін өзгерген кезде бекітілген тарифтік сметадан тарифтерді қалыптастыру қағидаларында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>айқындалған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> инвестициялық шығындар (пайда, амортизациялық аударымдар, негізгі құралдар құнының өсуіне алып келетін күрделі шығындар) алып тасталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z152" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -11318,71 +11638,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 291-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
@@ -11398,211 +11718,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11881,220 +12201,334 @@
         </w:rPr>
         <w:t>
       Биржалық тауарларды сатып алу Қазақстан Республикасының тауар биржалары туралы заңнамасына сәйкес тауар биржалары арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z266" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Табиғи монополия субъектісі біртекті тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алу бойынша конкурс тәсілімен сатып алуды өткізу кезінде конкурстық құжаттамада тауарларды, жұмыстар мен көрсетілетін қызметтерді беру (орындау, көрсету) орны бойынша бөліктерге (лоттарға) бөледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z267" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. Энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде жұмыстар мен көрсетілетін қызметтерді сатып алу, жобалар мен өнім берушілерді іріктеу, шарттар жасасу, қазақстандық тауар өндірушілерден тауарларды сатып алу және офтейк-келісімшарттар жасасу энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаның электрондық сатып алу платформасында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z268" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3. Энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыруға байланысты құқықтық қатынастардың ерекшеліктері мен сатып алуды жүзеге асыру тәртібі Қазақстан Республикасының тұрғын үй заңнамасында айқындалады, оларға Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының күші қолданылмайды және энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру аяқталғанға дейін қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z268" w:id="139"/>
-[...15 lines deleted...]
-      2-3. Энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыруға байланысты құқықтық қатынастардың ерекшеліктері мен сатып алуды жүзеге асыру тәртібі Қазақстан Республикасының тұрғын үй заңнамасында айқындалады, оларға Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының күші қолданылмайды және энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру аяқталғанға дейін қолданылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жоба шеңберінде жұмыстар мен көрсетілетін қызметтерді сатып алуды жүзеге асыру қағидаттары "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-12-бабына сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды – ҚР 15.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Егер біртекті тауарлардың, жұмыстардың, көрсетілетін қызметтердің құндық мәндегі жылдық көлемі тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген айлық есептік көрсеткіштің төрт мың еселенген мөлшерінен аспаса, баға ұсыныстарын сұрату тәсілімен сатып алу осындай біртекті тауарларға, жұмыстарға, көрсетілетін қызметтерге өткізіледі. Бұл ретте баға шешуші шарт болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...105 lines deleted...]
-      4. Егер біртекті тауарлардың, жұмыстардың, көрсетілетін қызметтердің құндық мәндегі жылдық көлемі тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген айлық есептік көрсеткіштің төрт мың еселенген мөлшерінен аспаса, баға ұсыныстарын сұрату тәсілімен сатып алу осындай біртекті тауарларға, жұмыстарға, көрсетілетін қызметтерге өткізіледі. Бұл ретте баға шешуші шарт болып табылады.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бір көзден алу тәсілімен сатып алу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z162" w:id="141"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкурс немесе баға ұсыныстарын сұрату тәсілімен сатып алу өткізілмеді деп танылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12193,51 +12627,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12465,885 +12899,885 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алған тапсырыс берушінің бірдейлендіру, стандарттау немесе сәйкестікті қамтамасыз ету мақсатында нақ сол өнім берушіден тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу қажеттігі туындаған жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="142"/>
+    <w:bookmarkStart w:name="z163" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Табиғи монополия субъектісі сатып алуды Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасына сәйкес электрондық сауда алаңдары арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z164" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Осы бапта реттелмеген бөлікте сатып алу табиғи монополиялар субъектілерінің қызметін жүзеге асыру қағидаларына сәйкес өткізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z164" w:id="143"/>
-[...15 lines deleted...]
-      7. Осы бапта реттелмеген бөлікте сатып алу табиғи монополиялар субъектілерінің қызметін жүзеге асыру қағидаларына сәйкес өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Стратегиялық тауарлар сатып алуды табиғи монополия субъектiсi:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z165" w:id="144"/>
-[...15 lines deleted...]
-      8. Стратегиялық тауарлар сатып алуды табиғи монополия субъектiсi:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұтынушыларға қойылатын электр энергиясының көтерме сауда нарығына қатысуға арналған шарттарға табиғи монополия субъектісінің сай келмеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының газ және газбен жабдықтау туралы заңнамасына сәйкес газ тарату ұйымдарынан газ сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының электр энергетикасы туралы заңнамасына сәйкес электр энергиясын сатып алу жағдайларын қоспағанда, тiкелей стратегиялық тауар өндiрушiлерден жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы баптың 2-тармағы бірінші бөлігінің 1), 2) және 4) тармақшаларында көзделген тәсілдермен сатып алуға табиғи монополия субъектісі алдында міндеттемелерін орындамау немесе тиісінше орындамау фактісін растайтын өзіне қатысты соттың шешімі заңды күшіне енген тұлғаның соттың шешімі заңды күшіне енген күннен бастап екі жыл бойы қатысуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) алып тасталды – ҚР 19.04.2023 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді – ҚР 15.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен;</w:t>
+        <w:t xml:space="preserve">); 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...352 lines deleted...]
-      9. Осы баптың 2-тармағы бірінші бөлігінің 1), 2) және 4) тармақшаларында көзделген тәсілдермен сатып алуға табиғи монополия субъектісі алдында міндеттемелерін орындамау немесе тиісінше орындамау фактісін растайтын өзіне қатысты соттың шешімі заңды күшіне енген тұлғаның соттың шешімі заңды күшіне енген күннен бастап екі жыл бойы қатысуына жол берілмейді.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Тұтынушылардың реттеліп көрсетілетін қызметке қолжетімділігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұтынушылардың реттеліп көрсетілетін қызметке қолжетімділігі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:p>
-[...277 lines deleted...]
-    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13410,71 +13844,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реттеліп көрсетілетін қызметке қосумен немесе реттеліп көрсетілетін қызмет көлемін ұлғайтумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) реттелетін қызметті көрсетуге шарт жасасумен қамтамасыз етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="147"/>
+    <w:bookmarkStart w:name="z168" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Табиғи монополия субъектісінің: электр, жылу энергиясын беру, сумен жабдықтау және су бұру желілеріне, сондай-ақ магистральдық газ құбырларына және мұнай құбырларына, газ тарату жүйелеріне және топтық резервуарлық қондырғыларға қосуға немесе реттеліп көрсетілетін қызмет көлемін ұлғайтуға арналған техникалық шарттарды табиғи монополия субъектісі осы Заңда белгіленген мерзімде береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z169" w:id="148"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z169" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13489,71 +13923,177 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасының талабы осы Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10), 11), 12) және 13) тармақшаларында көзделген реттеліп көрсетілетін қызметтерді ұсынатын табиғи монополиялар субъектілеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z170" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрмен жабдықтау, жылумен жабдықтау, газбен жабдықтау, сумен жабдықтау және су бұру желілеріне қосу осы Заңның 24-1-бабына сәйкес кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымдардың электр желілеріне қосуды қоспағанда, мынадай кезеңдерден тұрады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z170" w:id="149"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сәулет-жоспарлау тапсырмасын, топографияны дайындау кезінде сәулет және қала құрылысы органы қалыптастыратын және электрондық нысанда табиғи монополия субъектісіне жіберетін, техникалық шарттарды беруге өтініш;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13618,70 +14158,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тұтынушының техникалық шарттарға сәйкес жұмыстарды жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) тұтынушының жұмыстардың аяқталғаны және табиғи монополия субъектісі желілеріне қосуға әзірлігі туралы хабарлауы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Табиғи монополия субъектісінің желілеріне қосуға немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға арналған техникалық шарттарды беруге өтінішті қабылдауды және оны қарау нәтижесін беруді Мемлекеттік корпорация "электрондық үкіметтің" веб-порталы немесе табиғи монополия субъектісінің кеңсесі арқылы немесе уәкілетті органның ақпараттық жүйесі арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымдардың электр желілеріне технологиялық қосуға өтінішті қабылдау астанада, республикалық және облыстық маңызы бар қалаларда электрондық нысанда ғана жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13716,270 +14370,376 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Алып тасталды - ҚР 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:bookmarkStart w:name="z173" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сәулет және қала құрылысы органдарының өтініші бойынша табиғи монополия субъектісінің желілеріне қосуға техникалық шарттарды беруді табиғи монополия субъектісі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық жағынан күрделі емес объектілер үшін – бес жұмыс күні ішінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық жағынан күрделі объектілер үшін – он жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Табиғи монополия субъектісінің желілеріне қосылуға немесе реттеліп көрсетілетін қызмет көлемін ұлғайтуға арналған техникалық шарттар үш жылға беріледі және оларды сәулет және қала құрылысы органдары мемлекеттік қала құрылысы кадастрына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Құрылыстың нормативтік ұзақтығы үш жылдан асқан жағдайда, техникалық шарттардың қолданылу мерзімі құрылыстың басталғаны туралы растаушы құжаттардың ұсынылу талабымен құрылыс кезеңіне ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрылыстың басталғаны туралы растаушы құжаттар ұсынылмаған жағдайда, техникалық шарттар берілген күнінен бастап үш жыл өткен соң жарамсыз деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Табиғи монополия субъектісінің желілеріне қосуға немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға арналған техникалық шарттарды беруге өтініштің нысаны мен өтінішке қоса берілетін құжаттардың тізбесін уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) техникалық жағынан күрделі емес объектілер үшін – бес жұмыс күні ішінде;</w:t>
-[...54 lines deleted...]
-      7-1. Құрылыстың нормативтік ұзақтығы үш жылдан асқан жағдайда, техникалық шарттардың қолданылу мерзімі құрылыстың басталғаны туралы растаушы құжаттардың ұсынылу талабымен құрылыс кезеңіне ұзартылады.</w:t>
+      Техникалық шарттар табиғи монополия субъектісінің қосылатын желілеріне, материалдарға, жабдықтарға, құрылғыларға, есепке алу аспаптарына қойылатын талаптардың түбегейлі тізбесін айқындауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттарды беруге немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға өтінішті табиғи монополия субъектісі құжаттардың толық топтамасы ұсынылмаған жағдайда екі жұмыс күні ішінде "электрондық үкімет" веб-порталы немесе табиғи монополия субъектісінің кеңсесі арқылы қайтарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:p>
-[...33 lines deleted...]
-      8. Табиғи монополия субъектісінің желілеріне қосуға немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға арналған техникалық шарттарды беруге өтініштің нысаны мен өтінішке қоса берілетін құжаттардың тізбесін уәкілетті орган белгілейді.</w:t>
+    <w:bookmarkStart w:name="z176" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Реттеліп көрсетілетін қызметке қолжетімділік ұсынылған кезде табиғи монополия субъектісіне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:p>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бос қуаттар туралы ақпарат ұсынғаны үшін төлемақы алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14044,929 +14804,929 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) табиғи монополия субъектісінің желілеріне қосуға немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға арналған техникалық шарттарға сәйкес тұтынушының жұмыстарды жүргізу жөніндегі қызметін шектеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) құрылыс жобасының табиғи монополия субъектісінің желілеріне қосуға немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға арналған техникалық шарттарға сәйкестігіне келісуді талап етуге тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="156"/>
+    <w:bookmarkStart w:name="z177" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттарды беруге немесе реттеліп көрсетілетін қызметтің көлемін ұлғайтуға өтініш осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзім ішінде қаралады, оны қараудың қорытындылары бойынша табиғи монополия субъектісі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық шарттарды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық шарттарды беруден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Техникалық шарттарды беруден бас тартуға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттеліп көрсетілетін қызметтің талап етілетін көлемін ұсыну үшін қажетті бос және қолжетімді қуаттар, сыйымдылықтар, орындар, табиғи монополия субъектісі желілерінің өткізу қабілеттері болмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополия субъектісінің желілері немесе реттеліп көрсетілетін қызметті ұсыну үшін қажет өзге де мүлік болмаған жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Техникалық шарттарды беруден бас тартқан жағдайда табиғи монополия субъектісі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық шарттарды беруден бас тарту туралы шешімге уәжді негіздемені қоса береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) уәкілетті органға техникалық шарттар беруден бас тарту туралы шешімнің көшірмесін және бос және қолжетімді қуаттардың, сыйымдылықтардың, орындардың, табиғи монополия субъектісі желілерінің өткізу қабілеттерінің тапшылығы немесе табиғи монополия субъектісі желілерінің немесе реттеліп көрсетілетін қызметті ұсыну үшін қажет өзге де мүліктің жоқ екені есептелген уәжді негіздеме жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="159"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Құрылыс объектісін қосуға арналған техникалық шарттарды беруден бас тартқан жағдайда табиғи монополия субъектісінің желілеріне қосудың балама көздерін табиғи монополия субъектісі ұсынады және бекітілген егжей-тегжейлі жоспарлау жобасына сәйкес инженерлік инфрақұрылымды дамыту жоспарына сәйкес орталықтандырылған коммуникация желілеріне қосылу мерзімдерін көрсетеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z180" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Уәкілетті орган табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттарды беруден бас тарту туралы шешімнің көшірмесін алуға байланысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеті жұмыс күнінен кешіктірмей тұтынушыға табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттар беруден бас тартудың негізділігін растайтын немесе табиғи монополия субъектісінің қызметін тексеруге бастамашылық жасау үшін уәкілетті органға шағым берудің қажеттігі туралы хат жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бос және қолжетімді қуаттардың, сыйымдылықтардың, орындардың, табиғи монополия субъектісі желілерінің өткізу қабілеттерінің болмау фактісі анықталған немесе табиғи монополия субъектісінің желілері немесе реттеліп көрсетілетін қызметтің талап етілетін көлемін ұсыну үшін табиғи монополия субъектісінің қажетті өзге де мүлкі болмаған кезде табиғи монополия субъектісіне экономикалық жағынан орынды болған кезде бекітілген инвестициялық бағдарламаны өзгерту және реттеліп көрсетілетін қызметке қосу үшін жағдайлар жасау қажеттігі туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1. Техникалық шарттарды монополистердің тікелей түзетуіне жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z180" w:id="160"/>
-[...15 lines deleted...]
-      15. Уәкілетті орган табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттарды беруден бас тарту туралы шешімнің көшірмесін алуға байланысты:</w:t>
+    <w:bookmarkStart w:name="z181" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жұмыстар аяқталғаннан кейін тұтынушы табиғи монополия субъектісіне жұмыстардың аяқталғаны және реттеліп көрсетілетін қызметті алуға әзірлігі туралы хабарлайды, ол ақпаратты алған күннен бастап екі жұмыс күні ішінде берілген техникалық шарттарға сәйкес орындалған жұмыстарды және реттеліп көрсетілетін қызметті алуға әзірлігін тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жеті жұмыс күнінен кешіктірмей тұтынушыға табиғи монополия субъектісінің желілеріне қосуға арналған техникалық шарттар беруден бас тартудың негізділігін растайтын немесе табиғи монополия субъектісінің қызметін тексеруге бастамашылық жасау үшін уәкілетті органға шағым берудің қажеттігі туралы хат жібереді;</w:t>
-[...36 lines deleted...]
-      15-1. Техникалық шарттарды монополистердің тікелей түзетуіне жол берілмейді.</w:t>
+      Орындалған жұмыстар техникалық шарттарға сәйкес келген кезде реттеліп көрсетілетін қызметке қосу үш жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Орындалған жұмыстар техникалық шарттарға сәйкес келмеген кезде табиғи монополия субъектісі құрылыс объектісінің реттеліп көрсетілетін қызметті алуға әзір емес екендігі туралы тұтынушыға бір жұмыс күні ішінде хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z181" w:id="162"/>
-[...15 lines deleted...]
-      16. Жұмыстар аяқталғаннан кейін тұтынушы табиғи монополия субъектісіне жұмыстардың аяқталғаны және реттеліп көрсетілетін қызметті алуға әзірлігі туралы хабарлайды, ол ақпаратты алған күннен бастап екі жұмыс күні ішінде берілген техникалық шарттарға сәйкес орындалған жұмыстарды және реттеліп көрсетілетін қызметті алуға әзірлігін тексеруді жүзеге асырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анықталған бұзушылықтар жойылғаннан кейін тұтынушы жұмыстардың аяқталғаны және реттеліп көрсетілетін қызметті алуға әзірлігі туралы қайта хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Реттеліп көрсетілетін қызметке қосу мынадай жұмыстарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Орындалған жұмыстар техникалық шарттарға сәйкес келген кезде реттеліп көрсетілетін қызметке қосу үш жұмыс күні ішінде жүзеге асырылады.</w:t>
-[...18 lines deleted...]
-      17. Орындалған жұмыстар техникалық шарттарға сәйкес келмеген кезде табиғи монополия субъектісі құрылыс объектісінің реттеліп көрсетілетін қызметті алуға әзір емес екендігі туралы тұтынушыға бір жұмыс күні ішінде хабарлайды.</w:t>
+      табиғи монополия субъектісінің қолданыстағы желіні ажыратуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтынушыны қолданыстағы желіге қосуды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      табиғи монополия субъектісінің қолданыстағы желіні қосуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Табиғи монополия субъектісінің реттеліп көрсетілетін қызметті ұсынуы реттелетін қызметті көрсету туралы шарт жасалғаннан кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      18. Реттеліп көрсетілетін қызметке қосу мынадай жұмыстарды қамтиды:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерістер енгізілді – ҚР 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 221-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 29.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-1-бап. Кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларының энергия беруші ұйымдардың электр желілеріне қолжетімділігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымдардың электр желілеріне қосу мынадай кезеңдерден тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіпкерлік субъектілерінің энергия беруші ұйымның электр желілеріне технологиялық қосуға өтініш беруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымның электр желілеріне технологиялық қосу шартын жасасу және орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте энергия беруші ұйымның электр желілеріне технологиялық қосылу құны (шығындар тізбесі) кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымның электр желілеріне технологиялық қосу шығындарын айқындау қағидаларына сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 24-1-баппен толықтырылды – ҚР 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Табиғи монополиялар субъектілерінің қызметін мемлекеттік реттеу процесінің жариялылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Табиғи монополиялар субъектілерінің қызметін мемлекеттік реттеу процесінің жариялылығы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      табиғи монополия субъектісінің қолданыстағы желіні ажыратуы;</w:t>
-[...482 lines deleted...]
-        <w:t>
       1) табиғи монополиялар субъектілерінің қызметін мемлекеттік реттеуге қатысты ақпаратты бұқаралық ақпарат құралдарында және уәкілетті органның интернет-ресурсында орналастырумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жария тыңдаулар өткізумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14998,110 +15758,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тұтынушылар мен уәкілетті органға тарифті қолданысқа енгізу туралы хабарлаумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бекітілген инвестициялық бағдарламаның орындалуына, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуына және табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізуге қоғамдық мониторинг және техникалық сараптама жүргізумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="167"/>
+    <w:bookmarkStart w:name="z186" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Табиғи монополия субъектісі осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімдерде тиісті әкімшілік-аумақтық бірліктің аумағында таратылатын бұқаралық ақпарат құралдарында және (немесе) өзінің интернет-ресурсында тұтынушылар мен өзге де мүдделі тұлғалар алдындағы бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуы және негіздемелермен бірге табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептерін, оның ішінде қаржылық есептілікті орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z187" w:id="168"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z187" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уәкілетті орган өзінің интернет-ресурсында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Табиғи монополиялар субъектілерінің мемлекеттік тіркелімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15294,186 +16054,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) табиғи монополиялар субъектілерінің қызметін мемлекеттік реттеуді жүзеге асыруға қатысты өзге де ақпаратты орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="169"/>
+    <w:bookmarkStart w:name="z188" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тарифтің жобасын талқылау бойынша жария тыңдаулар Қазақстан Республикасы Парламентінің, мәслихаттардың депутаттары, жергілікті өзін-өзі басқару органдарының, мемлекеттік органдардың, табиғи монополия субъектісінің, бұқаралық ақпарат құралдарының, қоғамдық бірлестіктердің өкілдері, тәуелсіз сарапшылар, тұтынушылар мен өзге де мүдделі тұлғалар шақырыла отырып өткізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z189" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уәкiлеттi орган мерзімді баспасөз басылымында – тарифтің жобасын талқылау бойынша жария тыңдаулардың өткізілетін күнi мен орны туралы ақпаратты олар өткізілетін күннен күнтізбелік отыз күн бұрын, ал өзінің интернет-ресурсында тарифтің жобасын талқылау бойынша өткізілген жария тыңдаулардың нәтижелерін, оның ішінде талқылаулардың стенограммаларын, қаралатын мәселелер бойынша қабылданған шешімдерімен бірге отырыстардың хаттамаларын олар өткізілген күннен кейін күнтізбелік он күн ішінде орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер жария тыңдаулар табиғи монополиялар салаларындағы коммуналдық көрсетілетін қызметтерге, жылу энергиясын өндіру, беру, тарату және (немесе) онымен жабдықтау бойынша реттеліп көрсетілетін қызметтерге арналған тарифтерді белгілеуге өтінімдер қаралатын кезде өткізілсе, уәкілетті орган тиісті әкімшілік-аумақтық бірліктің аумағында таратылатын мерзімді баспасөз басылымдарында жария тыңдаулардың өткізілетін күні мен орны туралы ақпаратты қосымша жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тариф индекстеу әдісімен белгіленген кезде және жасалған мемлекеттік-жекешелік әріптестік шарты негізінде тариф айқындалған кезде табиғи монополия субъектісі жария тыңдаулар өткізілерден күнтізбелік отыз күн бұрын олардың өткізілетін күні мен орны туралы ақпаратты өзінің интернет-ресурсында не тиісті әкімшілік-аумақтық бірліктің аумағында таратылатын мерзімді баспасөз басылымдарында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Табиғи монополия субъектісі ағымдағы күнтізбелік жылдың 1 тамызынан және келесі күнтізбелік жылдың 1 мамырынан кешіктірмей тұтынушылар мен өзге де мүдделі тұлғалар алдында жарты жылдың және жылдың қорытындылары бойынша бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуы және табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептер беруді өткізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z189" w:id="170"/>
-[...15 lines deleted...]
-      5. Уәкiлеттi орган мерзімді баспасөз басылымында – тарифтің жобасын талқылау бойынша жария тыңдаулардың өткізілетін күнi мен орны туралы ақпаратты олар өткізілетін күннен күнтізбелік отыз күн бұрын, ал өзінің интернет-ресурсында тарифтің жобасын талқылау бойынша өткізілген жария тыңдаулардың нәтижелерін, оның ішінде талқылаулардың стенограммаларын, қаралатын мәселелер бойынша қабылданған шешімдерімен бірге отырыстардың хаттамаларын олар өткізілген күннен кейін күнтізбелік он күн ішінде орналастырады.</w:t>
+    <w:bookmarkStart w:name="z232" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Табиғи монополия субъектілері уәкілетті орган айқындайтын тәртіппен бизнес-әріптестер тізілімін құру, жүргізу және пайдалану үшін Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына ақпарат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:p>
-[...51 lines deleted...]
-      6. Табиғи монополия субъектісі ағымдағы күнтізбелік жылдың 1 тамызынан және келесі күнтізбелік жылдың 1 мамырынан кешіктірмей тұтынушылар мен өзге де мүдделі тұлғалар алдында жарты жылдың және жылдың қорытындылары бойынша бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуы және табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептер беруді өткізеді.</w:t>
+    <w:bookmarkStart w:name="z238" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2. Табиғи монополиялар субъектілері сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті орган бекіткен нысандарға сәйкес мемлекеттік қала құрылысы кадастрының автоматтандырылған ақпараттық жүйесінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z232" w:id="172"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мыналар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15610,110 +16370,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілетін қызметтерді түпкі тұтынушыларға ұсыну үшін технологиялық процесте пайдаланылатын бос емес қуаттардың және (немесе) сыйымдылықтардың саны туралы ақпаратты; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңдарына сәйкес мемлекеттік құпияларға және заңмен қорғалатын өзге де құпияға жататын мәліметтерді қоспағанда, реттеліп көрсетілетін қызметтерді ұсыну кезінде пайдаланылатын желілерді немесе өзге де мүлікті орналастыру схемаларын машинамен оқылатын түрде орналастырады және (немесе) жаңартып отырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="174"/>
+    <w:bookmarkStart w:name="z191" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Табиғи монополия субъектісі тарифті бекіту үшін және осы Заңда көзделген міндеттерін орындаған кезде ұсынған кез келген ақпарат коммерциялық деп танылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z192" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тұтынушылар мен өзге де мүдделі тұлғалар алдында есеп беру жария тыңдау нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z193" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Алда есеп беруді өткізу туралы хабарландыруды Табиғи монополиялар субъектілері мемлекеттік тіркелімінің жергілікті бөліміне енгізілген табиғи монополия субъектісі – аптасына бір реттен сиретпей шығарылатын және тиісті әкімшілік-аумақтық бірліктің аумағында таратылатын мерзімді баспасөз басылымында, ал Табиғи монополиялар субъектілері мемлекеттік тіркелімінің республикалық бөліміне енгізілген табиғи монополия субъектісі аптасына бір реттен сиретпей шығарылатын және Қазақстан Республикасының бүкіл аумағында таратылатын мерзімді баспасөз басылымында және (немесе) өзінің интернет-ресурсында ол өткізілгенге дейін он бес жұмыс күнінен кешіктірмей жариялайды және ол мынадай мәліметтерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z192" w:id="175"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) табиғи монополия субъектісінің атауы және орналасқан жері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15724,243 +16484,243 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есеп берудің өткізілетін күні мен орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұсынылатын реттеліп көрсетілетін қызметтердің түрі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Есеп беру өткізілуден бір ай бұрын табиғи монополия субъектісі уәкілетті органға хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z195" w:id="178"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z195" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Алдағы есеп беруді өткізу туралы хабарландыру жарияланғаннан кейін табиғи монополия субъектісі осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ақпаратты есеп беру өткізілуден бес жұмыс күні бұрын өзінің интернет-ресурсында орналастырады, ал ол болмаған жағдайда, уәкілетті органға оның интернет-ресурсында орналастыру үшін ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z196" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Табиғи монополия субъектісі есеп беруге қатысуға ниет білдіргендердің барлығына өткізілетін орынға қолжетімділікті қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жария тыңдаулар, табиғи монополиялар субъектілерінің тұтынушылар мен өзге де мүдделі тұлғалар алдындағы есептері онлайн-трансляция ұйымдастыру арқылы да жария тыңдауларға қатысушылардың кедергісіз қол жеткізуі қамтамасыз етіле отырып өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елде төтенше жағдай, шектеу іс-шаралары, оның ішінде карантин енгізілген кезде уәкілетті орган немесе оның аумақтық бөлімшелері, табиғи монополиялар субъектілері жария тыңдауларды, тұтынушылар мен өзге де мүдделі тұлғалар алдындағы есептерді онлайн-трансляциялар арқылы өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жария тыңдаулар онлайн-трансляциялар арқылы өткізілген кезде уәкілетті органның ведомствосы немесе оның аумақтық бөлімшесі жария тыңдаулар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей, бұқаралық ақпарат құралдарында және интернет-ресурста жария тыңдаулардың күнін, уақытын және онлайн-трансляцияға сілтемені көрсете отырып, алдағы жария тыңдау туралы хабарландыруды орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер табиғи монополия субъектісінің қаржылық есептілігі Қазақстан Республикасының заңдарына сәйкес міндетті аудитке жататын болса, оны бұқаралық ақпарат құралдарында осы баптың 2-тармағында көзделген орналастыру аудит аяқталғаннан кейін күнтізбелік он күн ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Табиғи монополия субъектісінің сөйлейтін сөзі табиғи монополиялар субъектілерінің қызметті жүзеге асыру қағидаларына сәйкес негіздемелері бар ақпаратты қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z196" w:id="179"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z198" w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Табиғи монополия субъектісі тұтынушылар мен өзге де мүдделі тұлғалар алдындағы өз сөйлейтін сөзінде ұсынылатын реттеліп көрсетілетін қызметтің сапасы туралы толық түсіндірме береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z199" w:id="182"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z199" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16135,408 +16895,408 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптар қуаты аз табиғи монополиялар субъектілеріне және жаңадан құрылған табиғи монополиялар субъектілеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгерістер енгізілді – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 05.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 221-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. ТАБИҒИ МОНОПОЛИЯЛАР САЛАЛАРЫНА ҚАТЫСУШЫЛАР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бап. Табиғи монополия субъектісінің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Табиғи монополия субъектісі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:p>
-[...355 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушылардан Қазақстан Республикасының заңнамасына сәйкес табиғи монополия субъектісі белгілеген техникалық талаптардың сақталуын талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16745,70 +17505,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңдарында белгіленген тәртіппен уәкілетті органның, сондай-ақ оның лауазымды адамдарының әрекеттеріне (әрекетсіздігіне), Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқамаға шағым жасауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) Қазақстан Республикасының заңдарында белгіленген өзге құқықтарды иеленуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Табиғи монополия субъектісі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті органға Табиғи монополиялар субъектілерінің мемлекеттік тіркеліміне енгізу туралы, одан алып тастау туралы, оған өзгерістер және (немесе) толықтырулар енгізу туралы өтінішпен жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17319,194 +18079,281 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының заңдарына сәйкес мемлекеттік құпияларға және заңмен қорғалатын өзге де құпияға жататын мәліметтерді және осы Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10), 11), 12) және 13) тармақшаларында көзделген реттеліп көрсетілетін қызметтерді қоспағанда, реттеліп көрсетілетін қызметтерді ұсыну кезінде пайдаланылатын желілерді немесе өзге де мүлікті орналастыру схемасын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарына сәйкес мемлекеттік құпияларға және заңмен қорғалатын өзге де құпияға жататын мәліметтерді қоспағанда, бекітілген инвестициялық бағдарламаның орындалу барысы туралы ақпаратты (объектілер орналасқан жерлері, фото-бейне түсірілімдермен қоса орындалу сатылары, инвестициялық бағдарламалардың іс-шараларын орындау мерзімдері және құны) тоқсан сайын өзінің интернет-ресурсында орналастыруға не ол болмаған жағдайда уәкілетті органға оның интернет-ресурсында орналастыру үшін ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты 21-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) уәкілетті органның талабы бойынша қажетті ақпаратты уәкілетті орган белгілеген, табиғи монополия субъектісі тиісті талапты алған күннен бастап бес жұмыс күнінен кем болмайтын мерзімдерде қағаз жеткізгіште немесе электрондық нысанда ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) уәкілетті органға тариф, оның өзгергені туралы ол қолданысқа енгізілгенге дейін күнтізбелік отыз күннен кешіктірмей хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдердегі тұтынушылар мен өзге де мүдделі тұлғалар алдындағы бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуы және табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептерді бұқаралық ақпарат құралдарында және (немесе) өзінің интернет-ресурсында не уәкілетті органның интернет-ресурсында есеп беру өткізілген күннен бастап күнтізбелік бес күннен кешіктірмей орналастыруға;</w:t>
+        <w:t>
+      24) тарифтерді қалыптастыру қағидаларына сәйкес осы Заңның 25-бабының 6-тармағында белгіленген мерзімдердегі тұтынушылар мен өзге де мүдделі тұлғалар алдындағы бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапа мен сенімділік көрсеткіштерінің сақталуы және табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептерді бұқаралық ақпарат құралдарында және (немесе) өзінің интернет-ресурсында не уәкілетті органның интернет-ресурсында есеп беру өткізілген күннен бастап күнтізбелік бес күннен кешіктірмей орналастыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-1) уәкілетті органмен табиғи монополиялар субъектісінің меншігіндегі шаруашылықаралық және шаруашылықішілік бұру каналдары бар магистральдық каналдарды кеңейту, жаңғырту, реконструкциялау және техникалық жай-күйін жақсарту үшін беру жөніндегі сенімгерлік басқару шартын келісуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="186"/>
+    <w:bookmarkStart w:name="z237" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-2) табиғи монополиялар субъектісінің меншігіндегі реттеліп көрсетілетін қызметтерді ұсыну кезінде технологиялық циклде пайдаланылатын мүлікті сенімгерлік басқару шартын уәкілетті органмен келісуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-3) халықаралық қаржы ұйымдарынан, мамандандырылған салалық банктерден, Қазақстанның Даму Банкінен және Қазақстан Республикасының екінші деңгейдегі банктерінен қарыздар тарту үшін кредиттік келісімдерді уәкілетті органмен келісуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17955,91 +18802,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
@@ -18075,377 +18922,377 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі); 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Тұтынушының құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="187"/>
+    <w:bookmarkStart w:name="z203" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тұтынушы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реттеліп көрсетілетін қызметтерді осы Заңға сәйкес тарифтер бойынша сатып алуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18474,70 +19321,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уәкілетті органның құқықтық актілеріне өзгерiстер және (немесе) толықтырулар енгiзу туралы, жаңаларын қабылдау және (немесе) қолданыстағыларының күшiн жою туралы өтінішпен уәкiлеттi органға жүгінуге құқылы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушының Қазақстан Республикасының заңдарында белгіленген өзге де құқықтары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:bookmarkStart w:name="z204" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реттеліп көрсетілетін қызметтерге осы Заңға сәйкес тарифтер бойынша уақтылы және толық көлемде ақы төлеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18639,150 +19486,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес табиғи монополия субъектісі белгілеген техникалық талаптарды орындауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Тарифтік саясат жөніндегі кеңес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:bookmarkStart w:name="z205" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тарифтік саясат жөніндегі кеңес уәкілетті органның жанындағы консультативтік-кеңесші орган болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z206" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тарифтік саясат жөніндегі кеңестің құрамына Қазақстан Республикасы Парламентінің депутаттары, уәкілетті органның және өзге мемлекеттік органдардың, Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының, қоғамдық бірлестіктердің, жеке кәсіпкерлік субъектілері бірлестіктерінің, табиғи монополиялар субъектілерінің өкілдері, сарапшылар және өзге де мүдделі тұлғалар кіруі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z207" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тарифтік саясат жөніндегі кеңес табиғи монополиялар салаларындағы тариф белгілеудің проблемалық мәселелері жөніндегі комиссияны құруға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z206" w:id="190"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:bookmarkStart w:name="z208" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тарифтік саясат жөніндегі кеңес туралы ережені және оның дербес құрамын уәкілетті орган бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z209" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тарифтік саясат жөніндегі кеңес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті органға табиғи монополиялар салаларындағы нормативтік құқықтық актілердің жобалары бойынша ұсыныстар әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18899,51 +19746,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18963,51 +19810,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19063,51 +19910,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19236,105 +20083,105 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті органмен, өзге мемлекеттік органдармен, табиғи монополиялар субъектілерімен, соттармен және өзге де тұлғалармен қатынастарда тұтынушылардың мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де функцияларды орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="194"/>
+    <w:bookmarkStart w:name="z226" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. МЕМЛЕКЕТТІК БАҚЫЛАУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="195"/>
+    <w:bookmarkStart w:name="z210" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Табиғи монополиялар салаларындағы мемлекеттік бақылау жоспардан тыс тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардан тыс тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19419,70 +20266,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқама шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) материалдарды құқық қорғау және өзге де органдарға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="196"/>
+    <w:bookmarkStart w:name="z211" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган табиғи монополиялар салаларындағы мемлекеттік бақылауды жүзеге асырған кезде құқық қорғау органдарымен Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде өзара іс-қимыл жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19491,237 +20338,237 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-1-бап. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="197"/>
+    <w:bookmarkStart w:name="z241" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының табиғи монополиялар туралы заңнамасына сәйкес тұтынушыларға реттеліп көрсетілетін қызметтерді ұсынатын дара кәсіпкер немесе заңды тұлға бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау субъектілері (бұдан әрі – бақылау субъектісі) болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z242" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уәкілетті орган бақылау субъектілеріне (объектілеріне) бармай профилактикалық бақылауды талдау және ақпараттық жүйелердің, ашық дереккөздердің, бұқаралық ақпарат құралдарының деректері, сондай-ақ бақылау субъектісінің (объектісінің) қызметі туралы басқа да мәліметтер негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z243" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бұзушылықтардың уақтылы жолын кесу және оларға жол бермеу, бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды дербес жою құқығын бақылау субъектісіне (объектісіне) беру және бақылау субъектісіне әкімшілік жүктемені азайту бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың мақсаттары болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z242" w:id="198"/>
-[...15 lines deleted...]
-      2. Уәкілетті орган бақылау субъектілеріне (объектілеріне) бармай профилактикалық бақылауды талдау және ақпараттық жүйелердің, ашық дереккөздердің, бұқаралық ақпарат құралдарының деректері, сондай-ақ бақылау субъектісінің (объектісінің) қызметі туралы басқа да мәліметтер негізінде жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z244" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бақылау субъектілеріне бұзушылықтарды дербес жою құқығын беру үшін бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының заңнамасына сәйкес салдарын жоюға болатын бұзушылықтар бойынша ғана жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z243" w:id="199"/>
-[...15 lines deleted...]
-      3. Бұзушылықтардың уақтылы жолын кесу және оларға жол бермеу, бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды дербес жою құқығын бақылау субъектісіне (объектісіне) беру және бақылау субъектісіне әкімшілік жүктемені азайту бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың мақсаттары болып табылады.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың қорытындылары бойынша әкімшілік құқық бұзушылық туралы іс қозғалмай, бақылау субъектісіне анықталған бұзушылықтарды жою тәртібі міндетті түрде түсіндіріле отырып, оларды жою туралы ұсыным жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z244" w:id="200"/>
-[...15 lines deleted...]
-      4. Бақылау субъектілеріне бұзушылықтарды дербес жою құқығын беру үшін бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының заңнамасына сәйкес салдарын жоюға болатын бұзушылықтар бойынша ғана жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Анықталған бұзушылықтарды жою туралы ұсыным бақылау субъектісіне жеке өзіне қолын қойғызып немесе жөнелту және алу фактісін растайтын өзге тәсілмен табыс етілуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z245" w:id="201"/>
-[...15 lines deleted...]
-      5. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың қорытындылары бойынша әкімшілік құқық бұзушылық туралы іс қозғалмай, бақылау субъектісіне анықталған бұзушылықтарды жою тәртібі міндетті түрде түсіндіріле отырып, оларды жою туралы ұсыным жасалады.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Төменде санамаланған тәсілдердің бірімен жіберілген, анықталған бұзушылықтарды жою туралы ұсыным мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z246" w:id="202"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) қолма-қол – ұсынымда алғаны туралы белгі жасалған күннен бастап; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19732,415 +20579,415 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поштамен – хабарламасы бар тапсырысты хатпен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық тәсілмен – уәкілетті органның сұрау салуы кезінде бақылау субъектісінің хатта көрсетілген электрондық мекенжайына уәкілетті орган жөнелткен күннен бастап табыс етілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="204"/>
+    <w:bookmarkStart w:name="z248" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Анықталған бұзушылықтарды жою туралы ұсыным табыс етілген күнінен кейінгі күннен бастап отыз жұмыс күні ішінде орындалуға тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z249" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда анықталған бұзушылықтарды жою туралы ұсынымды жіберген уәкілетті органға ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z250" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Анықталған бұзушылықтарды жою туралы ұсынымдарды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу жолымен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тағайындауға алып келеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z249" w:id="205"/>
-[...15 lines deleted...]
-      9. Бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда анықталған бұзушылықтарды жою туралы ұсынымды жіберген уәкілетті органға ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z251" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бақылау субъектілеріне (объектілеріне) бармай профилактикалық бақылау тоқсанына бір реттен жиілетпей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z250" w:id="206"/>
-[...15 lines deleted...]
-      10. Анықталған бұзушылықтарды жою туралы ұсынымдарды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу жолымен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тағайындауға алып келеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-1-баппен толықтырылды – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31-бап. Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқама </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқаманы табиғи монополия субъектісі нұсқамада белгіленген, алған күнінен бастап кемінде күнтізбелік он күн болуға тиіс мерзімде орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z251" w:id="207"/>
-[...138 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="209"/>
+    <w:bookmarkStart w:name="z213" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Табиғи монополия субъектiсi Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқаманы орындамаған жағдайда, уәкiлеттi орган сотқа табиғи монополия субъектiсiн нұсқамада көрсетiлген әрекеттердi жасауға мәжбүрлеу туралы талап арызбен жүгінеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z227" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. ТАБИҒИ МОНОПОЛИЯЛАР САЛАЛАРЫНДАҒЫ ЖАУАПТЫЛЫҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32-бап. Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33-бап. Уақытша өтемдік тариф</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уақытша өтемдік тариф:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z227" w:id="210"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 6-тарау. ТАБИҒИ МОНОПОЛИЯЛАР САЛАЛАРЫНДАҒЫ ЖАУАПТЫЛЫҚ</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) табиғи монополия субъектісінің қызметін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополия субъектісі ұсынатын бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы есептерді жыл сайынғы талдау нәтижелері бойынша бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уақытша өтемдік тарифті бекітуге мыналар негіздер болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:p>
-[...126 lines deleted...]
-    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңға сәйкес бекітілген тарифтің асып кетуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20277,90 +21124,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       табиғи монополия субъектісіне байланысты емес себептер бойынша реттеліп көрсетілетін қызметтер көлемдерінің төмендеуімен байланысты шығындарды үнемдеу жағдайлары жатпайды. Бұл ретте бекітілген тарифтік сметаны орындамаудың жалпы сомасынан көлемдердің төмендеуіне мөлшерлес толық алынбаған кіріс сомасы алып тасталады, негізсіз кірістің қалған сомасына уәкілетті орган уақытша өтемдік тариф енгізеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өткізілген конкурстық (тендерлік) рәсімдердің нәтижелері бойынша пайда болған ақшаның үнемделу жағдайлары жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="213"/>
+    <w:bookmarkStart w:name="z216" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уақытша өтемдік тариф табиғи монополия субъектісі тұтынушыларға өзі негізсіз алған кірісті, оның ішінде соттың шешімі бойынша толық өтеген жағдайда қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z217" w:id="214"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z217" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уақытша өтемдік тариф шешім қабылданған күнге Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесі ескеріле отырып бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20509,205 +21356,205 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бап. Табиғи монополия субъектiсiне уәкiлеттi органның, сондай-ақ оның лауазымды адамдарының құқыққа сыйымсыз шешiмдерiмен, әрекеттерiмен (әрекетсiздiгiмен) келтiрiлген залалдарды өтеу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкiлеттi органның, сондай-ақ оның лауазымды адамдарының құқыққа сыйымсыз шешiмдерiмен, әрекеттерiмен (әрекетсiздiгiмен) табиғи монополия субъектiсiне залал келтiрілген жағдайда, ол бұл залалдардың Қазақстан Республикасының азаматтық заңнамасына сәйкес өтелуін талап етуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:bookmarkStart w:name="z222" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ӨТПЕЛІ ЖӘНЕ ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="216"/>
+    <w:bookmarkStart w:name="z218" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z219" w:id="217"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z219" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның 23-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолданысы 2020 жылғы 1 қаңтарға дейін тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы тармақ мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z220" w:id="218"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z220" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Табиғи монополия субъектісінің сатып алуы, сауда-саттықтардың нәтижелерін жеке интернет-ресурстарында орналастыруды жүзеге асыратын тауар биржалары, электрондық сауда алаңдары арқылы сатып алуды жүзеге асыру жағдайларын қоспағанда, қағаз жеткізгіште немесе сатып алу процесінің әрбір сатысы туралы ақпаратты өзінің интернет-ресурсында орналастыру арқылы, ал өзінің интернет-ресурсы болмаған жағдайда, уәкілетті органға оның интернет-ресурсында орналастыру үшін ұсына отырып электрондық нысанда жүзеге асырылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z221" w:id="219"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z221" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Табиғи монополиялар туралы" 1998 жылғы 9 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентiнiң Жаршысы, 1998 ж., № 16, 214-құжат; 1999 ж., № 19, 646-құжат; 2000 ж., № 3-4, 66-құжат; 2001 ж., № 23, 309-құжат; 2002 ж., № 23-24, 193-құжат; 2004 ж., № 14, 82-құжат; № 23, 138, 142-құжаттар; 2006 ж., № 2, 17-құжат; № 3, 22-құжат; № 4, 24-құжат; № 8, 45-құжат; № 13, 87-құжат; 2007 ж., № 3, 20-құжат; № 19, 148-құжат; 2008 ж., № 15-16, 64-құжат; № 24, 129-құжат; 2009 ж., № 11-12, 54-құжат; № 13-14, 62-құжат; № 18, 84-құжат; 2010 ж., № 5, 20, 23-құжаттар; 2011 ж., № 1, 2-құжат; № 11, 102-құжат; № 12, 111-құжат; № 13, 112-құжат; № 16, 129-құжат; 2012 ж., № 2, 9, 15-құжаттар; № 3, 21-құжат; № 4, 30-құжат; № 11, 80-құжат; № 12, 85-құжат; № 15, 97-құжат; 2013 ж., № 4, 21-құжат; № 10-11, 56-құжат; № 15, 79, 82-құжаттар; № 16, 83-құжат; 2014 ж., № 1, 4-құжат; № 4-5, 24-құжат; № 10, 52-құжат; № 11, 64-құжат; № 14, 87-құжат; № 16, 90-құжат; № 19-I, 19-II, 96-құжат; № 23, 143-құжат; 2015 ж., № 9, 46-құжат; № 19-І, 100-құжат; № 20-IV, 113-құжат; № 20-VII, 117-құжат; № 21-ІІ, 131-құжат; № 22-ІІ, 144-құжат; № 22-V, 156-құжат; № 22-VI, 159-құжат; 2016 ж., № 6, 45-құжат; № 8-I, 60-құжат; № 24, 124-құжат; 2017 ж., № 4, 7-құжат; № 9, 17, 22-құжаттар; № 14, 54-құжат; № 20, 96-құжат; 2018 ж., № 10, 32-құжат; № 19, 62-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -20865,55 +21712,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>