--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b1b8ae3" w14:textId="b1b8ae3">
+    <w:p w14:paraId="a055d9d" w14:textId="a055d9d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -429,710 +429,1052 @@
         <w:t>
       4) мемлекетаралық стандарт – стандарттау жөніндегі өңірлік ұйым – Тәуелсіз Мемлекеттер Достастығының Стандарттау, метрология және сертификаттау жөніндегі мемлекетаралық кеңесі қабылдаған өңірлік стандарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z43" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) негізге алынатын ұлттық стандарт – ұлттық стандарттау жүйесінің жалпы ұйымдастырушылық-әдістемелік ережелерін белгілейтін және қолданылу саласы кең немесе белгілі бір стандарттау саласы үшін жалпы ережелерді қамтитын стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z44" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) нормативтік техникалық құжаттардың бірыңғай мемлекеттік қоры – Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген тәртіппен қалыптастырылатын нормативтік техникалық құжаттарды, стандарттау жөніндегі құжаттарды (әскери ұлттық стандарттарды және ұйымдардың стандарттарын қоспағанда), сондай-ақ бұлар туралы мәліметтерді қамтитын, мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді қоспағанда, жалпыға қолжетімді мемлекеттік ақпараттық ресурс;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z45" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өзара байланысты стандарттар – техникалық регламенттерде белгіленген талаптардың орындалуын қамтамасыз ететін ұлттық стандарттар және (немесе) мемлекетаралық стандарттар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z45" w:id="8"/>
-[...15 lines deleted...]
-      7) өзара байланысты стандарттар – техникалық регламенттерде белгіленген талаптардың орындалуын қамтамасыз ететін ұлттық стандарттар және (немесе) мемлекетаралық стандарттар;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өнім – қызметтің материалдық-заттай нысанда ұсынылған және шаруашылық және өзге де мақсаттарда одан әрі пайдалануға арналған нәтижесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z46" w:id="9"/>
-[...15 lines deleted...]
-      8) өнім – қызметтің материалдық-заттай нысанда ұсынылған және шаруашылық және өзге де мақсаттарда одан әрі пайдалануға арналған нәтижесі;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өнiмнiң өмiрлiк циклi – өнiмдi жобалау, өндiру, пайдалану немесе тұтыну, сақтау, тасымалдау, өткiзу, жою және кәдеге жарату процестерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z47" w:id="10"/>
-[...15 lines deleted...]
-      9) өнiмнiң өмiрлiк циклi – өнiмдi жобалау, өндiру, пайдалану немесе тұтыну, сақтау, тасымалдау, өткiзу, жою және кәдеге жарату процестерi;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) өңiрлiк стандарт – стандарттау жөніндегі өңiрлiк ұйым қабылдаған стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z48" w:id="11"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="12"/>
+    <w:bookmarkStart w:name="z49" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) процесс – өнiмнiң өмiрлiк циклі кезеңдерін қоса алғанда, қандай да бiр тапсырылған нәтижеге жету жөнiндегi өзара байланысты және ретімен орындалатын iс-қимылдар (жұмыстар) жиынтығы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z50" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ресми басылым – нормативтік техникалық құжаттардың бірыңғай мемлекеттік қоры басып шығаратын, ұлттық стандарттау белгісі салынған стандарттау жөніндегі құжаттың (әскери ұлттық стандарттарды және ұйымдардың стандарттарын қоспағанда) баспа не электрондық мәтіні;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z50" w:id="13"/>
-[...15 lines deleted...]
-      12) ресми басылым – нормативтік техникалық құжаттардың бірыңғай мемлекеттік қоры басып шығаратын, ұлттық стандарттау белгісі салынған стандарттау жөніндегі құжаттың (әскери ұлттық стандарттарды және ұйымдардың стандарттарын қоспағанда) баспа не электрондық мәтіні;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) стандарттардың ақпараттық көрсеткіші – стандарттау жөніндегі қабылданған құжаттар, оларға өзгерістер туралы ақпаратты, сондай-ақ оларды қолданысқа енгізу мерзімдерін және қосымша ақпаратты қамтитын мерзімділікпен басып шығарылатын көрсеткіш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z51" w:id="14"/>
-[...15 lines deleted...]
-      13) стандарттардың ақпараттық көрсеткіші – стандарттау жөніндегі қабылданған құжаттар, оларға өзгерістер туралы ақпаратты, сондай-ақ оларды қолданысқа енгізу мерзімдерін және қосымша ақпаратты қамтитын мерзімділікпен басып шығарылатын көрсеткіш;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) стандарттау – нақты қойылып отырған және әлеуетті міндеттерге қатысты жалпыға бірдей, көп рет пайдалану үшін ережелер белгілеу арқылы стандарттау объектілерінің қауіпсіздігі мен сапасын қамтамасыз етуге және стандарттау объектілеріне қойылатын талаптарды ретке келтірудің оңтайлы дәрежесіне қол жеткізуге бағытталған қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z52" w:id="15"/>
-[...15 lines deleted...]
-      14) стандарттау – нақты қойылып отырған және әлеуетті міндеттерге қатысты жалпыға бірдей, көп рет пайдалану үшін ережелер белгілеу арқылы стандарттау объектілерінің қауіпсіздігі мен сапасын қамтамасыз етуге және стандарттау объектілеріне қойылатын талаптарды ретке келтірудің оңтайлы дәрежесіне қол жеткізуге бағытталған қызмет;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) стандарттау жөнiндегi құжат – стандарттау саласындағы қызметтiң алуан түрiне немесе оның нәтижелерiне қатысты нормаларды, қағидаларды, сипаттамаларды, қағидаттарды белгiлейтiн құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z53" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="17"/>
+    <w:bookmarkStart w:name="z54" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) стандарттау жөніндегі құжаттарды жаңартып отыру – стандарттау жөніндегі құжаттарды оларға белгіленген тәртіппен қабылданған өзгерістерді, олардың қолданылу мерзімдері, қайта қарау туралы, шектеу немесе күшін жою туралы ақпаратты енгізу жолымен жаңартып отыратын күйде ұстау процесі; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) стандарттау жөніндегі құжаттардың каталогы – ұлттық, мемлекетаралық стандарттар және ұлттық техникалық-экономикалық ақпарат сыныптауыштары туралы ақпаратты қамтитын ақпараттық ресурс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) стандарттау жөніндегі өңiрлiк ұйым – қызметiне қатысуға бiр географиялық немесе экономикалық өңір үшін ашық стандарттау жөнiндегi ұйым;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z55" w:id="18"/>
-[...15 lines deleted...]
-      17) стандарттау жөніндегі құжаттардың каталогы – ұлттық, мемлекетаралық стандарттар және ұлттық техникалық-экономикалық ақпарат сыныптауыштары туралы ақпаратты қамтитын ақпараттық ресурс;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) стандарттау жөніндегі техникалық комитет – стандарттау саласындағы қызметті жүзеге асыру және бекітіп берілген стандарттау объектілері немесе қызмет бағыттары бойынша ұлттық стандарттау жүйесін құруға қатысу үшін экономика салаларында ерікті негізде құрылатын консультативтік-кеңесші орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z56" w:id="19"/>
-[...15 lines deleted...]
-      18) стандарттау жөніндегі өңiрлiк ұйым – қызметiне қатысуға бiр географиялық немесе экономикалық өңір үшін ашық стандарттау жөнiндегi ұйым;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) стандарттау жөніндегі техникалық комитеттің базалық ұйымы – базасында стандарттау жөніндегі техникалық комитет құрылған және жұмыс істейтін ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z57" w:id="20"/>
-[...15 lines deleted...]
-      19) стандарттау жөніндегі техникалық комитет – стандарттау саласындағы қызметті жүзеге асыру және бекітіп берілген стандарттау объектілері немесе қызмет бағыттары бойынша ұлттық стандарттау жүйесін құруға қатысу үшін экономика салаларында ерікті негізде құрылатын консультативтік-кеңесші орган;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) стандарттау жөніндегі техникалық сарапшы – стандарттау саласындағы қызметке қатысатын, стандарттау объектісіне қатысты арнаулы білімі бар және осы Заңда белгіленген сипаттамаларға сай келетін жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z58" w:id="21"/>
-[...15 lines deleted...]
-      20) стандарттау жөніндегі техникалық комитеттің базалық ұйымы – базасында стандарттау жөніндегі техникалық комитет құрылған және жұмыс істейтін ұйым;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) стандарттау жөніндегі ұсынымдар – стандарттау және (немесе) өлшем бірлігін қамтамасыз ету мен сәйкестікті растау жөніндегі жұмыстарды жүргізуге қатысты ұйымдастырушылық және әдістемелік сипаттағы ақпаратты қамтитын стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z59" w:id="22"/>
-[...15 lines deleted...]
-      21) стандарттау жөніндегі техникалық сарапшы – стандарттау саласындағы қызметке қатысатын, стандарттау объектісіне қатысты арнаулы білімі бар және осы Заңда белгіленген сипаттамаларға сай келетін жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) стандарттау жөніндегі халықаралық ұйым – мүше болуға кез келген ел үшін ашық стандарттау жөніндегі ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z60" w:id="23"/>
-[...15 lines deleted...]
-      22) стандарттау жөніндегі ұсынымдар – стандарттау және (немесе) өлшем бірлігін қамтамасыз ету мен сәйкестікті растау жөніндегі жұмыстарды жүргізуге қатысты ұйымдастырушылық және әдістемелік сипаттағы ақпаратты қамтитын стандарттау жөніндегі құжат;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) стандарттау жөніндегі шетелдік ұйым – стандарттау саласындағы қызметті жүзеге асыратын, шет мемлекеттің ұлттық деңгейінде танылған стандарттау жөніндегі ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z61" w:id="24"/>
-[...15 lines deleted...]
-      23) стандарттау жөніндегі халықаралық ұйым – мүше болуға кез келген ел үшін ашық стандарттау жөніндегі ұйым;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) стандарттау саласындағы қызмет – стандарттау жөніндегі құжаттарды жоспарлау, әзірлеу, бекіту, тіркеу, есепке алу, жариялау, тарату, қолдану, мониторингілеу және жаңартып отыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z62" w:id="25"/>
-[...15 lines deleted...]
-      24) стандарттау жөніндегі шетелдік ұйым – стандарттау саласындағы қызметті жүзеге асыратын, шет мемлекеттің ұлттық деңгейінде танылған стандарттау жөніндегі ұйым;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) стандарттау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – стандарттау саласында басшылық етуді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z63" w:id="26"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="28"/>
+    <w:bookmarkStart w:name="z65" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) тарату – осы Заңда айқындалатын тәртіппен жеке және заңды тұлғалардың тиісті сұрау салулары негізінде ресми басылымдарды және (немесе) олардың көшірмелерін беру не өткізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z66" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) техникалық-экономикалық ақпарат сыныптауыштары – техникалық-экономикалық ақпарат объектiлерi сыныптауыш топтарының кодтары мен атауларының жүйеленген жиынтықтарын білдіретін стандарттау жөніндегі құжаттар, бұларға ұлттық техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі халықаралық ұйымдардың техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі өңірлік ұйымдардың техникалық-экономикалық ақпарат сыныптауыштары және шет мемлекеттердің техникалық-экономикалық ақпарат сыныптауыштары жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z67" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) техникалық-экономикалық ақпарат сыныптауыштарының депозитарийі (бұдан әрі – депозитарий) – ведомствоаралық сипаты бар техникалық-экономикалық ақпарат сыныптауыштарының жиынтығын білдіретін, оларды қалыптастыруды, есепке алуды, сақтауды, жаңартып отыруды, депозитарийді пайдаланушылардың мүддесінде ақпараттық және нормативтік қамсыздандыруды қамтамасыз ететін мамандандырылған қор;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z66" w:id="29"/>
-[...15 lines deleted...]
-      28) техникалық-экономикалық ақпарат сыныптауыштары – техникалық-экономикалық ақпарат объектiлерi сыныптауыш топтарының кодтары мен атауларының жүйеленген жиынтықтарын білдіретін стандарттау жөніндегі құжаттар, бұларға ұлттық техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі халықаралық ұйымдардың техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі өңірлік ұйымдардың техникалық-экономикалық ақпарат сыныптауыштары және шет мемлекеттердің техникалық-экономикалық ақпарат сыныптауыштары жатады;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) ұйым стандарты – ұйым өз мақсаттарын іске асыру үшін дербес қабылдаған стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z67" w:id="30"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="32"/>
+    <w:bookmarkStart w:name="z69" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31) ұлттық стандарт – уәкілетті орган бекіткен, пайдаланушылардың қалың тобына қолжетімді стандарттау жөніндегі құжат; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z70" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) ұлттық стандарттау белгісі – ұлттық стандарттау жүйесінде әзірленетін және қолданылатын құжаттарды таңбалау үшін пайдаланылатын белгі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      33) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) ұлттық стандарттау жүйесі – стандарттау саласындағы қызметті жүзеге асыру процесінде субъектілердің және олардың қатынастарының, сондай-ақ жалпыға қолжетімді мемлекеттік ақпараттық ресурс объектілері болып табылатын стандарттау жөніндегі құжаттардың және нормативтік техникалық құжаттардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) ұлттық стандарттау жүйесінің тізілімі – ұлттық стандарттардың, ұлттық техникалық-экономикалық ақпарат сыныптауыштарының, стандарттау жөніндегі ұсынымдардың, стандарттау жөніндегі техникалық комитеттердің жүйелендірілген есебі жүргізілетін электрондық дерекқор;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z70" w:id="33"/>
-[...15 lines deleted...]
-      32) ұлттық стандарттау белгісі – ұлттық стандарттау жүйесінде әзірленетін және қолданылатын құжаттарды таңбалау үшін пайдаланылатын белгі;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) үйлестіру – ғылым мен техникадағы жаңа жетістіктер көрініс табатын және стандарттау объектілерінің сапасы мен бәсекеге қабілеттігі деңгейіне қойылатын қазіргі заманғы талаптарды айқындайтын халықаралық және өңірлік стандарттарды ұлттық мүддеге орай енгізу және пайдалану үшін жағдайлар жасау жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z71" w:id="34"/>
-[...15 lines deleted...]
-      33) ұлттық стандарттау жүйесі – стандарттау саласындағы қызметті жүзеге асыру процесінде субъектілердің және олардың қатынастарының, сондай-ақ жалпыға қолжетімді мемлекеттік ақпараттық ресурс объектілері болып табылатын стандарттау жөніндегі құжаттардың және нормативтік техникалық құжаттардың жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) халықаралық стандарт – стандарттау жөніндегі халықаралық ұйым қабылдаған, пайдаланушылардың қалың тобына қолжетімді стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z72" w:id="35"/>
-[...15 lines deleted...]
-      34) ұлттық стандарттау жүйесінің тізілімі – ұлттық стандарттардың, ұлттық техникалық-экономикалық ақпарат сыныптауыштарының, стандарттау жөніндегі ұсынымдардың, стандарттау жөніндегі техникалық комитеттердің жүйелендірілген есебі жүргізілетін электрондық дерекқор;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) шет мемлекет стандарты – шет мемлекеттің стандарттау жөніндегі ұлттық органы не шет мемлекеттің ұйымы қабылдаған стандарттау жөніндегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z73" w:id="36"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="39"/>
+    <w:bookmarkStart w:name="z76" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38) шет мемлекеттердің стандарттау субъектілері – стандарттау саласында өз елдерінің мүдделерін білдіруге уәкілеттік берілген мемлекеттік органдар, жеке не заңды тұлғалар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1168,187 +1510,187 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бап. Қазақстан Республикасының стандарттау саласындағы заңнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="40"/>
+    <w:bookmarkStart w:name="z77" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының стандарттау саласындағы заңнамасы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негiзделедi және осы Заң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерінен тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z78" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бап. Осы Заңның реттеу саласы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заң стандарттау саласындағы қызметпен байланысты қатынастарды реттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z80" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарттауға жататын немесе стандартталған өнімдер, процестер және көрсетілетін қызметтер стандарттау объектілері болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z78" w:id="41"/>
-[...15 lines deleted...]
-      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стандарттау саласындағы қызметті жүзеге асыратын мемлекеттік органдар, сондай-ақ жеке және заңды тұлғалар ұлттық стандарттау жүйесінің субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...75 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап. Стандарттау мақсаттары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1854,68 +2196,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="45"/>
+    <w:bookmarkStart w:name="z82" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. ҰЛТТЫҚ СТАНДАРТТАУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Ұлттық стандарттау жүйесінің құрылымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2975,184 +3317,184 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бап. Стандарттау жөніндегі ұлттық орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="46"/>
+    <w:bookmarkStart w:name="z83" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөніндегі ұлттық орган мемлекеттік заңды тұлға болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z84" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өз қызметін жүзеге асыру үшін стандарттау жөніндегі ұлттық органның:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стандарттау жөніндегі құжаттарды таратуға және қолдануға стандарттау жөніндегі халықаралық, өңірлік және шетелдік ұйымдармен келісімдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұлттық және мемлекетаралық стандарттарды әзірлеуде, стандарттау жөніндегі құжаттардың жобаларына сараптама жасауда тәжірибесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) салалар бойынша стандарттау жөніндегі құжаттарға талдау жүргізу мен оларды жүйелеуде тәжірибесі болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стандарттау жөніндегі ұлттық органның қызметі отандық өнімдердің, процестердің және көрсетілетін қызметтердің бәсекеге қабілеттігін дамыту мен олардың ішкі және сыртқы нарықтарға еркін қол жеткізуі, мемлекеттің ұлттық қауіпсіздігін және әлеуметтік-экономикалық дамуын қамтамасыз ету үшін жағдайлар жасау мақсатында ұлттық стандарттау жүйесі субъектілерінің келісілген өзара іс-қимыл тетігін жүзеге асыруға бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z86" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Стандарттау жөніндегі ұлттық орган өз құзыреті шегінде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z84" w:id="47"/>
-[...112 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) негізге алынатын ұлттық стандарттарды, техникалық регламенттерге стандарттардың тізбелеріне өзара байланысты стандарттар ретінде енгізілетін ұлттық және мемлекетаралық стандарттарды және стандарттау жөніндегі ұсынымдарды әзірлеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3518,90 +3860,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Стандарттау жөніндегі техникалық комитеттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="50"/>
+    <w:bookmarkStart w:name="z87" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөнiндегi техникалық комитеттер ұлттық стандарттау жүйесі субъектілерінің ерікті қатысуы қағидаты негізінде экономика салаларында құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z88" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z88" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стандарттау жөніндегі техникалық комитеттер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стандарттау жөніндегі құжаттарды әзірлеуге қатысады және оларды әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3684,538 +4026,758 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) стандарттау жөніндегі халықаралық және өңірлік ұйымдардың стандарттау жөніндегі техникалық комитеттерінің жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Қазақстан Республикасының стандарттау саласындағы заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="52"/>
+    <w:bookmarkStart w:name="z89" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Стандарттау жөніндегі техникалық комитеттің құрамына тиісті саланың (аяның) ұлттық стандарттау жүйесі мүдделі субъектілерінің өкілдері кіреді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z90" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тиісті саланың (аяның) ұлттық стандарттау жүйесінің мүдделі субъектілері стандарттау жөніндегі техникалық комитетті құруға өтініш берушілер болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z91" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Стандарттау жөніндегі техникалық комитеттің қызметін ақпараттық-талдамалық және ұйымдастырушылық қамтамасыз етуді оның базалық ұйымы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Стандарттау жөніндегі техникалық сарапшылар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стандарттау жөніндегі техникалық сарапшылар стандарттау саласындағы қызметке қатысады және ұйымның мүддесін білдіре алады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z90" w:id="53"/>
-[...15 lines deleted...]
-      4. Тиісті саланың (аяның) ұлттық стандарттау жүйесінің мүдделі субъектілері стандарттау жөніндегі техникалық комитетті құруға өтініш берушілер болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарттау жөніндегі техникалық сарапшылардың құзыретіне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z91" w:id="54"/>
-[...15 lines deleted...]
-      5. Стандарттау жөніндегі техникалық комитеттің қызметін ақпараттық-талдамалық және ұйымдастырушылық қамтамасыз етуді оның базалық ұйымы жүзеге асырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стандарттау саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық реттеу саласындағы және стандарттау саласындағы нормативтік құқықтық актілерді, стандарттау жөніндегі құжаттарды әзірлеуге және оларға сараптама жасауға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) стандарттау жөніндегі техникалық комитеттердің жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) стандарттау саласындағы ғылыми зерттеулерге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ұлттық стандарттау жоспарын қалыптастыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген өзге де функцияларды орындау жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұйымдар стандарттау жөніндегі техникалық сарапшыларды мынадай сипаттамалардың бірі негізінде айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіптік техникалық білімінің және стандарттау объектісіне қатысты білімінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стандарттау саласында жұмыс тәжірибесінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-бап. Стандарттау жөніндегі техникалық сарапшылар</w:t>
-[...18 lines deleted...]
-      1. Стандарттау жөніндегі техникалық сарапшылар стандарттау саласындағы қызметке қатысады және ұйымның мүддесін білдіре алады.</w:t>
+        <w:t>14-бап. Нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қоры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қоры Қазақстан Республикасының стандарттау саласындағы заңнамасына сәйкес жұмыс істейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z93" w:id="56"/>
-[...15 lines deleted...]
-      2. Стандарттау жөніндегі техникалық сарапшылардың құзыретіне:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік органдар, олардың ведомстволық бағынысты ұйымдары өздері бекіткен нормативтік техникалық құжаттың бір данасын, сондай-ақ әрбір нормативтік техникалық құжатты қабылдау, өзгерістер енгізу туралы, күшін жою туралы мәліметтерді бірыңғай ақпараттық жүйені қалыптастыру үшін стандарттау жөніндегі ұлттық органға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қорын қалыптастыру, жүргізу және қолдап отыру:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) стандарттау саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
-[...108 lines deleted...]
-      3. Ұйымдар стандарттау жөніндегі техникалық сарапшыларды мынадай сипаттамалардың бірі негізінде айқындайды:</w:t>
+      1) нормативтік техникалық құжаттарды жиынтықтауды және сақтауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стандарттау жөніндегі құжаттарды (әскери ұлттық стандарттарды және ұйымдардың стандарттарын қоспағанда) жиынтықтауды, сақтауды және жаңартып отыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қорындағы нормативтік техникалық құжаттардың көшірмелерін, сондай-ақ олар туралы мәліметтерді ұсынуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қорының ақпараттық жүйелерін, стандарттау жөніндегі құжаттарды каталогтау жүйесін қолдап отыруды және кеңейтуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Стандарттау жөніндегі құжаттардың (әскери ұлттық стандарттарды және ұйымдардың стандарттарын қоспағанда) ресми басылымдарын тарату нормативтік техникалық құжаттардың бірыңғай мемлекеттiк қоры арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...203 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әскери ұлттық стандарттарды, Қазақстан Республикасының аумағында ұлттық стандарттар ретінде қабылданған мемлекетаралық стандарттарды және халықаралық, өңірлік стандарттар мен шет мемлекеттердің стандарттары негізінде қабылданған ұлттық стандарттарды қоспағанда, ұлттық стандарттардың ресми басылымдары өтеусіз негізде таратылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="62"/>
+    <w:bookmarkStart w:name="z99" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Стандарттау жөніндегі құжаттарды және олардың көшірмелерін тарату авторлық құқықтар сақталған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Жеке және заңды тұлғалардың стандарттау саласындағы құқықтары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4413,105 +4975,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="63"/>
+    <w:bookmarkStart w:name="z158" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. СТАНДАРТТАУ ЖӨНІНДЕГІ ҚҰЖАТТАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Стандарттау жөніндегі құжаттардың түрлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="64"/>
+    <w:bookmarkStart w:name="z100" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөніндегі құжаттарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықаралық стандарттар, стандарттау жөніндегі халықаралық ұйымдардың техникалық-экономикалық ақпарат сыныптауыштары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4576,70 +5138,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шет мемлекеттердің стандарттары, техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі қағидалары, нормалары мен ұсынымдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұйымдардың стандарттары жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="65"/>
+    <w:bookmarkStart w:name="z101" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стандарттау объектілері Қазақстан Республикасының аумағында айналымға шығарылатын стандарттау жөніндегі құжаттар Қазақстан Республикасының заңнамасына қайшы келмеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4675,90 +5237,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Ұлттық стандарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="66"/>
+    <w:bookmarkStart w:name="z102" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық стандарттар осы Заңда көзделген стандарттау мақсаттары үшін әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z103" w:id="67"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z103" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ұлттық стандарттар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) негізге алынатын ұлттық стандарттарға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4769,763 +5331,763 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өнімдерге, процестерге және көрсетілетін қызметтерге, өнімдерді, процестерді және көрсетілетін қызметтерді бақылау әдістеріне арналған ұлттық стандарттарға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әскери ұлттық стандарттарға бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="68"/>
+    <w:bookmarkStart w:name="z104" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұлттық стандарттарда:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімдерді, көрсетілетін қызметтерді сыныптау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімнің бірдейлік, сәйкестік және өзара айырбасталу көрсеткіштері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) терминдер мен анықтамалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) функционалдық мақсатының көрсеткіштерін қоса алғанда, өнімдер мен көрсетілетін қызметтер сапасының деңгейін айқындайтын олардың тұтынушылық қасиеттері мен сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнімді өндіру, қайта өңдеу, қабылдау, буып-түю, таңбалау, тасымалдау, сақтау, өткізу, кәдеге жарату және жою қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өнімдердің және көрсетілетін қызметтердің сапасы мен қауіпсіздігін сынау әдістері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) барлық ресурс түрлерін сақтауға және ұтымды пайдалануға қойылатын талаптар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) менеджмент жүйелерін енгізуді қамтамасыз ететін өндірісті ұйымдастыруға қойылатын талаптар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) белгілі бір қызмет саласына арналған ұйымдастырушылық-әдістемелік сипаттағы ережелер, сондай-ақ жалпы техникалық нормалар мен қағидалар белгіленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бап. Ұлттық техникалық-экономикалық ақпарат сыныптауыштары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экономика салаларында пайдаланылатын және есепке алуды қажет ететін техникалық-экономикалық ақпарат техникалық-экономикалық ақпарат сыныптауыштарын бекіту арқылы сыныптауға және кодтауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z106" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеу бастамашылық тәртіппен не ұлттық стандарттау жоспарына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-1-бап. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұлттық техникалық-экономикалық ақпарат сыныптауышы тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы болып танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z163" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы техникалық-экономикалық ақпарат объектілері сыныптауыш топтарының кодтары мен атауларының жиынтығын жүйеге келтіру арқылы тауарларды, жұмыстарды және көрсетілетін қызметтерді сыныптаудағы біріздендірудің бірыңғай жүйесін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...158 lines deleted...]
-      9) белгілі бір қызмет саласына арналған ұйымдастырушылық-әдістемелік сипаттағы ережелер, сондай-ақ жалпы техникалық нормалар мен қағидалар белгіленуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы тауарлардың, жұмыстар мен көрсетілетін қызметтердің барлық түрлеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z165" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышын мемлекеттік органдар, өз қызметін Қазақстан Республикасының аумағында жүзеге асыратын және техникалық-экономикалық ақпаратты сыныптау мен кодтау жөніндегі жұмыстарға қатысатын және (немесе) оларды өз қызметінде пайдаланатын жеке және заңды тұлғалар пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-1-баппен толықтырылды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-бап. Ұлттық техникалық-экономикалық ақпарат сыныптауыштары</w:t>
-[...75 lines deleted...]
-      1. Ұлттық техникалық-экономикалық ақпарат сыныптауышы тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы болып танылады.</w:t>
+        <w:t>19-бап. Ұйымдардың стандарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұйымдардың стандарттары өнімдерге, процестерге немесе көрсетілетін қызметтерге арналып әзірленеді және ұлттық стандарттау жүйесі тізілімінде есепке алуға және тіркеуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z163" w:id="72"/>
-[...15 lines deleted...]
-      2. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы техникалық-экономикалық ақпарат объектілері сыныптауыш топтарының кодтары мен атауларының жиынтығын жүйеге келтіру арқылы тауарларды, жұмыстарды және көрсетілетін қызметтерді сыныптаудағы біріздендірудің бірыңғай жүйесін қамтамасыз етеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымдардың стандарттары техникалық шарттар, оның ішінде өнімге қойылатын техникалық талаптарды қамтитын түрінде қабылдануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұйымдардың стандарттарын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z164" w:id="73"/>
-[...15 lines deleted...]
-      3. Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышы тауарлардың, жұмыстар мен көрсетілетін қызметтердің барлық түрлеріне қолданылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салалық қауымдастық (үкіметтік емес);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) консорциум;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзін-өзі реттейтін ұйым қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұйымдардың стандарттары тиісті стандарттың төлнұсқасын ұстаушы ұйымның рұқсатымен ғана пайдалануға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұйымдардың стандарттарын әзірлеу, қабылдау, тіркеу, есепке алу, өзгерту, қайта қарау, күшін жою, басып шығару, тарату, қолдану тәртібін ұйым айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z165" w:id="74"/>
-[...286 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="78"/>
+    <w:bookmarkStart w:name="z110" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ұйымдардың стандарттарын әзірлеуді республикалық немесе жергілікті бюджеттердің қаражаты есебінен қаржыландыруға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Стандарттау жөніндегі ұсынымдар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Стандарттау жөніндегі ұсынымдар қолданылуы ерікті, стандарттау, сондай-ақ өлшем бірлігін қамтамасыз ету және сәйкестікті растау жөніндегі жұмыстарды жүргізуге қатысты, тиісті ұлттық стандартты қолдануға ықпал ететін ұйымдастырушылық-әдістемелік ережелерді немесе ұлттық стандартта белгілегенге дейін практикада алдын ала тексеру орынды болатын ережелерді қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="79"/>
+    <w:bookmarkStart w:name="z111" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. СТАНДАРТТАУ ЖӨНІНДЕГІ ҚҰЖАТТАРДЫ ӘЗІРЛЕУ ТӘРТІБІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Стандарттау жөніндегі жұмыстарды жоспарлау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="80"/>
+    <w:bookmarkStart w:name="z112" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөніндегі жұмыстарды жоспарлау ұлттық стандарттау жүйесінің стратегиялық мақсаттары мен даму бағыттары есепке алына отырып, жыл сайын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандарттау жөніндегі жұмыстарды жоспарлау Қазақстан Республикасының әлеуметтік-экономикалық дамуының негізгі бағыттарына сай келуге, ғылыми зерттеулердің нәтижелері мен Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарды ескеруге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5536,70 +6098,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандарттау жөніндегі жұмыстарды жоспарлау ұлттық стандарттау жоспары нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұлттық стандарттау жоспарының қолданылуы кезеңінде ұлттық стандарттау жүйесі субъектілерінің ұсыныстары бойынша оған өзгерістер және (немесе) толықтырулар енгізуге жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="81"/>
+    <w:bookmarkStart w:name="z113" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлттық стандарттау жоспары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдардың, Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының, жеке кәсіпкерлік субъектілерінің аккредиттелген бірлестіктерінің және басқа да мүдделі тараптардың ұсыныстары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5646,70 +6208,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стандарттау саласындағы мониторинг нәтижелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының әлеуметтік-экономикалық дамуының негізгі бағыттарына сай келетін өзге де көздер негізінде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="82"/>
+    <w:bookmarkStart w:name="z114" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың күші халықаралық, өңірлік стандарттарды (мемлекетаралық стандарттарды қоспағанда), әскери ұлттық стандарттарды, ұйымдардың стандарттарын, сондай-ақ шет мемлекеттердің стандарттарын жоспарлауға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5799,90 +6361,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Ұлттық стандарттарды әзірлеу және бекіту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="83"/>
+    <w:bookmarkStart w:name="z116" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық стандарттарды әзірлеу ұлттық стандарттау жоспарына сәйкес және (немесе) бастамашылық тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z117" w:id="84"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z117" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлттық стандарттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғылыми зерттеулер (сынақтар) мен өлшемдер нәтижелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5911,203 +6473,203 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) өнімдердің, процестердің және көрсетілетін қызметтердің жаңа түрлерін қолдануда жиналған практикалық тәжірибе ескеріле отырып әзірленеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ғылыми зерттеулер мен өлшемдер негізінде әзірленетін ұлттық стандарттарды әзірлеу кезеңі үш жылдан аспауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="85"/>
+    <w:bookmarkStart w:name="z118" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұлттық стандарттарды әзірлеуді ұлттық стандарттау жүйесінің мүдделі субъектілері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бюджет қаражаты есебінен қаржыландырылатын негізге алынатын ұлттық стандарттарды, техникалық регламенттерге стандарттардың тізбелеріне өзара байланысты стандарттар ретінде енгізілетін ұлттық және мемлекетаралық стандарттарды әзірлеуді стандарттау жөніндегі ұлттық орган жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="86"/>
+    <w:bookmarkStart w:name="z119" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ұлттық стандарттарды әзірлеудің басталғаны және аяқталғаны туралы хабарламалар, сондай-ақ ұлттық стандарттардың жобалары стандарттау жөніндегі ұлттық органның интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық стандарттардың жобаларын стандарттау жөніндегі ұлттық органның интернет-ресурсында жария талқылау күнтізбелік алпыс күн ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="87"/>
+    <w:bookmarkStart w:name="z120" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ұлттық стандартты бекіту алдында әзірлеуші оның жобасын стандарттау жөніндегі ұлттық органға сараптамаға жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандарттау объектілерінің қауіпсіздігі мәселелерін қозғайтын ұлттық стандарттарды қоспағанда, уәкілетті орган айқындаған тәртіппен ұлттық стандарттарды бекітудің міндетті шарты консенсусқа қол жеткізу болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Стандарттау объектілерінің қауіпсіздігі мәселелерін қозғайтын ұлттық стандарттарды бекіту туралы шешімді мүдделі мемлекеттік органмен келісу бойынша уәкілетті орган қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="88"/>
+    <w:bookmarkStart w:name="z121" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Жария талқылау кезеңінде ұлттық стандарттардың жобалары стандарттау жөніндегі бейіндік техникалық комитетте, ал ол болмаған жағдайда стандарттау жөніндегі ұлттық органда міндетті техникалық талқылаудан өтеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z122" w:id="89"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z122" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6182,221 +6744,221 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелері әскери ұлттық стандарттарды әзірлеу кезінде қолданылмайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Ұлттық стандарттарға өзгерістер енгізу және олардың күшін жою</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұлттық стандарттарға өзгерістер жекелеген талаптарды ауыстыру, толықтыру немесе алып тастау, олардың қолданылуын ұзарту, шектеу немесе қалпына келтіру, жаңа талаптарды енгізу және халықаралық стандарттармен үйлестіру кезінде енгізіледі, бұлар қолданыстағы ұлттық стандарт бойынша дайындалатын өніммен жаңа өнімнің өзара айырбасталу және сәйкестік талаптарының бұзылуына алып келмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z124" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық стандарттарға өзгерістер енгізу рәсімдерін уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z125" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық стандарттардың күшін жою үшін мыналар негіздер болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы заңнамасының талаптарына қайшы келу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолданыстағы ұлттық стандарттың орнына жаңасын қолданысқа енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының аумағында мемлекетаралық стандарттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұлттық стандартты қолданудың өзекті болмай қалуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұлттық стандарттың күші жойылған кезде ұлттық стандарттың күшін жоюға бастама жасаған тұлғалар уәкілетті органға ұсыныс жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:p>
-[...168 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="94"/>
+    <w:bookmarkStart w:name="z127" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6451,563 +7013,563 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелері әскери ұлттық стандарттарға өзгерістер енгізген және олардың күшін жойған кезде қолданылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеу және бекіту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеудің басталғаны және аяқталғаны туралы хабарламалар, сондай-ақ ұлттық техникалық-экономикалық ақпарат сыныптауыштарының жобалары стандарттау жөніндегі ұлттық органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық техникалық-экономикалық ақпарат сыныптауыштарының жобаларын стандарттау жөніндегі ұлттық органның интернет-ресурсында жария талқылау күнтізбелік алпыс күн ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышына өзгерістер мен толықтырулардың жобаларын жария талқылау стандарттау жөніндегі ұлттық органның интернет-ресурсында бес жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық техникалық-экономикалық ақпарат сыныптауышын бекіту алдында әзірлеуші оның жобасын стандарттау жөніндегі ұлттық органға сараптамаға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z130" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық техникалық-экономикалық ақпарат сыныптауыштары бекітіліп, ұлттық стандарттау жүйесінің тізілімінде тіркелгеннен кейін уәкілетті орган сақтау үшін депозитарийге береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Ұлттық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық стандарттар, ұлттық техникалық-экономикалық ақпарат сыныптауыштары, стандарттау жөніндегі ұсынымдар міндетті тіркеуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. СТАНДАРТТАУ ЖӨНІНДЕГІ ҚҰЖАТТАРДЫ ҚОЛДАНУ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>24-бап. Ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеу және бекіту</w:t>
-[...18 lines deleted...]
-      1. Ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеудің басталғаны және аяқталғаны туралы хабарламалар, сондай-ақ ұлттық техникалық-экономикалық ақпарат сыныптауыштарының жобалары стандарттау жөніндегі ұлттық органның интернет-ресурсында орналастырылады.</w:t>
+        <w:t>26-бап. Стандарттау жөніндегі құжаттарды қолдану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұлттық, мемлекетаралық стандарттар және ұлттық техникалық-экономикалық ақпарат сыныптауыштары, егер Қазақстан Республикасының заңнамасында бұл жөніндегі нұсқаулар болса, қолданылуы міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұлттық техникалық-экономикалық ақпарат сыныптауыштарының жобаларын стандарттау жөніндегі ұлттық органның интернет-ресурсында жария талқылау күнтізбелік алпыс күн ішінде жүзеге асырылады.</w:t>
-[...36 lines deleted...]
-      2. Ұлттық техникалық-экономикалық ақпарат сыныптауышын бекіту алдында әзірлеуші оның жобасын стандарттау жөніндегі ұлттық органға сараптамаға жібереді.</w:t>
+      Техникалық регламенттердің талаптарын орындау және техникалық регламенттердің талаптарына сәйкестігін бағалау үшін таңдау бойынша ерікті негізде өзара байланысты стандарттар қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзара байланысты стандарттарды қолданбау техникалық регламенттердің талаптарын сақтамау ретінде қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техникалық регламенттерге стандарттардың тізбелеріне енгізілген өзара байланысты стандарттар қолданылмаған жағдайда, сәйкестікті бағалау тәуекелдерді талдау негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымдардың стандарттарына сілтемелер нормативтік құқықтық актілерде қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер Қазақстан Республикасының стандарттау саласындағы заңнамасында өзгеше белгіленбесе, стандарттау жөніндегі құжаттар стандарттау объектілерінің шығарылған еліне және жеріне қарамастан, ерікті негізде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z130" w:id="97"/>
-[...15 lines deleted...]
-      3. Ұлттық техникалық-экономикалық ақпарат сыныптауыштары бекітіліп, ұлттық стандарттау жүйесінің тізілімінде тіркелгеннен кейін уәкілетті орган сақтау үшін депозитарийге береді.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер ұлттық стандарттау жүйесінің субъектісі ерікті түрде стандарттау объектісінің стандарттау жөніндегі құжатқа сәйкестігі туралы мәлімдесе, оның ішінде стандарттау жөніндегі құжаттың белгілемесі таңбалауда, пайдалану немесе өзге де құжаттамада қолданылған жағдайда, сондай-ақ егер стандарттау объектісі ерікті түрде стандарттау жөніндегі құжаттың талаптарына сәйкестікке сертификатталса, стандарттау жөніндегі құжаттың талаптары ол үшін міндетті болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:p>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="102"/>
+    <w:bookmarkStart w:name="z135" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жеке және заңды тұлғалардың стандарттау жөніндегі құжаттарды қолдануы авторлық құқықтар сақтала отырып жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Халықаралық, өңiрлiк стандарттарды және шет мемлекеттердiң стандарттарын қолдану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="103"/>
+    <w:bookmarkStart w:name="z136" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Халықаралық, өңірлік стандарттар және шет мемлекеттердің стандарттары Қазақстан Республикасының аумағында оларды ұлттық және мемлекетаралық стандарттар ретінде қабылдау арқылы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұлттық стандарттау жүйесінің субъектілері ұйымның мақсаттарын іске асыру үшін осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының және осы баптың 2-тармағының талаптарын ескеріп, стандарттау жөніндегі ұлттық органға тиісті хабарлама жібере отырып, халықаралық, өңірлік стандарттарды және шет мемлекеттердің стандарттарын тікелей қолдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="104"/>
+    <w:bookmarkStart w:name="z137" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Халықаралық, өңiрлiк стандарттарды және шет мемлекеттердiң стандарттарын қолдану үшін қажетті шарттардың бірі мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының стандарттау, метрология және аккредиттеу жөнiндегi халықаралық және өңiрлiк ұйымдарға мүше болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7115,70 +7677,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Стандарттау саласындағы мониторинг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="105"/>
+    <w:bookmarkStart w:name="z138" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау саласындағы мониторингті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бекітіп берілген стандарттау объектілері бойынша стандарттау жөніндегі техникалық комитеттер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7189,70 +7751,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) стандарттау жөніндегі ұлттық орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құзыреті шегінде мемлекеттік органдар жыл сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="106"/>
+    <w:bookmarkStart w:name="z139" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стандарттау саласындағы мониторингке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұлттық стандарттардың (әскери ұлттық стандарттарды қоспағанда) ғылыми-техникалық деңгейін талдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7263,163 +7825,163 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) ұлттық стандарттардың (әскери ұлттық стандарттарды қоспағанда) қолданыстағы техникалық регламенттерге сәйкестігін талдау; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) экономиканың әртүрлі салаларында ұлттық стандарттармен (әскери ұлттық стандарттарды қоспағанда) қамтамасыз етілуді талдау кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="107"/>
+    <w:bookmarkStart w:name="z140" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ұсыныстар түрінде ресімделген мониторинг нәтижелері жартыжылдық қорытындылары бойынша стандарттау жөніндегі ұлттық органға жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандарттау жөніндегі ұлттық орган келіп түскен ұсыныстарды талдау нәтижелері бойынша ұлттық стандарттарды (әскери ұлттық стандарттарды қоспағанда) әзірлеуге, қолданыстағы ұлттық стандарттарды (әскери ұлттық стандарттарды қоспағанда) қайта қарауға, ұлттық стандарттардың (әскери ұлттық стандарттарды қоспағанда) күшін жоюға не оларға өзгерістер енгізуге бастамашылық жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="108"/>
+    <w:bookmarkStart w:name="z141" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. СТАНДАРТТАУ ЖӨНІНДЕГІ ҚҰЖАТТАРДЫ КАТАЛОГТАУ ЖҮЙЕСІ ЖӘНЕ АҚПАРАТТЫҚ ҚАМТАМАСЫЗ ЕТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Стандарттау жөніндегі құжаттарды каталогтау жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="109"/>
+    <w:bookmarkStart w:name="z142" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөніндегі құжаттарды каталогтау жүйесі ұлттық стандарттау жүйесінің мүдделі субъектілерін экономиканың салалары бойынша ұлттық, мемлекетаралық стандарттар, ұлттық техникалық-экономикалық ақпарат сыныптауыштары туралы мәліметтермен қамтамасыз ету мақсатында жұмыс істейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z143" w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z143" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Стандарттау жөніндегі құжаттарды каталогтау жүйесі мыналарды қамтиды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұлттық стандарттардың және ұлттық техникалық-экономикалық ақпарат сыныптауыштарының ақпараттық каталогтарын қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7651,90 +8213,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Стандарттау жөніндегі құжаттар туралы ақпаратты орналастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="111"/>
+    <w:bookmarkStart w:name="z144" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Стандарттау жөніндегі құжаттар (әскери ұлттық стандарттарды, ұйымдардың стандарттарын қоспағанда) туралы ақпаратты орналастыру оларды стандарттау жөніндегі ұлттық органның интернет-ресурсында және стандарттардың ай сайынғы және жыл сайынғы ақпараттық көрсеткіштерінде міндетті түрде жариялау арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z145" w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z145" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стандарттау жөніндегі құжат туралы ақпаратқа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7833,280 +8395,280 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жариялау стандарттау жөніндегі құжаттардың мәтіндерін стандарттау жөніндегі ұлттық органың интернет-ресурсында орналастыру жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бап. Ұлттық стандарттау белгісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="113"/>
+    <w:bookmarkStart w:name="z146" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық стандарттау белгісімен ұлттық (әскери ұлттық стандарттарды қоспағанда), мемлекетаралық стандарттардың және стандарттау жөніндегі ұсынымдардың баспа және электрондық басылымдары, сондай-ақ стандарттардың ақпараттық көрсеткіштері мен стандарттау жөніндегі құжаттардың каталогтары таңбаланады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z147" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық стандарттау белгісінің бейнесі, оған қойылатын техникалық талаптар және таңбалау тәртібі ұлттық стандартта белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z148" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. СТАНДАРТТАУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЖӘНЕ ӨҢІРЛІК ЫНТЫМАҚТАСТЫҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-бап. Стандарттау саласындағы халықаралық және өңірлік ынтымақтастық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стандарттау саласындағы халықаралық және өңірлік ынтымақтастық осы Заңға және Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z150" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Халықаралық ынтымақтастық ұлттық стандарттау жүйесі субъектілерінің стандарттау жөніндегі халықаралық ұйымдармен және шет мемлекеттердің стандарттау субъектілерімен ынтымақтастығын қамтиды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z147" w:id="114"/>
-[...15 lines deleted...]
-      2. Ұлттық стандарттау белгісінің бейнесі, оған қойылатын техникалық талаптар және таңбалау тәртібі ұлттық стандартта белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өңірлік ынтымақтастық ұлттық стандарттау жүйесі субъектілерінің стандарттау жөніндегі өңірлік ұйымдармен ынтымақтастығын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z148" w:id="115"/>
+    <w:bookmarkStart w:name="z152" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Стандарттау жөніндегі ұлттық орган ұлттық стандарттау жүйесі субъектілерінің халықаралық және өңірлік стандарттарды әзірлеуге қатысуын үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z153" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7-тарау. СТАНДАРТТАУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ЖӘНЕ ӨҢІРЛІК ЫНТЫМАҚТАСТЫҚ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
+        <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>34-бап. Стандарттау саласындағы халықаралық және өңірлік ынтымақтастық</w:t>
-[...38 lines deleted...]
-      2. Халықаралық ынтымақтастық ұлттық стандарттау жүйесі субъектілерінің стандарттау жөніндегі халықаралық ұйымдармен және шет мемлекеттердің стандарттау субъектілерімен ынтымақтастығын қамтиды.</w:t>
+        <w:t>35-бап. Стандарттау саласындағы қызметті қаржыландыру көздері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стандарттау саласындағы қызметті қаржыландыру Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z151" w:id="118"/>
-[...15 lines deleted...]
-      3. Өңірлік ынтымақтастық ұлттық стандарттау жүйесі субъектілерінің стандарттау жөніндегі өңірлік ұйымдармен ынтымақтастығын қамтиды.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарттау саласындағы қызметті қаржыландыру:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z152" w:id="119"/>
-[...93 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бюджет қаражаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8521,55 +9083,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>