--- v0 (2025-12-30)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1fc9cc7" w14:textId="1fc9cc7">
+    <w:p w14:paraId="5b59d9a" w14:textId="5b59d9a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -325,50 +325,138 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "электрондық үкіметтің", "бірыңғай ақпараттық жүйесі", "ақпараттық жүйе", "бірыңғай ақпараттық жүйесінің", "бірыңғай ақпараттық жүйесінде" деген сөздер тиісінше "цифрлық үкіметтің", "бірыңғай цифрлық жүйесі", "цифрлық жүйе", "бірыңғай цифрлық жүйесінің", "бірыңғай цифрлық жүйесінде" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z99" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-БӨЛІМ. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z100" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3470,50 +3558,156 @@
       Адвокаттық қызметті және заң консультанттарының қызметін автоматтандыруға арналған ақпараттық жүйе заң көмегінің бірыңғай ақпараттық жүйесі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң көмегінің бірыңғай ақпараттық жүйесі жұмыс істеген кезде құпиялылықты сақтау қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-баптың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң көмегінің бірыңғай ақпараттық жүйесінің ақпараттандыру объектілері "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен Республикалық адвокаттар алқасына және Республикалық заң консультанттары алқасына сенімгерлік басқаруға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6714,51 +6908,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
@@ -15416,304 +15610,190 @@
         <w:t xml:space="preserve">
       3. Адвокаттық кеңсені адвокаттар алқасының мүшесi (мүшелерi) құрады (жасайды). Адвокат тек бiр ғана адвокаттық кеңсенiң әріптесі бола алады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
     <w:bookmarkStart w:name="z294" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Адвокаттық кеңсенің әріптестері оның міндеттемелері бойынша жауап бермейді, ал адвокаттық кеңсе өз әріптестерінің міндеттемелері бойынша жауап бермейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:p>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z296" w:id="231"/>
+    <w:bookmarkStart w:name="z295" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адвокаттық кеңсе клиенттермен және үшінші тұлғалармен есеп айырысу бойынша және адвокаттық кеңсенің құрылтай құжаттарында көзделген басқа да мәселелер бойынша адвокаттардың өкілдері болып әрекет ете алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z296" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адвокаттық кеңсе құрған (жасаған) адвокаттар өздерінің арасында қарапайым жазбаша нысанда әріптестік шарт жасасады. Әріптестік шарт бойынша адвокаттар барлық әріптестердің атынан заң көмегін көрсету үшін өз күш-жігерін біріктіруге міндеттенеді. Әріптестік шарт адвокаттық кеңсені мемлекеттік тіркеу үшін ұсынылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z297" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z297" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер әріптестік шартта өзгеше белгіленбесе, адвокаттық кеңсенің жалпы істерін жүргізуді басқарушы әріптес жүзеге асырады. Заң көмегін көрсету туралы шартты адвокаттық кеңсе өз атынан, соған кіретін барлық әріптестердің тапсырмасы бойынша, солардың есебінен және мүдделерінде жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z298" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z298" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Бiр адвокат құрған (жасаған) адвокаттық кеңсе өз қызметін жарғы негізінде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z299" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z299" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Адвокаттық кеңсенiң адвокаты адвокаттық кеңсе мемлекеттiк тiркелгеннен және (немесе) оған қабылданғаннан кейін күнтізбелік он күн ішінде бұл туралы тиiстi адвокаттар алқасын жазбаша хабардар етуге және адвокаттық кеңсенiң әріптестік құжаттарын оның иелігіне ұсынуға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z300" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z300" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Адвокаттық кеңселердің әріптестері салым ретінде енгізген мүлік адвокаттық кеңсеге меншік құқығында тиесілі болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z301" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z301" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Адвокаттық кеңсе әріптестерінің құрамын өзгерту: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әріптестің шығуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15724,462 +15804,502 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жаңа әріптесті қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әріптестің адвокаттық қызметті осы Заңда көзделген негіздер бойынша тоқтатуы салдарынан жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z302" w:id="237"/>
+    <w:bookmarkStart w:name="z302" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Адвокаттық кеңсенің әріптестері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер адвокаттық кеңсенің жарғысында өзгеше көзделмесе, адвокаттық кеңседен шыққан не адвокаттық қызметті тоқтатқан кезде өздері адвокаттық кеңсенің меншігіне берген мүлік құны шегінде адвокаттық кеңсе мүлкінің бір бөлігін немесе осы мүліктің құнын алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) адвокаттық кеңсе таратылған жағдайда, оның кредиторлармен есеп айырысқаннан кейін қалған мүлкінің бір бөлігін өздері адвокаттық кеңсенің меншігіне берген мүлік құны шегінде алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="238"/>
+    <w:bookmarkStart w:name="z303" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Адвокаттық кеңселерді құруға мемлекеттiк органдардың арнайы рұқсаты талап етiлмейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 63-бапқа өзгеріс енгізілді – ҚР 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>64-бап. Адвокаттық қызметті жеке-дара жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="239"/>
+    <w:bookmarkStart w:name="z304" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Кәсіптік қызметті жеке-дара жүзеге асыруға шешім қабылдаған адвокат бұл туралы адвокаттар алқасын хабардар етеді. Хабарламада адвокаттың тегі, аты, әкесінің аты (ол бар болған жағдайда), оның тұрақты тұрған жері көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z305" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z305" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Кәсіптік қызметті заңды тұлға құрмастан, жеке-дара жүзеге асыратын адвокат банктерде есеп айырысу шоттары мен өзге де шоттарға, жеке мөрге, мөртабандарға, жеке бланкілерге ие болуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65-бап. Республикалық адвокаттар алқасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="241"/>
+    <w:bookmarkStart w:name="z306" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық адвокаттар алқасы адвокаттар алқаларының міндетті мүшелігіне негізделген, коммерциялық емес, тәуелсіз, кәсіптік, өзін-өзі басқаратын, өзін-өзі қаржыландыратын ұйым болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z307" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z307" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық адвокаттар алқасы адвокаттық өзін-өзі басқару ұйымы ретінде Қазақстан Республикасындағы және оның шегінен тыс жердегі мемлекеттік және өзге де ұйымдарда адвокаттар алқалары мен адвокаттардың мүдделерін білдіру және қорғау, адвокаттар алқаларының қызметін үйлестіру, адвокаттар көрсететін заң көмегінің жоғары деңгейін қамтамасыз ету мақсатында құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z308" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z308" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республикалық адвокаттар алқасын Адвокаттар алқаларының республикалық конференциясы құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z309" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z309" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық адвокаттар алқасының жарғысын Адвокаттар алқаларының республикалық конференциясы қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z310" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z310" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республикалық адвокаттар алқасы Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік тіркелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z311" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z311" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республикалық адвокаттар алқасын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z312" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z312" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республикалық адвокаттар алқасы мен оның органдарының өз құзыреті шегінде қабылдаған шешімдері адвокаттар алқалары мен адвокаттар үшін міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z313" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z313" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республикалық адвокаттар алқасы адвокаттар тізілімін жаңартылған күйде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z314" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z314" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республикалық адвокаттар алқасы адвокаттардың әрекеттеріне (әрекетсіздігіне), адвокаттар алқаларының басқару органдарының шешімдеріне шағымдарды осы Заңға сәйкес қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z315" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z315" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жарғыда көзделген жағдайларда, Республикалық адвокаттар алқасында Адвокаттар алқаларының республикалық конференциясы қабылдайтын ережелер негiзiнде жұмыс iстейтiн әдеп жөніндегі комиссия мен басқа да органдар құрылуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16215,70 +16335,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>66-бап. Республикалық адвокаттар алқасының жарғысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="251"/>
+    <w:bookmarkStart w:name="z316" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық адвокаттар алқасының жарғысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Республикалық адвокаттар алқасының атауы, қызмет нысанасы мен мақсаттары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16343,70 +16463,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) адвокаттар алқалары жүзеге асыратын аударымдардың мөлшері мен тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Республикалық адвокаттар алқасын қайта ұйымдастыру және тарату тәртібі көзделуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="252"/>
+    <w:bookmarkStart w:name="z317" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық алқаның жарғысында Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де ережелер қамтылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16442,90 +16562,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>67-бап. Адвокаттар алқаларының республикалық конференциясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="253"/>
+    <w:bookmarkStart w:name="z318" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Адвокаттар алқаларының республикалық конференциясы Республикалық адвокаттар алқасының жоғары органы болып табылады, ол екі жылда кемінде бір рет шақырылады. Егер конференцияның жұмысына Республикалық адвокаттар алқасы мүшелерінің төрттен үшінен кем емес делегаттар қатысқан болса, ол құқықты болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z319" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z319" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Конференция Республикалық адвокаттар алқасы қызметінің кез келген мәселелерін шешуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конференцияның айрықша құзыретіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17032,70 +17152,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="255"/>
+    <w:bookmarkStart w:name="z446" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) кешенді әлеуметтік заң көмегін көрсетудің көлемі мен тәртібін бекіту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) адвокаттардың бұқаралық ақпарат құралдарындағы мінез-құлық қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17175,452 +17295,338 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z502" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Республикалық адвокаттар алқасының ортақ мұқтаждарына адвокаттар алқалары жүзеге асыратын жарналардың мөлшері мен тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Республикалық адвокаттар алқасын ұстауға арналған шығыстар сметасын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Республикалық адвокаттар алқасы төралқасының есебін, оның ішінде Республикалық адвокаттар алқасын ұстауға арналған шығыстар сметасының атқарылуы туралы есебін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) ревизиялық комиссияның Республикалық адвокаттар алқасының қаржылық-шаруашылық қызметінің нәтижелері туралы есебін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) конференцияның регламентін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Республикалық адвокаттар алқасының жарғысында және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 67-бапқа өзгеріс енгізілді – ҚР 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...270 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>68-бап. Республикалық адвокаттар алқасының төралқасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="256"/>
+    <w:bookmarkStart w:name="z320" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық адвокаттар алқасының төралқасы Республикалық адвокаттар алқасының алқалы атқарушы органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z321" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z321" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Республикалық адвокаттар алқасының төралқасы жасырын дауыс беру арқылы төрт жылға сайланады және әрбір адвокаттар алқасынан адвокаттардың тең санынан тұрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сол бір адам Республикалық адвокаттар алқасының төралқасында бір мерзімнен артық бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="258"/>
+    <w:bookmarkStart w:name="z322" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төралқа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Республикалық адвокаттар алқасының жұмысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17831,70 +17837,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) адвокаттар алқаларын ақпараттық қамтамасыз етуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жыл сайын мониторинг нәтижелері бойынша алқалар адвокаттары көрсететін қызметтердің орташа құнын (көрсетілетін қызметтердің түрлері бойынша) айқындайды және осы ақпараттың Республикалық адвокаттар алқасының интернет-ресурсында орналастырылуын және бұқаралық ақпарат құралдарында жариялануын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z447" w:id="259"/>
+    <w:bookmarkStart w:name="z447" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Республикалық адвокаттар алқасының интернет-ресурсында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жаңартылған күйде адвокаттық қызметпен айналысатын адвокаттардың тізімін, сондай-ақ аумақтық адвокаттар алқалары адвокаттарының тізімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18391,90 +18397,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-12) қаржы мониторингі жөніндегі уәкілетті орган белгілеген нысан бойынша және мерзімдерде қаржы мониторингі жөніндегі уәкілетті органға жыл сайын осындай ақпарат бере отырып, қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін анықтау тұрғысынан адвокаттардың қызметіне талдауды және мониторингті өз құзыреті шегінде жүргізеді, Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын қолдану практикасын жинақтап қорытады және оны жетілдіру жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) Республикалық адвокаттар алқасының жарғысында көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="260"/>
+    <w:bookmarkStart w:name="z323" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ревизиялық комиссияның немесе адвокаттар алқалары жалпы санының кемінде үштен бірінің талап етуі бойынша Республикалық адвокаттар алқасының төралқасы екі ай ішінде кезектен тыс Республикалық конференцияны шақыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z324" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z324" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Төралқаның шешімдері оның отырысына қатысып отырған мүшелері жалпы санының жай көпшілік даусымен қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18530,108 +18536,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>69-бап. Республикалық адвокаттар алқасының төрағасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="262"/>
+    <w:bookmarkStart w:name="z325" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Кемінде бес жыл адвокаттық қызмет өтілі бар адвокат Республикалық адвокаттар алқасының төрағасы болып сайлана алады. Республикалық адвокаттар алқасының төрағасы жасырын дауыс беру арқылы төрт жыл мерзімге сайланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәл сол бір адам Республикалық адвокаттар алқасының төрағасы лауазымын бір мерзімнен артық атқара алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="263"/>
+    <w:bookmarkStart w:name="z326" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық адвокаттар алқасының төрағасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік және өзге де ұйымдарда, сондай-ақ жеке тұлғалармен қарым-қатынаста Республикалық адвокаттар алқасының атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18713,244 +18719,244 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Республикалық адвокаттар алқасы төралқасының шешімдері мен Адвокаттар алқаларының республикалық конференциясы шешімдерінің орындалуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>70-бап. Республикалық адвокаттар алқасының ревизиялық комиссиясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="264"/>
+    <w:bookmarkStart w:name="z327" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық адвокаттар алқасының ревизиялық комиссиясы Республикалық адвокаттар алқасының қаржылық-шаруашылық қызметін бақылауды жүзеге асыратын және Адвокаттар алқаларының республикалық конференциясына есеп беретін органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z328" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z328" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық адвокаттар алқасының ревизиялық комиссиясы адвокаттар алқаларының мүшелері қатарынан құрылуы мүмкін. Республикалық адвокаттар алқасы ревизиялық комиссиясының мүшелері Республикалық адвокаттар алқасында өзге сайланбалы лауазымды атқаруға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық адвокаттар алқасының ревизиялық комиссиясы бес адамнан аспайтын құрамда құрылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық адвокаттар алқасы ревизиялық комиссиясының мүшелері өз қызметін ерікті негіздерде, өтеусіз жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="266"/>
+    <w:bookmarkStart w:name="z329" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республикалық адвокаттар алқасының ревизиялық комиссиясын Адвокаттар алқаларының республикалық конференциясы төрт жылдан аспайтын мерзімге сайлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәл сол бір адам Республикалық адвокаттар алқасының ревизиялық комиссиясының құрамында бір мерзімнен артық бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="267"/>
+    <w:bookmarkStart w:name="z330" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық адвокаттар алқасы ревизиялық комиссиясының кез келген уақытта Республикалық адвокаттар алқасының қаржылық-шаруашылық қызметіне тексеру жүргізуге құқығы бар және осы мақсатта ол Республикалық адвокаттар алқасы органдарының бүкіл құжаттамасына қол жеткізу құқығына ие болады. Республикалық адвокаттар алқасы органдарының мүшелері Республикалық адвокаттар алқасы ревизиялық комиссиясының талап етуі бойынша ауызша немесе жазбаша нысанда қажетті түсініктер беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z331" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z331" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республикалық адвокаттар алқасының ревизиялық комиссиясы Республикалық адвокаттар алқасының қаржылық-шаруашылық қызметі туралы жылдық есепке міндетті түрде тексеру жүргізеді және оның нәтижелерін Республикалық адвокаттар алқасының интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z332" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z332" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республикалық адвокаттар алқасының ревизиялық комиссиясы Адвокаттар алқалары республикалық конференциясының кезекті жиналысына есеп ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z333" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z333" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республикалық адвокаттар алқасы ревизиялық комиссиясының жұмыс тәртібі, есеп ұсыну мерзімділігі Республикалық адвокаттар алқасының жарғысында және ішкі құжаттарында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18986,127 +18992,127 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>71-бап. Республикалық адвокаттар алқасының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="271"/>
+    <w:bookmarkStart w:name="z334" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық адвокаттар алқасының мүлкі адвокаттар алқалары жүзеге асыратын жарналар, гранттар және Қазақстан Республикасының заңнамасында белгіленген тәртіппен заңды және жеке тұлғалардан түсетін қайырымдылық көмек, қайырмалдықтар есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z335" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z335" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық адвокаттар алқасының жалпы мұқтаждарына арналған шығындарға оны материалдық қамтамасыз етуге, адвокаттарға сыйақы беруге арналған шығыстар және олардың Республикалық адвокаттар алқасының органдарында жұмыс істеуіне байланысты шығыстардың өтемақысы, Республикалық адвокаттар алқасы аппараты жұмыскерлерінің жалақысына жұмсалатын шығыстар және Қазақстан Республикасының заңнамасы мен Республикалық адвокаттар алқасының сметасында көзделген өзге шығыстар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бап. Адвокаттардың тәртіптік жауаптылығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="273"/>
+    <w:bookmarkStart w:name="z336" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Адвокатты тәртіптік жауаптылыққа тартуды адвокаттардың тәртіптік комиссиясы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокаттардың тәртіптік комиссиясы адвокаттар алқасы мүшелерінің жалпы жиналысы (конференциясы) сайлайтын және оған есеп беретін, адвокаттар алқасының тәуелсіз органы болып табылады. Адвокаттардың тәртіптік комиссиясы шешімдерінің міндетті сипаты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19171,166 +19177,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокаттардың тәртіптік комиссиясы туралы ережені және тәртіптік жауаптылыққа тарту рәсімін Республикалық адвокаттар алқасы белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокаттардың тәртіптік комиссиясының өкілеттік мерзімі төрт жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="274"/>
+    <w:bookmarkStart w:name="z337" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тәртіптік істі адвокаттардың тәртіптік комиссиясы бұзушылық анықталған күннен бастап екі айдан аспайтын мерзімде қарайды. Тәртіптік іс жүргізу адвокат еңбекке уақытша жарамсыз болған және ол іссапарда болған жағдайларда тоқтатыла тұруы мүмкін. Тоқтата тұру мерзімі тәртіптік істі қараудың жалпы мерзіміне қосылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z338" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z338" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тәртіптік істі қарау кезінде адвокаттардың тәртіптік комиссиясы өзінің отырыстарына шағымдар жолдаған тұлғаларды, сондай-ақ адвокаттар алқасының өздеріне қатысты шағымдар қаралатын мүшелерін шақыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әділет органдары тәртіптік іс жүргізуді қозғау туралы ұсыну енгізген жағдайда, оның міндетті түрде қаралуы әділет органы өкілінің қатысуымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарау уақыты мен орны туралы тиісті түрде хабардар етілген көрсетілген тұлғалардың келмеуі тәртіптік іс жүргізуді қарауға кедергі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z339" w:id="276"/>
+    <w:bookmarkStart w:name="z339" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Адвокаттың осы Заңның, Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, Адвокаттардың кәсіптік әдеп кодексінің, адвокаттар алқасы жарғысының талаптарын, Республикалық адвокаттар алқасы органдарының, адвокаттар алқаларының шешімдерін бұзғанын көрсететін жеткілікті негіздердің болуы тәртіптік іс жүргізуді қозғауға негіз болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z340" w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z340" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Адвокаттардың тәртіптік комиссиясы адвокатқа мынадай тәртіптік жазалау шараларын қолдануға құқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ескерту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19379,224 +19385,224 @@
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша және тәртіппен адвокаттар алқасынан шығару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="278"/>
+    <w:bookmarkStart w:name="z341" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адвокаттың тәртіптік теріс қылық жасағаны үшін тек бір тәртіптік жаза қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәртіптік жаза ол анықталған күннен бастап бір айдан аспайтын, бірақ ол жасалған күннен бастап алты айдан аспайтын мерзімде қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәртіптік істі қарау нәтижелері бойынша тәртіптік комиссия адвокаттар алқасының мүшесін анықталған бұзушылықтарды жоюға міндеттейтін және оларды жою мерзімдерін белгілейтін нұсқама шығара алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z342" w:id="279"/>
+    <w:bookmarkStart w:name="z342" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шешімдер адвокаттардың тәртіптік комиссиясы мүшелерінің көпшілік даусымен қабылданады және қабылданған күнінен бастап күшіне енеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер адвокаттардың тәртіптік комиссиясының отырысына оның мүшелерінің жартысынан көбі қатысқан болса, ол құқықты болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z343" w:id="280"/>
+    <w:bookmarkStart w:name="z343" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Адвокаттардың тәртіптік комиссиясы адвокаттар алқасының мүшесіне қатысты тәртіптік жазалау шараларын қолдану туралы шешім қабылдаған күннен бастап бес жұмыс күні ішінде адвокаттар алқасы осы шешімнің көшірмесін оның алынғанын тіркеуді қамтамасыз ететін байланыс құралдарын пайдалана отырып, адвокаттар алқасының мүшесіне, сондай-ақ шешім қабылданған шағымды жолдаған адамға жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z344" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z344" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Адвокаттардың тәртіптік комиссиясының шешіміне осы шешім жария етілген кезден бастап үш ай ішінде адвокатураның тәртіптік комиссиясында немесе сотта дау айтылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z345" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z345" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Адвокаттардың тәртіптік комиссиясы жұмысының нәтижелері адвокаттар алқасының интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19632,70 +19638,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бап. Адвокатураның тәртіптік комиссиясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="283"/>
+    <w:bookmarkStart w:name="z346" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Адвокаттар алқалары басқару органдарының мүшелерін, Республикалық адвокаттар алқасы басқару органдарының мүшелерін тәртіптік жауаптылыққа тартуды адвокатураның тәртіптік комиссиясы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокатураның тәртіптік комиссиясы адвокаттардың тәртіптік комиссиясының шешімдеріне шағымдарды да қарайды, тәртіптік практиканы қорытады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19760,110 +19766,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәл сол бір адам адвокатураның тәртіптік комиссиясында бір мерзімнен артық бола алмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокатураның тәртіптік комиссиясының өкілеттік мерзімі төрт жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="284"/>
+    <w:bookmarkStart w:name="z347" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Адвокаттар алқалары басқару органдарының мүшелерін, Республикалық адвокаттар алқасы басқару органдарының мүшелерін тәртіптік жауаптылыққа тарту осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген қағидалар бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z348" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z348" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Адвокатураның тәртіптік комиссиясы адвокаттар алқалары басқару органдарының мүшелеріне, Республикалық адвокаттар алқасы басқару органдарының мүшелеріне мынадай тәртіптік жазалау шараларын қолдануға құқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ескерту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19874,108 +19880,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сөгіс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қатаң сөгіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="286"/>
+    <w:bookmarkStart w:name="z349" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер істі қарау нәтижелері бойынша тәртіптік комиссия жауаптылыққа тартылып жатқан адамды адвокаттар алқасынан шығаруға негіздер бар екенін анықтаған жағдайда, ол тиісті адвокаттар алқасына адвокаттың алқадағы мүшелігін тоқтату туралы мәселені қарауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокаттар алқасының мүшені алқадан шығару туралы шешіміне адвокаттар алқасының төралқасы қаулысының көшірмесі адвокатқа табыс етілген күннен бастап бір ай мерзімде сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z350" w:id="287"/>
+    <w:bookmarkStart w:name="z350" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Адвокаттардың тәртіптік комиссиясының шешіміне, әрекеттеріне (әрекетсіздігіне) шағымды қарау нәтижелері бойынша адвокатураның тәртіптік комиссиясының:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағымды – қанағаттандырусыз, ал адвокаттардың тәртіптік комиссиясының шешімін өзгеріссіз қалдыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20058,70 +20064,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Адвокатураның тәртіптік комиссиясының шешімі ашық дауыс беру арқылы, отырысқа қатысып отырған комиссия мүшелерінің көпшілік даусымен қабылданады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокатураның тәртіптік комиссиясының шешіміне сотта дау айтылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="288"/>
+    <w:bookmarkStart w:name="z351" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адвокатураның тәртіптік комиссиясы жұмысының нәтижелері Республикалық адвокаттар алқасының интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20175,238 +20181,238 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74-бап. Адвокаттар алқасының әрекеттеріне (әрекетсіздігіне), оның басқару органдарының шешімдеріне шағым жасау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Адам өзінің құқықтары мен заңды мүдделерін адвокаттар алқасының әрекеттері (әрекетсіздігі) және (немесе) оның басқару органдарының шешімдері бұзған жағдайда, мұндай әрекеттерге (әрекетсіздікке) және (немесе) шешімдерге Республикалық адвокаттар алқасында немесе сотта дау айтуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="289"/>
+    <w:bookmarkStart w:name="z352" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-БӨЛІМ. ЗАҢ КОНСУЛЬТАНТТАРЫНЫҢ ЗАҢ КӨМЕГІН КӨРСЕТУІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z105" w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z105" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ЗАҢ КОНСУЛЬТАНТЫНЫҢ МӘРТЕБЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>75-бап. Заң консультанты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="291"/>
+    <w:bookmarkStart w:name="z353" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жоғары заң білімі бар, заң мамандығы бойынша кемінде екі жыл жұмыс өтілі бар, аттестаттаудан өткен, заң консультанттары палатасының мүшесі болып табылатын және заң көмегін көрсететін жеке тұлға заң консультанты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z354" w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z354" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанты заң көмегін дара кәсіпкерлік түрінде жеке практикамен айналыса отырып не дара кәсіпкер ретінде мемлекеттік тіркеусіз, сондай-ақ заңды тұлғамен еңбек шарты негізінде өзі дербес көрсете алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>76-бап. Заң консультантының құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="293"/>
+    <w:bookmarkStart w:name="z355" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультанты көмек сұрап өтініш жасаған тұлғаға ол мұқтаж болып отырған кез келген заң көмегін Қазақстан Республикасының заңнамасында айқындалған тәртіппен және шарттарда көрсетуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z356" w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z356" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанты өзіне өтініш жасаған тұлғамен өзінің атынан заң көмегін көрсету туралы жазбаша шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлғамен еңбек шарты негізінде жұмыс істейтін заң консультанты заң көмегін көрсеткен жағдайда, клиентке заң көмегін көрсету туралы жазбаша шартты заңды тұлға жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="295"/>
+    <w:bookmarkStart w:name="z357" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заң консультанты өкіл ретінде әрекет ете отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заң көмегін сұрап өтініш жасаған тұлғалардың құқықтары мен мүдделерін құзыретіне тиісті мәселелерді шешу кіретін соттарда, мемлекеттік, өзге де органдар мен ұйымдарда білдіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20543,70 +20549,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) кешенді әлеуметтік заң көмегін көрсетуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де әрекеттер жасауға құқықты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="296"/>
+    <w:bookmarkStart w:name="z358" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заң консультанты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының талаптарын, сондай-ақ заң консультанттары палатасының қағидалары мен стандарттарының талаптарын сақтауға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20635,243 +20641,243 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) кәсіптік қызметте заң көмегін көрсету қағидаттарын басшылыққа алуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) соттарда тұлғалардың мүдделерін білдіру түрінде заң көмегін көрсету үшін заң консультанттары палаталарының бірінің мүшесі болуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="297"/>
+    <w:bookmarkStart w:name="z436" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) клиентке заң көмегін көрсетуге кедергі келтіретін мән-жайлардың туындауы салдарынан өзінің заң көмегін көрсетуге қатыса алмайтыны туралы хабарлауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z437" w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z437" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заң көмегін көрсету кезінде клиенттен және үшінші тұлғалардан алынатын құжаттардың сақталуын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) клиентке заң консультанттары палатасына мүшелігі туралы ақпарат беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z438" w:id="299"/>
+    <w:bookmarkStart w:name="z438" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) клиенттің талап етуі бойынша заң консультантының кәсіптік жауапкершілігін сақтандыру шартының көшірмесін ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) клиенттің талап етуі бойынша, өзі мүшесі болып табылатын заң консультанттары палатасы мүшелерінің тізілімінен үзінді-көшірме ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z439" w:id="300"/>
+    <w:bookmarkStart w:name="z439" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) егер клиент бұған қарсы болмаса, клиентпен құпия ақпаратты жария етпеу туралы келісім жасасуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) клиенттің құқықтарын, бостандықтары мен заңды мүдделерін қамтамасыз етуге бағытталған нақты мән-жайларды анықтау бойынша заңда тыйым салынбаған кез келген әрекеттерді орындауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z440" w:id="301"/>
+    <w:bookmarkStart w:name="z440" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) заң көмегін көрсету кезінде пайдаланылған құжаттардың көшірмелерін заң көмегін көрсету аяқталған күнінен бастап үш жыл бойы қағаз немесе электрондық жеткізгіште не электрондық құжаттар нысанында клиенттің талап етуі бойынша сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өзінің біліктілігін ұдайы арттырып отыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z450" w:id="302"/>
+    <w:bookmarkStart w:name="z450" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) кәсіптік жауапкершілікті сақтандыруды жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z359" w:id="303"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z359" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Егер заң консультанты заңды тұлғамен еңбек қатынастарында тұрған жағдайда, осы баптың 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20946,91 +20952,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген міндеттер осы заңды тұлғаға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z360" w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z360" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Заң консультантының іс бойынша көмек сұрап өтініш жасаған адамның жағдайын нашарлататын құқықтық ұстанымда болуына, өз өкілеттіктерін өзі мүддесін білдіретін тұлғаға нұқсан келтіре отырып пайдалануына тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z361" w:id="305"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z361" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мүдделер қақтығысы болған жағдайда, заң консультантының заң көмегін көрсетуіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанты, егер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21058,128 +21064,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының процестік заңнамасында көзделген негіздер болса, заң көмегін көрсетуден бас тартуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>76-1-бап. Заң консультанты қызметінің кепілдіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z473" w:id="306"/>
+    <w:bookmarkStart w:name="z473" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының заңдарында тікелей көзделген жағдайлардан басқа, заң консультантының құқықтары шектелмеуге тиіс. Заң консультантының заңды қызметіне араласу не кедергі келтіру Қазақстан Республикасының заңдарында көзделген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z474" w:id="307"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z474" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік органдар, жергілікті өзін-өзі басқару органдары және заңды тұлғалар заң консультантының заң көмегін көрсетуіне байланысты сұрау салуына он жұмыс күні ішінде жазбаша жауап беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер ақпарат қол жеткізу шектелген ақпаратқа жатқызылған жағдайда, заң консультантына сұрау салынған мәліметтерді беруден бас тартылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z475" w:id="308"/>
+    <w:bookmarkStart w:name="z475" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заң консультантының қабылданған тапсырманы орындау кезінде сотта және басқа да мемлекеттік және мемлекеттік емес органдар мен ұйымдарда заң көмегін көрсетуге қажетті компьютерлерді, смартфондарды және өзге де техникалық құралдарды Қазақстан Республикасының процестік заңнамасында белгіленген тәртіппен пайдалануға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21215,146 +21221,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-бап. Заң консультантының қызметін сақтандыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="309"/>
+    <w:bookmarkStart w:name="z362" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультанты шартқа сәйкес заң көмегі көрсетілетін үшінші тұлғаларға зиян келтіру салдарынан туындайтын міндеттемелер бойынша кәсіптік жауапкершілікті сақтандыру шартын жасасуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанты кәсіптік жауапкершілікті сақтандыру шарты болмаған кезде заң көмегін көрсетуге кірісуге құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заң консультанты заңды тұлғамен еңбек қатынастарында тұрған жағдайда, заң консультантының кәсіптік жауапкершілігін сақтандыру шартын жасасу жөніндегі міндет осы заңды тұлғаға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="310"/>
+    <w:bookmarkStart w:name="z363" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сақтанушының (сақтандырылған тұлғаның) шартқа сәйкес заң көмегі көрсетілетін үшінші тұлғаларға қызметті жүзеге асыру нәтижесінде келтірілген зиянды Қазақстан Республикасының заңнамасында белгіленген тәртіппен өтеу міндетіне байланысты мүліктік мүдделері заң консультантының кәсіптік жауапкершілігін сақтандыру объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z364" w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z364" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шартқа сәйкес заң көмегі көрсетілетін үшінші тұлғалардың мүліктік мүдделеріне сақтандырылған тұлғаның заң көмегін көрсету кезінде жол берген кәсіптік қателіктері салдарынан келтірілген зиянды өтеу бойынша сақтанушының азаматтық-құқықтық жауапкершілігінің басталу фактісі заң консультантының кәсіптік жауапкершілігін сақтандыру шарты бойынша сақтандыру жағдайы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тараудың мақсаттары үшін кәсіптік қателіктер деп мыналар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21437,165 +21443,165 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сақтандырылған тұлғаның заң көмегін көрсету процесінде өзіне мәлім болған мәліметтерді құқыққа сыйымсыз жария етуі түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультантының кәсіптік жауапкершілігін сақтандыру шартында сақтандырылған тұлғаның осындай көмек көрсетуі нәтижесінде шартқа сәйкес заң көмегі көрсетілетін үшінші тұлғалардың мүліктік мүдделеріне зиян келтіруге алып келген өзге де әрекеттер (әрекетсіздік) айқындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z365" w:id="312"/>
+    <w:bookmarkStart w:name="z365" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер шартқа сәйкес заң көмегі көрсетілетін үшінші тұлғаларға келтірілген зиян сақтанушының (сақтандырылған тұлғаның) кәсіптік міндеттерді абайсыз бұзуының салдары болып табылса, сақтандыру жағдайы басталған болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z366" w:id="313"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z366" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заң консультантының кәсіптік жауапкершілігін сақтандыру шарты бойынша сақтандыру сомасының мөлшері оның талаптарымен айқындалады және республикалық маңызы бар қаланың, астананың аумағында қызметін жүзеге асыратын заң консультанттары үшін – заң консультантының кәсіптік жауапкершілігін сақтандыру шарты жасалған күнге тиісті қаржы жылына республикалық бюджет туралы заңда белгіленген айлық есептік көрсеткіштің кемінде бір мың еселенген, өзге заң конультанттары үшін – кемінде бес жүз еселенген мөлшерін құрауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультантының кәсіптік жауапкершілігін сақтандырудың тәртібі мен өзге де талаптары заң консультантының кәсіптік жауапкершілігін сақтандырудың үлгілік шарты негізінде тараптардың келісімімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-1-бап. Заң консультантының көмекшілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z477" w:id="314"/>
+    <w:bookmarkStart w:name="z477" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультанттарының көмекшілері болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z478" w:id="315"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z478" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультантының көмекшілері еңбек шарты негізінде жұмыс істей алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанттарының көмекшілері заң консультантының нұсқауы бойынша және жауапкершілігімен оның тапсырмаларын орындауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -21649,170 +21655,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-2-бап. Заң консультантының құпиясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="316"/>
+    <w:bookmarkStart w:name="z480" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультантына жүгіну фактісі, көмек сұрап өтініш жасаған тұлғамен және басқа да адамдармен ауызша және жазбаша келіссөздердің мазмұны туралы, көмек сұрап өтініш жасаған тұлғаның мүддесінде қабылданатын әрекеттердің сипаты мен нәтижелері туралы мәліметтер заң консультантының құпиясын құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z481" w:id="317"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z481" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттары, олардың көмекшілері, заң консультанттары палаталарының және олардың органдарының лауазымды адамдары, сондай-ақ заң консультантының мәртебесінен айырылған адам заң көмегін көрсетуге байланысты және (немесе) өзінің кәсіптік қызметін жүзеге асыру нәтижесінде алынған қандай да бір мәліметтерді жария етуге, сондай-ақ өз мүддесінде немесе үшінші тұлғалардың мүддесінде пайдалануға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z482" w:id="318"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z482" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының заңнамасында көзделген жағдайларды қоспағанда, заң консультантының құпиясына жататын мәліметтерді көмек сұрап өтініш жасаған тұлғаның келісуінсіз жария еткені үшін осы баптың 2-тармағында аталған адамдар Қазақстан Республикасының заңдарына сәйкес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z483" w:id="319"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z483" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына сәйкес қаржы мониторингі жөніндегі уәкілетті органға мәліметтер мен ақпарат ұсыну заң консультантының құпиясын жария ету болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z484" w:id="320"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z484" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кәсіптік құпияны сақтау міндеті уақытпен шектелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z485" w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z485" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Заң консультанттары, олардың көмекшілері, заң консультанттары палаталарының және олардың органдарының лауазымды адамдары, сондай-ақ заң консультанты мәртебесінен айырылған адам кәсіптік құпияны сақтау, оның ішінде оны санкцияланбаған қол жеткізуден қорғау үшін қажетті шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21845,125 +21851,125 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="322"/>
+    <w:bookmarkStart w:name="z106" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ЗАҢ КОНСУЛЬТАНТТАРЫНЫҢ ҚЫЗМЕТІН ҰЙЫМДАСТЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>78-бап. Заң консультанттары палатасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="323"/>
+    <w:bookmarkStart w:name="z367" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң көмегін көрсету жөніндегі қызметті реттеу және өз мүшелерінің Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, заң консультанттары палатасының қағидалары мен стандарттарының, Кәсіптік әдеп кодексінің талаптарын сақтауы бөлігінде олардың қызметін бақылау мақсатында құрылған, заң консультанттары палаталарының тізіліміне енгізілген, мүшелік шарттарында кемінде екі жүз заң консультантын біріктіретін, міндетті мүшелікке негізделген өзін-өзі реттейтін ұйым заң консультанттары палатасы болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z368" w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z368" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттары палатасының қызметі "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңымен, осы Заңмен, Қазақстан Республикасының заңнамасымен, сондай-ақ заң консультанттары палатасының жарғысымен, қағидаларымен және стандарттарымен реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21999,581 +22005,449 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>78-1 бап. Республикалық заң консультанттары алқасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z487" w:id="325"/>
+    <w:bookmarkStart w:name="z487" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық заң консультанттары алқасы – облыстардың, республикалық маңызы бар қалалардың және астананың кемінде үштен екісінің атынан өкілдік ететін заң консультанттары палаталарының ерікті мүшелігіне негізделген, қызметі мен өкілеттіктері осы Заңда, Қазақстан Республикасының өзге де заңнамасында, алқа жарғысында айқындалатын және өзінің мүшелері болып табылатын заң консультанттары палаталарына қатысты және олардың мүдделерінде жүзеге асырылатын коммерциялық емес ұйым.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық заң консультанттары алқасын облыстардың, республикалық маңызы бар қалалардың және астананың кемінде үштен екісінің атынан өкілдік ететін заң консультанттары палаталары өкілдерінің құрылтай съезі құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z488" w:id="326"/>
+    <w:bookmarkStart w:name="z488" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z489" w:id="327"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z489" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары басқару органы – заң консультанттары палаталары өкілдерінің съезі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z490" w:id="328"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z490" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) тұрақты негізде жұмыс істейтін атқарушы басқару органы – төраға басқаратын басқарма; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z491" w:id="329"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z491" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржылық-шаруашылық қызметті ішкі бақылау органы – ревизиялық комиссия (ревизор) Республикалық заң консультанттары алқасының басқару органдары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z492" w:id="330"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z492" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республикалық заң консультанттары алқасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z493" w:id="331"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z493" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заң консультанттары палаталарының қызметін үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z494" w:id="332"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z494" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік органдарда, мемлекеттік емес ұйымдарда, оның ішінде шетелдік және халықаралық ұйымдарда заң консультанттары палаталарының мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z495" w:id="333"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z495" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заң көмегі мәселелері бойынша нормативтік құқықтық актілерді әзірлеуге қатысады және әдістемелік материалдар әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z496" w:id="334"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z496" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына және халықаралық шарттарға қайшы келмейтін өзге де қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z497" w:id="335"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z497" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық заң консультанттары алқасының төрағасы жасырын дауыс беру арқылы төрт жыл мерзімге сайланады. Бұл ретте дәл сол бір адам алқа төрағасының лауазымын қатарынан екі мерзімнен артық атқара алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z498" w:id="336"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z498" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республикалық заң консультанттары алқасы төрағасының өкілеттіктері алқаның жарғысында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z499" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республикалық заң консультанттары алқасының съезі Республикалық заң консультанттары алқасының жалпы мұқтаждықтарына заң консультанттарының палаталары жүзеге асыратын ай сайынғы жарналардың мөлшері мен тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z500" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республикалық заң консультанттары алқасының басқармасы барлық түсімдер мен шығыстар туралы ақпаратты қамтитын, Республикалық заң консультанттары алқасының қаржылық-шаруашылық қызметі туралы жылдық есепті жасайды және оны Республикалық заң консультанттары алқасының интернет-ресурсында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z501" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республикалық заң консультанттары алқасының ревизиялық комиссиясы (ревизоры) Республикалық заң консультанттары алқасының қаржылық-шаруашылық қызметі туралы жылдық есепті тексеруді жүргізеді және оның нәтижелерін Республикалық заң консультанттары алқасының интернет-ресурсында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 78-1-баппен толықтырылды – ҚР 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...220 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>79-бап. Заң консультанттары палатасының жарғысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22727,126 +22601,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) палатаның бекітілген стандарттарына сәйкес өз мүшелерінің біліктілігін арттыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заң консультанттары палатасының мүшелерін ақпараттық және әдістемелік қамтамасыз етуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z503" w:id="339"/>
+    <w:bookmarkStart w:name="z503" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) Қазақстан Республикасының заңнамасына сәйкес мемлекет кепілдік берген заң көмегін көрсету жөніндегі жұмысты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік органдарда, мемлекеттік емес ұйымдарда, оның ішінде шетелдік және халықаралық ұйымдарда өз мүшелерінің мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заң консультанттары палатасы мүшелерінің Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, заң көмегін көрсету қағидалары мен стандарттарының, Кәсіптік әдеп кодексінің талаптарын сақтауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z506" w:id="340"/>
+    <w:bookmarkStart w:name="z506" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) заң консультанттарының Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл, қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын сақтауын қамтамасыз ету бойынша жұмысты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осы Заңның, Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, заң көмегін көрсету қағидалары мен стандарттарының, Кәсіптік әдеп кодексінің талаптарын бұзғаны үшін заң консультанттары палатасының мүшелерін жауаптылыққа тарту туралы мәселелерді қарайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23198,90 +23072,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">83-бап. Заң консультанттары палатасына мүшелікті алу және тоқтату шарттары мен тәртібі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z369" w:id="341"/>
+    <w:bookmarkStart w:name="z369" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>75-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келетін, сондай-ақ аттестаттаудан өткен жеке тұлға заң консультанттары палатасының мүшесі бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанттары палатасы палата мүшелеріне қойылатын қосымша талаптарды көздеуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23556,70 +23430,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) адвокаттық қызметпен айналысуға лицензиясы бар адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) теріс себептер бойынша шығарылғандарды қоспағанда, прокурор немесе тергеуші лауазымында кемінде он жыл жұмыс өтілі болған жағдайда, прокуратура және тергеу органдарынан шығарылған адамдар аттестаттаудан өтуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z370" w:id="342"/>
+    <w:bookmarkStart w:name="z370" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Үміткер заң консультанттары палатасына кіру үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkEnd w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары заң білімі туралы құжатты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23666,108 +23540,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аттестаттау нәтижелерін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанты бір мезгілде осы Заңның талаптарына сәйкес келетін бір ғана заң консультанттары палатасының мүшесі бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="343"/>
+    <w:bookmarkStart w:name="z371" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заң консультанттары палатасының алқалы басқару органы адамның осы бапта белгіленген талаптарға сәйкестігі туралы шешімді мұндай адамнан өтініш пен қажетті құжаттар келіп түскен күннен бастап бес жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзіне қатысты осы бапта белгіленген талаптарға сәйкестігі туралы шешім қабылданған адам заң консультанттары палатасына мүшелікке қабылданған болып есептеледі және осындай адам туралы мәліметтер мұндай адам заң консультантының кәсіптік жауапкершілігін сақтандыру шартын ұсынған күннен бастап үш жұмыс күні ішінде заң консультанттары палатасы мүшелерінің тізіліміне енгізіледі. Осындай адамға ол туралы мәліметтер заң консультанттары палатасы мүшелерінің тізіліміне енгізілген күннен бастап бес жұмыс күні ішінде заң консультанттары палатасына толық мүшелігін растайтын құжат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z372" w:id="344"/>
+    <w:bookmarkStart w:name="z372" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Адамды заң консультанттары палатасының мүшелігіне қабылдаудан бас тартуға мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkEnd w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) адамның осы баптың талаптарына сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23796,186 +23670,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанттары палатасының заң консультанттары палатасына мүшелікке қабылдаудан бас тарту туралы шешіміне уәкілетті органға шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дау реттелмеген кезде, уәкілетті органның шешіміне сотқа шағым жасалуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z373" w:id="345"/>
+    <w:bookmarkStart w:name="z373" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заң консультанттары палатасына мүшелікті заң консультанттары палатасының алқалы басқару органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkEnd w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заң консультанттары палатасына мүшеліктен шығу туралы заң консультантының өтініші негізінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жарғыда көзделген негіздер бойынша тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="346"/>
+    <w:bookmarkStart w:name="z374" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адамның заң консультанттары палатасына мүшелігі көрсетілген палатаға оған қатысты шағым түскен жағдайда, егер заң консультанттары палатасының мүшесіне қатысты тексеру жүргізілсе немесе тәртіптік ықпал ету шарасын қолдану туралы іс қаралып жатса – тексеру аяқталғанға дейін, ал бұзушылықтар анықталған жағдайда тәртіптік комиссия бұзушылық және тәртіптік жазалау шарасын қолдану туралы істі қарап біткенге дейін тоқтатылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z375" w:id="347"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z375" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Заң консультанттары палатасы мүшесінің қайтыс болғанын растайтын ақпарат заң консультанттары палатасына келіп түскен жағдайда, заң консультанттары палатасы мүшелерінің тізіліміне заң консультанттары палатасына мүшелікті тоқтату туралы жазба енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z376" w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z376" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өзіне қатысты заң консультанттары палатасына мүшелікті тоқтату туралы шешім қабылданған адам өз клиенттерін заң консультанттары палатасына өз мүшелігінің тоқтатылу фактісі туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z377" w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z377" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заң консультанттары палатасының алқалы басқару органы заң консультантының заң консультанттары палатасына мүшелігін тоқтату туралы шешім қабылдаған күннен кейінгі күннен кешіктірмей, заң консультанттары палатасы осындай шешімді заң консультанттары палатасының интернет-ресурсында орналастыруға, сондай-ақ осындай шешімнің көшірмесін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өзіне қатысты заң консультанттары палатасында мүшелікті тоқтату туралы шешім қабылданған адамға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24128,90 +24002,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заң консультанттары палатасында "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңында көзделген тәртіппен мамандандырылған органдар құрылуы мүмкін. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>85-бап. Заң консультанттары палатасы мүшелерінің жалпы жиналысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="350"/>
+    <w:bookmarkStart w:name="z378" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заң консультанттары палатасы мүшелерінің жалпы жиналысы заң консультанттары палатасының жоғары басқару органы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z379" w:id="351"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z379" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттары палатасы мүшелері жалпы жиналысының құзыреті және оның қызмет ету тәртібі "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңында, осы Заңда және Қазақстан Республикасының өзге де заңдарында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkEnd w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанттары палатасының жарғысында заң консультанттары палатасы мүшелері жалпы жиналысының өзге өкілеттіктері де көзделуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24238,130 +24112,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заң консультанттары палатасының алқалы басқару органы мен атқарушы басқару органының құзыреті, құрылу және қызмет ету тәртібі "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңында, осы Заңда, Қазақстан Республикасының өзге де заңдарында, және заң консультанттары палатасының жарғысында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>86-1-бап. Заң консультанты көрсететін мемлекет кепілдік берген заң көмегіне ақы төлеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z513" w:id="352"/>
+    <w:bookmarkStart w:name="z513" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультанты көрсететін мемлекет кепілдік берген заң көмегіне ақы төлеу бюджет қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z514" w:id="353"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z514" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанты көрсететін мемлекет кепілдік берген заң көмегіне ақы төлеу және құқықтық консультация беруге, қорғауға және өкілдік етуге, сондай-ақ татуластыру рәсімдерін жүргізуге байланысты шығыстарды өтеу мөлшерлерін Қазақстан Республикасының Үкіметі белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z515" w:id="354"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z515" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заң консультанты көрсететін заң көмегіне ақы төлеу және құқықтық консультация беруге, қорғауға және өкілдік етуге, сондай-ақ татуластыру рәсімдерін жүргізуге байланысты шығыстарды өтеу тәртібі уәкілетті орган бекітетін, мемлекет кепілдік берген заң көмегіне ақы төлеу қағидаларында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z516" w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z516" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының заңнамасында көзделген жағдайларда, заң консультанты көрсететін мемлекет кепілдік берген заң көмегіне, іссапар, көлік шығыстарына ақы төлеу және оның құқықтық консультация беруге, қорғауға және өкілдік етуге байланысты басқа да шығыстарын өтеу соттардың ұйғарымдары бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24397,90 +24271,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>87-бап. Заң консультанттары палатасының ревизиялық комиссиясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="356"/>
+    <w:bookmarkStart w:name="z380" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заң консультанттары палатасының ревизиялық комиссиясы заң консультанттары палатасының қаржылық-шаруашылық қызметін бақылауды жүзеге асыратын заң консультанттары палатасының органы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z381" w:id="357"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z381" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ревизиялық комиссия заң консультанттары палатасының мүшелері қатарынан құрылуы мүмкін. Заң консультанттары палатасының алқалы және атқарушы басқару органдарының мүшелері ревизиялық комиссияның құрамына кіре алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ревизиялық комиссияның құзыреті және қызмет ету тәртібі "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңында, Қазақстан Республикасының өзге де заңдарында және заң консультанттары палатасының жарғысында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24641,70 +24515,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>89-бап. Заң консультанттары палатасының ақпаратқа қол жеткізуді және оны құқыққа сыйымсыз пайдаланудан қорғауды қамтамасыз етуі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="358"/>
+    <w:bookmarkStart w:name="z382" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заң консультанттары палатасы мынадай: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз мүшелерінің құрамы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24877,167 +24751,167 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) қаржылық-шаруашылық қызмет туралы, әрбір өзіндік ерекшелік бойынша жеке-жеке барлық түсімдер мен шығыстар туралы ақпарат қамтылатын есеп жөнінде ақпаратты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осы Заңда, Қазақстан Республикасының заңнамасында және (немесе) заң консультанттары палатасының ішкі құжаттарында көзделген өзге де ақпаратты өзінің интернет-ресурсында орналастыру және Қазақстан Республикасының бүкіл аумағында таратылатын бұқаралық ақпарат құралдарында жариялау арқылы оларға қол жеткізуді қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="359"/>
+    <w:bookmarkStart w:name="z383" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Палата жұмыскерлердің құқыққа сыйымсыз пайдалануы заң консультанттары палатасының мүшелеріне моральдық зиян және (немесе) мүліктік нұқсан келтіруі немесе осындай зиян және (немесе) нұқсан келтіруге алғышарттар жасауы мүмкін ақпаратты алу, пайдалану, өңдеу, сақтау және қорғау тәсілдерін көздеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z384" w:id="360"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z384" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заң консультанттары палатасы өз жұмыскерлерінің қызметтік жағдайына орай өздеріне мәлім болған ақпаратты құқыққа сыйымсыз пайдалануына байланысты әрекеттері үшін өз мүшелерінің алдында жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z385" w:id="361"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z385" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Заң консультанттары палатасы ақпаратты ашып көрсету жөніндегі міндеттердің орындалмағаны және (немесе) тиісінше орындалмағаны үшін Қазақстан Республикасының заңдарына сәйкес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>90-бап. Заң консультанттары палаталарының тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z386" w:id="362"/>
+    <w:bookmarkStart w:name="z386" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уәкілетті орган заң консультанттары палаталарының тізілімін электрондық форматта жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z387" w:id="363"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z387" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттары палаталарының тізілімінде қамтылған мәліметтер ашық болып табылады және уәкілетті органның интернет-ресурсында жаңартылған күйде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25156,130 +25030,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заң консультанттары палаталарының тізілімінен шығару туралы заңды күшіне енген сот шешімі негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>92-бап. Заң консультанттары палатасы мүшелерінің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="364"/>
+    <w:bookmarkStart w:name="z388" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заң консультанттары палатасы заң консультанттары палатасы мүшелерінің тізілімін электрондық форматта жүргізеді және оны өзінің интернет-ресурсында жаңартылған күйде орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z389" w:id="365"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z389" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Заң консультанттары палатасы мүшелерінің тізілімі заң консультанттары палаталары тізілімінің осы Заңның талаптарына сәйкес келетін және заң консультанттары палатасына мүшелік, оны тоқтата тұру және тоқтату туралы мәліметтер қамтылатын құрамдасы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z390" w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z390" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Адам осы бапта көзделген өзі туралы мәліметтер заң консультанттары палатасы мүшелерінің тізіліміне енгізілген күннен бастап заң консультанттары палатасы мүшесінің барлық құқықтарына ие болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z391" w:id="367"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z391" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заң консультанттары палатасы мүшелерінің тізілімінде мынадай мәліметтер қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заң консультанттары палатасы мүшесінің тіркеу нөмірі, оны тізілімде тіркеу күні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25326,190 +25200,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) палата мүшесіне заң консультанттары палатасы жүргізген тексерулердің нәтижелері және оған тәртіптік және өзге де жазалар қолдану фактілері туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган, заң консультанттары палатасы көздеген өзге де мәліметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="368"/>
+    <w:bookmarkStart w:name="z392" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Заң консультанттары палатасына өз мүшелігін тоқтатқан адамдарға қатысты заң консультанттары палатасы мүшелерінің тізілімінде осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ақпаратпен қатар, заң консультанттары палатасына мүшелікті тоқтату күні және мұндай тоқтатудың негіздері туралы, интернет-ресурста орналастырылуға жататын ақпарат қамтылуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z393" w:id="369"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z393" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Тұрғылықты жері туралы мәліметтерді, жеке басты куәландыратын құжаттың деректерін және егер қолжетімділігі Қазақстан Республикасының заңдарында шектелсе, өзге де мәліметтерді қоспағанда, осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мәліметтер заң консультанттары палатасының интернет-ресурсында ашып көрсетілуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z394" w:id="370"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z394" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Заң консультанттары палатасы осы Заңда және "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңында белгіленген талаптарға сәйкес, өзі туралы мәліметтер палаталар тізіліміне енгізілген күннен бастап заң консультанттары палатасы мүшелерінің тізілімін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z395" w:id="371"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z395" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заң консультанттары палатасының мүшесі заң консультанттары палатасын заң консультанттары палатасы мүшелерінің тізілімінде қамтылған ақпараттың өзгеруіне алып келетін кез келген оқиғалар басталған күннен кейінгі күннен бастап үш жұмыс күні ішінде, осындай оқиғалардың басталғаны туралы жазбаша нысанда немесе электрондық құжат жіберу арқылы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z396" w:id="372"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z396" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тұрғылықты жері туралы мәліметтерді, жеке басты куәландыратын құжат деректерін және егер қолжетімділігі Қазақстан Республикасының заңдарында шектелсе, өзге де мәліметтерді қоспағанда, заң консультанттары палатасы мүшелерінің тізілімінде қамтылған ақпарат заң консультанттары палатасы айқындаған тәртіппен жеке және заңды тұлғалардың сұрау салуы бойынша ұсынылады. Мұндай ақпаратты ұсыну мерзімі тиісті сұрау салу келіп түскен күннен бастап бес жұмыс күнінен аса алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>93-бап. Заң консультанттары палатасының өз мүшелерінің қызметін бақылауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25624,243 +25498,243 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңда көзделген жағдайларда, заң консультанттары палатасының әрекеттеріне (әрекетсіздігіне), оның басқару органының шешімдеріне, дауды міндетті түрде сотқа дейінгі реттеу тәртібі сақтала отырып, сотта дау айтылуы мүмкін. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">96-бап. Заң консультанттары палаталарының жауапкершілігі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="373"/>
+    <w:bookmarkStart w:name="z397" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заң консультанттары палатасы Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, заң консультанттары палатасының қағидалары мен стандарттарының, Кәсіптік әдеп кодексінің талаптарын бұзғаны үшін осы Заңға және Қазақстан Республикасының өзге де заңдарына сәйкес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z398" w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z398" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттарының палаталары, заң консультанттары палаталарының мүшелері, клиенттер уәкілетті органға Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасын, заң консультанттары палатасының қағидалары мен стандарттарын, Кәсіптік әдеп кодексін бұзушылықтар туралы жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z399" w:id="375"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z399" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шағым түскен кезде, егер шағымды заң консультанттары палатасы бұрын қарамаған жағдайда, уәкілетті орган оны тиісті палатаға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z400" w:id="376"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z400" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Егер шағым палатаның қарау нысанасы болған жағдайда, уәкілетті орган жолданымды Қазақстан Республикасының заңдарында белгіленген тәртіппен қарайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шағымды қарау қорытындылары бойынша уәкілетті орган заң консультанттары палатасына нұсқама, ескерту түрінде ықпал ету шараларын қолдануға, сондай-ақ осы Заңға және Қазақстан Республикасының өзге де заңдарына сәйкес өзге шаралар қабылдауға құқылы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер заң консультанттары палатасы уәкілетті органның нұсқамасы, ескертуі бойынша шараларды қабылдамаған немесе уақтылы қабылдамаған жағдайда, уәкілетті орган заң консультанттары палатасына заң консультанттары палаталарының тізілімінен шығару түрінде ықпал ету шарасын қолдану туралы мәселеге бастама жасайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="377"/>
+    <w:bookmarkStart w:name="z401" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заң консультанттары палатасының әрекеттерінде (әрекетсіздігінде), оның басқару органдарының шешімдерінде бұзушылықтар болған жағдайда, заң консультанттары палатасына қатысты, сот тәртібімен, заң консультанттары палаталарының тізілімнен шығару түрінде ықпал ету шарасы қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkEnd w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">97-бап. Заң консультанттарының палаталарын мемлекеттік бақылау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="378"/>
+    <w:bookmarkStart w:name="z402" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уәкілетті орган заң консультанттары палаталарының Қазақстан Республикасының адвокаттық қызмет және заң көмегі туралы заңнамасының, заң консультанттары палатасының қағидалары мен стандарттарының, Кәсіптік әдеп кодексінің талаптарын орындауына заң көмегін көрсету саласындағы бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z403" w:id="379"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z403" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заң консультанттары палаталарының қызметіне заң көмегін көрсету саласындағы бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жоспардан тыс тексерулер және бақылау субъектісіне бару арқылы профилактикалық бақылау жүргізу жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25899,106 +25773,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="380"/>
+    <w:bookmarkStart w:name="z107" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>98-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z404" w:id="381"/>
+    <w:bookmarkStart w:name="z404" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z452" w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z452" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 2019 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 16-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26113,210 +25987,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-баптың 3-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оныншы абзацын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z453" w:id="383"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z453" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 2019 жылғы 1 қаңтардан бастап қолданысқа енгізілетін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019 жылғы 1 қаңтарға дейін мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z451" w:id="384"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z451" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "46-бап. Адвокаттың өкілеттіктерін куәландыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z405" w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z405" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Адвокаттың нақты істі жүргізуге өкілеттіктері заң консультациясы немесе адвокаттық кеңсе беретін, ал ол өз қызметін заңды тұлғаны тіркеместен, жеке-дара жүзеге асырған кезде – адвокаттар алқасының төралқасы беретін ордермен куәландырылады. Ордердің нысанын уәкілетті орган бекітеді. Ордерлер беруді бақылау мен есепке алуды адвокаттар алқасының төралқасы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z406" w:id="386"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z406" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Адвокат куәлiгiнің нысаны мен оны толтыру тәртібін Республикалық адвокаттар алқасы әзірлейді және бекiтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адвокат мәртебесі тоқтатыла тұрған немесе тоқтатылған адам тиісті шешім қабылданғаннан кейін өзінің куәлігін адвокаттар алқасына тапсыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="387"/>
+    <w:bookmarkStart w:name="z407" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өз қызметін Қазақстан Республикасы ратификациялаған тиісті халықаралық шарт негізінде жүзеге асыратын шетелдік адвокаттың өкілеттіктері жеке басын, адвокат мәртебесін және оның заң көмегін көрсетуге өкілеттіктерін куәландыратын құжаттармен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z408" w:id="388"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z408" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Адвокаттың Қазақстан Республикасының бүкіл аумағында, сондай-ақ егер бұл қабылданған тапсырманы орындауға қажет болса және тиiстi мемлекеттердiң заңнамасы мен Қазақстан Республикасы ратификациялаған халықаралық шарттарға қайшы келмесе, оның шегінен тыс жерлерде адвокаттық қызметпен айналысуға құқығы бар." деген редакцияда қолданылады деп белгіленіп, осы бапты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z454" w:id="389"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z454" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 2020 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 33-баптың 7-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26411,251 +26285,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-бапты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z455" w:id="390"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z455" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) 2020 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 83-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің бірінші сөйлемі 2020 жылғы 1 қаңтарға дейін мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z456" w:id="391"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z456" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Өзіне қатысты осы бапта белгіленген талаптарға сәйкестігі туралы шешім қабылданған адам заң консультанттары палатасына мүшелікке қабылданған болып есептеледі және осындай адам туралы мәліметтер үш жұмыс күні ішінде заң консультанттары палатасы мүшелерінің тізіліміне енгізіледі." деген редакцияда қолданылады деп белгіленіп, осы сөйлемді қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z409" w:id="392"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z409" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Заң қолданысқа енгізілгенге дейін заң көмегін көрсететін жеке және заңды тұлғалар осы Заң қолданысқа енгізілген күннен бастап бір жыл ішінде өз қызметін осы Заңның талаптарына сәйкес келтіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z410" w:id="393"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z410" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Заң қолданысқа енгізілгенге дейін өз қызметін жүзеге асырып келген адвокаттар алқасы, Республикалық адвокаттар алқасы осы Заң қолданысқа енгізілген күннен бастап алты ай ішінде өз қызметін адвокаттар алқаларының, Республикалық адвокаттар алқасының төрағаларын сайлау, олардың басқару органдарын қалыптастыру тәртібін қоса алғанда, осы Заңның талаптарына сәйкес келтіруге тиіс және әділет органдарында қайта тіркелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z411" w:id="394"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z411" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мыналардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z457" w:id="395"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z457" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Адвокаттық қызмет туралы" 1997 жылғы 5 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 1997 ж., № 22, 328-құжат; 2001 ж., № 15-16, 236-құжат; 2003 ж., № 11, 65-құжат; 2004 ж., № 23, 142-құжат; 2007 ж., № 2, 18-құжат; № 9, 67-құжат; № 10, 69-құжат; 2009 ж., № 8, 44-құжат; № 19, 88-құжат; № 24, 130-құжат; 2010 ж., № 5, 23-құжат; 2011 ж., № 23, 179-құжат; 2012 ж., № 4, 32-құжат; № 6, 44-құжат; № 10, 77-құжат; 2013 ж., № 14, 72, 74-құжаттар; № 15, 76-құжат; 2014 ж., № 10, 52-құжат; № 11, 61-құжат; № 16, 90-құжат; № 19-І, 19-ІІ, 96-құжат; 2015 ж., № 16, 79-құжат; № 20-VІІ, 115-құжат; № 23-ІІ, 170-құжат; 2016 ж., № 7-ІІ, 55-құжат);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z458" w:id="396"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z458" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Мемлекет кепілдік берген заң көмегі туралы" 2013 жылғы 3 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 2013 ж., № 14, 73-құжат; 2014 ж., № 19-I, 19-II, 96-құжат; 2015 ж., № 10, 50-құжат; № 20-IV, 113-құжат; № 22-І, 141-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="399"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>