--- v0 (2025-10-01)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="49640b3" w14:textId="49640b3">
+    <w:p w14:paraId="a62a13b" w14:textId="a62a13b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -261,50 +261,138 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттандыру объектілері" деген сөздер "цифрлық объектілер" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң коллекторлық қызметті жүзеге асыруға байланысты қоғамдық қатынастарды реттейді, коллекторлық агенттіктерді құрудың, олардың қызметінің ерекшеліктерін белгілейді, сондай-ақ коллекторлық агенттіктерді мемлекеттік реттеудің, олардың қызметін бақылаудың ерекшелiктерiн айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -493,51 +581,166 @@
         <w:t>
       7) коллекторлық қызмет саласындағы уәкілетті орган (бұдан әрі - уәкілетті орган) - қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кредитор – берешек бойынша борышкерге талап ету құқығы бар екінші деңгейдегі банк, Қазақстан Республикасы бейрезидент-банкінің филиалы, банк операцияларының жекелеген түрлерiн жүзеге асыратын ұйым немесе микроқаржылық қызметті жүзеге асыратын ұйым.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z119" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) сервистік компания – "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 36-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -552,51 +755,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде және (немесе) "Микроқаржылық қызмет туралы" Қазақстан Республикасы Заңының 9-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде аталған тұлғамен жасалған банктік қарыз шарттары және (немесе) микрокредит беру туралы шарттар бойынша құқықтарды (талаптарды) сенімгерлік басқару шарты (бұдан әрі – сенімгерлік басқару шарты) шеңберінде банктік қарыз шарттары және (немесе) микрокредит беру туралы шарттар бойынша құқықтарды (талаптарды) сенімгерлік басқару бойынша, оның ішінде банктік қарыз шартының және (немесе) микрокредит беру туралы шарттың талаптарын өзгерту бойынша, өзімен сенімгерлік басқару шарты жасалған тұлғаның мүдделерін сотта білдіру бойынша, борышкерден ақша және (немесе) өзге де мүлік қабылдау бойынша өкілеттіктерге және осы Заңда, Қазақстан Республикасының өзге де заңдарында және сенімгерлік басқару шартында көзделген өзге де өкілеттіктерге ие болған, бас банктің күмәнді және үмітсіз активтеріне ие болатын банктің еншілес ұйымы, коллекторлық агенттік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -692,1087 +894,1315 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бап. Қазақстан Республикасының коллекторлық қызмет туралы заңнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="10"/>
+    <w:bookmarkStart w:name="z32" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының коллекторлық қызмет туралы заңнамасы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізделеді, Қазақстан Республикасының Азаматтық кодексінен, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z33" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңда реттелмеген бөлiгiнде коллекторлық агенттіктерге "Шаруашылық серіктестіктері туралы" және "Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы заңдарының күші қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z33" w:id="11"/>
-[...15 lines deleted...]
-      2. Осы Заңда реттелмеген бөлiгiнде коллекторлық агенттіктерге "Шаруашылық серіктестіктері туралы" және "Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы заңдарының күші қолданылады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z34" w:id="12"/>
-[...15 lines deleted...]
-      3. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1-бап. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коллекторлық агенттіктер қызметінің құқықтық негіздерін белгілеу коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z145" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z146" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттіктер қызметінің стандарттарын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z147" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллекторлық агенттіктердің борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғамен өзара іс-қимыл жасау тәртібін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z148" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) борышкерлердің және (немесе) олардың өкілдерінің және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғалардың құқықтары мен заңды мүдделерін қорғаудың тиісті деңгейін қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z149" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z150" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттіктер қызметінің ашықтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z151" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллекторлық агенттіктердің қызметін реттеу және бақылау стандарттарын, әдістерін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z152" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллекторлық агенттіктердің жауапкершілігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 2-1-баппен толықтырылды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...180 lines deleted...]
-      3) коллекторлық агенттіктердің жауапкершілігі.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. КОЛЛЕКТОРЛЫҚ АГЕНТТІКТІ ҚҰРУ ЖӘНЕ ОНЫҢ ҚЫЗМЕТІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бап. Коллекторлық агенттік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коллекторлық агенттік шаруашылық серіктестіктің ұйымдық-құқықтық нысанында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық агенттіктің атауында мiндеттi түрде "коллекторлық агенттік" деген сөздер қамтылуға тиiс. Коллекторлық агенттіктің атауын қысқартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің атауында "ұлттық" немесе "республикалық" немесе "орталық" деген сөздер кез келген тілде толық немесе қысқартылған түрде болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктер тізіліміне енгізілмеген заңды тұлға коллекторлық қызметті жүзеге асыруға, өзін коллекторлық қызметпен айналысушы ретінде сипаттауға, сондай-ақ өз атауында "коллекторлық агенттік" деген сөздерді, олардан туындайтын, өзін коллекторлық қызметті жүзеге асырады деп болжататын сөздерді пайдалануға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Коллекторлық агенттік "Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы Заңының 12-1-бабына сәйкес басқа коллекторлық агенттікке үлестес болып табылмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бірде-бір тұлға, егер ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті органға өзі туралы және осы тармақтың бірінші абзацында көрсетілген тұлғаның жарғылық капиталындағы қатысу үлестерінің не орналастырылған (артықшылықты және қоғам сатып алған акцияларды шегере отырып) акцияларының жиырма бес пайызынан астамын тікелей немесе жанама иеленетін және (немесе) пайдаланатын және (немесе) оларға билік ететін жеке тұлғалар, сол сияқты көрсетілген тұлғаны бақылауды жүзеге асыратын жеке тұлғалар туралы ақпаратты ашпаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жойылмаған немесе алынбаған сотталғандығы бар жеке тұлға болып табылса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тарау 2-1-баппен толықтырылды – ҚР 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 205-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="22"/>
-[...186 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) құрылтайшысы (акционері, қатысушысы) не басшы жұмыскері бұдан бұрын, уәкілетті орган коллекторлық агенттікті осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы бірінші бөлігінің 1), 2), 3), 4), 5), 6) және 7) тармақшаларында көзделген негіздер бойынша коллекторлық агенттіктер тізілімнен шығару туралы шешім қабылдағанға дейін бір жылдан аспайтын кезеңде осы коллекторлық агенттіктің бірінші басшысы немесе құрылтайшысы (қатысушысы) болған заңды тұлға болып табылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z135" w:id="28"/>
+    <w:bookmarkStart w:name="z135" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тізбесін уәкілетті орган белгілейтін оффшорлық аймақтарда тіркелсе, тұрғылықты жері немесе орналасқан жері болса, коллекторлық агенттіктің жарғылық капиталына қатысу үлестерінің он немесе одан көп пайызын дербес немесе басқа тұлғамен (тұлғалармен) бірлесіп тікелей немесе жанама түрде иелене және (немесе) пайдалана және (немесе) оларға билік ете немесе бақылау жасай алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z106" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z106" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Коллекторлық агенттіктің құрылтайшылары құрылатын коллекторлық агенттіктің жарғылық капиталының ең төмен мөлшерін оны мемлекеттік тіркеу (қайта тіркеу) кезінде толық төлеуге міндетті. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z107" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің жарғылық капиталының ең төмен мөлшері уәкілетті органның нормативтік құқықтық актісінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z108" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің жарғылық капиталы тек Қазақстан Республикасының ұлттық валютасындағы ақшамен ғана қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z107" w:id="30"/>
-[...15 lines deleted...]
-      Коллекторлық агенттіктің жарғылық капиталының ең төмен мөлшері уәкілетті органның нормативтік құқықтық актісінде белгіленеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коллекторлық агенттік банк, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым жеке тұлғамен жасасқан банктік қарыз шарты бойынша құқықтарды (талаптарды) сатып алған жағдайда банк омбудсманының офисіне міндетті жарналарды төлеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттік микроқаржылық қызметті жүзеге асыратын ұйым жеке тұлғамен жасасқан микрокредит беру туралы шарт бойынша құқықтарды (талаптарды) сатып алған жағдайда микроқаржы омбудсманының офисіне міндетті жарналарды төлеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпелер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z108" w:id="31"/>
-[...15 lines deleted...]
-      Коллекторлық агенттіктің жарғылық капиталы тек Қазақстан Республикасының ұлттық валютасындағы ақшамен ғана қалыптастырылады.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заңның мақсаттарында заңды тұлғаның жарғылық капиталындағы қатысу үлестерін не орналастырылған (артықшылықты және қоғам сатып алған акцияларды шегере отырып) акцияларын жанама иелену және (немесе) пайдалану және (немесе) оларға билік ету деп басқа заңды тұлғалардың акцияларын (жарғылық капиталындағы қатысу үлестерін) иелену (дауыс беру) арқылы заңды тұлғаның шешімдерін, заңды тұлғаның жарғылық капиталындағы қатысу үлестерінің он немесе одан да көп пайызын иеленетін және (немесе) пайдаланатын және (немесе) оларға билік ететін тұлғаның немесе бірлесіп осындай тұлғалар болып табылатын тұлғалардың шешімдерін айқындау мүмкіндігі түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z141" w:id="32"/>
-[...15 lines deleted...]
-      5. Коллекторлық агенттік банк, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым жеке тұлғамен жасасқан банктік қарыз шарты бойынша құқықтарды (талаптарды) сатып алған жағдайда банк омбудсманының офисіне міндетті жарналарды төлеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңның мақсаттарында заңды тұлғаны бақылау (бақылау) деп заңды тұлға қабылдайтын шешімдерді айқындау мүмкіндігі түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      Ескертпелер.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 24.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бап. Коллекторлық қызметті жүзеге асыру негіздері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коллекторлық қызмет өзінің нысанасы кредиторға берешекті сотқа дейін өндіріп алу және реттеу бойынша, сондай-ақ берешекке байланысты ақпарат жинау бойынша қызметтер көрсету болып табылатын шарт (бұдан әрі - берешекті өндіріп алу туралы шарт) негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
-[...15 lines deleted...]
-      1. Осы Заңның мақсаттарында заңды тұлғаның жарғылық капиталындағы қатысу үлестерін не орналастырылған (артықшылықты және қоғам сатып алған акцияларды шегере отырып) акцияларын жанама иелену және (немесе) пайдалану және (немесе) оларға билік ету деп басқа заңды тұлғалардың акцияларын (жарғылық капиталындағы қатысу үлестерін) иелену (дауыс беру) арқылы заңды тұлғаның шешімдерін, заңды тұлғаның жарғылық капиталындағы қатысу үлестерінің он немесе одан да көп пайызын иеленетін және (немесе) пайдаланатын және (немесе) оларға билік ететін тұлғаның немесе бірлесіп осындай тұлғалар болып табылатын тұлғалардың шешімдерін айқындау мүмкіндігі түсініледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы Заңының 12-1-бабының 2-тармағына сәйкес коллекторлық агенттіктің үлестес тұлғалары болып табылатын кредиторлармен коллекторлық агенттіктің берешекті өндіріп алу туралы шарт жасасуына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің "Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы Заңының 12-1-бабының 2-тармағына сәйкес коллекторлық агенттіктің үлестес тұлғасы болып табылатын жеке сот орындаушысымен атқарушылық құжатты орындау шарттары туралы келісім (шарт) жасасуына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің "Жауапкершілігі шектеулі және қосымша жауапкершілігі бар серіктестіктер туралы" Қазақстан Республикасы Заңының 12-1-бабының 2-тармағына сәйкес коллекторлық агенттіктің үлестес тұлғасы болып табылатын нотариусқа нотариаттық іс-әрекеттер жасау үшін жүгінуіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық қызмет берешек туындаған жағдайда және қарыз алушы банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемелерді орындау мерзімін өткізіп алуға жол берген кезде банктік қарыз шартында немесе микрокредит беру туралы шартта кредитордың коллекторлық агенттікті тартуға құқығы болған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
-[...15 lines deleted...]
-      2. Осы Заңның мақсаттарында заңды тұлғаны бақылау (бақылау) деп заңды тұлға қабылдайтын шешімдерді айқындау мүмкіндігі түсініледі.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коллекторлық агенттік пен кредитор арасында берешекті өндіріп алу туралы шарт жазбаша нысанда жасалады және онда, оның ішінде мынадай талаптар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p>
-[...271 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тараптардың құқықтары мен міндеттері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2001,1480 +2431,1480 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағы бірінші бөлігінің төртінші абзацында көзделген жағдайда, берешекті өндіріп алу туралы шартты бұзу тәртібі мен мерзімдері, сондай-ақ құжаттарды қайтару тәртібі мен мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) борышкерге қатысты коллекторлық қызметті мерзімінен бұрын тоқтату тәртібі мен талаптары қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="39"/>
+    <w:bookmarkStart w:name="z109" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Берешекті өндіріп алу туралы шарт осы тармақтың бірінші бөлігінде көрсетілген ақпаратты қамтуға тиіс борышкерлер тізілімін (тізілімдерін) қағаз жеткізгіште немесе электрондық нысанда бере отырып, бір немесе бірнеше борышкерге қатысты жасалуы мүмкін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z110" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берешекті өндіріп алу туралы шартқа сондай-ақ берешекті өндіріп алу туралы шарттың орындалуына байланысты берілетін құжаттар мен борышкер жөніндегі мәліметтер тізбесі, мерзімі өткен берешекті реттеу бойынша борышкерге қатысты кредитор қабылдаған, Қазақстан Республикасының заңдарында көзделген шаралар жөніндегі ақпарат қоса беріледі. Ақпарат банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде міндеттемелерді орындамаудың немесе тиісінше орындамаудың соңғы күнінен бастап берешекті коллекторлық агенттікке бергенге дейінгі кезең үшін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z111" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берешекті өндіріп алу туралы шарт бойынша берешекке қатысты коллекторлық қызмет жөніндегі қызметтерді көрсету мерзімі алты айдан кем болмауға және бес жылдан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z112" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда не берешекті өндіріп алу туралы шартта көзделген жағдайларда, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z110" w:id="40"/>
-[...15 lines deleted...]
-      Берешекті өндіріп алу туралы шартқа сондай-ақ берешекті өндіріп алу туралы шарттың орындалуына байланысты берілетін құжаттар мен борышкер жөніндегі мәліметтер тізбесі, мерзімі өткен берешекті реттеу бойынша борышкерге қатысты кредитор қабылдаған, Қазақстан Республикасының заңдарында көзделген шаралар жөніндегі ақпарат қоса беріледі. Ақпарат банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде міндеттемелерді орындамаудың немесе тиісінше орындамаудың соңғы күнінен бастап берешекті коллекторлық агенттікке бергенге дейінгі кезең үшін көрсетіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) борышкер Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкрот деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) борышкер қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) борышкер Қазақстан Республикасының шегінен тыс жерлерге кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коллекторлық агенттік коллекторлық агенттіктер тізілімінен шығарылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) борышкер банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша кредитор алдындағы міндеттемесін орындаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңның 15-бабы 1-тармағының 1) тармақшасында көзделген жағдайларда, борышкерге қатысты коллекторлық қызметті мерзімінен бұрын тоқтатуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берешекті өндіріп алу туралы шарт шеңберінде коллекторлық агенттікке берілген берешек басқа коллекторлық агенттікке беріле алмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z111" w:id="41"/>
-[...15 lines deleted...]
-      Берешекті өндіріп алу туралы шарт бойынша берешекке қатысты коллекторлық қызмет жөніндегі қызметтерді көрсету мерзімі алты айдан кем болмауға және бес жылдан аспауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берешекті өндіріп алу туралы шартқа осы Заңда реттелмеген мәселелер бойынша Қазақстан Республикасы Азаматтық кодексінің тапсыру және қызметтерді өтеулі көрсету туралы ережелері қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z112" w:id="42"/>
-[...15 lines deleted...]
-      Осы Заңда не берешекті өндіріп алу туралы шартта көзделген жағдайларда, сондай-ақ:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бап. Коллекторлық қызметті жүзеге асыру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коллекторлық агенттік борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде кредиторға міндеттемелері арқылы байланысты болатын үшінші тұлғамен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) борышкер Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкрот деп танылған;</w:t>
-[...108 lines deleted...]
-      Берешекті өндіріп алу туралы шарт шеңберінде коллекторлық агенттікке берілген берешек басқа коллекторлық агенттікке беріле алмайды.</w:t>
+      1) коллекторлық агенттіктің борышкерлермен байланыс жасауға арналған телефон нөмірлерінен телефон арқылы сөйлесулер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке кездесулер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке тұлғаға - борышкерге тұрғылықты жері (заңды мекенжайы) бойынша, заңды тұлғаға - борышкерге тұрған жері (нақты мекенжайы) бойынша жіберілетін жазбаша (пошталық) хабарламалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұялы байланыс бойынша мәтіндік, дыбыстық және өзге де хабарлар жіберу тәсілімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Интернет желісі арқылы өзара іс-қимыл жасасуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық агенттіктің борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде кредиторға міндеттемелері арқылы байланысты болатын үшінші тұлғамен өзара іс-қимылы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z114" w:id="44"/>
-[...15 lines deleted...]
-      Берешекті өндіріп алу туралы шартқа осы Заңда реттелмеген мәселелер бойынша Қазақстан Республикасы Азаматтық кодексінің тапсыру және қызметтерді өтеулі көрсету туралы ережелері қолданылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әрбір байланыс кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллекторлық агенттіктің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллекторлық агенттіктің тұрған жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      борышкермен өзара іс-қимылды жүзеге асыратын адамның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредитордың атауы туралы хабармен жүзеге асырылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшада көзделмеген және коммерциялық немесе Қазақстан Республикасының заңдарымен қорғалатын өзге де құпия болып табылмайтын өзге де ақпарат борышкерге оның талап етуі бойынша хабарланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер борышкер коллекторлық агенттікке жеке жүгінген кезде осы тармақшада көрсетілген уақыт кезеңі шегінде коллекторлық агенттік ұсынғаннан өзгеше өзара іс-қимыл жасасу кезеңін айқындамаса, борышкердің тұрғылықты жерінің не тұрған жерінің не борышкердің тіркелген жерінің уақыты бойынша жұмыс күндері сағат 8:00-ден 21:00-ге дейінгі кезеңде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллекторлық агенттіктің бастамасы бойынша борышкердің тұрғылықты жері немесе тұрған жері немесе тіркелген жері бойынша немесе коллекторлық агенттіктің (филиалдың, өкілдіктің) тұрған жеріндегі үй-жайларында жеке қарым-қатынас кезінде аптасына үш реттен асырмай және жұмыс күндері сағат 8:00-ден 21:00-ге дейінгі кезеңде бір реттен асырмай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коллекторлық агенттіктің бастамасы бойынша телефонмен сөйлесу арқылы жұмыс күндері сағат 8:00-ден 21:00-ге дейінгі уақыт кезеңінде үш реттен асырмай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) борышкердің талап етуі бойынша, коммерциялық немесе Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияға жататын ақпаратты қоспағанда, берешек мөлшерін растайтын құжатты және коллекторлық агенттіктің берешекке қатысты коллекторлық қызметті жүзеге асыру жөніндегі өкілеттігін растайтын құжаттардың көшірмесін бере отырып;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өзара іс-қимыл процесін аудио- немесе аудиотіркеуі бар бейнетехника құралдарының көмегімен тіркей отырып;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кредитордан, борышкерден және (немесе) оның өкілінен және (немесе) үшінші тұлғалардан алынған құжаттар мен ақпараттың, оның ішінде банк құпиясының, микрокредит беру құпиясының, коммерциялық немесе Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияның, борышкердің және (немесе) оның өкілінің және (немесе) үшінші тұлғалардың дербес деректерінің сақталуын қамтамасыз ете отырып жүзеге асырылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс күндері сағат 8.00-ден 21.00-ге дейінгі кезеңдегі өзара іс-қимыл жасау жөніндегі талаптарды қоспағанда, осы тармақтың бірінші бөлігінің 3) және 4) тармақшаларында көзделген талаптар коллекторлық агенттіктің осы Заңның 16-бабының 2-тармағында көзделген міндеттерді бұзатын борышкермен және (немесе) оның өкілімен өзара іс-қимыл жасауына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе. Осы тармақтың мақсаттары үшін жұмыс күндері деп демалыс немесе мереке күндері (ұлттық және мемлекеттік мерекелер) болып табылмайтын, дүйсенбі мен жұма аралығындағы апта күндері түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Борышкердің және (немесе) оның өкілінің талап етуі бойынша коллекторлық агенттік борышкерді және (немесе) оның өкілін осы Заңның 16-бабында көзделген құқықтарымен және міндеттерімен таныстыруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Борышкермен жасалған банктік қарыз (микрокредит) шартында борышкердің орналасқан жерін және (немесе) байланыс деректерін анықтау шарты болған кезде осындай мақсатта коллекторлық агенттіктің осы баптың 1-тармағының бірінші абзацында аталған тұлға болып табылмайтын үшінші тұлғамен өзара іс-қимыл жасауына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z104" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде аталған үшінші тұлғамен өзара іс-қимыл жасау кезінде коллекторлық агенттік мынадай ақпаратты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллекторлық агенттіктің атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллекторлық агенттік жұмыскерінің тегін, атын, әкесінің атын (егер ол жеке басын куәландыратын құжатта көрсетілсе) және лауазымын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      борышкердің тегін, атын, әкесінің атын (егер ол жеке басын куәландыратын құжатта көрсетілсе) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық агенттіктің осы тармақтың бірінші бөлігінде көрсетілген жеке тұлғамен өзара іс-қимылы осы баптың 2-тармағы бірінші бөлігінің 2), 3), 4), 6) және 7) тармақшаларында көзделген талаптар сақталған жағдайда, сондай-ақ, егер осы тұлға коллекторлық агенттікпен өзара іс-қимылды жүзеге асыруға келісім білдірген, оның ішінде ауызша келісім білдірген жағдайда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коллекторлық агенттіктің коллекторлық қызметті жүзеге асыруы кезінде мынадай жосықсыз әрекеттерді жүзеге асыруына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) борышкермен және (немесе) оның өкілімен және (немесе) үшінші тұлғамен өзара іс-қимылдың осы баптың 1-тармағында көзделмеген өзге де тәсілдерін пайдалануға;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      2) алып тасталды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Алып тасталды – ҚР 02.07.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">6-1) алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1129 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) берешекті өтеу есебінен ақшаны (қолма-қол немесе қолма-қол емес нысанда), сондай-ақ өзге де мүлікті қабылдауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3486,819 +3916,933 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) берешекті ақшадан басқа, өзге мүлікпен өтеуді талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, кредитордан және (немесе) оның өкілінен және (немесе) үшінші тұлғалардан алынған коммер циялық немесе Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияны жария етуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="54"/>
+    <w:bookmarkStart w:name="z138" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-1. Коллекторлық агенттік жұмыскерінің борышкермен және (немесе) оның өкілімен, және (немесе) үшінші тұлғамен өзара іс-қимыл жасасуы кезінде мынадай жосықсыз әрекеттерді жүзеге асыруына: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттік жұмыскері өзара іс-қимыл жасасатын тұлғаны берешектің мөлшеріне, сипатына және пайда болу негіздеріне қатысты жаңылыстыруына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллекторлық агенттік жұмыскерінің анық емес тегін және (немесе) атын, және (немесе) әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), сондай-ақ жұмыс орны және (немесе) лауазымы туралы шындыққа сай келмейтін мәліметтерді хабарлауына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллекторлық агенттік жұмыскері өзара іс-қимыл жасасатын тұлғаның ар-намысына, қадір-қасиетіне және іскерлік беделіне нұқсан келтіретін мәліметтерді таратуына не осы тұлғалардың мүдделеріне мүліктік зиян келтіруі мүмкін мәліметтерді жария етуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коллекторлық агенттік жұмыскері өзара іс-қимыл жасасатын тұлғаның құқықтары мен бостандықтарына қол сұғатын, олардың өмірі мен денсаулығына қатер төндіретін, сондай-ақ осы тұлғаға мүліктік және өзге де зиян келтіруге алып келетін құқыққа қайшы әрекеттер жасауына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) борышкерге және (немесе) оның өкіліне, және (немесе) үшінші тұлғаларға күш қолдану не олардың мүлкін жою немесе бүлдіру қатерін төндіру, қорлау, алаяқтық, жалған құжаттар жасау, бопсалау арқылы борышкерді банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемелерді орындауға мәжбүрлейтін қысым көрсетуіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы баптың нормалары бұзылған жағдайда, коллекторлық агенттік өзі дербес немесе уәкілетті органның талабы бойынша жұмыскердің осы баптың 1-тармағының бірінші абзацында және 4-тармағының бірінші бөлігінде көрсетілген тұлғалармен өзара іс-қимыл жасасу жөніндегі өкілеттігін тоқтату жөнінде шаралар қабылдауға және үш жұмыс күні ішінде уәкілетті органға ақпарат беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z52" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Осы баптың 1, 2, 4-тармақтарының, 5-тармағы 1) және 9) тармақшаларының, 5-1 және 6-тармақтарының талаптары коллекторлық агенттік банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша құқықты (талап етуді) басқаға беру нәтижесінде туындаған өзінің кредитор құқықтарын іске асырған кезде оған және оның жұмыскерлеріне, сондай-ақ сервистік компанияларға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы баптың 1-тармағының, 2-тармағы бірінші бөлігінің 1) тармақшасы бірінші бөлігінің төртінші және бесінші абзацтарының, 2), 3), 4) және 6) тармақшаларының, 5-1-тармағының талаптары банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша кредитордың мүдделерін білдірген кезде коллекторлық агенттіктің жұмыскерлеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...105 lines deleted...]
-      6. Осы баптың нормалары бұзылған жағдайда, коллекторлық агенттік өзі дербес немесе уәкілетті органның талабы бойынша жұмыскердің осы баптың 1-тармағының бірінші абзацында және 4-тармағының бірінші бөлігінде көрсетілген тұлғалармен өзара іс-қимыл жасасу жөніндегі өкілеттігін тоқтату жөнінде шаралар қабылдауға және үш жұмыс күні ішінде уәкілетті органға ақпарат беруге міндетті.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Коллекторлық қызметті жүзеге асыру кезінде коллекторлық агенттіктің жеке сот орындаушыларымен ынтымақтастықты көздейтін шарттар жасасуына тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z52" w:id="56"/>
-[...15 lines deleted...]
-      7. Осы баптың 1, 2, 4-тармақтарының, 5-тармағы 1) және 9) тармақшаларының, 5-1 және 6-тармақтарының талаптары коллекторлық агенттік банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша құқықты (талап етуді) басқаға беру нәтижесінде туындаған өзінің кредитор құқықтарын іске асырған кезде оған және оның жұмыскерлеріне, сондай-ақ сервистік компанияларға қолданылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 04.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-бап. Берешекті сотқа дейін реттеу тәртібінің ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бастапқы байланыс кезінде коллекторлық агенттік борышкер-жеке тұлғаға және (немесе) оның өкіліне банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгерту туралы жазбаша өтінішпен коллекторлық агенттікке олардың (оның) жүгіну құқығы туралы хабар береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...103 lines deleted...]
-      9. Осы баптың 1-тармағының, 2-тармағы бірінші бөлігінің 1) тармақшасы бірінші бөлігінің төртінші және бесінші абзацтарының, 2), 3), 4) және 6) тармақшаларының, 5-1-тармағының талаптары банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша кредитордың мүдделерін білдірген кезде коллекторлық агенттіктің жұмыскерлеріне қолданылады.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Борышкер-жеке тұлға және (немесе) оның өкілі өздеріне (өзіне) коллекторлық агенттік хабар берген күннен кейін күнтізбелік отыз күн ішінде коллекторлық агенттікке банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгерту туралы жазбаша өтінішпен және (немесе) коллекторлық агенттікке "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында көзделген сәйкестендіру құралдарын қолдану арқылы клиент-жеке тұлғаны сәйкестендіруді жүзеге асыруға мүмкіндік беретін ақпараттандыру объектілері (бұдан әрі – ақпараттандыру объектілері) арқылы жүгінеді, онда берешектің пайда болу себептері мен мән-жайлары, кірістері мен шығыстары, отбасы құрамы (мүшелері), тұрғылықты жері, мүлкінің бар-жоғы туралы мәліметтер, борышкердің өтінішін қарау және оның банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемелерін орындауға өз қаражатының жеткілікті екендігін айқындау үшін кредиторға қажетті өзге де мәліметтер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық агенттік жазбаша өтінішті алған күннен кейін күнтізбелік он күн ішінде оны кредиторға жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z136" w:id="58"/>
-[...15 lines deleted...]
-      10. Коллекторлық қызметті жүзеге асыру кезінде коллекторлық агенттіктің жеке сот орындаушыларымен ынтымақтастықты көздейтін шарттар жасасуына тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кредитор борышкердің жазбаша өтінішін алған күннен кейін күнтізбелік он бес күн ішінде банктік қарыз шартын немесе микрокредит беру туралы шартты өзгертудің ұсынылған талаптарын қарайды және коллекторлық агенттік пен борышкерге және (немесе) оның өкіліне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...335 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банктік қарыз шартына немесе микрокредит беру туралы шартқа ұсынылған өзгерістермен келісетіні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгерту бойынша өзінің ұсыныстары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгертуден бас тарту себептерінің уәжді негіздемесін көрсете отырып, осындай бас тарту туралы жазбаша нысанда және (немесе) ақпараттандыру объектілері арқылы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="62"/>
+    <w:bookmarkStart w:name="z56" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Коллекторлық агенттік кредитор қабылдаған шешімді алғаннан кейін күнтізбелік он күн ішінде ол туралы борышкерге хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z57" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z57" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Борышкерге қатысты коллекторлық қызметті жүзеге асыру кезінде кредитор:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотқа оның берешегін өндіріп алу туралы талап қойып жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берешек коллекторлық агенттікте жұмыста болған кезеңдегі сыйақыны, қарыз немесе микрокредит беруге және оған қызмет көрсетуге байланысты комиссияларды және өзге төлемдерді төлеуді талап етуге, сондай-ақ негізгі борышты және сыйақыны уақтылы өтемегені үшін көрсетілген кезеңге тұрақсыздық айыбын (айыппұлды, өсімпұлды) есепке жазуға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақты алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Борышкер және (немесе) оның өкілі осы бапта көзделген берешекті сотқа дейін реттеу тәртібі мәселесі бойынша кредитордың не коллекторлық агенттіктің әрекеттеріне (әрекетсіздігіне) уәкілетті органға шағым жасай алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4394,70 +4938,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-1-бап. Коллекторлық агенттік берешек құқығын (талапты) басқаға беру нәтижесінде туындаған өзінің кредитор құқықтарын іске асырған кезде оның берешекті реттеу ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="65"/>
+    <w:bookmarkStart w:name="z140" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коллекторлық агенттік өзіне кредитор берешек бойынша, оның ішінде сот шешімі бойынша немесе нотариустың атқарушылық жазбасы негізінде өндіріп алынған берешек бойынша құқықты (талап етуді) берген кезде борышкер-жеке тұлғаға және (немесе) оның өкіліне банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемені орындау талаптарын өзгерту туралы жазбаша өтінішпен және (немесе) ақпараттандыру объектілері арқылы коллекторлық агенттікке олардың (оның) жүгіну құқығы туралы хабар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4756,199 +5300,1019 @@
       2) банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемені орындау талаптарын өзгерту бойынша қарсы ұсыныстар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша міндеттемені орындау талаптарын өзгертуден бас тарту себептерінің уәжді негіздемесін көрсете отырып, осындай бас тарту туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық агенттік мерзімді әскери қызметтегі әскери қызметшілерге банктік қарыз шарты және (немесе) микрокредит беру туралы шарт бойынша уәкілетті орган айқындаған тәртіппен қарыз бойынша сыйақыны есепке жазбай, мерзімді әскери қызмет өткеру мерзімін және ол аяқталғаннан кейінге 60 күнді қамтитын кезеңге негізгі борыш пен сыйақы бойынша төлемді кейінге қалдыруды ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың үшінші бөлігі жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мерзімді әскери қызметке шақырылған әскери қызметшілер, сондай-ақ олардың қызметтен шығарылуы, банктік қарызының және (немесе) микрокредитінің болуы не болмауы, ол бойынша төлемді кейінге қалдырудың ұсынылуы туралы мәліметтер Қазақстан Республикасының Қорғаныс министрлігімен келісу бойынша уәкілетті орган айқындаған тәртіппен мемлекеттік органдар мен коллекторлық агенттіктердің ақпараттық жүйелерінің өзара іс-қимылын қамтамасыз ету арқылы беріледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың төртінші бөлігін алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың үшінші бөлігінде көзделген жағдайларда дербес деректерді жинау, өңдеу және пайдалану Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық агенттіктің осы тармақтың бірінші бөлігінің 2) тармақшасында көзделген шешімі алынған күннен бастап күнтізбелік он бес күн ішінде коллекторлық агенттік пен қарыз алушы-жеке тұлға арасында өзара қолайлы шешімге қол жеткізілмеуі банктік қарыз шарты бойынша немесе микрокредит беру туралы шарт бойынша міндеттемені орындау талаптарын өзгертуден бас тарту болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Борышкер-жеке тұлға коллекторлық агенттіктің осы баптың 2-тармағы бірінші бөлігінің 3) тармақшасында көзделген шешімін алған күннен бастап күнтізбелік он бес күн ішінде немесе банктік қарыз шарты бойынша немесе микрокредит беру туралы шарт бойынша міндеттемені орындау талаптарын өзгерту туралы өзара қолайлы шешімге осы баптың 2-тармағының бесінші бөлігінде көзделген мерзімде қол жеткізілмеген кезде бір мезгілде коллекторлық агенттікті хабардар ете отырып, банк және (немесе) микроқаржы омбудсманына жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк және (немесе) микроқаржы омбудсмандары борышкер-жеке тұлғаның коллекторлық агенттікке жүгінуінің және коллекторлық агенттікпен банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгерту туралы өзара қолайлы шешімге қол жеткізбеудің дәлелдерін ұсынған кезде оның жолданымын қарайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк және (немесе) микроқаржы омбудсмандары "Тұрғын үй қатынастары туралы" Қазақстан Республикасының Заңына сәйкес халықтың әлеуметтік жағынан осал топтарына жататын борышкер-жеке тұлғаның тұрғынжай болып табылатын жылжымайтын мүлік ипотекасымен қамтамасыз етілген, кәсіпкерлік қызметті жүзеге асыруға байланысты емес ипотекалық тұрғын үй қарызы (ипотекалық қарыз) шарты бойынша немесе микрокредит беру туралы шарт бойынша жолданымын қараған кезеңде кепілге қойылған мүлікке сотқа талап қоюды беру арқылы немесе соттан тыс тәртіппен өндіріп алуды қолдануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тарау 6-1-баппен толықтырылды - ҚР 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4979,70 +6343,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлғаны есептік тіркеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="67"/>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлға "Азаматтарға арналған үкімет" мемлекеттік корпорациясында мемлекеттік тіркелген (қайта тіркелген) күнінен бастап үш ай ішінде есептік тіркелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5091,168 +6455,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="68"/>
+    <w:bookmarkStart w:name="z61" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлға есептік тіркеуден өту үшін уәкілетті орган бекіткен нормативтік құқықтық актіде көзделген құжаттарды уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z62" w:id="69"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z62" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган есептік тіркеуден өтуге арналған құжаттарды алған кезден бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлға құжаттар топтамасын толық ұсынбаған жағдайда, уәкілетті орган осы тармақтың бірінші бөлігінде көрсетілген мерзімдерде өтінішті одан әрі қараудан уәжді түрде жазбаша нысанда бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="70"/>
+    <w:bookmarkStart w:name="z63" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган есептік тіркеуден өту туралы өтінішті құжаттар топтамасы толық ұсынылған күннен бастап он жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z64" w:id="71"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z64" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Уәкілетті орган коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлғаны осы баптың 5-тармағында белгіленген мерзімде коллекторлық агенттіктер тізіліміне енгізуге және оны осы шешім мен тіркеу нөмірі туралы хабардар етуге не есептік тіркеуден бас тарту себептері туралы уәжді түрде жазбаша нысанда жауап беруге міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z65" w:id="72"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z65" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Есептік тіркеуден өткен коллекторлық агенттіктердің тізілімі уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5428,70 +6792,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бап. Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлғаны есептік тіркеуден бас тарту негіздерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="73"/>
+    <w:bookmarkStart w:name="z66" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлғаны есептік тіркеуден бас тарту мынадай: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті орган бекіткен нормативтік құқықтық актіде көзделген құжаттарда көрсетілуге жататын анық емес мәліметтер мен ақпарат берілген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5598,567 +6962,891 @@
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында белгіленген талаптарды сақтамаған жағдайларда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="74"/>
+    <w:bookmarkStart w:name="z67" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы баптың 1-тармағының 1), 2) және 3) тармақшаларында көзделген негіздер бойынша есептік тіркеуден бас тартылған жағдайда коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлға есептік тіркеуден бас тартуды алған күннен кейін отыз жұмыс күні ішінде осы Заңның 7-бабының 3-тармағына сәйкес құжаттарды қайтадан ұсынуға құқылы не өзінің атауынан "коллекторлық агенттік" деген сөздерді, олардан туындайтын, оның коллекторлық қызметті жүзеге асыратынын болжайтын сөздерді алып тастау арқылы қайта тіркеу рәсімін жүргізуге міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллекторлық қызметті жүзеге асыруға ниеті бар заңды тұлға осы баптың 1-тармағының 4) және 5) тармақшаларында көзделген негіздер бойынша есептік тіркеуден бас тартуды алған жағдайда, мұндай заңды тұлға өзінің атауынан "коллекторлық агенттік" деген сөздерді, олардан туындайтын, өзін коллекторлық қызметті жүзеге асырады деп болжататын сөздерді алып тастау арқылы қайта тіркеу рәсімін жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлға осы тармақтың бірінші және екінші бөліктерінде көрсетілген әрекеттерді жүзеге асырмаған жағдайда, ол Қазақстан Республикасының заңдарында белгіленген тәртіппен мәжбүрлі түрде таратылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізлді - ҚР 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2019 бастап қолданысқа енгізіледі); 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Коллекторлық агенттікті коллекторлық агенттіктер тізілімінен шығару негіздері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттік және (немесе) оның борышкерлермен өзара іс-қимыл жасайтын жұмыскерлері осы Заңның 5-бабы 5-тармағының 7) және 8) тармақшаларында, 5-1-тармағында көзделген жосықсыз әрекеттердің біреуін қатарынан күнтізбелік он екі ай ішінде үш және одан көп рет жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z133" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) есептік тіркеуден өту үшін ұсынылған құжаттарда анық емес мәліметтер мен ақпараттар анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z137" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) уәкілетті органның нормативтік құқықтық актісінде белгіленген жарғылық капиталдың ең төмен мөлшері жөніндегі талаптар сақталмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілеріне сәйкес ұсынылуы талап етілетін есептілік белгіленген мерзімде бірнеше рет (қатарынан күнтізбелік он екі ай ішінде екі және одан көп рет) ұсынылмаған немесе уақтылы ұсынылмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллекторлық агенттік уәкілетті органға Қазақстан Республикасының коллекторлық қызмет туралы заңнамасына сәйкес талап етілетін ақпаратты бермеген, уақтылы бермеген не коллекторлық агенттік уәкілетті органға Қазақстан Республикасының коллекторлық қызмет туралы заңнамасына сәйкес ұсынылуы талап етілетін мәліметтерді қамтымайтын ақпарат берген не сұралатын өзге ақпаратты бермеген, уақтылы бермеген не анық емес ақпарат берген, коллекторлық агенттік оны қатарынан күнтізбелік он екі ай ішінде үштен көп рет жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коллекторлық агенттік өзі қабылдаған және (немесе) өзіне уәкілетті орган шектеулі ықпал ету шараларын қолдану арқылы жүктеген міндеттерді орындамаған, уақтылы орындамаған, коллекторлық агенттік оны қатарынан күнтізбелік он екі ай ішінде үштен көп рет жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қатарынан күнтізбелік он екі ай ішінде коллекторлық қызметті жүзеге асырмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) коллекторлық агенттіктің қызметін тоқтату туралы сот шешімі заңды күшіне енген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) коллекторлық агенттік күнтізбелік соңғы он екі айда тексеру жүргізуге үш және одан да көп рет кедергі келтірген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) коллекторлық агенттік коллекторлық қызметті жүзеге асыруды ерікті түрде тоқтату туралы шешім қабылдаған жағдайларда, коллекторлық агенттік коллекторлық агенттіктердің тізілімінен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 8) тармақшасында көзделген жағдайда, коллекторлық агенттіктің коллекторлық агенттіктер тізілімінен шығару туралы өтінішіне барлық міндеттемелердің орындалғанын растау, сондай-ақ баланста бұрын алынған құқықтардың (талап етулердің) жоқ екені туралы хат қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1-тармақпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық агенттік коллекторлық агенттіктердің тізілімінен шығарылған жағдайда, уәкілетті орган оны шығарылған күннен бастап күнтізбелік жеті күн ішінде бұл туралы жазбаша түрде хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама есептік тіркеуден өтуге арналған өтініште не коллекторлық агенттіктің тұрған жерінің өзгергені туралы жазбаша хабарламада көрсетілген мекенжай бойынша жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уәкілетті органның коллекторлық агенттікті коллекторлық агенттіктер тізілімінен алып тастау туралы шешіміне Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның коллекторлық агенттікті коллекторлық агенттіктер тізілімінен алып тастау туралы шешіміне шағым жасау осы шешімнің орындалуын тоқтата тұрмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізлді - ҚР 02.04.2019 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 97-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...318 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Коллекторлық агенттік өзінің коллекторлық агенттіктер тізілімінен шығарылғаны туралы уәкілетті органның хабарламасын алған кезден бастап оның берешекті өндіріп алу туралы жаңа шарттар жасасуына және (немесе) банктік қарыз шарттары немесе микрокредит беру туралы шарттар бойынша құқықтардың (талап етулердің) коллекторлық агенттікке өту жағдайларын қамтитын шарттар (бұдан әрі - талап ету құқығын басқаға беру шарты) жасасуына тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z72" w:id="83"/>
+    <w:bookmarkStart w:name="z72" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Коллекторлық агенттік өзінің коллекторлық агенттіктер тізілімінен шығарылғаны туралы уәкілетті органның хабарламасын алған күннен не коллекторлық агенттік коллекторлық қызметті жүзеге асыруды ерікті түрде тоқтату туралы шешім қабылдаған күннен кейін күнтізбелік отыз күн ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз атауынан "коллекторлық агенттік" деген сөздерді, олардан туындайтын, өзін коллекторлық қызметті жүзеге асырады деп болжататын сөздерді алып тастау арқылы қайта тіркеу рәсімін жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6241,70 +7929,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзіне банктік қарыз шарты және (немесе) микрокредит беру туралы шарт бойынша құқықтар (талаптар) берілген тұлға не мұндай тұлға сенімгерлік басқарудың жаңа шартын жасасқан сервистік компания осы тармақтың бірінші бөлігінің төртінші абзацында көзделген жағдайда, мәліметтер мен құжаттардың қабылдануын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген әрекеттерді жүзеге асырмаған жағдайда, коллекторлық агенттік Қазақстан Республикасының заңдарында белгіленген тәртіппен мәжбүрлеп таратылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="84"/>
+    <w:bookmarkStart w:name="z73" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Коллекторлық агенттік өзінің коллекторлық агенттіктер тізілімінен шығарылғаны туралы уәкілетті органның хабарламасын алған күннен бастап күнтізбелік бес күн ішінде бұл туралы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берешекті өндіріп алу туралы шарттар жасасқан кредиторларды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6592,70 +8280,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бап. Коллекторлық агенттіктің құжаттама жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="85"/>
+    <w:bookmarkStart w:name="z74" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коллекторлық агенттік шарттарды тіркеу журналында берешекті өндіріп алу туралы барлық шарттарды, құқықты (талапты) басқаға беру шарттарын, сенімгерлік басқару шарттарын тіркейді және кредиторлардан қабылданатын құжаттарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) берешекті өндіріп алу туралы шарттарды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6810,90 +8498,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) борышкердің берешекті өтегенін растайтын құжаттарды (немесе олардың көшірмелерін); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) кепілге салынған мүлікті өткізу жөніндегі құжаттарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="86"/>
+    <w:bookmarkStart w:name="z122" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) берешекті өндіріп алу туралы шартта, құқықты (талапты) басқаға беру шартында, сенімгерлік басқару шартында берілуі көзделген өзге де құжаттарды есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z75" w:id="87"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z75" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Шарттарды тіркеу журналын жүргізу қағаз жеткізгіште немесе электрондық нысанда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6929,110 +8617,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бап. Коллекторлық қызмет құпиясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="88"/>
+    <w:bookmarkStart w:name="z76" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коллекторлық қызмет құпиясы коллекторлық қызметті жүзеге асыру кезінде коллекторлық агенттік алған және (немесе) жасаған борышкер, кредитор, берешек туралы, банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде креди торға міндеттемелері арқылы байланысты болатын үшінші тұлғалар, берешекті өндіріп алу туралы жасалған шарттардың талап тары туралы кез келген мәліметтер мен өзге де мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z77" w:id="89"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z77" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Борышкерге қатысты коллекторлық қызмет құпиясы борышкердің өзіне, борышкердің жазбаша келiсiмi, оның ішінде банктік қарыз шартын жасасу кезінде - банк құпиясын ашуға немесе микрокредит беру туралы шартты жасасу кезінде микрокредит беру құпиясын ашуға берген жазбаша келісімі негiзiнде үшiншi тұлғаға, сондай-ақ осы баптың 3, 4 және 5-тармақтарында көрсетiлген тұлғаларға ғана ашылуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z78" w:id="90"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z78" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коллекторлық қызметті жүзеге асыру кезінде коллекторлық агенттік алған және (немесе) жасаған борышкер, кредитор, берешек туралы, банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде кредиторға міндеттемелері арқылы байланысты болатын үшінші тұлғалар, берешекті өндіріп алу туралы жасалған шарттардың талаптары туралы мәліметтер мен өзге де мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қылмыстық қудалау функциясын жүзеге асыратын мемлекеттік органдарға және лауазымды адамдарға: олардың іс жүргізуінде жатқан қылмыстық iстер бойынша, прокурор санкциялаған жазбаша сұрау салу негiзiнде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7173,102 +8861,208 @@
       7) оңалту және банкроттық саласындағы уәкілетті органға: өзі жөнінде соттың банкрот деп тану туралы заңды күшіне енген шешімі бар тұлғаға қатысты, банкроттық және (немесе) оңалту туралы іс қозғалғанға дейін бес жыл ішіндегі кезең үшін, прокурордың санкциясымен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уәкілетті органға: коллекторлық агенттіктердің қызметіне мемлекеттік бақылауды жүзеге асыруға байланысты мәселелер бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-1) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы бойынша мемлекеттік басқару саласындағы уәкілетті органға: "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының Заңында көзделген рәсімдерді қолдану туралы арыз берген азаматқа қатысты сұрау салу негізінде осындай сұрау салу берілгенге дейінгі үш жыл ішіндегі кезең үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қаржы басқарушысына: төлем қабілеттілігін қалпына келтіру немесе сот арқылы банкроттық рәсімін қолдану туралы іс қозғалған азаматқа қатысты сұрау салу негізінде прокурордың санкциясымен беріледі. Өкілеттіктерді растау мақсатында сұрау салуға соттың рәсімді қолдану туралы іс қозғау жөніндегі ұйғарымы қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="91"/>
+    <w:bookmarkStart w:name="z79" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Борышкерге қатысты коллекторлық қызметті жүзеге асыру кезінде коллекторлық агенттік алған және (немесе) жасаған борышкер, кредитор туралы, банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде кредиторға міндет темелері арқылы байланысты болатын үшінші тұлғалар, берешек, берешекті өндіріп алу туралы жасалған шарттардың талаптары туралы мәліметтер мен өзге де мәліметтер осы баптың 3-тармағында көзделген тұлғалардан басқа, сондай-ақ жазбаша сұрау салу негізінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) борышкер өсиетте көрсеткен тұлғаларға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7279,70 +9073,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нотариустарға: өздерінің іс жүргiзуіндегі мұрагерлiк iстер бойынша нотариустың сұрау салуы негiзiнде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) шетелдік консулдық мекемелерге: олардың іс жүргізуінде жатқан мұрагерлік істер бойынша беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="92"/>
+    <w:bookmarkStart w:name="z80" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мыналар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коллекторлық агенттіктердің "Қазақстан Республикасындағы кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" Қазақстан Республикасының Заңына сәйкес кредиттік бюроларға ақпарат беруі және кредиттік бюролардың берешек бөлігінде борышкер туралы ақпарат беруі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7357,84 +9151,190 @@
       2) Қазақстан Республикасының Ұлттық Банкі мен уәкілетті орган арасында ақпарат, оның ішінде коллекторлық қызмет құпиясын құрайтын мәліметтер алмасу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік органның лауазымды адамының немесе ұйымда басқарушылық функцияларды орындайтын адамның қылмыстық қудалау органына қылмыстық құқық бұзушылық туралы хабар жіберілген кезде растау құжаттары мен материалдар ретінде коллекторлық қызмет құпиясын қамтитын құжаттар мен мәліметтерді ұсынуы коллекторлық қызмет құпиясын ашу болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық қызметтің құпиясы банк және (немесе) микроқаржы омбудсмандарына оның қарауында жатқан, жеке тұлғалардың ол бойынша міндеттемелер "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 36-1-бабының 3 және 4-тармақтарында немесе "Микроқаржылық қызмет туралы" Қазақстан Республикасы Заңының 9-1-бабының 4 және 5-тармақтарында көрсетілген тұлғаға берілген банктік қарыз шартынан немесе микрокредит беру туралы шарттан туындайтын келіспеушіліктерді реттеу жөніндегі жүгінулері бойынша ашылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="93"/>
+    <w:bookmarkStart w:name="z81" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы Заңның және Қазақстан Республикасының басқа да заңдарының негізінде Қазақстан Республикасының заңдарымен қорғалатын құпияны құрайтын мәлiметтерге қол жеткізген коллекторлық агенттіктер, сондай-ақ өзге де тұлғалар көрсетілген мәлiметтердi жария еткенi немесе заңсыз пайдаланғаны үшiн Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7710,124 +9610,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Коллекторлық агенттіктің жұмыскерлеріне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="94"/>
+    <w:bookmarkStart w:name="z82" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Атқарушы органның (алқалы және (немесе) жеке-дара) бірінші басшысы және мүшелері, байқаушы кеңестің (бар болған жағдайда) бірінші басшысы және мүшелері, бас бухгалтер коллекторлық агенттіктің басшы жұмыскерлері болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z83" w:id="95"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының азаматтығына ие емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоғары білімі жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жеке адамға, отбасыға және кәмелетке толмағандарға, адамның және азаматтың конституциялық және өзге де құқықтары мен бостандықтарына, мемлекеттің конституциялық құрылысының негіздеріне және қауіпсіздігіне, меншікке, қоғамдық қауіпсіздік пен қоғамдық тәртіпке, халық денсаулығына және имандылыққа, бейбітшілік пен адамзаттың қауіпсіздігіне, коммерциялық және өзге де ұйымдардағы қызмет мүдделеріне, мемлекеттік қызмет пен мемлекеттік басқару мүдделеріне, сот төрелігіне және жазалардың орындалу тәртібіне, басқару тәртібіне қарсы, экономикалық қызмет, ақпараттандыру және байланыс салаларындағы қылмыстық құқық бұзушылықтар үшін, сондай-ақ әскери қылмыстық құқық бұзушылықтар үшін алынбаған немесе жойылмаған сотталғандығы бар немесе қылмыстық қудалауға ұшырайтын немесе ұшыраған (өздеріне қатысты қылмыстық қудалау Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -7846,50 +9852,156 @@
         <w:t xml:space="preserve"> бірінші бөлігінің 1) және 2) тармақшалары негізінде тоқтатылған адамдарды қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы, сақтандыру қызметі, білім беру, мемлекеттік басқару және қорғаныс, міндетті әлеуметтік қамсыздандыру салаларында, құқық және бухгалтерлік есепке алу саласында, сондай-ақ техникалық реттеу саласындағы уәкілетті орган бекіткен экономикалық қызмет түрлерінің жалпы сыныптауышына сәйкес айқындалған төлемдерді жинау жөніндегі агенттіктер мен кредиттік бюролар қызметінде жұмыс тәжірибесі жоқ (тиісті жұмыс өтілі жұмысқа қабылданған күні кемінде бір жыл болуға тиіс);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) бұдан бұрын, уәкілетті орган коллекторлық агенттікті осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7902,50 +10014,156 @@
         <w:t xml:space="preserve"> 1-тармағы бірінші бөлігінің 1), 2), 3), 4), 5), 6) және 7) тармақшаларында көзделген негіздер бойынша коллекторлық агенттіктер тізілімінен шығару туралы шешім қабылдағанға дейін үш жылдан аспайтын кезеңде коллекторлық агенттіктің басшы жұмыскері не оның жарғылық капиталындағы қатысу үлестерінің он немесе одан да көп пайызын иеленген тұлға болып табылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) өзіне қатысты қаржы ұйымының, банк және (немесе) сақтандыру холдингінің басшы жұмыскерінің лауазымын атқару және қаржы ұйымының ірі қатысушысы (ірі акционері) болу құқығынан өмір бойына айыру түрінде қылмыстық жаза қолдану туралы сот шешімі заңды күшіне енген; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бұдан бұрын, уәкілетті орган қаржы ұйымын таратуға және (немесе) қаржы нарығында қызметін жүзеге асыруын тоқтатуға алып келген, оны консервациялау не оның акцияларын мәжбүрлеп сатып алу, қаржы ұйымын лицензиядан айыру туралы шешім қабылдағанға дейін не Қазақстан Республикасының заңнамасында белгіленген тәртіппен қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы соттың шешімі заңды күшіне енгенге дейін бір жылдан аспайтын кезеңде қаржы ұйымының басқару органының басшысы, мүшесі, атқарушы органының басшысы, мүшесі, бас бухгалтері, қаржы ұйымының ірі қатысушысы - жеке тұлғасы, ірі қатысушысының, банк және (немесе) сақтандыру холдингінің - заңды тұлғасының басшысы болып табылған жеке тұлға коллекторлық агенттіктің басшы жұмыскері бола алмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8062,135 +10280,223 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды бұзғаны үшін коллекторлық агенттіктен босатылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сыбайлас жемқорлық құқық бұзушылықтар үшін әкімшілік жауаптылыққа тартылған жеке тұлға коллекторлық агенттіктің басшы қызметкері бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="96"/>
+    <w:bookmarkStart w:name="z134" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Борышкермен және (немесе) оның өкілімен және (немесе) үшінші тұлғамен өзара іс-қимыл жасайтын коллекторлық агенттіктің басшы қызметкерінің, жұмыскерінің бір мезгілде басқа коллекторлық агенттікпен еңбек және өзге де қатынастарда болуына тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z84" w:id="97"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z84" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың 2-тармағының 1), 3), 5), 9), 10), 11), 12) және 13) тармақшаларында көзделген талаптарға сәйкес келмейтін, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі немесе жоғары білімі жоқ коллекторлық агенттік жұмыскерлері борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберінде кредиторға міндеттемелері арқылы байланысты болатын үшінші тұлғамен өзара іс-қимыл жасасуға жіберілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z117" w:id="98"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z117" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Техникалық және кәсіптік, орта білімнен кейінгі немесе жоғары білімінің бар-жоғына қойылатын талаптар коллекторлық агенттіктің борышкермен және (немесе) оның өкілімен және (немесе) үшінші тұлғалармен телефонмен сөйлесулер арқылы өзара іс-қимыл жасайтын жұмыскерлеріне қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 24.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8259,68 +10565,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Құжаттарды сақтау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық агенттіктің сақталуға жататын негізгі құжаттарының тізбесін және оларды сақтау мерзімдерін уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="99"/>
+    <w:bookmarkStart w:name="z85" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. КОЛЛЕКТОРЛЫҚ АГЕНТТІКТІҢ, БОРЫШКЕРДІҢ ЖӘНЕ (НЕМЕСЕ) ОНЫҢ ӨКІЛІНІҢ ҚҰҚЫҚТАРЫ МЕН МІНДЕТТЕРІ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Коллекторлық агенттіктің құқықтары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8388,50 +10694,156 @@
       3) егер Қазақстан Республикасының заңдарында немесе шартта өзгеше көзделмесе, банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша қамтамасыз ету болып табылатын, өзі бойынша құқықты (талап етуді) коллекторлық агенттік кредитордан алған кепiлге салынған мүлiкке сот тәртібімен өндіріп алуды қолдануға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) егер кредитор берешекті өндіріп алу туралы шарттың талаптарын бұзған, борышкер мен оның берешегі туралы құжаттардың (түпнұсқалары мен көшірмелерін), ақпараттың берілуін қамтамасыз етпеген, анық емес деректер ұсынған жағдайларда, берешекті өндіріп алу туралы шартты орындаудан бас тартуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) кредитор "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 36-бабы 2-1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8478,92 +10890,198 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тиісті өкілеттіктері болған кезде сотта және атқарушылық іс жүргізуде кредитордың өкілі ретінде әрекет етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) борышкермен жасалған банктік қарыз шартында (микрокредит беру туралы шартта) осындай талап болған кезде борышкердің тұрған жері және (немесе) байланыс деректері туралы ақпаратты үшінші тұлғалардан сұратуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) сенімгерлік басқару шарты шеңберінде сервистік компания ретінде әрекет етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Коллекторлық агенттік сенімгерлік басқару шарты шеңберінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-1) тармақшаның екінші бөлігінің екінші абзацына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тараптардың келісімі бойынша өзімен сенімгерлік басқару шарты жасалған тұлға берген өкілеттіктер шеңберінде банктік қарыз шартының немесе микрокредит беру туралы шарттың талаптарын өзгертуге құқылы. Банктік қарыз шартының және (немесе) микрокредит беру туралы шарттың талаптары "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 34-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8646,70 +11164,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағалаушылардың, аудиторлардың, заңгерлердің және өзге де консультанттардың көрсетілетін қызметтерін пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сервистік компания ретінде әрекет ететін коллекторлық агенттікке сыйақыны, сондай-ақ сенімгерлік басқарумен байланысты шығыстарды банктік қарыз шарттары және (немесе) микрокредит беру туралы шарттар бойынша құқықтарға (талаптарға) ие болған тұлға сенімгерлік басқару шартының талаптарына сәйкес төлейді (өтейді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:bookmarkStart w:name="z124" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осы Заңда, Қазақстан Республикасының өзге де заңдарында, берешекті өндіріп алу туралы шартта және (немесе) құқықты (талапты) басқаға беру шартында және (немесе) сенімгерлік басқару шартында белгіленген өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8825,70 +11343,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Коллекторлық агенттіктің мiндеттерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="102"/>
+    <w:bookmarkStart w:name="z86" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коллекторлық агенттік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екі жұмыс күні ішінде өзінің борышкермен үлестес екендігі, осындай үлестестіктің негіздері туралы, сондай-ақ коллекторлық агенттіктің шарттық міндеттемелерді орындауына ықпал ететін немесе ықпал ете алатын және (немесе) коллекторлық агенттіктің жеке мүддесі мен кредитордың заңды мүдделері арасында қайшылықтың туындауына не кредитордың заңды мүдделеріне, оның ішінде борышкердің кредитор алдындағы өз міндеттемелерін орындамауына коллекторлық агенттіктің тікелей немесе жанама түрде мүдделі болуы салдарынан қысым жасалуына алып келуі мүмкін өзге де мән-жайлар туралы ақпаратты кредитордың назарына жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9097,70 +11615,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) мемлекеттік кредиттік бюромен ақпарат беру туралы шарт жасасуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісіне сәйкес Қазақстан Республикасының Ұлттық Банкіне есептілік ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="103"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) талап ету құқығын басқаға беру шарттары бойынша мәліметтерді өзінің тұрған жеріндегі мемлекеттік кіріс органдарына салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік орган уәкілетті органмен келісу бойынша белгілеген нысан бойынша тоқсаннан кейiнгi айдың 25-күнінен кешiктiрмей ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) уәкілетті орган анықтаған Қазақстан Республикасының заңнамасын бұзушылықтарды жоюға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9303,104 +11821,210 @@
       18) ай сайын, есепті айдан кейінгі айдың оныншы күнінен кешіктірмей, уәкілетті орган айқындаған тәртіппен, коллекторлық агенттіктің жарғылық капиталындағы қатысу үлестерінің он немесе одан да көп пайызын өзі дербес немесе басқа тұлғамен (тұлғалармен) бірлесіп тікелей немесе жанама иеленетін және (немесе) пайдаланатын және (немесе) оларға билік ететін немесе бақылау жасайтын тұлғалар туралы мәліметтер ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-1) сенімгерлік басқару шарты шеңберінде Қазақстан Республикасының заңнамасымен кредитор мен борышкердің банктік қарыз шарты және (немесе) микрокредит беру туралы шарт шеңберіндегі өзара қатынастарына қойылатын талаптар мен шектеулерді сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-2), 18-3), 18-4), 18-5) тармақшалармен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген коллекторлық қызметті жүзеге асыру қағидаларын және осы Заңда және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде белгіленген өзге де талаптарды сақтауға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="104"/>
+    <w:bookmarkStart w:name="z87" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Коллекторлық агенттіктер коллекторлық қызметке мемлекеттік бақылауды қамтамасыз ету мақсатында өзінің қызметі туралы уәкілетті орган сұратқан ақпарат пен мәліметтерді береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекторлық агенттіктің ақпаратты бермеуі, уақтылы бермеуі немесе Қазақстан Республикасының коллекторлық қызмет туралы заңнамасына сәйкес ұсынылуы талап етілетін мәліметтерді қамтымайтын ақпаратты беруі, анық емес ақпаратты беруі, есептілікті ұсыну мерзімін бұзуы, анық емес, сол сияқты толық емес есептілікті не көрінеу анық емес мәліметтерді ұсынуы Қазақстан Республикасының заңдарында көзделген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9447,51 +12071,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43-VII</w:t>
       </w:r>
       <w:r>
@@ -9694,90 +12318,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Борышкердің және (немесе) оның өкілінің құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="105"/>
+    <w:bookmarkStart w:name="z88" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Борышкер және (немесе) оның өкілі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z126" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кредитордан, коллекторлық агенттікпен сенімгерлік басқару шартын жасасқан тұлғадан, берешек бойынша борышкерге талап қою құқығы бар коллекторлық агенттіктен коллекторлық агенттік, оның орналасқан жері, коллекторлық агенттікте борышкердің дербес деректерінің болуы, берешектің мөлшері мен құрылымы туралы мәліметтер алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) коллекторлық агенттіктің талаптарына толығымен, сондай-ақ оның бір бөлігіне, оның ішінде сотта дау айтуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9862,108 +12486,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) берешектің бар немесе жоқ екендігі туралы анықтама алу үшін кредит бюросына, коллекторлық агенттікке және (немесе) кредиторға жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) коллекторлық агенттіктің жұмыскерлерімен өзара іс-қимыл жасасу процесін аудио- және (немесе) бейнетехника құралдарының көмегімен өзі дербес тіркеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жүгіну себептерін негіздей отырып, кредиторға не сенімгерлік басқару шартына сәйкес сенімгерлік басқаруды жүзеге асыратын коллекторлық агенттікке банктік қарыз шарты және (немесе) микрокредит беру туралы шарт бойынша міндеттемелерді орындаумен байланысты көрсетілген шарттардың талаптарын өзгерту туралы өтінішпен жүгінуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осы Заңда және Қазақстан Республикасының өзге де заңдарында көзделген өзге де құқықтарға ие болуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="108"/>
+    <w:bookmarkStart w:name="z89" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Борышкер және (немесе) оның өкілі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коллекторлық агенттікке өзінің тұрғылықты жерінің (заңды мекенжайының) өзгергені, атының, әкесінің атының (егер ол жеке басты куәландыратын құжатта көрсетілсе), тегінің ауысуы, жеке басты куәландыратын құжаттарының алмастырылғаны (мерзімі өткен, жоғалған жағдайда) туралы, өздерімен (өзімен) байланысу үшін пайдаланылатын байланыс ақпаратының өзгергені және коллекторлық агенттіктің өздерімен (өзімен) байланысу және өзара іс-қимыл жасасу тәсілінің өзгергені туралы хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10154,68 +12778,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="109"/>
+    <w:bookmarkStart w:name="z101" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. КОЛЛЕКТОРЛЫҚ АГЕНТТІКТЕРДІ МЕМЛЕКЕТТІК РЕТТЕУ, ОЛАРДЫҢ ҚЫЗМЕТІН БАҚЫЛАУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10267,90 +12891,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="110"/>
+    <w:bookmarkStart w:name="z90" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Коллекторлық агенттіктердің қызметін мемлекеттік реттеуді және бақылауды уәкілетті орган Қазақстан Республикасының заңдарына сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z91" w:id="111"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z91" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коллекторлық агенттіктерді есептік тіркеуге алады және олардың тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10670,110 +13294,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Ықпал ету шаралары және оларды қолдану негіздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="112"/>
+    <w:bookmarkStart w:name="z92" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Коллекторлық агенттік Қазақстан Республикасының коллекторлық қызмет туралы заңнамасын, Қазақстан Республикасының банктік заңнамасын не Қазақстан Республикасының микроқаржылық қызмет туралы заңнамасын бұзған, коллекторлық агенттіктің борышкермен өзара іс-қимыл жасасатын басшы және өзге де жұмыскерлерінің құқыққа сыйымсыз әрекеттері немесе әрекетсіздігі анықталған кезде уәкілетті орган осы бапта белгіленген ықпал ету шараларын қолданады. Ықпал ету шаралары деп шектеулі ықпал ету шаралары мен санкциялар түсініледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z118" w:id="113"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының кредиттік бюролар және кредиттік тарихты қалыптастыру туралы заңнамасын бұзған кезде коллекторлық агенттікке "Қазақстан Республикасындағы кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" Қазақстан Республикасының Заңында көзделген ықпал ету шаралары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z93" w:id="114"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z93" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган коллекторлық агенттікке мынадай шектеулі ықпал ету шараларын қолдануға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коллекторлық агенттікке анықталған бұзушылықтарды және (немесе) олардың жасалуына ықпал еткен себептерді, сондай-ақ жағдайларды белгiленген мерзiмде жоюға бағытталған орындалуы мiндеттi түзеу шараларын қабылдау және (немесе) анықталған бұзушылықтарды және (немесе) олардың жасалуына ықпал еткен себептерді, сондай-ақ жағдайларды жою жөніндегі іс-шаралар жоспарын (бұдан әрі – іс-шаралар жоспары) белгiленген мерзiмде ұсыну қажеттігі жөнінде орындалуы мiндеттi жазбаша нұсқама жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10856,126 +13480,232 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жазбаша келісімге коллекторлық агенттік тарапынан міндетті түрде қол қойылуға тиіс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) коллекторлық агенттіктің борышкермен өзара іс-қимыл жасасатын басшы жұмыскерін не өзге де жұмыскерін шеттету туралы талап қоюға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="115"/>
+    <w:bookmarkStart w:name="z94" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коллекторлық агенттік уәкілетті органды жазбаша нұсқамада және жазбаша келісімде көзделген мерзімдерде осы құжаттарда көрсе тілген шаралардың орындалуы туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер бұзушылықты жою үшін белгіленген мерзім бір айдан асатын болса, коллекторлық агенттік ай сайын айдың жиырмасыншы күнінен дейін уәкілетті органды анықталған бұзушылықтарды және (немесе) олардың жасалуына ықпал еткен себептерді, сондай-ақ жағдайларды жою жөніндегі іс-шаралардың орындалуы туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір шектеулі ықпал ету шарасын қолдану Қазақстан Республикасының заңдарында көзделген жағдайларда басқа шектеулі ықпал ету шараларының қолданылуын жоққа шығармайды, бұрын қабылданған шаралардың қолданылуын тоқтата тұрмайды және тоқтатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="116"/>
+    <w:bookmarkStart w:name="z95" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган санкциялар ретінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10988,183 +13718,183 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы бірінші бөлігінің 1), 1-1), 1-2), 2), 3), 4), 5), 6) және 7) тармақшаларында көзделген негіздер бойынша және тәртіппен коллекторлық агенттікті коллекторлық агенттіктер тізілімінен шығаруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңдарында белгіленген негіздер бойынша коллекторлық агенттікке айыппұл салуды және одан айыппұлды өндіріп алуды қолдануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="117"/>
+    <w:bookmarkStart w:name="z96" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті органның коллекторлық агенттікке осы бапта көзделген ықпал ету шараларын қолдану туралы шешіміне Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгеріс енгізілді - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11237,98 +13967,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z97" w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1-тараумен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Қазақстан Республикасының коллекторлық қызмет туралы заңнамасын бұзғаны үшiн жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11337,90 +14175,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының коллекторлық қызмет туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="119"/>
+    <w:bookmarkStart w:name="z98" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң қолданысқа енгізілгенге дейін коллекторлық қызмет белгілеріне ие қызметті жүзеге асырған ұйымдар осы Заң қолданысқа енгізілген күннен бастап алты ай ішінде әділет органдарында коллекторлық агенттік ретінде қайта тіркелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z99" w:id="120"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z99" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы баптың 1-тармағында көрсетілген талап сақталмаған кезде ұйымдар Қазақстан Республикасының заңдарына сәйкес қайта ұйымдастырылуға не мәжбүрлеп таратылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11613,55 +14451,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>