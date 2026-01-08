--- v0 (2025-10-05)
+++ v1 (2026-01-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9d462e" w14:textId="c9d462e">
+    <w:p w14:paraId="4bcbeb5" w14:textId="4bcbeb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5567,1506 +5567,1474 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Пошталық ақша аударымы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z144" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошталық ақша аударымы тіркелетін пошта жөнелтілімі болып табылады. Пошталық ақша аударымының тәртібі мен оған қойылатын талаптар, сондай-ақ пошта жөнелтілімі бланкісінің нысандары пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z145" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының ішінде жіберілетін пошталық ақша аударымының сомасы, егер Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласындағы заңнамасында өзгеше көзделмесе, шектелмейді. Пошталық ақша аударымдары Қазақстан Республикасының ұлттық валютасында және Қазақстан Республикасының валюталық заңнамасына сәйкес басқа валюталарда қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошталық ақша аударымдарын шетел валютасында жүзеге асырған кезде, жөнелтуші (алушы) Қазақстан Республикасының валюталық заңнамасының талаптарына сәйкес қосымша мәліметтер мен құжаттарды табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошталық аударымдарды жүзеге асыру үшін ақшаны қабылдау қолма-қол ақша және қолма-қол ақшасыз тәсілмен жүргізіледі. Қолма-қол ақшасыз тәсіл кезінде пошталық ақша аударымы пошта операторының банктік шотына ақша және комиссиялық сыйақы сомасы келіп түскеннен кейін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді – ҚР 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Жаздырып алынатын мерзімді баспа басылымдарын тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жаздырып алынатын мерзімді баспа басылымдарын тарату жөніндегі қызметтерді пошта операторының көрсетілетін қызметтерін пайдаланушыларға ұсыну пошта операторы бұқаралық ақпарат құралдарының меншік иесімен немесе оның өкілімен пошта операторының жаздырып алу каталогіне мерзімді баспа басылымын енгізу жөнінде шарт жасасқаннан кейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта операторы жаздырып алудың бірыңғай каталогін қағаз жеткізгіште немесе электрондық нысанда жүргізеді, онда мерзімді баспа басылымдарының таратылу аумағына қарай республикалық, жергілікті және шетелдік мерзімді баспа басылымдары жөніндегі бөлімдер қамтылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жаздырып алынатын мерзімді баспа басылымдарын тарату мына кезеңдерден тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бұқаралық ақпарат құралдарының меншік иесімен немесе оның өкілімен мерзімді баспа басылымдарын таратуға, сондай-ақ пошта операторының көрсетілетін қызметтерін пайдаланушыдан тапсырысты қабылдауға және жаздырып алуды ресімдеуге, оның ішінде интернет-ресурсты пайдалана отырып ресімдеуге және мерзімді баспа басылымдарына пошта операторы қабылдаған жаздырып алу бойынша ақпаратты өңдеуді жүзеге асыруға шарт жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта операторының мерзімді баспа басылымдарын қабылдауы, өңдеуі, тасымалдауы, пошта операторының көрсетілетін қызметтерін пайдаланушыға жеткізуі не мерзімді баспа басылымын пошта операторының көрсетілетін қызметтерін пайдаланушының электрондық абоненттік пошта жәшігіне электрондық нысанда жіберуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық, жергілікті және шетел мерзімді баспа басылымдарына жазылуды пошта операторы немесе пошта операторының көрсетілетін қызметтерін пайдаланушы өндірістік объектілер немесе интернет-ресурстар арқылы жүзеге асырады. Жаздырып алынатын республикалық мерзімді баспа басылымдарын Қазақстан Республикасының бүкіл аумағында тарату масс-медиа саласындағы уәкілетті орган беретін құжатқа сәйкес жүзеге асырылады, ал жергілікті мерзімді баспа басылымдарын тарату облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары беретін тиісті құжатта көрсетілген облыс, республикалық маңызы бар қала, астана аумағында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z150" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жаздырып алынатын шетелдік мерзімді баспа басылымдарын тарату "Масс-медиа туралы" Қазақстан Республикасының Заңына сәйкес масс-медиа саласындағы уәкілетті орган, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары беретін Қазақстан Республикасының аумағында таратылатын шетелдік мерзімді баспа басылымдарын есепке алу туралы құжатта көрсетілген аумақта жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Мерзімді баспа басылымдарын бөлшек сауда арқылы сату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта операторының көрсетілетін қызметтерін пайдаланушыларға мерзімді баспа басылымдарын бөлшек сауда арқылы сату жөніндегі қызметтерді ұсынуды пошта операторы бұқаралық ақпарат құралдарының меншік иесімен немесе оның өкілімен жасалған шарт негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z152" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шетелдік мерзімді баспа басылымдарын бөлшек сауда арқылы сатуды пошта операторы "Масс-медиа туралы" Қазақстан Республикасының Заңына сәйкес масс-медиа саласындағы уәкілетті орган, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары беретін Қазақстан Республикасында таратылатын шетелдік мерзімді баспа басылымдарын есепке алу туралы құжатта көрсетілген аумақта жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бап. Пошта төлемінің белгілерін өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта төлемінің белгілері пошта операторының жазбаша хат-хабарды жіберу жөніндегі қызметтеріне қолданыстағы тарифтерге сәйкес ақы төленгенін растауға арналған. Пошта төлемінің белгілерін қолдану жазбаша хат-хабар жөнелтілімдеріне ғана жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z154" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта операторы, пошта төлемінің мемлекеттік белгілерін қоспағанда, уәкілетті органмен келісілген пошта төлемінің белгілерін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z155" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта операторлары Қазақстан Республикасының аумағында ішкі және халықаралық жазбаша хат-хабарды жіберуді пошта төлемінің белгілері болған кезде ғана жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z156" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сатылған пошта төлемінің белгілері, оның ішінде мемлекеттік белгілер қайтарылуға және ауыстырылуға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z157" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Пошта жөнелтілімінде пошта төлемінің белгілері болмаған немесе белгіленген тариф ішінара төленген кезде, пошта операторы мұндай пошта жөнелтілімін жөнелтушіге қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z158" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ластанған, бүлінген, пайдаланылған (өтелген), айналымнан алынған пошта төлемінің белгілері, сондай-ақ басқа мемлекеттердің пошта төлемінің белгілері пошта байланысының көрсетілетін қызметтерін төлеу үшін қабылданбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z159" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Пошта байланысының көрсетілетін қызметтерінің төленгенін растайтын пошта төлемінің сатып алынған белгілері пошта төлемінің осы белгісін айналымға шығарған пошта операторында пайдаланылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z160" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Пошта операторларына тиесілігіне қарай пошта төлемінің белгілерін сәйкестендіру мақсатында пошта төлемі белгілерінің оң жағында пошта төлемінің мемлекеттік белгілерінен басқа пошта операторының атауы болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бап. Пошта төлемінің мемлекеттік белгілері және филателиялық өнім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта төлемінің мемлекеттік белгілерін айналымға енгізуді уәкілетті орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z162" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта төлемінің мемлекеттік белгілеріне қойылатын талаптарды уәкілетті орган Дүниежүзілік пошта одағының актілеріне сәйкес айқындайды. Мемлекеттік пошта төлемі белгілерінің түрлерін және көлемдерін бекіту, пошта айналымына енгізу және оларды айналымнан алу тәртібі, сондай-ақ жасауды, шығаруды және өткізуді ұйымдастыру уәкілетті орган бекітетін пошта төлемінің мемлекеттік белгілерін және филателиялық өнімді шығару, өткізу қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z163" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта төлемінің мемлекеттік белгілерін жасаудың, шығарудың және өткізудің ұйымдастырылуын Ұлттық пошта операторы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z164" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Заңсыз шығарылған пошта төлемінің мемлекеттік белгілері айналымынан қорғану мақсатында Ұлттық пошта операторы Дүниежүзілік пошта одағына мүше елдердің төлнұсқа маркалары тізіліміне енгізу үшін әрбір жаңа шығарылымның және әрбір номиналдың үш пошта маркасын қажетті ақпаратпен бірге (шығарылған күні, техникалық сипаттамасы және басқа да қажетті деректер) Дүниежүзілік пошта одағының атына жіберіп отырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z165" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уәкілетті орган Ұлттық пошта операторының ұсынысы бойынша филателиялық өнім ретінде қолдану мақсатында пошта төлемінің мемлекеттік белгілерін пошта айналымынан алуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z166" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Пошта төлемінің мемлекеттік белгісінің пошта айналымы оны айналымға енгізген күннен кейін кемінде екі жыл жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгеріс енгізілді – ҚР 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-бап. Жаздырып алынатын мерзімді баспа басылымдарын тарату</w:t>
-[...135 lines deleted...]
-    <w:bookmarkEnd w:id="117"/>
+        <w:t>18-бап. Гибридтік жөнелтілімді жіберу бойынша көрсетілетін қызметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта операторының гибридтік жөнелтілімді жіберу бойынша қызмет көрсетуі жөнелтілімді кейінгі кезеңде хат (пошталық карточка) түрінде жеткізілетін, бастапқы кезеңде ақпараттық жүйелерді, интернет-ресурстарды және басқа да электрондық жеткізгіштерді қолдану арқылы электрондық хат (хабар) нысанында жіберу не кейінгі кезеңде электрондық поштаға немесе электрондық абоненттік пошта жәшігіне ақпараттық жүйелерді, интернет-ресурстарды және басқа да электрондық жеткізгіштерді қолдану арқылы электрондық хат (хабар) нысанында жеткізілетін хатты (пошталық карточканы) бастапқы кезеңде жіберу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z168" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жөнелтушілерден электрондық хаттарды (хабарларды) қабылдау немесе жеткізу шарт негізінде пошта операторының ақпараттық жүйесімен интеграцияланған, пайдаланылатын ақпараттық жүйелерден ақпаратты беру арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z169" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Электрондық хаттарды (хабарларды) қабылдау және жеткізу мақсатында пошта операторлары меншікті ақпараттық жүйелері мен телекоммуникациялар желілерін немесе шарт негізінде үшінші тұлғалардың ақпараттық жүйелері мен телекоммуникациялар желілерін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z170" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пошта операторы алынған электрондық хаттарды (хабарларды) басып шығаруды және конвертке салуды жүргізетін үшінші тұлғаны шарт негізінде тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z171" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Пошта жөнелтілімі түріндегі электрондық хатты (хабарды) жіберу осы Заңда және пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында белгіленген талаптарға сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-1-бап. Электрондық, гибридтік поштаның көрсетілетін қызметтері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық поштаның көрсетілетін қызметтері аутентификацияланған көрсетілетін қызметтерді пайдаланушылары арасында мұндай берудің жөнелтілуін және жеткізілуін растай отырып хабарламаларды, ақпаратты, хаттар мен құжаттарды электрондық түрде беруден және алынған хабарламаларды, ақпаратты, хаттар мен құжаттарды қауіпсіз сақтауды қамтамасыз етуден тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гибридтік поштаның көрсетілетін қызметтеріне гибридтік жөнелтілімді жіберу бойынша көрсетілетін қызметтер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта операторлары көрсетілетін қызметтерді пайдаланушы қағаз жеткізгіште немесе электрондық нысанда берген өтінішке сәйкес көрсетілетін қызметтерді пайдаланушыларды ерікті негізде тіркеуді жүзеге асырады. Электрондық поштаның көрсетілетін қызметтерін аутентификациялау және ұсыну тәртібі пошта операторы мен көрсетілетін қызметтерді пайдаланушы арасындағы пайдалану келісімі негізінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық поштаның көрсетілетін қызметтерін пайдаланушыны аутентификациялау электрондық цифрлық қолтаңба арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта операторлары электрондық пошта штемпелін қолданады, ол хабарламаларды, ақпаратты, хаттар мен құжаттарды электрондық түрде беруді және көрсетілетін қызметтердің бір немесе бірнеше пайдаланушысы белгілі бір уақытта жүргізген операцияның төлнұсқалығын тиісті нысанда растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді – ҚР 19.06.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-1-баппен толықтырылды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-бап. Мерзімді баспа басылымдарын бөлшек сауда арқылы сату</w:t>
-[...103 lines deleted...]
-    </w:p>
+        <w:t>19-бап. Пошта операторының көрсетілетін қызметтеріне ақы төлеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта операторының көрсетілетін қызметтеріне ақы төлеу пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында белгіленген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z173" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта операторының көрсетілетін қызметтеріне ақы төлеу мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолма-қол ақшаны пайдаланып;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолма-қол ақшасыз тәртіппен, оның ішінде электрондық ақшамен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта операторы пошта операторының көрсетілетін қызметтерін пайдаланушыларға көрсетілетін қызметтерге шарт жасасқан кезде, көрсетілетін қызметтерге ақы төлеудің бір немесе бірнеше тәсілі шарт талаптарында көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z175" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пошта операторы жөнелтушінің тапсырмасы бойынша адресаттан оған пошта жөнелтілімін табыс ету кезінде жөнелтуші айтқан үстеме төлем сомасын алуды және жөнелтуші көрсеткен мекенжайға оны жіберуді міндеттенеді. Үстеме төлемді пошта жөнелтілімдері Қазақстан Республикасының бүкіл аумағы бойынша және пошта операторларымен тиісті шарттар жасалған елдерге жіберу үшін қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z176" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адресат пошта жөнелтілімінен, оның ішінде үстеме төлемді пошта жөнелтілімінен бас тартқан жағдайда, пошта операторы жөнелтушіге пошта жөнелтілімін қайтарады, ол пошта жөнелтілімін алған кезде жөнелтілім кері жіберілгені үшін соманы төлеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-бап. Пошта төлемінің белгілерін өткізу</w:t>
-[...853 lines deleted...]
-        </w:rPr>
         <w:t>20-бап. Хабархат, хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="144"/>
+    <w:bookmarkStart w:name="z289" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тіркелетін пошта жөнелтілімі межелі жері бойынша келіп түскені туралы хабархат пошта жөнелтілімін алушының электрондық абоненттік пошта жәшігіне электрондық тәсілмен жіберіледі, электрондық абоненттік пошта жәшігі болмаған жағдайда, ұялы байланыстың абоненттік нөмірі болған кезде хабархат соған жіберіледі не қағаз жеткізгіште абоненттік пошта жәшігіне және (немесе) абонементтік жәшікке дейін жеткізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z290" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z290" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта жөнелтілімінің табыс етілгені туралы хабарлама пошта байланысының қосымша көрсетілетін қызметі болып табылады, ол үшін жөнелтушіден тіркелетін пошта жөнелтілімін қабылдаған кезде төлемақы алынады және алушыға тіркелетін пошта жөнелтілімі табыс етілген кезде жөнелтушіге кері жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z291" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z291" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тіркелетін пошта жөнелтілімін алу туралы хабарламаны ресімдеу және жіберу қағаз жеткізгіште не электрондық абоненттік пошта жәшігі пайдаланыла отырып, электрондық нысанда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z292" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z292" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пошта жөнелтілімінің табыс етілгені туралы хабарлама үшін тарифті жөнелтуші пошта операторының квитанциясын ала отырып, алдын ала төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7162,70 +7130,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Пошта жөнелтiлімiн қайтару, мекенжайды өзгерту немесе түзету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="148"/>
+    <w:bookmarkStart w:name="z180" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жөнелтушi пошта жөнелтiлімi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) адресатқа берiлмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7236,265 +7204,265 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жіберуге тыйым салынған заттар мен нәрселер тәркiленбеген немесе жойылмаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) межеленген елдiң заңнамасы негiзiнде алып қойылмаған жағдайларда, пошта операторына пошта жөнелтiлімiн қайтару, мекенжайды өзгерту немесе түзету туралы талаппен өтініш жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="149"/>
+    <w:bookmarkStart w:name="z181" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта жөнелтiлімiн қайтару, мекенжайды өзгерту және түзету жөнелтушi қосымша ақы төлеген кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Пошта операторлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="150"/>
+    <w:bookmarkStart w:name="z182" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторларында қажеттi материалдық-техникалық база мен бiліктi кадрлар, механикаландыру құралдары болуға, пошта операторының көрсетілетін қызметтерін пайдаланушыларға пошта жөнелтiлімдерiн Қазақстанның iшiнде және одан тыс жерлерге жiберудің тарифтерi, мерзiмдерi туралы ақпарат, сондай-ақ өзге де ақпарат беруге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z183" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z183" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторларының пошта байланысының көрсетілетін қызметтерін ұсыну жөніндегі қызметі пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z184" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z184" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пошта операторлары пошта операторының көрсетілетін қызметтерін пайдаланушылардан алған пошта жөнелтілімдерінің және пошталық ақша аударымдарының сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z185" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z185" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пошта операторлары пошта жөнелтiлімдерi, пошталық ақша аударымдары, жөнелтушiлер және адресаттар туралы мәлiметтердi тек жөнелтушiлер мен адресаттарға не олардың заңды өкілдерiне немесе сенiмхат негiзiнде сенiм білдірілген тұлғаларға бередi. Көрсетілген мәлiметтердi өзге жеке және заңды адамдарға беру Қазақстан Республикасының заңдарында көзделген жағдайларда ғана жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z186" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z186" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пошта операторлары пошта байланысының көрсетілетін қызметтерін өндірістік объектілер, поштаматтар, пошташылар немесе курьерлер арқылы көрсетеді, сондай-ақ қызметтерді көрсету кезінде осы Заңда белгіленген талаптарға сәйкес меншікті пошта төлемінің белгілерін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта операторлары абоненттік пошта жәшіктері арқылы тізбесі пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында белгіленетін пошта жөнелтілімдерін жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="155"/>
+    <w:bookmarkStart w:name="z187" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Пошта операторлары арасындағы өзара іс-қимыл шарттық негізде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z188" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z188" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Қылмыстық кодексiнiң 216 және 217-баптарында көзделген қылмысы үшін жойылмаған немесе алынбаған соттылығы бар жеке тұлға, немесе жеке тұлға құрылтайшысы немесе қатысушысы болып табылатын заңды тұлға пошта операторы бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z189" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z189" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Пошта операторлары қызметін осы Заңда және Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7550,150 +7518,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Ұлттық пошта операторы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="158"/>
+    <w:bookmarkStart w:name="z190" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық пошта операторының мынадай міндеттемелері болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z273" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z273" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкiлеттi орган бекіткен пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштеріне сәйкес пошта байланысының әмбебап көрсетілетін қызметтерін ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z293" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z293" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) ауылдық елді мекендерде осы Заңның 23-1-бабында көзделген қызметтерді көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z274" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z274" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Байланыс туралы" Қазақстан Республикасының Заңына сәйкес арнаулы пошта байланысы қызметтерін көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z275" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z275" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасында пошта индекстерін беру жөніндегі қағидаларға сәйкес жылжымайтын мүлік объектілеріне пошта индекстерін беруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7742,208 +7710,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z277" w:id="163"/>
+    <w:bookmarkStart w:name="z277" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) арнаулы пошта байланысының жұмыскерлерін нысанды киiммен, сондай-ақ өз жұмыскерлерін нысанды киіммен (погонсыз) қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z278" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z278" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының пошта төлемiнің мемлекеттiк белгiлерiн шығаруды және өткізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) электрондық абоненттік пошта жәшіктерінің бірыңғай жүйесін құрады және оның жұмыс істеуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="165"/>
+    <w:bookmarkStart w:name="z191" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлттық пошта операторы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z279" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z279" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңның 9-бабы 2-тармағының 2), 3), 4), 5), 7) және 9) тармақшаларында және 3-тармағында көзделген қызметтерді көрсетуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z280" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z280" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган белгілеген тәртіппен брокерлік, дилерлік және трансфер-агенттік қызметті жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z286" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z286" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) жасалған шарт негізінде бюджеттен көрсетілген қызметтер үшін сыйақы алу құқығымен, бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен кірістер тізбесі бойынша салықтар мен бюджетке төленетін басқа да міндетті төлемдерді төлеу үшін жеке тұлғалар мен мемлекеттік мекемелер өкілдерінен қолма-қол және қолма-қол емес ақша қабылдағаны үшін төлемақы алмай қызметтер көрсетуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z281" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z281" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банк операцияларының мынадай жекелеген түрлерін лицензиясыз:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғалардың депозиттерін қабылдауды, олардың банктік шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8012,2200 +7980,1982 @@
       банкноттарды, монеталарды және құндылықтарды, оның ішінде бағалы металдарды, асыл тастарды және олардан жасалған бұйымдарды инкассациялауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолма-қол шетел валютасымен айырбастау операцияларын қоса алғанда, шетел валютасымен айырбастау операцияларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбесіне енгізілген жеке тұлғаның "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген ақшамен және (немесе) өзге мүлікпен операциялар жүргізу мақсатында банктік шотын ашуды және жүргізуді жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төлем карточкаларын шығаруды, өткізуді және таратуды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z314" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасында белгіленген талаптарға сәйкес дәрілік заттар мен медициналық бұйымдарды тасымалдауды және сақтауды жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z315" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық пошта операторының жеке тұлғалардың депозиттерін қабылдау, олардың банктік шоттарын ашу және жүргізу жөніндегі қызметін қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган, оның ішінде жекелеген пруденциялық нормативтерді белгілеу және лицензиялар беру арқылы реттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық пошта операторы Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісіне сәйкес Қазақстан Республикасының Ұлттық Банкіне қаржылық және өзге де есептілікті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық пошта операторы жедел депозиттерге тартатын халық салымдарының сақталуы оларды мемлекеттiк бағалы қағаздарға және өзге де өтiмдi қаржы құралдарына орналастыру арқылы қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z284" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган Ұлттық пошта операторының қаржы қызметін жүзеге асыруы және қаржылық қызметтер ұсынуы кезінде оның қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтауын бақылауды және қадағалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z285" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган Ұлттық пошта операторының пошта байланысының көрсетілетін қызметтерін жүзеге асыруы кезінде оның қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтауын бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұлттық пошта операторы өзіне мемлекет жүктеген міндеттемелерді іске асыру мақсатында мәліметтер сұратады және алады не "Мекенжай тіркелімі" ақпараттық жүйесіне кіру рұқсатын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ұлттық пошта операторы орналасқан жерінің мекенжайы бар және "Мекенжай тіркелімі" ақпараттық жүйесіне енгізілген әрбір жылжымайтын мүлік объектісіне пошта индексін береді. Қазақстан Республикасының аумағында пошта индекстерінің бірыңғай базасын жүргізуді Ұлттық пошта операторы Қазақстан Республикасында пошта индекстерін беру жөніндегі қағидаларға сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұлттық пошта операторының басқа пошта операторларымен өзара іс-қимылы шарттық негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-1-бап. Ұлттық пошта операторының мемлекеттік көрсетілетін  қызметтерге қол жеткізуді қамтамасыз етуге байланысты  шығындарын өтеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ауылдық елді мекендерде тұратын халықтың мемлекеттік көрсетілетін қызметтерге қол жеткізуін мемлекеттік қызметтер көрсету саласындағы уәкілетті орган бекітетін мемлекеттік көрсетілетін қызметтер тізіліміне сәйкес пошта байланысы бөлімшелерінде Ұлттық пошта операторы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z296" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ауылдық елді мекендерде тұратын халықтың мемлекеттік көрсетілетін қызметтерге қолжетімділігін жасауға және қамтамасыз етуге байланысты Ұлттық пошта операторының шығындары уәкілетті орган айқындаған тәртіппен өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық пошта операторының Қазақстан Республикасының ауылдық елді мекендеріне қолма-қол ақшаны жеткізу жөніндегі шығындары (шығыстары) Қазақстан Республикасының Ұлттық Банкі айқындайтын тәртіппен және шарттарда өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай шығындар Ұлттық пошта операторының акциялар пакетінің жүз пайызы тікелей немесе жанама түрде мемлекетке тиесілі болған жағдайда өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-1-баппен толықтырылды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Пошта байланысының көрсетілетін қызметтерін ұсыну қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пошта операторларының пошта желісін ұйымдастыру және пошта операторының көрсетілетін қызметтерін пайдаланушыларға қызмет көрсету, оның ішінде мүгедектігі бар адамдардың пошта байланысының көрсетілетін қызметтеріне кедергісіз қол жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта операторларының атаулы құрылғыларын пайдалану тәртiбi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пошта жөнелтiлімдерiн ресiмдеу тәртібі, сондай-ақ пошта жөнелтiлімдерiнiң түрлерi және олардың техникалық сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) пошта жөнелтiлімдерiн және (немесе) пошталық ақша аударымдарын қабылдау, өңдеу, тасымалдау және (немесе) беру, жеткiзу және (немесе) табыс ету тәртiбi, сондай-ақ пошта жөнелтілімі және (немесе) пошталық аударым бланкісінің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықаралық пошта жөнелтiлімдерiн қабылдау, өңдеу және табыс ету тәртiбi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пошта жөнелтiлімдерiн алу, өңдеу және тексеру тәртiбi, сондай-ақ пошта жөнелтiлімдерiн сақтау мерзiмдерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) пошта жөнелтiлімдерiн қосымша жiберу және қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) операциялық күндi өткiзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) пошта жөнелтiлімдерiн кiдiрту, қарап-тексеру және алу тәртiбi, сондай-ақ пошта желiлерi бойынша жiберуге тыйым салынған және шектеу қойылған заттар мен нәрселердің тiзбесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) пошта операторының көрсетілетін қызметтерін пайдаланушылардың өтiнiштерi мен шағымдарын қарау тәртiбi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) пошта байланысының көрсетілетін қызметтерін ұсынуға байланысты, осы Заңда көзделген өзге де ережелер қамтылуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Пошта байланысының көрсетілетін қызметтерін ұсыну кезiндегi шектеулер және салынатын тыйымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта жөнелтiлімдерiнде анықталған, жiберуге шектеу қойылған және тыйым салынған нәрселер мен заттар анықталған жерде осы Заңмен және Қазақстан Республикасының Қылмыстық-процестік кодексінде белгiленген тәртiппен кідіртіледі және алып қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z197" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта жөнелтiлімдерiн қарап-тексеруге және оларды алуға Қазақстан Республикасының заңдарында белгiленген жағдайларда жол берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бап. Пошта операторларының қызметінде тілдерді қолдану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында пошта операторларының қызметтік іс жүргізуі қазақ және (немесе) орыс тілдерінде жүзеге асырылады. Тағайындалған оператор Дүниежүзілік пошта одағына мүше елдердің тағайындалған операторларымен және Дүниежүзілік пошта одағымен хат алмасуды Дүниежүзілік пошта одағының актілерінде айқындалған тілде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z199" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының шегінде жіберілетін пошта жөнелтілімдерін жөнелтуші мен алушының мекенжайы жөнелтушінің қалауы бойынша қазақ немесе орыс тілдерінде, ал Қазақстан Республикасынан тыс жерлерде межеленген елдің тілінде немесе Дүниежүзілік пошта одағының актілерінде белгіленген тілде ресімделуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z200" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта операторларының қызметіне қатысты ақпараттық, анықтамалық және басқа да мәліметтер, сондай-ақ құжаттардың үлгілері "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес қазақ және орыс тілдерінде пошта операторының көрсетілетін қызметтерін пайдаланушыларға қолжетімді жерлерде орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгеріс енгізілді - ҚР 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бап. Пошта байланысы саласында жергілікті уақытты қолдану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта саласында қызметті жүзеге асыру кезінде пошта операторларының пошта жөнелтілімдерін жіберудің технологиялық процестерінде олардың Қазақстан Республикасының аумағында орналасу жеріне қарай жергілікті уақыт қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z202" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта операторының көрсетілетін қызметтерін пайдаланушыларды көрсетілетін қызметтерді ұсыну уақыты туралы хабардар ету жергілікті уақыт бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z50" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. ПОШТА ЖЕЛІСІ ЖӘНЕ ПОШТА БАЙЛАНЫСЫНЫҢ ҚҰРАЛДАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-бап. Қазақстан Республикасындағы пошта желілері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында Ұлттық пошта операторы құратын ұлттық пошта желісі және пошта операторлары қалыптастыратын пошта желілері әрекет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z204" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық пошта желісі Қазақстан Республикасының стратегиялық объектісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z205" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта операторлары, осы Заңда тікелей белгіленген жағдайларды қоспағанда, пошта желілерін өзі дербес қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-бап. Пошта операторларының пошта желілерін жоспарлау және дамыту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта операторлары пошта желілерін дамытуды өзі дербес жоспарлайды және жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта операторының көрсетілетін қызметтерін пайдаланушыларға пошта байланысының әмбебап көрсетілетін қызметтерін ұсынуды қамтамасыз ететін пошта желілерін дамыту уәкілетті орган бекітетін пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштеріне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үйлерді салу кезінде құрылысқа тапсырыс беруші абоненттік пошта жәшіктерін жобалау және орнату бойынша міндеттемені меншікті қаражаты есебінен көтереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30-бап. Пошта байланысының бөлімшелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта байланысының бөлімшелері пошта операторының көрсетілетін қызметтерін пайдаланушыларға пошта саласындағы қызметтер көрсетілетін өндірістік объектілер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта байланысының бөлімшелерін ашу және күтіп-ұстау қажеттілігін пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштері негізінде пошта операторы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта байланысы бөлімшелерін жабу туралы шешім қабылданған кезде пошта операторы бұл туралы облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін бөлімшені жабудың болжамды күнінен үш ай бұрын хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық пошта операторы пошта байланысы бөлімшелерінің:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орналастырылуы уәкілетті орган бекіткен пошта байланысының әмбебап көрсетілетін қызметтерінің сапа көрсеткіштеріне сәйкес жүзеге асыралатын, пошта операторының көрсетілетін қызметтерін пайдаланушыларға қызметтер көрсетуге арналған стационарлық пошта байланысы бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта саласында қызметтер көрсету үшін көлік құралдарының базасында, оның ішінде жеке және заңды тұлғалармен жасалған шарттар бойынша құрылатын жылжымалы пошта байланысы бөлімшесі түрлерінің жұмыс істеуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта операторының көрсетілетін қызметтерін пайдаланушыларға жылжымалы пошта байланысының бөлімшелері арқылы қызмет көрсету елді мекеннің орталық бөлігінде жүзеге асырылады. Жылжымалы пошта байланысы бөлімшелерінің көмегімен көрсетілетін қызметтермен пошта операторының көрсетілетін қызметтерін пайдаланушыларды қамтамасыз ету нормативтерін пошта операторы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z211" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пошта операторлары өзінің қызметінде пошта байланысы бөлімшелерінің қажетті түрлерін өзі дербес айқындайды және пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-бапқа өзгеріс енгізілді – ҚР 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...744 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>23-1-бап. Ұлттық пошта операторының мемлекеттік көрсетілетін  қызметтерге қол жеткізуді қамтамасыз етуге байланысты  шығындарын өтеу</w:t>
-[...123 lines deleted...]
-    </w:p>
+        <w:t>31-бап. Пошта маршруттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пошта операторларының пошта бағыттары пошта желісінің құрамдас бөлігі болып табылады және көлік құралдарын және (немесе) пошташыларды, курьерлерді пайдалана отырып пошта жөнелтілімдерін тасымалдау және жеткізу схемасын білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z213" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пошта маршруттарын пошта операторы облыс аралығындағы қалааралық, ауданаралық (облыс ішіндегі қалааралық), ауданішілік, қала маңы бойынша, қалалық (ауылдық) қазіргі бар маршруттарды, сондай-ақ елді мекендерді аудан немесе облыс орталықтарымен, республикалық маңызы бар қалалармен, астанамен байланыстыратын маршруттарды негізге алып, жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z214" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пошта маршрутын және көлік қозғалысының кестесін жасауды пошта операторлары пошта байланысының әмбебап көрсетілетін қызметтерінің қолданыстағы сапа көрсеткіштеріне, пошта жөнелтілімдерін өңдеудің, тасымалдаудың және жеткізудің ішкі нормативтері мен мерзімдеріне сәйкес жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z215" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пошта бағыттары туралы мәліметтер құпия ақпарат болып табылады. Мұндай ақпарат үшінші тұлғаларға Қазақстан Республикасының Кәсіпкерлік кодексі талаптары сақтала отырып ашылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>24-бап. Пошта байланысының көрсетілетін қызметтерін ұсыну қағидалары</w:t>
-[...1064 lines deleted...]
-        </w:rPr>
         <w:t>32-бап. Поштоматтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="200"/>
+    <w:bookmarkStart w:name="z316" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Поштоматтар ғимараттар мен құрылысжайларда не көппәтерлі тұрғын үйлерде орналастырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z317" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z317" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ғимараттар мен құрылысжайлардың меншік иелері не олардың сенім білдірілген адамдары пошта операторларының көрсетілетін пошта байланысы қызметтерін ұсыну мақсатында поштоматтарды орналастыруы үшін оларға шарт негізінде алаңдар бере алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z318" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z318" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көппәтерлі тұрғын үйдің пәтерлерінің, тұрғын емес үй-жайларының меншік иелері "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жиналыста пошта операторларының көрсетілетін пошта байланысы қызметтерін ұсыну мақсатында поштоматтарды орналастыруы үшін оларға кондоминиум объектісі мүлкінің бір бөлігін мүліктік жалдауға беру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10261,226 +10011,226 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бап. Абоненттік пошта жәшіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="203"/>
+    <w:bookmarkStart w:name="z220" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Абоненттік пошта жәшіктері пошта операторының көрсетілетін қызметтерін пайдаланушылар және пошта операторларының пошташылары үшін қолжетімді жерлерде тұрғын және тұрғын емес ғимараттарда, жеке тұрғын үйлерде орнатылады және солардың меншік иелеріне тиесілі болады, олар уәкілетті орган белгілеген талаптарға сәйкес абоненттік пошта жәшіктерінің орналастырылуын және олардың тиісті жай-күйде күтіп-ұсталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z221" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z221" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын және тұрғын емес ғимараттардың, жеке тұрғын үйлердің меншік иелері пошташылардың, курьерлердің абоненттік пошта жәшіктеріне кедергісіз қол жеткізуін қамтамасыз етуге міндетті. Абоненттік пошта жәшіктері болмаған немесе ол ақаулы болған жағдайда, пошта операторы пошта жөнелтілімін өндірістік объектіден беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z222" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z222" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұрғын және тұрғын емес ғимараттардың, жеке тұрғын үйлердің меншік иелерінің шешімі бойынша абоненттік пошта жәшіктерінің орнатылуын, күтіп-ұсталуын және сақталуын қамтамасыз ету жөніндегі міндеттемелер шарт бойынша кондоминиум объектісін басқару органына берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z223" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z223" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пошта операторлары электрондық хаттарды (хабарламаларды), құжаттарды және (немесе) гибридтік жөнелтілімдерді жіберу кезінде электрондық абоненттік пошта жәшіктерін пайдаланады. Пошта операторлары электрондық абоненттік пошта жәшіктерін құруды және пайдалануды дербес жүзеге асырады. Электрондық абоненттік пошта жәшіктері пошта операторымен жасалған пайдалану келісімі негізінде пошта операторының көрсетілетін қызметтерін пайдаланушыларға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта операторлары пошта операторының көрсетілетін қызметтерін пайдаланушылардың электрондық абоненттік пошта жәшіктерін пайдалануының қауіпсіздігі мен құпиялылығын, сондай-ақ пошта операторының көрсетілетін қызметтерін пайдаланушының жеке хат жазысу құпиясын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="207"/>
+    <w:bookmarkStart w:name="z224" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ұлттық пошта операторы кез келген пошта операторының көрсетілетін қызметтерін пайдаланушы өзі өтініш жасаған кезде өтеусіз негізде жеке электрондық абоненттік пошта жәшігін ашады және оның тиісінше жұмыс істеуін, сондай-ақ пошта операторының көрсетілетін қызметтерін пайдаланушының жеке хат алмасу құпиясының сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z225" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z225" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Электрондық абоненттік пошта жәшіктерінің бірыңғай жүйесі пошта жөнелтілімдерінің электрондық нысанда жіберілуін, оның ішінде Қазақстан Республикасының барлық аумағында электрондық құжат айналымы шеңберінде қамтамасыз ететін Ұлттық пошта операторының жалпыға қолжетімді ақпараттық жүйесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бүкіл аумағында электрондық абоненттік пошта жәшіктерінің бірыңғай жүйесін құруды, оның жұмыс істеуін және дамуын Ұлттық пошта операторы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="209"/>
+    <w:bookmarkStart w:name="z297" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Пошта операторының көрсетілетін қызметтерін пайдаланушыларды сәйкестендіру олардың дербес деректері (жеке сәйкестендіру нөмірі), заңды тұлғаларды сәйкестендіру бизнес-сәйкестендіру нөмірі арқылы жүргізіледі. Пошта операторының көрсетілетін қызметтерін пайдаланушылардың деректерін растау мақсатында Ұлттық пошта операторы мемлекеттік органдардың жеке және заңды тұлғаларының мемлекеттік дерекқорларына қолжетімділік алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық пошта операторы мен мемлекеттік органдар арасында ақпараттық жүйелерді интеграциялау "Ақпараттандыру туралы" Қазақстан Республикасының Заңында белгіленген талаптарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10525,51 +10275,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
@@ -10612,110 +10362,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-бап. Пошта операторларының атаулы құрылғылары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="210"/>
+    <w:bookmarkStart w:name="z226" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторлары өндірістік объектілерді пошта жөнелтілімдерін жіберу процесінде қолданылатын атаулы құрылғылармен қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z227" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z227" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторларының атаулы құрылғылары осы пошта операторының атауын көрсету арқылы Ұлттық пошта операторының өндірістік объектілері үшін белгіленген атаулы құрылғылардан ерекшеленуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z228" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z228" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Атаулы құрылғыларды пайдалану тәртібін пошта операторлары дербес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10771,128 +10521,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бап. Көлік құралдарын пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="213"/>
+    <w:bookmarkStart w:name="z229" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторларына пошта операторы жұмыскерлерінің ілесіп жүруімен теміржол, теңіз, ішкі су, әуе және автомобиль көлігінің барлық маршруттары мен желілері бойынша пошта жөнелтілімдерін шарттық жағдайларда тасымалдау, сондай-ақ Қазақстан Республикасының азаматтық заңнамасына сәйкес тасымалдау үшін пошта жөнелтілімдерін беру құқығы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z230" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z230" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта байланысының әмбебап көрсетілетін қызметтерін және басқа да көрсетілетін қызметтерді ұсынатын пошта операторының автомобиль көлiгiнiң және басқа да механикалық көлік құралдарының автомобиль жолдары, автомобиль, темiржол, су станциялары мен вокзалдарының, әуежайлардың аумақтарында орналасқан жүк және багаж кешендерiне, сондай-ақ теміржол станциялары мен вокзалдарының перрондары мен платформаларында пошта вагондарымен пошта жөнелтiлімдерiнің барлық түрлерін алмасу үшiн жүріп өтуi бiрiншi кезекте және төлемсіз жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уақтылы пошта алмасу үшін теміржол станцияларына (темір жолдарға) теміржол составтарын беру кезінде пошта операторының автомобиль көлігі мен басқа да механикалық көлік құралдарының пошта вагонына еркін жүріп өтуі қамтамасыз етілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="215"/>
+    <w:bookmarkStart w:name="z231" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұлттық пошта операторына тиесілі көлік құралдарының арнайы нышаны болады және оның келісімінсіз пошта саласындағы қызметке жатпайтын көрсетілетін қызметтерді ұсыну және жұмыстарды орындау үшін пайдаланылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10931,157 +10681,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="216"/>
+    <w:bookmarkStart w:name="z51" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ПОШТА ОПЕРАТОРЛАРЫНЫҢ КӨРСЕТІЛЕТІН ҚЫЗМЕТТЕРІН</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ПАЙДАЛАНУШЫЛАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-бап. Пошта операторларының көрсетілетін қызметтерінің сапасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="217"/>
+    <w:bookmarkStart w:name="z232" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторлары пошта операторының көрсетілетін қызметтерін пайдаланушыларға осы Заңда және пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларында белгіленген сапа мен нормаларға, сондай-ақ көрсетілетін қызметтерді ұсынуға жасалған шарт талаптарына сәйкес келетін көрсетілетін қызметтерді ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z233" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z233" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторлары пошта байланысының көрсетілетін қызметтерін Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес барлық пошта операторының көрсетілетін қызметтерін пайдаланушыларға тең жағдайларда көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z298" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z298" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пошта жөнелтілімі адресатқа немесе оның заңды өкіліне немесе сенімхат негізінде әрекет ететін сенім білдірілген адамына не парольді (пин-кодты) енгізу немесе штрих-кодты сканерлеу жолымен құқықты растау процесі арқылы адресаттың немесе жөнелтушінің келісімін алу жолымен үшінші тұлғаларға жеткізілген және (немесе) оны пошта операторы табыс еткен кезге дейін жөнелтушіге тиесілі болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошталық ақша аударымы адресатқа жеткізілген және (немесе) оны пошта операторы табыс еткен кезге дейін жөнелтушіге тиесілі болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11231,110 +10981,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Пошта операторларының көрсетілетін қызметтерін пайдаланушыларға қызмет көрсету ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="220"/>
+    <w:bookmarkStart w:name="z234" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторларының көрсетілетін қызметтерін пайдаланушылар Қазақстан Республикасы заңнамасының пошта жөнелтілімдерінде, пошталық ақша аударымында мекенжайды ресімдеу қағидаларын белгілейтін, сондай-ақ олардың ішіндегісіне қойылатын талаптарын сақтай отырып, пошта жөнелтілімдерін тапсыруды және алуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z235" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z235" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторынан пошта төлемінің белгілерін сатып алған жағдайда, пошта операторларының көрсетілетін қызметтерін пайдаланушы пошта жөнелтілімін пошта төлемінің көрсетілген белгілері сатып алынған операторға операциялық терезе арқылы пошта жөнелтілімін тапсыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z299" w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z299" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пошта операторлары ақпараттық жүйе болған кезде пошта саласындағы қызметтерді автоматтандырылған (электрондық) құрылғылар, жабдық, ақпараттық жүйелер арқылы көрсетуге, сондай-ақ оларды пошта саласында қызметтер көрсету процестерін автоматтандыру және оңтайландыру үшін пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта операторының көрсетілетін қызметтерін пайдаланушыларға қызмет көрсету ұялы байланыстың абоненттік құрылғысын пайдалану арқылы мүмкін болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11361,51 +11111,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 10.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 164-VIII</w:t>
       </w:r>
       <w:r>
@@ -11448,90 +11198,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бап. Пошта операторының көрсетілетін қызметтерін пайдаланушылардың құқықтарын қорғау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="223"/>
+    <w:bookmarkStart w:name="z236" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторлары пошта операторының көрсетілетін қызметтерін пайдаланушыларға тиісті сападағы көрсетілетін қызметтерді ұсынуына, қызметтер көрсету туралы ақпаратты алуына арналған олардың құқықтарын қорғау, сондай-ақ осындай құқықтарды іске асыру тетігі "Тұтынушылардың құқықтарын қорғау туралы" Қазақстан Республикасының Заңымен реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z237" w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z237" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторы пошта байланысының қызметтерін көрсеткен кезде уәкілетті орган бекітетін пошта операторының қызметтерді көрсетуіне қажетті және жеткілікті пошта операторының көрсетілетін қызметтерін пайдаланушылардың дербес деректерінің бірыңғай тізбесіне сәйкес пошта операторының көрсетілетін қызметтерін пайдаланушының дербес деректерін жинауды, жинақтауды, пайдалануды және сақтауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Пошта операторлары пошта жөнелтілімін қабылдау немесе табыс ету алдында пошта операторының көрсетілетін қызметтерін пайдаланушының дербес деректерді жинауға, жинақтауға, пайдалануға және сақтауға өтінішін (келісімін) алуға міндетті. Мұндай келісім электрондық цифрлық қолтаңба пайдаланыла отырып, электрондық түрде немесе автоматтандырылған (электрондық) құрылғылар, жабдық пайдаланыла отырып немесе "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11544,148 +11294,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес дербес деректерге қол жеткізуді бақылаудың мемлекеттік сервисі арқылы ақпараттық жүйелер жолымен келісім алынғанын растайтын өзге де тәсілмен не қағаз жеткізгіште қол қойғызып алынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта операторы пошта байланысының әмбебап қызметтерін көрсеткен кезде дербес деректерді жинауды, жинақтауды, пайдалануды және сақтауды пошта операторының көрсетілетін қызметтерін пайдаланушының немесе оның заңды өкілінің келісімінсіз жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="225"/>
+    <w:bookmarkStart w:name="z238" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пошта операторының көрсетілетін қызметтерін пайдаланушы тіркелетін пошта жөнелтілімдерін пошта операторының пошта жөнелтілімдерін қабылдау пунктінде өзі немесе оның өкілі жеке басты куәландыратын құжатты көрсету арқылы не пошта операторының пошташысы немесе курьері арқылы жөнелтуді жүргізеді. Жөнелтуші дербес деректерді жинауға, жинақтауға, пайдалануға және сақтауға келісім беруден бас тартқан жағдайда, пошта операторы пошта операторының көрсетілетін қызметтерін пайдаланушыдан пошта жөнелтілімін қабылдаудан бас тартуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z239" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z239" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тіркелетін пошта жөнелтілімін қабылдау кезінде пошта операторы алушының дербес деректерін оның келісімінсіз жинауды, жинақтауды, пайдалануды және сақтауды жүзеге асырады. Пошта операторы пошта операторының көрсетілетін қызметтерін пайдаланушыға тіркелетін пошта жөнелтілімін табыс еткен кезде, алушы жеке басын куәландыратын құжатты көрсетеді және пошта операторына дербес деректерді жинауға, жинақтауға, пайдалануға және сақтауға келісімін береді. Алушы дербес деректерді жинауға, жинақтауға, пайдалануға және сақтауға келісім беруден бас тартқан жағдайда, пошта операторы алушыға пошта жөнелтілімін табыс етпейді және жөнелтушіге пошта жөнелтілімін кері жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дербес деректерді жинауға, жинақтауға, пайдалануға және сақтауға келісім электрондық цифрлық қолтаңба пайдаланыла отырып, электрондық түрде немесе автоматтандырылған (электрондық) құрылғылар, жабдық пайдаланыла отырып немесе "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес дербес деректерге қол жеткізуді бақылаудың мемлекеттік сервисі арқылы ақпараттық жүйелер жолымен келісім алынғанын растайтын өзге де тәсілмен не қағаз жеткізгіште қол қойғызып алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="227"/>
+    <w:bookmarkStart w:name="z319" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пошта операторлары және дербес деректерге қол жеткізе алатын, жедел-іздестіру, қарсы барлау қызметін жүзеге асыратын органдар субъектінің немесе оның заңды өкілінің келісімінсіз не өзге де заңды негізсіз олардың таралуына жол бермеу талаптарын сақтау арқылы құпиялылықты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11784,201 +11534,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="228"/>
+    <w:bookmarkStart w:name="z52" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ПОШТА БАЙЛАНЫСЫ САЛАСЫНДАҒЫ ҚАУІПСІЗДІКТІ ҚАМТАМАСЫЗ ЕТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бап. Қауіпсіздікті қамтамасыз ету жөніндегі шаралары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="229"/>
+    <w:bookmarkStart w:name="z241" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторлары пошта байланысының қызметтерін көрсету кезінде өз құзыреті шегінде пошта операторының көрсетілетін қызметтерін пайдаланушылар мен жұмыскерлер денсаулығының және өмірінің қауіпсіздігін қамтамасыз ету үшін шаралар қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z242" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z242" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторлары жеке тұлғалардың тіркелетін пошта жөнелтілімдерін жіберуге ашық күйінде қабылдайды. Пошта операторлары пошта жөнелтілімдеріндегі заттардың, нәрселердің және тауарлардың сәйкестендірілуін қамтамасыз етуге мүмкіндік беретін техникалық құралдарды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркелетін пошта жөнелтілімдерін қабылдау кезінде пошта операторы белгіленген тәртіппен жөнелтушіні сәйкестендіруге және оның деректерін тіркеуге міндетті. Поштаматтармен жабдықталған объектілерде пошта жөнелтілімдерін қабылдау және табыс ету пошта операторының көрсетілетін қызметтерін пайдаланушыны сәйкестендіруді қамтамасыз етуге, сондай-ақ рұқсатсыз кіруді болдырмауға мүмкіндік беретін техникалық құралдар қолданылып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="231"/>
+    <w:bookmarkStart w:name="z243" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пошта операторлары пошта жөнелтілімдерін жіберу процесінде оларда тыйым салынған заттар мен нәрселерді анықтауға бағытталған шараларды қолданады. Пошта операторлары пошта жөнелтілімдерінде тыйым салынған заттар мен нәрселерді анықтау мақсатында пошта жөнелтілімдерінде тыйым салынған заттар мен нәрселерді ашпай анықтауға мүмкіндік беретін техникалық құралдарды, жабдықты және бейнетіркеу жүйелерін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта жөнелтілімдерін жіберу кезінде пошта байланысының көрсетілетін қызметтерін ұсыну қағидаларына сәйкес тыйым салынған заттар мен нәрселер анықталған жағдайда, пошта операторлары құқық қорғау органдарына және арнаулы мемлекеттік органдарға хабарлауға міндетті. Пошта жөнелтілімдерін ашу олар анықталған жерде уәкілетті органдар өкілдерінің және пошта операторы жұмыскерлерінің қатысуымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="232"/>
+    <w:bookmarkStart w:name="z244" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пошта жөнелтілімін жөнелтуші пошта жөнелтіліміндегі заттар мен нәрселер үшін белгіленген тыйым салуды бұзғаны үшін Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12034,126 +11784,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-бап. Ұлттық пошта операторының пошта қауіпсіздігі жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="233"/>
+    <w:bookmarkStart w:name="z245" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық пошта операторының пошта қауіпсіздігі жүйесі пошта, банк құпиясын, қызметтік және коммерциялық құпияны, пошта жөнелтілімдерін рұқсат етілмеген қолжетімділіктен қорғауды, пошта жөнелтілімдері мен ақшаның жоғалу және ұрлану жағдайларын болдырмау шараларын, пошта жөнелтілімдеріндегі заттар мен нәрселерді жіберу бойынша шектеулерді сақтауды, сондай-ақ пайдаланылатын ақпараттық жүйелердің қауіпсіздігін қамтамасыз етуге бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z246" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z246" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қауіпсіздік режимін шарт негізінде тартылатын жеке күзет ұйымы немесе "Күзет қызметі туралы" Қазақстан Республикасының Заңына сәйкес Ұлттық пошта операторы құрған күзет ұйымы сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке күзет ұйымдары немесе Ұлттық пошта операторы құрған күзет ұйымы пошта байланысы инфрақұрылымы объектілерінің, пошта көлігінің, қызметтер көрсету кезінде жұмыскерлер мен пошта операторының көрсетілетін қызметтерін пайдаланушылардың қауіпсіздігін және қорғалуын, пошта жөнелтілімдерін рұқсат етілмеген қолжетімділіктен қорғауды қамтамасыз етеді, сондай-ақ пошта жөнелтілімдері мен ақшаны бөтен адамдардың ұрлауын болдырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="235"/>
+    <w:bookmarkStart w:name="z53" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ПОШТА БАЙЛАНЫСЫ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ҚЫЗМЕТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-бап. Халықаралық ынтымақтастық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12162,90 +11912,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта байланысы саласындағы халықаралық ынтымақтастық халықаралық шарттар, Дүниежүзілік пошта одағының актілері және осы Заң негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-бап. Тағайындалған оператор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z247" w:id="236"/>
+    <w:bookmarkStart w:name="z247" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уәкілетті орган операторды тағайындау және тағайындалған оператордың өкілеттіктерін кері қайтарып алу қағидаларына сәйкес пошта қызметтерін пайдалануды және Дүниежүзілік пошта одағының актілерінен туындайтын, өзіне қатысты міндеттемелердің Қазақстан Республикасының бүкіл аумағында орындалуын қамтамасыз ету мақсатында пошта операторын тағайындалған оператор етіп тағайындауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z248" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z248" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тағайындалған оператор:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағындағы, оның ішінде шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін арнайы экономикалық аймақтың аумағындағы барлық елді мекендерде пошта операторының көрсетілетін қызметтерін пайдаланушылардың барлығы үшін пошта байланысының көрсетілетін қызметтерін тұрақты негізде көрсетуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12310,110 +12060,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) төлемге халықаралық қайтарым купонын қабылдауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Дүниежүзілік пошта одағына мүше басқа да елдердің тағайындалған операторларының халықаралық пошта жөнелтілімдерінің Қазақстан Республикасының аумағы арқылы транзитін қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="238"/>
+    <w:bookmarkStart w:name="z249" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тағайындалған оператор Дүниежүзілік пошта одағының актілеріне және осы Заңға сәйкес пошта байланысының көрсетілетін қызметтерін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z250" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z250" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тағайындалған оператор Дүниежүзілік пошта одағының актілерінен және осы баптың 1-тармағынан туындайтын міндеттемелерді орындамаған кезде, уәкілетті орган пошта операторынан тағайындалған оператордың өкілеттігін Қазақстан Республикасының заңнамасында белгіленген тәртіппен кері қайтарып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z251" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z251" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тағайындалған оператор Дүниежүзілік пошта одағының актілерінен туындайтын міндеттемелерді қамтамасыз ету мақсатында Қазақстан Республикасының аумағында, оның ішінде шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін арнайы экономикалық аймақтың аумағында халықаралық пошта алмасу орындарын құрады. Тағайындалған оператор халықаралық пошта алмасу орындарының қажетті санын, сондай-ақ олардың жұмыс істеу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тағайындалған оператор Қазақстан Республикасы аумағының шегінен тыс жерлерде халықаралық пошта жөнелтілімдерін алмасу және өңдеу орындарын құруға құқылы және мұндай қызметті Дүниежүзілік пошта одағының актілерінде және халықаралық пошта жөнелтілімдерін алмасу және өңдеу орны құрылатын шет мемлекеттің заңнамасында көзделген шарттарда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12467,281 +12217,281 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бап. Халықаралық пошта алмасу және халықаралық пошта транзиті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="241"/>
+    <w:bookmarkStart w:name="z252" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Халықаралық пошта алмасу және халықаралық пошта транзиті Дүниежүзілік пошта одағы актілеріне, Еуразиялық экономикалық одақтың құқығын құрайтын халықаралық шарттарға және актілерге, Қазақстан Республикасының кеден заңнамасына және осы Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z253" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z253" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тағайындалған оператор Дүниежүзілік пошта одағының актілеріне сәйкес Дүниежүзілік пошта одағы органдарында халықаралық пошта алмасу орындарын ресми тіркеуді жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z254" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z254" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы тарапынан халықаралық пошта алмасуды және халықаралық пошта транзитін тағайындалған оператор Дүниежүзілік пошта одағының актілеріне, Еуразиялық экономикалық одақтың құқығын құрайтын халықаралық шарттарға және актілерге, Қазақстан Республикасының кеден заңнамасына және осы Заңға сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z255" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z255" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Халықаралық пошта алмасу мен транзит тағайындалған оператор меншікті қаражаты есебінен құратын халықаралық пошта алмасу орындарында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z256" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z256" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Дүниежүзілік пошта одағының мүшелері болып табылатын шет мемлекеттердің басқа тағайындалған операторлары халықаралық пошта жөнелтілімдерімен алмасу және өңдеу орындарын Қазақстан Республикасының аумағында құруы уәкілетті органның рұқсатымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z54" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z54" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>44-бап. Пошта байланысының көрсетілетін қызметтерiн ұсыну кезiнде мiндеттемелердi бұзғаны үшiн жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="247"/>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пошта операторы пошта жөнелтiлімiнің жөнелтушіден қабылдап алған кезден бастап алушыға немесе оның заңды өкіліне немесе сенімхат негізінде әрекет ететін сенім білдірілген адамына не парольді (пин-кодты) енгізу немесе штрих-кодты сканерлеу жолымен құқықты растау процесі арқылы адресаттың немесе жөнелтушінің келісімін алу жолымен үшінші тұлғаларға берген кезге дейiн сақталуын қамтамасыз етуге мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z258" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пошта операторы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тiркелетiн пошта жөнелтiлімi жоғалған, зақымданған (бүлiнген) немесе тiркелетiн пошта жөнелтiлімiнің ішіндегі нәрселер, заттар немесе тауар жетiспеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пошта жөнелтiлімiн жiберудiң мерзiмдерi бұзылған жағдайларда жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="249"/>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тiркелетiн пошта жөнелтiлімi жоғалғаны, зақымданғаны (бүлiнгені) немесе тiркелетiн пошта жөнелтiлімiнің ішіндегі нәрселер, заттар немесе тауар жетiспегені үшiн пошта операторы мынадай мөлшерде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құндылығы жарияланған пошта жөнелтілімінің жоғалғаны немесе толық зақымданғаны (бүлінгені) үшін – жарияланған құндылығының құны және жiберу үшiн төленген тариф мөлшерiнде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12806,148 +12556,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нәрселердің, заттардың немесе тауардың жетіспегені немесе нәрселердің, заттардың немесе тауардың бір бөлігінің жоғалғаны немесе өзге тіркелетін пошта жөнелтілімі нәрселерінің, заттарының немесе тауардың бір бөлігінің зақымданғаны үшiн – төленген тарифтің сомасы мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) пошталық ақша аударымының жоғалғаны үшiн – пошталық ақша аударымының сомасы және жiберу үшiн төленген тариф мөлшерiнде жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="250"/>
+    <w:bookmarkStart w:name="z320" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Пошта операторы жарияланған құндылық үшін тариф төленген жағдайда құндылығы жарияланған пошта жөнелтіліміне жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z260" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z260" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пошта операторының көрсетілетін қызметтерін пайдаланушылардың пошта жөнелтiлімдерi мен пошталық ақша аударымын жiберудiң мерзiмдерiн бұзғаны үшiн пошта операторы кешіктірілген әрбiр күн үшiн төленген тарифтiң үш пайызы мөлшерiнде, бiрақ көрсетiлген қызмет үшiн төленген тариф сомасынан аспайтын мөлшерде тұрақсыздық айыбын төлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пошта жөнелтiлімiн әуе көлiгiмен жiберудiң мерзiмдерiн бұзғаны үшiн пошта операторы пошта операторының көрсетілетін қызметтерін пайдаланушыға әуе және жерүстi көлiгiмен жiберу үшiн төлем тарифтерiнiң арасындағы айырманы төлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:bookmarkStart w:name="z261" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер мiндеттемелерiн орындамау немесе тиiсiнше орындамау еңсерілмейтін күштiң немесе пошта жөнелтiлімiндегi нәрселердің, заттардың немесе тауардың ерекше қасиеттерiнің салдарынан болғаны дәлелденсе, пошта операторы тiркелетiн пошта жөнелтiлімiнің ішіндегі нәрселер, заттар немесе тауардың жоғалғаны, зақымданғаны (бүлiнгенi) немесе тiркелетiн пошта жөнелтiлімiнiң жетiспегенi, пошта жөнелтiлімiн және пошта операторының көрсетілетін қызметтерін пайдаланушылардың пошталық ақша аударымын жiберудiң мерзiмдерiн бұзғаны үшiн және Қазақстан Республикасының Азаматтық кодексiнде, осы Заңда және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген өзге де негiздер бойынша жауаптылықтан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z262" w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z262" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Пошта операторының көрсетілетін қызметтерін пайдаланушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ерекше қасиеттерiне орай пошта желiлерi арқылы жiберуге тыйым салынған немесе шектеу қойылған заттар мен нәрселердің пошта жөнелтiлімiнде анықталуының салдарынан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13074,51 +12824,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының пошта туралы заңнамасының бұзылуына кiнәлi адамдар Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:bookmarkStart w:name="z263" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң, 2019 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 7-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13153,91 +12903,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтарын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z264" w:id="255"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z264" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Пошта туралы" 2003 жылғы 8 ақпандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 2003 ж., № 3, 17-құжат; № 15, 139-құжат; 2004 ж., № 23, 142-құжат; 2005 ж., № 14, 55-құжат; № 23, 104-құжат; 2006 ж., № 1, 5-құжат; № 16, 99-құжат; 2009 ж., № 2-3, 18-құжат; 2010 ж., № 15, 71-құжат; 2011 ж., № 11, 102-құжат; № 12, 111-құжат; 2012 ж., № 5, 35-құжат; № 13, 91-құжат; 2013 ж., № 10-11, 56-құжат; № 14, 75-құжат; 2014 ж., № 11, 61-құжат; № 14, 87-құжат; № 19-I, № 19-II, 96-құжат; № 21, 122-құжат; 2015 ж., № 16, 79-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>