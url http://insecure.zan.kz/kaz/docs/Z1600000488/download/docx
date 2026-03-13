--- v0 (2025-11-19)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aea1e55" w14:textId="aea1e55">
+    <w:p w14:paraId="0475658" w14:textId="0475658">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -518,51 +518,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -790,51 +790,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1013,51 +1013,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1398,91 +1398,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1645,115 +1645,115 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Алып тасталды - ҚР 27.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 27.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1824,51 +1824,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2208,51 +2208,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2326,51 +2326,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2406,51 +2406,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2671,51 +2671,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2978,51 +2978,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3135,51 +3135,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3254,51 +3254,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3956,51 +3956,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4212,51 +4212,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бап жаңа редакцияда - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4533,51 +4533,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4690,51 +4690,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4924,51 +4924,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5450,51 +5450,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 30-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7139,51 +7139,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7538,51 +7538,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 44-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7713,51 +7713,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8649,51 +8649,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>52-бап. Төрелiк шешiмнiң күшін жою негізі</w:t>
+        <w:t xml:space="preserve">52-бап. Төрелiк шешiмнiң күшін жою </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 52-баптың тақырыбына өзгеріс енгізілді – ҚР 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z221" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Соттың төрелік шешімнің күшін жоюы үшін оның күшін жою туралы өтінішхатты мәлімдеген тарап:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8812,51 +8870,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6) алып тасталды - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8914,51 +8972,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төрелік шешім шығарылған дау Қазақстан Республикасының заңнамасы бойынша төрелік талқылау нысанасы болып табылмайтыны айқындалған жағдайда сот төрелік шешімнің күшін жояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z244" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Төрелік шешімнің күшін жою туралы өтінішхатты, атқару парағын беруден бас тартуды қараған кезде сот төреліктің шешімін мәні бойынша қайта қарауға құқылы емес.</w:t>
+      3. Төрелік шешімнің күшін жою туралы өтінішхатты қараған кезде сот төреліктің шешімін мәні бойынша қайта қарауға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9027,51 +9085,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 52-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9191,51 +9289,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 53-бапқа орыс тіліндегі мәтінге түзету енгізілді, қазақ тіліндегі мәтін өзгермейді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9422,51 +9520,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төрелік шешiмді мәжбүрлеп орындатуға байланысты қосымша шығыстар шешiмдi еріктi түрде орындамаған тарапқа жүктеледi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>57-бап. Төрелiк шешiмдi танудан және (немесе) орындаудан бас тарту үшiн негiздер</w:t>
+        <w:t>57-бап. Төрелiк шешiмдi танудан және (немесе) орындаудан бас тарту</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 57-баптың тақырыбына өзгеріс енгізілді – ҚР 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z232" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сот мына негiздер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9645,130 +9801,190 @@
         </w:rPr>
         <w:t>
       2) сот осы төрелiк шешiмдi тану және (немесе) орындау Қазақстан Республикасының жария тәртiбiне қайшы келедi деп немесе төрелiк шешiм шығарылған дау осы Заңға сәйкес төрелiк талқылаудың нысанасы болып табыла алмайды деп белгілесе, төрелiк шешiмнiң қай елде шығарылғанына қарамастан, оны танудан және (немесе) орындаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z233" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сот төрелiк шешiмдi тану және (немесе) орындау туралы мәселе бойынша ұйғарым шығарады. Бұл ұйғарымға Қазақстан Республикасының азаматтық процестік заңнамасына сәйкес шағым жасалуы немесе наразылық бiлдiрiлуi мүмкiн.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z245" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Атқару парағын беруден бас тарту туралы өтінішхатты қараған кезде сот төреліктің шешімін мәні бойынша қайта қарауға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 57-бапқа өзгеріс енгізілді - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="173"/>
+    <w:bookmarkStart w:name="z68" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>58-бап. Қазақстан Республикасының төрелік туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9777,227 +9993,227 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының төрелік туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>59-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="174"/>
+    <w:bookmarkStart w:name="z234" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң қолданысқа енгізілгенге дейін Қазақстан Республикасында құрылған халықаралық төреліктер мен аралық соттар осы Заң қолданысқа енгізілген күннен бастап екі жыл ішінде өздерінің ережелеріне, жарғыларына немесе регламенттеріне тиісті өзгерістер енгізуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z235" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z235" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Заңның 11-бабында көрсетілген Қазақстанның төрелік палатасын құру үшін алғашқы құрылтай жиналысын өткізуге байланысты ұйымдастырушылық мәселелер Қазақстан Республикасының Әділет министрлігіне жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="176"/>
+    <w:bookmarkStart w:name="z236" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z237" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z237" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z238" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z238" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Аралық соттар туралы" 2004 жылғы 28 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 2004 ж., № 24, 151-құжат; 2009 ж., № 9-10, 47-құжат; 2010 ж., № 3-4, 12-құжат; 2012 ж., № 6, 43-құжат; № 14, 93-құжат; 2013 ж., № 15, 76-құжат; 2014 ж., № 16, 90-құжат);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z239" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z239" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Халықаралық төрелiк туралы" 2004 жылғы 28 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 2004 ж., № 24, 152-құжат; 2010 ж., № 3-4, 12-құжат; 2013 ж., № 15, 76-құжат; 2014 ж., № 12, 82-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -10188,55 +10404,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>