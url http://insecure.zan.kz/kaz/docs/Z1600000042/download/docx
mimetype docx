--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85416a9" w14:textId="85416a9">
+    <w:p w14:paraId="862f29a" w14:textId="862f29a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -476,51 +476,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -891,51 +891,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1503,131 +1503,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1742,51 +1742,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тарау 6-1-баппен толықтырылды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2022,51 +2022,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2102,51 +2102,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      8) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2192,95 +2192,95 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Алып тастау көзделген – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2453,51 +2453,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2517,95 +2517,95 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      5) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2641,51 +2641,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      7) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2777,51 +2777,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -2857,51 +2857,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2992,51 +2992,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3146,51 +3146,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3262,51 +3262,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3367,50 +3367,156 @@
       1) волонтерлік қызмет саласындағы мемлекеттік саясатты жүзеге асыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жастардың жаппай волонтерлік акцияларын қолдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) волонтерлік ұйымдардың ақпараттық жүйесінде волонтерлік бағдарламалар (жобалар) волонтерлік және акциялар туралы ақпаратты орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3431,51 +3537,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3754,50 +3860,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) волонтермен жазбаша нысанда жасалған азаматтық-құқықтық шартта көзделген жағдайда, арнаулы киім алуға және жол жүруге, тұруға, тамақтануға, қажетті жеке қорғаныш құралдарын, құрал-саймандарды сатып алуға арналған шығыстарды және ауыр жұмыстармен, зиянды және (немесе) қауіпті жағдайлардағы жұмыстармен байланысты жұмыстарды орындау кезіндегі өзге де шығындарды өтетуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) волонтерлік қызметті ұйымдастырушыдан және волонтерлік ұйымнан ұсыным хаттарды алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңдарында белгіленген тәртіппен жүргізілген жағдайда, ақпараттық ресурстарға өзі жүзеге асырған волонтерлік қызмет туралы, оның жүзеге асырылу орны мен сағат саны, көтермелеулер, өзі алған қосымша дайындық, қолдау және көтермелеу шараларын алу құқығы туралы мәліметтерді, өзге де мәліметтерді енгізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5752,31 +5964,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>