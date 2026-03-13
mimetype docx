--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf231f9" w14:textId="bf231f9">
+    <w:p w14:paraId="de22607" w14:textId="de22607">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -501,111 +501,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 52-VI</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 119-VI</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -942,51 +942,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгеріс енгізілді - ҚР 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176-VII</w:t>
       </w:r>
       <w:r>
@@ -1157,51 +1157,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 52-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституциялық заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1496,51 +1496,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 52-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
@@ -2012,246 +2012,246 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 52-VI</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
+        <w:t xml:space="preserve"> (01.07.2019 бастап қолданысқа енгізіледі) Конституциялық заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-1-бап. Орталықтың инвестициялық резиденті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орталықтың инвестициялық салықтық резиденттік бағдарламасына сәйкес инвестицияны жүзеге асырған, сондай-ақ мынадай шарттарға сай келетін шетелдік немесе азаматтығы жоқ адам Орталықтың инвестициялық резиденті болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталықтың инвестициялық салықтық резиденттік бағдарламасына қатысу үшін алғаш өтініш жасау алдындағы соңғы жиырма жыл ішінде "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексі (Салық кодексі) (бұдан әрі – Салық кодексі) мақсатында Қазақстан Республикасының резиденті болып табылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталықтың инвестициялық салықтық резиденттік бағдарламасына қатысу үшін өтініш жасау алдындағы соңғы жиырма жыл ішінде Қазақстан Республикасының азаматтығы тоқтатылған адам болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Инвестициялар тартуға бағытталған, инвестициялау көлемі мен құралдарын белгілейтін Орталық актісі Орталықтың инвестициялық салықтық резиденттік бағдарламасы болып табылады. Орталықтың инвестициялық салықтық резиденттік бағдарламасы ұлттық қауіпсіздік, ішкі істер органдарымен, мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен, салықтың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік органмен және инвестициялар тарту жөніндегі мемлекеттік саясатты іске асыру саласындағы басшылықты жүзеге асыратын мемлекеттік органмен келісу бойынша қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-1-баппен толықтырылды – ҚР 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2019 бастап қолданысқа енгізіледі) Конституциялық заңымен.</w:t>
-[...153 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Конституциялық заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2820,131 +2820,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгеріс енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 52-VI</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 296-VІ</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...39 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Конституциялық заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3119,51 +3119,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Конституциялық заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3579,51 +3579,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді - ҚР 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституциялық заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3917,51 +3917,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Конституциялық заң 10-1-баппен толықтырылды - ҚР 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституциялық заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4312,71 +4312,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 52-VI</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
@@ -4639,51 +4639,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 13.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 52-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176-VII</w:t>
       </w:r>
       <w:r>
@@ -5030,51 +5030,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296-VІ</w:t>
       </w:r>
       <w:r>
@@ -5975,55 +5975,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6349,31 +6349,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>