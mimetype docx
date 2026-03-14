--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ade149f" w14:textId="ade149f">
+    <w:p w14:paraId="f841389" w14:textId="f841389">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1976,70 +1976,70 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап. Кеңес құрамы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Кеңес Қазақстан Республикасының Президенті тағайындайтын Төрағадан және басқа адамдардан тұрады. Төрағаны Қазақстан Республикасының Президенті Парламент Сенатының келісімімен тағайындайды.</w:t>
+      1. Кеңес Қазақстан Республикасының Президенті тағайындайтын Төрағаны және басқа да адамдарды қоса алғанда, он алты адамнан тұрады. Төрағаны Қазақстан Республикасының Президенті Парламент Сенатының келісімімен тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғарғы Соттың Төрағасы, Бас Прокурор, Парламент Сенаты мен Мәжілісінің тиісінше тұрақты комитеттерінің төрағалары лауазымы бойынша Кеңес мүшелері болып табылады.</w:t>
+      Жоғарғы Соттың Төрағасы, Парламент Сенаты мен Мәжілісінің тиісінше тұрақты комитеттерінің төрағалары лауазымы бойынша Кеңес мүшелері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Президенті Кеңес құрамына басқа адамдарды да, оның ішінде ғалым заңгерлерді, адвокаттарды, шетелдік сарапшыларды, заңгерлер жұртшылығының өкілдерін де тағайындауы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2130,50 +2130,68 @@
         </w:rPr>
         <w:t>
       Бұл ретте Кеңес Төрағасын және лауазымы бойынша Кеңес мүшелерін қоспағанда, Кеңес мүшелерінің жартысы бір жарым жыл сайын қайта тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Кеңес мүшелерінің арасынан адам шығып қалған жағдайда, Кеңестің жаңа мүшесі үш ай ішінде тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Кеңестің жаңа мүшесі осы бапта көзделген тәртіппен Кеңестің шығып қалған мүшесінің қалған өкілеттік мерзіміне тағайындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кеңес Төрағасының, хатшысының және мүшесінің лауазымы коммерциялық ұйымның басшы органының және байқау кеңесінің құрамына кірумен, саяси партияның басшылық лауазымдарында болумен сыйыспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2811,50 +2829,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6021,161 +6079,275 @@
         </w:rPr>
         <w:t>
       Біліктілік емтиханының басқа кезеңдерін тапсырмаған адамдар оларды қайта тапсыруға кемінде үш айдан кейін жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z87" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Біліктілік емтиханын тапсырған адамдар туралы ақпарат, сондай-ақ біліктілік емтиханының үлгілік сұрақтары Кеңестің интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z88" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Судьялыққа кандидаттардан емтихан алу кезеңдерінің бірін қабылдау жүзеге асырылатын электрондық жүйе ақпаратқа рұқсатсыз қол жеткізуді, ақпаратты жинаудың, өңдеудің, жинақтаудың, сақтаудың, іздеудің және берудің бағдарламалық-техникалық құралдарының жұмыс істеуінің бұзылуын, көрсетілген құралдардың істен шығуын болғызбайтын тиісті қауіпсіздік шараларымен қамтамасыз етілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық жүйенің осы тармақтың бірінші бөлігінде көрсетілген талаптарға сәйкестігін тексеру мақсатында тәуелсіз бағалау, оның ішінде шетелдік мамандар тартыла отырып жүргізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="143"/>
+    <w:bookmarkStart w:name="z156" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Кандидаттар Комиссия мүшелерімен әңгімелесуге арнаулы тексеруден өткеннен кейін жіберіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнаулы тексерудің нәтижелері туралы құжат берілген күнінен бастап бір жыл ішінде жарамды болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Біліктілік емтиханын тапсыру рәсімі мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арнаулы тексерудің нәтижелері туралы құжат берілген күнінен бастап бір жыл ішінде жарамды болады.</w:t>
-[...36 lines deleted...]
-        <w:t>
       психологиялық тестілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасын білуін компьютерлік тестілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6243,90 +6415,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біліктілік емтиханын тапсыру тәртібі Кеңес шешімімен белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Судья лауазымына біліктілік емтиханы сұрақтарының санын, мазмұнын, әзірлеу тәртібін және тізбесін Кеңес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="145"/>
+    <w:bookmarkStart w:name="z157" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. Заңгерлік кәсібі бойынша кемінде он бес жыл жұмыс өтілі бар және құқықтың жекелеген салаларында маман болып табылатын, осы Заңның 16-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көзделген конкурс тәртібімен облыстық соттың судьясы лауазымына орналасуға үміткер адамдар үшін, сондай-ақ заңгерлік кәсібі бойынша кемінде он сегіз жыл жұмыс өтілі бар және құқықтың жекелеген салаларында маман болып табылатын, көрсетілген конкурс тәртібімен кассациялық соттың судьясы лауазымына орналасуға үміткер адамдар үшін біліктілік емтиханын тапсыру рәсімі мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       психологиялық тестілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6731,370 +6903,370 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Полиграфологиялық зерттеудің тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="146"/>
+    <w:bookmarkStart w:name="z90" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Біліктілік емтиханын ойдағыдай тапсырған адамдар психологиялық тестілеу нәтижелері ескеріле отырып, Кеңестің шешімі бойынша қосымша ақпарат алу және хабарланған мәліметтердің анықтығын тексеру мақсатында полиграфологиялық зерттеуден өтуге жіберілуі мүмкін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z91" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Зерттеу өткізудің негізгі міндеті:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z91" w:id="147"/>
-[...15 lines deleted...]
-      2. Зерттеу өткізудің негізгі міндеті:</w:t>
+    <w:bookmarkStart w:name="z247" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқыққа қарсы ниеттерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z247" w:id="148"/>
-[...15 lines deleted...]
-      1) құқыққа қарсы ниеттерді;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мінез-құлықтың жасырын бұзылуын, жағымсыз тәуелділіктерді, есірткі, психотроптық заттар және психикалық және физикалық тәуелділік туғызатын өзге де психикаға белсенді әсер ететін заттар тұтынуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z248" w:id="149"/>
-[...15 lines deleted...]
-      2) мінез-құлықтың жасырын бұзылуын, жағымсыз тәуелділіктерді, есірткі, психотроптық заттар және психикалық және физикалық тәуелділік туғызатын өзге де психикаға белсенді әсер ететін заттар тұтынуды;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сауалнамалық деректер, кірістері, мүлкі және мүліктік сипаттағы міндеттемелері туралы мәліметтер жасыруды немесе бұрмалауды, қос азаматтығының болуын, қолдан жасалған құжаттар пайдалануды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z249" w:id="150"/>
-[...15 lines deleted...]
-      3) сауалнамалық деректер, кірістері, мүлкі және мүліктік сипаттағы міндеттемелері туралы мәліметтер жасыруды немесе бұрмалауды, қос азаматтығының болуын, қолдан жасалған құжаттар пайдалануды;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сыбайлас жемқорлық құқық бұзушылықтар жасау, құпия немесе қызметтік ақпаратты бөгде адамдарға беру фактілерінің бұрын болуын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z250" w:id="151"/>
-[...15 lines deleted...]
-      4) сыбайлас жемқорлық құқық бұзушылықтар жасау, құпия немесе қызметтік ақпаратты бөгде адамдарға беру фактілерінің бұрын болуын;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тыйым салынған қоғамдық бірлестіктермен, қылмыстық және террористік ұйымдармен байланыс жасауды немесе егер бұрын олардың лауазымдық міндеттеріне кірмеген болса, коммерциялық құрылымдарға қатысуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z251" w:id="152"/>
-[...15 lines deleted...]
-      5) тыйым салынған қоғамдық бірлестіктермен, қылмыстық және террористік ұйымдармен байланыс жасауды немесе егер бұрын олардың лауазымдық міндеттеріне кірмеген болса, коммерциялық құрылымдарға қатысуды;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лауазымдық өкілеттіктерін теріс пайдалануды анықтау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z252" w:id="153"/>
-[...15 lines deleted...]
-      6) лауазымдық өкілеттіктерін теріс пайдалануды анықтау болып табылады.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Полиграфологиялық зерттеудің қорытындысы ұсынымдық сипатта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z92" w:id="154"/>
-[...15 lines deleted...]
-      3. Полиграфологиялық зерттеудің қорытындысы ұсынымдық сипатта болады.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Полиграфологиялық зерттеуден өту тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z93" w:id="155"/>
-[...15 lines deleted...]
-      4. Полиграфологиялық зерттеуден өту тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді – ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 20.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Аудандық соттың төрағасы мен судьясы, облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Сот судьясы лауазымына тағайындау туралы ұсыным шығару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:p>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда - ҚР 21.02.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7166,206 +7338,206 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16-бап. Судья лауазымына конкурс </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="157"/>
+    <w:bookmarkStart w:name="z258" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Кеңестің аудандық соттың судьясы, облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Сот судьясы лауазымына тағайындау туралы ұсынымы конкурстық қараудың нәтижелері бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келетін және Жоғарғы Соттың ұсынысы бойынша тізбесін Кеңес бекітетін құқықтың жекелеген салаларында маман болып табылатын облыстық сот, кассациялық сот судьясының бос лауазымына кандидаттар үшін жеке конкурс өткізілуі мүмкін. Мұндай жеке конкурстық іріктеуді өткізу тәртібі Кеңестің регламентінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="158"/>
+    <w:bookmarkStart w:name="z259" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Конкурс жариялау туралы шешімді жыл сайын Кеңес бекітетін және Кеңестің интернет-ресурсында орналастырылатын конкурстар өткізу графигінің негізінде Кеңес хатшысының ұсынысы бойынша Кеңес Төрағасы қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурсты өткізу графигін бекіту тәртібі, сондай-ақ оған енгізілетін мәліметтер Кеңес регламентінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. График судьялардың ауысуын талдау мен болжау, жергілікті және басқа да соттардың төрағалары мен сот алқалары төрағаларының өкілеттік мерзімдері, сондай-ақ бар бос орындар ескеріле отырып жасалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:p>
-[...33 lines deleted...]
-      3. График судьялардың ауысуын талдау мен болжау, жергілікті және басқа да соттардың төрағалары мен сот алқалары төрағаларының өкілеттік мерзімдері, сондай-ақ бар бос орындар ескеріле отырып жасалады.</w:t>
+    <w:bookmarkStart w:name="z261" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кеңестің аудандық сот судьясының, облыстық соттың сот алқасы төрағасының және судьясының, кассациялық сот судьясының, Жоғарғы Сот судьясының бос лауазымдарына орналасуға конкурс туралы хабарландыруын Кеңес аппараты Кеңестің регламентінде белгіленген мерзімдерде, бірақ конкурсқа дейін кемінде екі апта бұрын Кеңестің интернет-ресурсында қазақ және орыс тілдерінде жариялайды. Бұл ретте облыстық соттың сот алқасының төрағасы лауазымына орналасуға конкурс облыстық соттың сот алқасының төрағасы өкілеттіктерінің мерзімі өткенге дейін жариялануы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z261" w:id="160"/>
-[...15 lines deleted...]
-      4. Кеңестің аудандық сот судьясының, облыстық соттың сот алқасы төрағасының және судьясының, кассациялық сот судьясының, Жоғарғы Сот судьясының бос лауазымдарына орналасуға конкурс туралы хабарландыруын Кеңес аппараты Кеңестің регламентінде белгіленген мерзімдерде, бірақ конкурсқа дейін кемінде екі апта бұрын Кеңестің интернет-ресурсында қазақ және орыс тілдерінде жариялайды. Бұл ретте облыстық соттың сот алқасының төрағасы лауазымына орналасуға конкурс облыстық соттың сот алқасының төрағасы өкілеттіктерінің мерзімі өткенге дейін жариялануы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z262" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аудандық соттың судьясы, облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Соттың судьясы лауазымдарына конкурсқа қатысу үшін Кеңестің конкурс туралы хабарландыруында көрсетілген мерзімдер ішінде, бірақ Кеңестің интернет-ресурсында хабарландыру жарияланған күннен бастап кемінде екі апта ішінде Кеңес аппаратына өтінішті және тізбесі Кеңес регламентінде белгіленген басқа да құжаттарды беру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z262" w:id="161"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7559,797 +7731,797 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.11.2024 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="162"/>
+    <w:bookmarkStart w:name="z101" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудандық соттың судьясы лауазымына Кеңестің ұсынымын алу үшін конкурсқа – "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының 29-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4) және 6) тармақшаларының талаптарына сай келетін азаматтар, сондай-ақ жұмыс істеп жүрген судьялар қатыса алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z140" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Сот судьясы лауазымына Кеңестің ұсынымын алу үшін конкурсқа "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының талаптарына сай келетін азаматтар қатыса алады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z140" w:id="163"/>
-[...15 lines deleted...]
-      2. Облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Сот судьясы лауазымына Кеңестің ұсынымын алу үшін конкурсқа "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының талаптарына сай келетін азаматтар қатыса алады.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аудандық соттың судьясы және облыстық соттың судьясы, кассациялық соттың судьясы лауазымына конкурсқа қатысушылар жұмыс орны бойынша Соттармен өзара іс-қимыл жөніндегі кеңестің және облыстық, кассациялық соттардың жалпы отырысының қорытындыларын алуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z141" w:id="164"/>
-[...15 lines deleted...]
-      3. Аудандық соттың судьясы және облыстық соттың судьясы, кассациялық соттың судьясы лауазымына конкурсқа қатысушылар жұмыс орны бойынша Соттармен өзара іс-қимыл жөніндегі кеңестің және облыстық, кассациялық соттардың жалпы отырысының қорытындыларын алуға тиіс.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстық соттың сот алқасының төрағасы және Жоғарғы Соттың судьясы лауазымдарына конкурсқа қатысушылар Жоғарғы Соттың жалпы отырысының және жұмыс орны бойынша Соттармен өзара іс-қимыл жөніндегі кеңестің қорытындыларын алуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соттармен өзара іс-қимыл жөніндегі кеңестің және жалпы отырыстың қорытындылары ұсынымдық сипатта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Конкурсқа қатысушылар, жалпы отырыстардың, Соттармен өзара іс-қимыл жөніндегі кеңес отырысының өткізілетін күні туралы, сондай-ақ олар қабылдаған шешімдер туралы ақпарат Кеңестің интернет-ресурсында орналастырылуға және өзге де бұқаралық ақпарат құралдарында жариялануға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-      4. Конкурсқа қатысушылар, жалпы отырыстардың, Соттармен өзара іс-қимыл жөніндегі кеңес отырысының өткізілетін күні туралы, сондай-ақ олар қабылдаған шешімдер туралы ақпарат Кеңестің интернет-ресурсында орналастырылуға және өзге де бұқаралық ақпарат құралдарында жариялануға жатады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бап жаңа редакцияда - ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 21.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бап. Бос лауазымдарға кандидаттарды іріктеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бос лауазымдарға кандидаттарды конкурстық іріктеуді Кеңес өз қызметіне араласуды болғызбайтын шарттарда, ашық және жариялы түрде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:p>
-[...194 lines deleted...]
-      1. Бос лауазымдарға кандидаттарды конкурстық іріктеуді Кеңес өз қызметіне араласуды болғызбайтын шарттарда, ашық және жариялы түрде жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Судьялардың бос лауазымдарына кандидаттарға конкурстық іріктеу өткізу тәртібі Кеңестің регламентімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z158" w:id="167"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="168"/>
+    <w:bookmarkStart w:name="z143" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жоғары білім деңгейі, биік моральдық-адамгершілік қасиеттер мен мінсіз бедел судьялардың бос лауазымдарына кандидаттарды іріктеудің негізгі өлшемшарттары болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстық соттың сот алқасы төрағасының бос лауазымына орналасуға арналған конкурс өткізу кезінде осы тармақтың бірінші бөлігінде көрсетілген өлшемшарттарға қосымша ұйымдастырушылық қабілет те ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шалғай жерде орналасқан соттарда немесе штат саны үш бірліктен аспайтын соттарда кемінде бес жыл жұмыс істеген судьялар аудандық соттарда тең дәрежелі лауазымдарға кандидаттарды іріктеу кезінде өзге жағдайлары тең болса, басымдыққа ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Судьяның бос лауазымдарына кандидаттарды іріктеу Кеңес айқындайтын, "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасының Конституциялық заңында және осы Заңда көзделген талаптарға негізделген, судья лауазымдарының санаттары бойынша сараланған цифрлық және бағалау өлшемшарттарының, оның ішінде соттағы, прокуратурадағы, адвокатурадағы жұмысты ескеретін өлшемшарттардың жүйесі пайдаланыла отырып та өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Судья лауазымына кандидаттарды зерделеуді, сондай-ақ іріктелген кандидаттарды Кеңес отырысына шығаруды Кеңес жанындағы Конкурстық іріктеу жөніндегі комиссия жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Облыстық соттың сот алқасы төрағасының бос лауазымына орналасуға арналған конкурс өткізу кезінде осы тармақтың бірінші бөлігінде көрсетілген өлшемшарттарға қосымша ұйымдастырушылық қабілет те ескеріледі.</w:t>
-[...54 lines deleted...]
-      3. Судья лауазымына кандидаттарды зерделеуді, сондай-ақ іріктелген кандидаттарды Кеңес отырысына шығаруды Кеңес жанындағы Конкурстық іріктеу жөніндегі комиссия жүзеге асырады.</w:t>
+      Конкурстық іріктеу жөніндегі комиссияны қалыптастыру, сондай-ақ отырыстарын өткізу тәртібі Кеңес регламентінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кеңестің отырысына қатысып отырған мүшелерінің кемінде үштен екі даусын жинаған кандидат бос лауазымға орналасуға арналған конкурстың жеңімпазы деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық рәсімдерді онлайн-трансляциялау, сондай-ақ оларды өткізу қорытындысы бойынша түсіндірмелерді жариялау Кеңес регламентінде айқындалатын тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жұмыс істеп жүрген судья болып табылмайтын және конкурста жеңіске жеткен кандидат қосымша түрде міндетті арнайы тексеруден өтуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Конкурстық іріктеу жөніндегі комиссияны қалыптастыру, сондай-ақ отырыстарын өткізу тәртібі Кеңес регламентінде айқындалады.</w:t>
-[...72 lines deleted...]
-        <w:t>
       Арнайы тексеруден өтуді Кеңес аппараты ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметте үзіліссіз өтілі бар және бұрын арнайы тексеруден өткен кандидаттар кадр қызметі куәландырған тиісті анықтаманы ұсына алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнайы тексерудің нәтижелері туралы құжат берілген күнінен бастап бір жыл бойы жарамды болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="171"/>
+    <w:bookmarkStart w:name="z146" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Егер арнайы тексеру қорытындылары бойынша конкурста жеңіске жеткен кандидатқа қатысты сотқа дейінгі тергеп-тексерудің басталғанын, соның ішінде оның кейіннен Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бiрiншi бөлiгiнiң 1), 2), 5), 6), 7) және 8) тармақтарында көзделген негiздер бойынша тоқтатылғанын куәландыратын мәліметтер анықталған жағдайда, онда прокуратура органдары мұндай кандидаттарға қатысты қылмыстық істердің материалдарын зерделей отырып, қосымша тексеру жүргізеді, оның қорытындысы Кеңес отырысында қаралады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іріктеуден өткен және Кеңес тағайындауға ұсыным жасаған кандидатты аудандық соттың судьясы, облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Соттың судьясы лауазымдарына тағайындауға кедергі келтіретін негіздер болған кезде, сондай-ақ ол бос лауазымға тағайындаудан бас тартқан жағдайда, Кеңес ұсыным беру туралы шешімнің күшін жояды және конкурсқа қатысқан адамдар қатарынан басқа кандидатты бос лауазымға тағайындау үшін ұсына алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Судьялыққа кандидаттар Кеңестің бос лауазымға тағайындау туралы ұсынымын алғаннан кейін тағылымдамадан өтуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іріктеуден өткен және Кеңес тағайындауға ұсыным жасаған кандидатты аудандық соттың судьясы, облыстық соттың сот алқасының төрағасы және судьясы, кассациялық соттың судьясы, Жоғарғы Соттың судьясы лауазымдарына тағайындауға кедергі келтіретін негіздер болған кезде, сондай-ақ ол бос лауазымға тағайындаудан бас тартқан жағдайда, Кеңес ұсыным беру туралы шешімнің күшін жояды және конкурсқа қатысқан адамдар қатарынан басқа кандидатты бос лауазымға тағайындау үшін ұсына алады.</w:t>
-[...18 lines deleted...]
-      5-1. Судьялыққа кандидаттар Кеңестің бос лауазымға тағайындау туралы ұсынымын алғаннан кейін тағылымдамадан өтуі мүмкін.</w:t>
+      Судьялыққа кандидат тағылымдама қорытындылары бойынша соттың жалпы отырысының теріс қорытындысын алған жағдайда, Кеңестің ұсынымы қайта қаралуға тиіс. Кеңестің ұсынымын қайта қарау тәртібі Кеңестің регламентінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кеңес тағылымдама қорытындылары бойынша жалпы отырыстың теріс қорытындысын негізді деп таныған жағдайда, Кеңестің осындай кандидатқа қатысты бос судья лауазымына тағайындау туралы ұсынымының күші жойылады және осы бос судья лауазымына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы судья лауазымына конкурсқа қатысқан кандидат ұсынылуы мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қайта конкурс жариялануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Егер конкурс нәтижесінде ұсынылған бос лауазымдарға кандидаттар іріктеп алынбаса, онда мұндай бос лауазымдар бойынша конкурс өткізілмеді деп танылады және:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:p>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) судья лауазымдарына конкурсқа қатысқан, бірақ оларға іріктеліп алынбаған кандидаттарға олардың келісуімен, конкурс қорытындылары бойынша толтырылмай қалған судья лауазымдары ұсынылуы мүмкін; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8380,310 +8552,310 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігінде көзделген тәртіппен Жоғары Сот Кеңесі жанындағы Сот төрелігі академиясында оқуды бітірген және біліктілік емтиханын тапсырған адам ұсынылуы мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайта конкурс жариялануы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="174"/>
+    <w:bookmarkStart w:name="z148" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бос лауазымдарға кандидаттарды іріктеу қорытындылары бойынша конкурс қорытындыларына орай ұсыным жасалған адамдар туралы ақпарат Кеңестің интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бап жаңа редакцияда - ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді - ҚР 20.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 21.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Облыстық соттар төрағаларының, кассациялық соттар төрағаларының, Жоғарғы Соттың сот алқалары төрағаларының бос лауазымдарына кандидатураларды қарау тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:p>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда - ҚР 21.02.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8853,1779 +9025,1779 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.11.2024 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="176"/>
+    <w:bookmarkStart w:name="z119" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Облыстық соттар төрағаларының, кассациялық соттар төрағаларының, Жоғарғы Соттың сот алқалары төрағаларының бос лауазымдарына кандидатураларды Кеңес Жоғарғы Сот Төрағасының оларды Жоғарғы Соттың жалпы отырысы қарағаннан кейін енгізген ұсынуы бойынша баламалы негізде қарайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z266" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Аудандық соттар төрағаларының бос лауазымдарына кандидатураларды Кеңес облыстық соттың кеңейтілген жалпы отырысы сайлаған және тиісті қорытынды алған адамдардың қатарынан қарайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z266" w:id="177"/>
-[...15 lines deleted...]
-      1-1. Аудандық соттар төрағаларының бос лауазымдарына кандидатураларды Кеңес облыстық соттың кеңейтілген жалпы отырысы сайлаған және тиісті қорытынды алған адамдардың қатарынан қарайды.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудандық соттардың төрағалары лауазымдарына кандидатуралар жұмыс істеп жүрген судьялар болуға немесе олардың судья лауазымында кемінде бес жыл жұмыс өтілі болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z149" w:id="178"/>
-[...15 lines deleted...]
-      2. Аудандық соттардың төрағалары лауазымдарына кандидатуралар жұмыс істеп жүрген судьялар болуға немесе олардың судья лауазымында кемінде бес жыл жұмыс өтілі болуға тиіс.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстық соттар төрағаларының бос лауазымдарына кандидатуралар, әдетте, облыстық соттың судьялары немесе судья лауазымында кемінде он жыл жұмыс өтілі бар адамдар арасынан ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кассациялық соттар төрағаларының бос лауазымдарына кандидатуралар, әдетте, кассациялық соттың судьялары немесе судья лауазымында кемінде он жыл жұмыс өтілі бар адамдар арасынан ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарғы Соттың сот алқаларының төрағалары лауазымына кандидатуралар Жоғарғы Соттың судьялары арасынан ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте аудандық соттың төрағасы, облыстық соттың төрағасы, кассациялық соттың төрағасы, Жоғарғы Соттың сот алқаларының төрағалары лауазымына кандидаттарды іріктеу кезінде кадр резервінде тұрған және ұйымдастырушылық қабілеті бар адамдарға басымдық беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жоғарғы Сот Төрағасының ұсынуына тиісті соттың жалпы отырысында баламалы негізде қаралған барлық кандидаттардың материалдары қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:p>
-[...87 lines deleted...]
-      3. Жоғарғы Сот Төрағасының ұсынуына тиісті соттың жалпы отырысында баламалы негізде қаралған барлық кандидаттардың материалдары қоса беріледі.</w:t>
+    <w:bookmarkStart w:name="z267" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Аудандық сот төрағасының лауазымына бос орынды жариялау туралы шешімді аудандық соттар төрағалары өкілеттіктерінің мерзімі ескеріліп, Кеңес хатшысының ұсынысы бойынша Кеңес Төрағасы қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z267" w:id="180"/>
-[...15 lines deleted...]
-      3-1. Аудандық сот төрағасының лауазымына бос орынды жариялау туралы шешімді аудандық соттар төрағалары өкілеттіктерінің мерзімі ескеріліп, Кеңес хатшысының ұсынысы бойынша Кеңес Төрағасы қабылдайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бос орын туралы хабарландыру Кеңес регламентінде белгіленген мерзімдерде Кеңестің интернет-ресурсында жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z268" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Кеңес аудандық сот төрағасының бос лауазымына өз кандидатурасын өзі дербес ұсынған кандидаттардың Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігін тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бос орын туралы хабарландыру Кеңес регламентінде белгіленген мерзімдерде Кеңестің интернет-ресурсында жарияланады.</w:t>
-[...18 lines deleted...]
-      3-2. Кеңес аудандық сот төрағасының бос лауазымына өз кандидатурасын өзі дербес ұсынған кандидаттардың Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігін тексеруді жүзеге асырады.</w:t>
+      Мұндай тексеруді жүргізу тәртібі Кеңестің регламентінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z269" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. Кеңестің кадрлық резервте тұрған адамдар және (немесе) өз кандидатурасын өзі дербес ұсынған адамдар қатарынан облыстық соттың кеңейтілген жалпы отырысына кандидаттарды енгізу тәртібі, аудандық соттың төрағасы лауазымына облыстық соттың кеңейтілген жалпы отырысында сайланған кандидаттарды іріктеу тәртібі, сондай-ақ кандидат лауазымға тағайындаудан бас тартқан жағдайларда, Кеңестің ұсынымдарын қайта қарау тәртібі Кеңестің регламентінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:p>
-[...33 lines deleted...]
-      3-3. Кеңестің кадрлық резервте тұрған адамдар және (немесе) өз кандидатурасын өзі дербес ұсынған адамдар қатарынан облыстық соттың кеңейтілген жалпы отырысына кандидаттарды енгізу тәртібі, аудандық соттың төрағасы лауазымына облыстық соттың кеңейтілген жалпы отырысында сайланған кандидаттарды іріктеу тәртібі, сондай-ақ кандидат лауазымға тағайындаудан бас тартқан жағдайларда, Кеңестің ұсынымдарын қайта қарау тәртібі Кеңестің регламентінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z270" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-4. Кандидат аудандық соттың төрағасы лауазымына тағайындаудан бас тартқан жағдайда, Кеңестің осындай кандидатқа қатысты бос судья лауазымына тағайындау туралы ұсынымының күші жойылады және:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z270" w:id="183"/>
-[...15 lines deleted...]
-      3-4. Кандидат аудандық соттың төрағасы лауазымына тағайындаудан бас тартқан жағдайда, Кеңестің осындай кандидатқа қатысты бос судья лауазымына тағайындау туралы ұсынымының күші жойылады және:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудандық сот төрағасының бос лауазымы кеңейтілген жалпы отырыста сайланған өзге кандидаттарға ұсынылуы мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қайта іріктеу жариялануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кеңес отырыста аудандық соттар төрағаларының, облыстық соттар төрағаларының, кассациялық соттар төрағаларының, Жоғарғы Соттың сот алқалары төрағаларының бос лауазымдарына сайланған немесе ұсынылған барлық кандидатураларды міндетті түрде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-      4. Кеңес отырыста аудандық соттар төрағаларының, облыстық соттар төрағаларының, кассациялық соттар төрағаларының, Жоғарғы Соттың сот алқалары төрағаларының бос лауазымдарына сайланған немесе ұсынылған барлық кандидатураларды міндетті түрде қарайды.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 21.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Бос лауазымдарға кандидатураларды қарау шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Облыстық соттардың төрағалары және сот алқаларының төрағалары, кассациялық соттардың төрағалары, Жоғарғы Соттың сот алқаларының төрағалары өздері атқаратын лауазымға немесе тең дәрежелі соттарда ұқсас лауазымға екі реттен артық тағайындалмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z265" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасының Конституциялық заңында көзделген жағдайларда судьялардың бос лауазымдарына кандидаттарды конкурссыз тағайындау тәртібі Кеңестің регламентінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 21.02.2019 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда – ҚР 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 21.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.11.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. СОТТЫҢ ТӨРАҒАСЫН, СОТ АЛҚАСЫНЫҢ ТӨРАҒАСЫН ЖӘНЕ СУДЬЯНЫ ЛАУАЗЫМЫНАН БОСАТУ ТУРАЛЫ МАТЕРИАЛДАРДЫ ҚАРАУ ТӘРТІБІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бап. Соттың төрағасын, сот алқасының төрағасын және судьяны лауазымынан босату не босатудан бас тарту туралы мәселені қарау үшін негіздер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сот төрағасының, сот алқасы төрағасының және судьяның өтініші, Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешімі Кеңестің соттың төрағасын, сот алқасының төрағасын және судьяны лауазымдарынан босату туралы мәселені қарауына негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының 34-бабы 1-тармағының 4), 5), 6) және 7) тармақшаларында көзделген жағдайларда сот әкімшілігі саласындағы уәкілетті мемлекеттік органның растайтын құжат қоса берілген хабары Кеңестің сот төрағасын, сот алқасының төрағасын және судьяны лауазымдарынан босату туралы мәселені қарауына негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сот төрелігінің сапасы жөніндегі комиссия судьяны кәсiптік жарамсыздығына қарай атқаратын лауазымына сай келмейді деп тану туралы шешiмдi Кеңеске енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сот жюриі соттың төрағасын, сот алқаларының төрағаларын және судьяларды тәртіптік теріс қылықтар жасағаны үшін немесе "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының талаптарын орындамағаны үшін атқаратын лауазымдарынан босату туралы шешімді Кеңеске енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кеңес материалдарды алғаннан кейін ондағы мәліметтерді "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының 34-бабында көзделген төрағаның, сот алқасы төрағасының және судьяның өкілеттіктерін тоқтату негіздерінің болуы тұрғысынан зерделейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кеңес зерделенген материалдарға Кеңес регламентінде белгіленген тәртіппен тексеру жүргізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексерудің нәтижелері бойынша анықтама жасалады. Анықтамада анықталған мән-жайлар, тексерушілердің қорытындысы мен ұсыныстары қамтылуға және олардың қолдары қойылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді – ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 27.03.2023 </w:t>
+        <w:t xml:space="preserve"> қараңыз); 27.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 216-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 136-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-бап. Тексерудің нәтижелерімен судьяны таныстыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзіне қатысты тексеру жүргізілген судья анықтамамен және тексеру материалдарымен таныстырылуға тиіс. Бұл ретте ол қосымша түсініктемелер беріп, белгілі бір мән-жайларды тексеру туралы өтінішхат бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z128" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзіне қатысты тексеру жүргізілген судья анықтамамен және тексеру материалдарымен танысудан бас тартқан жағдайда, бұл жайында хаттама жасалады, оған тексеруді жүргізген адамдар қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Соттың төрағасын, сот алқасының төрағасын және судьяны лауазымынан босату туралы мәселені қарау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Кеңес соттың төрағасын, сот алқасының төрағасын және судьяны лауазымдарынан босату туралы мәселені қараған кезде өзіне қатысты тиісті лауазымнан босату туралы мәселе қаралып жатқан судьяның түсініктемесін тыңдайды. Сот төрағасының, сот алқасы төрағасының және судьяның Кеңес отырысына дәлелді себептерсіз келмеуі мәселені қарауға кедергі болмайды. Отырыста сот төрағасының, сот алқасы төрағасының және судьяның, Кеңес хатшысының өтінішхаты бойынша шақырылған басқа да адамдардың хабары тыңдалуы, құжаттар жария етілуі және өзге де материалдар қаралуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z130" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кеңестің шешімінде нақты материалдарға сілтеме жасай отырып, Қазақстан Республикасының Президентіне соттың төрағасын, сот алқасының төрағасын және судьяны лауазымынан босату туралы қабылданған ұсынымға негіз болған мән-жайлар не ұсынымды қабылдаудан бас тарту қамтылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z131" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Соттың төрағасын, сот алқасының төрағасын және судьяны лауазымынан босату туралы ұсыным беруден Кеңестің бас тартуы Сот жюриінің өзі шығарған шешімнің күшін жоюы және оны қайта қарауы үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгеріс енгізілді – ҚР 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешіміне шағым жасау туралы мәселені қарау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Судья Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешіміне Кеңеске шағым жасай алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ҚР Конституциялық Сотының 21.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік қаулысымен "Қазақстан Республикасының сот жүйесі мен судьяларының мәртебесі туралы" Қазақстан Республикасы Конституциялық заңының 44-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 44-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасының Жоғары Сот Кеңесі туралы" Қазақстан Республикасы Заңының 24-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Конституциясының 13-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес келеді деп танылды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кеңес Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешіміне шағым жасау туралы мәселені қарау кезінде өзіне қатысты Сот төрелігінің сапасы жөніндегі комиссия немесе Сот жюриі шешім қабылдаған судьяның түсініктемесін тыңдайды. Судьяның Кеңес отырысына дәлелсіз себептермен келмеуі мәселені қарауға кедергі келтірмейді. Отырыста судьяның, Кеңес хатшысының өтінішхаты бойынша шақырылған басқа адамдардың хабарлары тыңдалып, құжаттар жария етілуі және өзге де материалдар қаралуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z153" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кеңес Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешіміне шағым жасау туралы мәселені қарау қорытындылары бойынша мынадай шешімдердің бірін қабылдауға құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z253" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешімін негізді деп тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z254" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Сот жюриінің шешімін негізсіз деп тану және іс жүргізуді тоқтата отырып, оның күшін жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z255" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Сот төрелігінің сапасы жөніндегі комиссияның немесе Сот жюриінің шешімін негізсіз деп тану және қайтадан қарауға жібере отырып, оның күшін жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z256" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Сот төрелігінің сапасы жөніндегі комиссияның шешімін негізсіз деп тану, оның күшін жою және жаңа шешім шығару.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z159" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кәсіби қызметті мерзімдік бағалау нәтижелері бойынша Сот төрелігінің сапасы жөніндегі комиссияның шешіміне судьяның шағымын қарау нәтижелері бойынша қабылданған Кеңестің судьяны жүктемесі аз басқа сотқа, төмен тұрған сотқа ауыстыру туралы шешімі Кеңес отырысында судьяны жүктемесі аз басқа сотқа, төмен тұрған сотқа ауыстыру туралы мәселені, ал судья ауысудан бас тартқан жағдайда судьяны атқарып отырған лауазымынан босату туралы мәселені қарауға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-бап жаңа редакцияда - ҚР 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-б.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді - ҚР 20.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 21.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z135" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1026 lines deleted...]
-      4. Кәсіби қызметті мерзімдік бағалау нәтижелері бойынша Сот төрелігінің сапасы жөніндегі комиссияның шешіміне судьяның шағымын қарау нәтижелері бойынша қабылданған Кеңестің судьяны жүктемесі аз басқа сотқа, төмен тұрған сотқа ауыстыру туралы шешімі Кеңес отырысында судьяны жүктемесі аз басқа сотқа, төмен тұрған сотқа ауыстыру туралы мәселені, ал судья ауысудан бас тартқан жағдайда судьяны атқарып отырған лауазымынан босату туралы мәселені қарауға негіз болып табылады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:p>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10873,55 +11045,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>