--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4ad8ca" w14:textId="c4ad8ca">
+    <w:p w14:paraId="c489aa0" w14:textId="c489aa0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3057,2024 +3057,1950 @@
         <w:t>
       4) осы Заңға және "Коммерциялық емес ұйымдар туралы" Қазақстан Республикасының Заңына сәйкес қайырымдылық саласындағы өзге де міндеттерді орындауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық ұйымы жұмыскерлерінің еңбек қатынастары Қазақстан Республикасының еңбек заңнамасымен реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z212" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ерiктi қайырмалдықтарға жүгінетін қайырымдылық ұйымы Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасында белгіленген талаптарды сақтауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 04.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>№ 219-VIII</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Халықаралық қайырымдылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Халықаралық қайырымдылықты қайырымдылық субъектілері осы Заңда, Қазақстан Республикасының заңдарында және Қазақстан Республикасының халықаралық шарттарында белгіленген тәртіппен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шетелдіктер, азаматтығы жоқ адамдар, шетелдік және халықаралық ұйымдар осы Заңға, Қазақстан Республикасының заңдарына, Қазақстан Республикасының халықаралық шарттарына сәйкес Қазақстан Республикасының аумағында қайырымдылықты жүзеге асыруға қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Қайырымдылықты жүзеге асыру кезіндегі салық жеңілдіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайырымдылықты жүзеге асыратын қайырымдылық жасаушы Қазақстан Республикасының салық заңнамасында көзделген салық жеңілдіктерін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Қайырымдылықты жүзеге асыру кезіндегі қаржы-шаруашылық қызмет және бухгалтерлік есептілік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қайырымдылық жасаушы немесе қайырымдылық ұйымы қайырымдылықты осы Заңға, Қазақстан Республикасының заңдарына, Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қайырымдылық жасаушы немесе қайырымдылық ұйымы жүзеге асырылатын қайырымдылық қызмет бойынша есепке алуды жүргізеді және уәкілетті мемлекеттік органдарға осы Заңда, Қазақстан Республикасының заңдарында, Қазақстан Республикасының халықаралық шарттарында көзделген тәртіппен ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пайдаланушыға өз мүлкін берген қайырымдылық жасаушының немесе қайырымдылық ұйымының одан осы мүлікті пайдалану туралы есепті талап етуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қайырымдылық жасаушыдан немесе қайырымдылық ұйымынан нысаналы сипаты бар қайырымдылық көмек ретінде ақша алған пайдаланушы қайырымдылық жасаушының немесе қайырымдылық ұйымының талап етуі бойынша осы Заңның 5-бабының 3-тармағына сәйкес қайырымдылық жасаушы немесе қайырымдылық ұйымы және пайдаланушы арасындағы шарттық қатынастарда айқындалған мерзімдерде және тәртіппен есеп береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 04.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Қайырымдылық ұйымының кірістері мен шығыстары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қайырымдылық ұйымының кірістері мынадай көздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мүлікті, сондай-ақ оған құқықтарды сыйға тарту, өсиет етіп қалдыру немесе өтеусіз беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ерікті қайырмалдықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қайырымдылық аукциондарынан, конкурстарынан түскен кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эндаумент-қордың (нысаналы капиталдың) активтерін басқарудан түсетін инвестициялық кіріс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z225" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) қайырымдылық гранттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кәсіпкерлік қызметтен алынған кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қайырымдылық жасаушылардың жұмыстарды орындаудан, қызметтерді көрсетуден, жеке шығармашылық қызмет нәтижелерін беруден түскен кірістері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қайырымдылық жасаушылардың қайырымдылық объектілерін күтіп-ұстау жөніндегі шығындарды өтеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы Заңда, Қазақстан Республикасының заңдарында, Қазақстан Республикасының халықаралық шарттарында көзделген басқа да көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қайырымдылық жасаушылар кірістерді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір жылдың ішінде бір рет немесе бірнеше рет қайырымдылық көмекке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұзақ мерзімді қайырымдылық көмекке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік жарнаманы өткізуге жәрдемдесуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қайырымдылық ұйымының қызметін жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z110" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Заңға, Қазақстан Республикасының заңдарында, Қазақстан Республикасының халықаралық шарттарына сәйкес басқа да іс-шараларға жұмсайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Заңда көзделген жағдайларды қоспағанда, қайырымдылықты ұйымдастыру жөніндегі іс-шаралар қайырымдылық бағдарламасында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z112" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ерікті қайырмалдықтар көрсету қайырымдылық бағдарламасында көрсетілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді – ҚР 04.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Қайырымдылық бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайырымдылық бағдарламасын қайырымдылық жасаушы және (немесе) қайырымдылық ұйымы әзірлейді, бекітеді және орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z238" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қайырымдылық бағдарламасы мақсаттарды, міндеттерді, іске асыру кезеңін, болжамды кірістер мен шығыстар сметасын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z239" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қайырымдылық жасаушы және (немесе) қайырымдылық ұйымы бір немесе бірнеше қайырымдылық бағдарламасын жүзеге асыруы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z240" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қайырымдылық бағдарламасының орындалуы қайырымдылық жасаушының және (немесе) қайырымдылық ұйымының есебімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 04.07.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бап жаңа редакцияда – ҚР 04.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бап. Халықаралық қайырымдылық</w:t>
-[...46 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>14-бап. Қайырымдылық ұйымы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қайырымдылық ұйымы осы Заңда көзделген қайырымдылық міндеттерін орындау үшін құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жеке және (немесе) заңды тұлғалар қайырымдылық ұйымының құрылтайшылары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қайырымдылық ұйымының кәсіпкерлік қызметпен айналысуға құқығы бар, одан түскен кіріс қайырымдылық көмек көрсетуге пайдаланылады және құрылтайшылар арасында қайта бөлуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қайырымдылық ұйымының кәсіпкерлік қызметінен түсетін кірісі Қазақстан Республикасының салық заңнамасына сәйкес салық салуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. ҚАЙЫРЫМДЫЛЫҚТЫҢ ҰЙЫМДЫҚ НЕГІЗДЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-бап. Қайырымдылықты жүзеге асыру кезіндегі қаржы-шаруашылық қызмет және бухгалтерлік есептілік</w:t>
-[...910 lines deleted...]
-        </w:rPr>
         <w:t>15-бап. Қайырымдылық ұйымының жарғысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қайырымдылық ұйымы жарғының негізінде әрекет етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайырымдылық ұйымының жарғысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтің атауы, нысанасы мен мақсаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орналасқан жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) басқару органдарының құрылымы, қалыптасу тәртібі мен құзыреті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қайырымдылық ұйымы мүшелерінің (қатысушыларының) құқықтары мен міндеттері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z127" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мүлікті қалыптастыру көздері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құрылтай құжаттарына өзгерістер мен толықтырулар енгізу тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қызметті қайта ұйымдастыру және тоқтату шарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) таратылған жағдайда мүлікті пайдалану тәртібі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) филиалдар мен өкілдіктер туралы мәліметтер қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық ұйымының жарғысында Қазақстан Республикасының заңнамасына қайшы келмейтін басқа ережелер де қамтылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Қайырымдылық ұйымының басқару органдары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қайырымдылық ұйымының жарғысында көзделген тәртіппен қалыптастырылатын алқалы орган – қамқоршылық кеңес қайырымдылық ұйымының жоғары басқару органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қамқоршылық кеңес қайырымдылық ұйымының атқарушы органын тағайындайды, қайырымдылық ұйымы қызметінің оның жарғысының мақсатына сай болуын бақылауды, сондай-ақ жарғыда бекітілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық ұйымының жоғары басқару органының құзыретіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жарғыға өзгерістер мен толықтырулар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайырымдылық бағдарламасын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алдағы жылға арналған жұмыс жоспарын, бюджетті, сондай-ақ өткен жылдың есебін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қайырымдылық ұйымын қайта ұйымдастыру немесе тарату туралы шешім қабылдау жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қайырымдылық ұйымының атқарушы органы оның жарғысында бекітілген өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Қайырымдылық ұйымының мәртебесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қайырымдылық ұйымдары мәртебесі бойынша халықаралық және республикалық болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық қайырымдылық ұйымдарына қызметі Қазақстан Республикасының аумағына және одан тысқары жерлерге таралатын қайырымдылық ұйымдары жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық қайырымдылық ұйымдарына филиалдары мен өкілдіктерінің қызметі Қазақстан Республикасының аумағына таралатын қайырымдылық ұйымдары жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мәртебесіне қарамастан, белгіленген тәртіппен құрылған және тіркелген қайырымдылық ұйымдарының жаңа заңды тұлғаларды құрып, одақтар (қауымдастықтар) қабылдаған құрылтай шарттарының және жарғылардың негізінде қайырымдылық ұйымдарының одақтарын (қауымдастықтарын) құруға, сондай-ақ халықаралық одақтардың (қауымдастықтардың) қатысушысы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Қайырымдылық ұйымының мүлкі, мүлікті қалыптастыру көздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қайырымдылық ұйымының меншігінде Қазақстан Республикасының заңнамасына сәйкес сатып алынған мүлік болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z144" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайырымдылық ұйымының мүлкі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z145" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылтайшының (құрылтайшылардың) түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z146" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және (немесе) заңды тұлғалар, сондай-ақ басқа қайырымдылық ұйымдары берген қайырымдылық қайырмалдықтары, мүліктік жарналар, сыйға тарту, өсиеттер, эндаумент-қордың (нысаналы капиталдың) активтерін басқарудан түсетін инвестициялық кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z147" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қайырымдылық жасаушылардан алынған мүлікті өткізу жөніндегі қайырымдылық аукциондары мен конкурстарын өткізуден түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z148" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z148" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қайырымдылық ұйымдарының меншігіндегі акциялар, облигациялар, басқа да бағалы қағаздар мен салымдар (депозиттер) бойынша алынатын дивидендтер (кірістер, сыйақы (мүдде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z149" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z149" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шетелдіктердің, азаматтығы жоқ адамдардың, сондай-ақ шетелдік және (немесе) халықаралық қайырымдылық ұйымдарының қайырымдылық көмегі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z150" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z150" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасында тыйым салынбаған басқа да түсімдер есебінен құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z151" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z151" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық ұйымының мүлкін саяси партияларды, кәсіптік одақтарды және сайлау қорларын қолдау үшін пайдалануға болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z152" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z152" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қайырымдылық ұйымының мүлкі не оның бір бөлігі кепіл нысанасы болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5338,243 +5264,243 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="139"/>
+    <w:bookmarkStart w:name="z174" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ФИЛАНТРОПИЯЛЫҚ ҚЫЗМЕТТІ ЖҮЗЕГЕ АСЫРУ ТӘРТІБІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Филантропиялық қызмет объектілері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заңның 4-бабының 2-тармағына сәйкес мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="140"/>
+    <w:bookmarkStart w:name="z175" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ата-анасының қамқорлығынсыз қалған жетім балалар, әлеуметтік оңалтуға және олардың арасында қадағалаусыз қалу мен құқық бұзушылық профилактикасы жүргізілуіне мұқтаж кәмелетке толмағандар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z176" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z176" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төтенше жағдайлардан зардап шеккен және өздеріне қайырымдылық көмек көрсетілуіне мұқтаж Қазақстан Республикасының азаматтары, шетелдіктер, азаматтығы жоқ адамдар, қандастар, сондай-ақ аумақтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z177" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z177" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дене шынықтырумен және спортпен шұғылдануға, өмір сүру үшін қолайлы жағдайлар жасалуына мұқтаж мүгедектігі бар адамдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z178" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z178" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өздерінің құқықтарын өз бетінше іске асыруға және (немесе) өзінің тыныс-тіршілігі мәселелерін (заңды өкілдік, құқықтық көмек көрсету, қорғаншылыққа алу және басқасы) шешуге мүмкіндігі жоқ Қазақстан Республикасының азаматтары, шетелдіктер, азаматтығы жоқ адамдар, қандастар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z179" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z179" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) арнайы медициналық мекемелерде есепте тұрған адамдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z226" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z226" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) Қазақстан Республикасының медициналық мекемелерінде және (немесе) шетелде шұғыл ақылы емделуге мұқтаж жеке тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z180" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z180" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) басқа да объектілер филантропиялық қызмет объектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5670,70 +5596,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Жеке тұлғаның филантропиялық қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="147"/>
+    <w:bookmarkStart w:name="z181" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке тұлға өзінің жеке меншігіндегі мүлікті және (немесе) өзінің зияткерлік меншік нәтижелерін пайдалана отырып, филантропиялық қызметпен айналысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5931,130 +5857,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-1-бап. Қайырымдылық волонтері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="148"/>
+    <w:bookmarkStart w:name="z241" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Он сегіз жастан асқан адам қайырымдылық волонтері бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z242" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z242" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайырымдылық волонтерінің Қазақстан Республикасының азаматтық заңнамасына сәйкес жасалған шарт негізінде қайырымдылық ұйымының немесе пайдаланушының пайдасына қаражат жинауды жүзеге асыруға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z243" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z243" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық волонтері қайырымдылық ұйымына немесе пайдаланушыға жасалған шартқа сәйкес қаражат жинау туралы есеп беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z244" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z244" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік қызметшілер қайырымдылық волонтерлері бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6090,372 +6016,372 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Заңды тұлғаның филантропиялық қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="152"/>
+    <w:bookmarkStart w:name="z185" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Кәсіпкерлік субъектісі болып табылатын заңды тұлға ауыртпалықтары жоқ мүліктің бір бөлігін пайдалана отырып, филантропиялық қызметпен айналысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z186" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z186" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Филантропиялық қызметпен айналысатын заңды тұлғалардың заңды тұлға құрмай, уақытша бірлестіктерді құруға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z187" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z187" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ДЕМЕУШІЛІК ҚЫЗМЕТТІ ЖҮЗЕГЕ АСЫРУ ТӘРТІБІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Демеуші жүзеге асыратын қайырымдылық көмектің көздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="155"/>
+    <w:bookmarkStart w:name="z188" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Демеуші қайырымдылық көмекті меншік құқығындағы мүліктің және демеушінің атын көпшілікке танымал етуден және (немесе) жарнаманы, оның ішінде әлеуметтік жарнаманы таратудан түскен қаражат есебінен жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z189" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z189" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Демеуші көрсететін қайырымдылық көмек мемлекеттік бюджет қаражаты есебінен жүзеге асырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Жеке тұлғаның демеушілік қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="157"/>
+    <w:bookmarkStart w:name="z190" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Демеушілік қызметпен айналысатын жеке тұлғаның үшінші тұлғаларға меншік құқығында тиесілі тауар белгісі, өндірілетін тауар, көрсетілетін қызметтер туралы ақпаратты таратуға құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z191" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z191" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Демеушілік қызметпен айналысатын жеке тұлғаның оны өткізу үшін өзі қайырымдылық көмек көрсететін қайырымдылық іс-шарасының атауына және мазмұнына өзгеріс (өзгерістер) енгізуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z192" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z192" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қарапайым серіктестік құрған жеке тұлғалардың қайырымдылық көмек көрсету үшін серіктестік айқындаған, ауыртпалықтары жоқ мүліктің бір бөлігін пайдалана отырып, демеушілік қызметпен айналысуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Заңды тұлғаның демеушілік қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="160"/>
+    <w:bookmarkStart w:name="z193" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Демеушілік қызметпен айналысатын заңды тұлға пайдаланушымен жасалған шартқа сәйкес өзінің атауы, тауар белгісі, өндірілген тауар, көрсетілетін қызметтер туралы ақпаратты таратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z194" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z194" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Демеушілік қызметпен айналысатын заңды тұлғаның оны өткізу үшін өзі қайырымдылық көмек көрсететін қайырымдылық іс-шарасының атауына және мазмұнына өзгеріс (өзгерістер) енгізуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z195" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z195" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. МЕЦЕНАТТЫҚ ҚЫЗМЕТТІ ЖҮЗЕГЕ АСЫРУ ТӘРТІБІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Меценаттық қызмет объектілері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заңның 4-бабының 2-тармағына сәйкес мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="163"/>
+    <w:bookmarkStart w:name="z196" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғылым және инновациялық қызмет, білім, мәдениет, өнер, қоршаған ортаны қорғау, спорт объектілері, тарихи және этномәдени ескерткіштер, сондай-ақ аталған салаларда жұмыс істейтін не оларды дамытуға үлес қосқан Қазақстан Республикасының азаматтары, шетелдіктер, азаматтығы жоқ адамдар, қандастар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6484,110 +6410,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="164"/>
+    <w:bookmarkStart w:name="z198" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақылы білім алу және (немесе) кәсіби қабілеттерін арттыру үшін атаулы стипендияларға мұқтаж адамдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z199" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z199" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) авариялардың және (немесе) дүлей зілзаланың салдарынан зардап шеккен және кезек күттірмейтін қайырымдылық көмекті қажет ететін қайырымдылық объектілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z200" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z200" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) басқа да объектілер меценаттық қызмет объектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6703,185 +6629,185 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Жеке тұлғаның меценаттық қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="167"/>
+    <w:bookmarkStart w:name="z201" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Меценаттық қызметпен айналысатын жеке тұлғаның қайырымдылық көмек көрсету мақсатында жеке меншік құқығындағы мүлікті не оған мүліктік құқықтарды пайдаланушыға беруге құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z202" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z202" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жеке тұлғаның пайдаланушыға жедел көмек көрсетуді қажет ететін меценаттық қызметі қайырымдылық бағдарлама әзірленбестен көрсетілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Заңды тұлғаның меценаттық қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="169"/>
+    <w:bookmarkStart w:name="z203" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Меценаттық қызметпен айналысатын заңды тұлғаның қайырымдылық бағдарламасында қайырымдылық грантының, жеке стипендияның ақшалай мәндегі мөлшерлерін, мақсатын, тағайындалу және пайдаланылу тәртібін көрсете отырып, оларды белгілеуге құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z204" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z204" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайырымдылық грантын, жеке стипендияны пайдалану тәртібін пайдаланушы заңды тұлғаның келісімімен өзгерте алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z205" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z205" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қайырымдылық грантының, жеке стипендияның игерілмеген бөлігі қайтарымды қаржылай көмек болып табылады және заңды тұлғаға қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z208" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z208" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-1-тарау. Кіші отанға қолдау көрсету жөніндегі қызметті жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 6-1-тараумен толықтырылды - ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7102,68 +7028,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">30-2-бап. Жеке тұлғаның кіші отанға қолдау көрсету жөніндегі қызметі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға өзінің жеке меншігіндегі мүлікті және (немесе) өзінің зияткерлік қызметінің нәтижелерін пайдалана отырып, кіші отанға қолдау көрсету жөніндегі қызметпен айналысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="173"/>
+    <w:bookmarkStart w:name="z206" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Қазақстан Республикасының қайырымдылық туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>