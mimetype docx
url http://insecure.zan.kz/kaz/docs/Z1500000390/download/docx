--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce627af" w14:textId="ce627af">
+    <w:p w14:paraId="e12a82b" w14:textId="e12a82b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2365,51 +2365,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 346-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
@@ -5992,91 +5992,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
@@ -6339,651 +6339,765 @@
         <w:t>
       8) мүшесінің (қатысушының) Қазақстан Республикасының заңнамасын, өзін-өзі реттейтін ұйымның қағидалары мен стандарттарын бұзушылықтары, сондай-ақ өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) қатысты қолданылған ықпал ету шаралары туралы ақпаратты Қазақстан Республикасының заңдарында, өзін-өзі реттейтін ұйымның жарғысында немесе өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) жалпы жиналысының шешімімен бекітілген өзге де құжатта белгіленген тәртіппен реттеуші мемлекеттік органның назарына жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:bookmarkStart w:name="z278" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тұтынушылардың келіп түскен өтініштері және оларды қарау нәтижелері туралы ақпаратты тұтынушылардың құқықтарын қорғау саласындағы уәкілетті органның назарына жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z279" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өз мүшелері (қатысушылары) туралы жаңартылған ақпаратты тұтынушылардың құқықтарын қорғау саласындағы уәкілетті органға және Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесіне беруге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z280" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өзін-өзі реттейтін ұйымның мүшелері (қатысушылары) мен тұтынушылар және тұтынушылардың құқықтарын қорғау саласындағы өзге де тұлғалар арасында туындаған тұтынушылық дауларды қарау жөніндегі орган құруға міндетті.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z280" w:id="172"/>
-[...15 lines deleted...]
-      11) өзін-өзі реттейтін ұйымның мүшелері (қатысушылары) мен тұтынушылар және тұтынушылардың құқықтарын қорғау саласындағы өзге де тұлғалар арасында туындаған тұтынушылық дауларды қарау жөніндегі орган құруға міндетті.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарында және өзін-өзі реттейтін ұйымның жарғысында өзін-өзі реттейтін ұйымның өзге де міндеттері белгіленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттейтін ұйым өзін-өзі реттеудегі мүдделер қақтығысының туындауына әкеп соғатын қызметті жүзеге асыруға және әрекеттерді жасауға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z195" w:id="174"/>
+    <w:bookmarkStart w:name="z195" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым Қазақстан Республикасының заңдарында көзделген тәртіппен және жағдайларда осы Заңның 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мүліктік жауаптылықты қамтамасыз ету тәсілдерінің біреуін немесе бірнешеуін пайдалану арқылы өзінің міндеттемелері және өз мүшелерінің (қатысушыларының) міндеттемелері бойынша жауапты болады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z287" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қызмет нәтижелерін тану туралы келісім жасалған, ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым осы Заңның 28-бабының 1-тармағында көзделген мүліктік жауапкершілікті қамтамасыз етудің бір немесе бірнеше тәсілдерін пайдалану арқылы өз міндеттемелері және өз мүшелерінің (қатысушыларының) міндеттемелері бойынша Қазақстан Республикасының заңдарында көзделген тәртіппен және жағдайларда жауап береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z287" w:id="175"/>
-[...15 lines deleted...]
-      4. Қызмет нәтижелерін тану туралы келісім жасалған, ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым осы Заңның 28-бабының 1-тармағында көзделген мүліктік жауапкершілікті қамтамасыз етудің бір немесе бірнеше тәсілдерін пайдалану арқылы өз міндеттемелері және өз мүшелерінің (қатысушыларының) міндеттемелері бойынша Қазақстан Республикасының заңдарында көзделген тәртіппен және жағдайларда жауап береді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Өзін-өзі реттейтін ұйымның қағидалары мен стандарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйым барлық мүшелерінің (қатысушыларының) орындауы үшін міндетті, мынадай мақсаттарды қамтамасыз етуге бағытталған қағидалар мен стандарттарды әзірлейді және бекітеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z197" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мүшелеріне (қатысушыларына) қойылатын талаптарды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z198" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мүшелері (қатысушылары) өндіретін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) сапасы мен қауіпсіздігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z199" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарлардың (жұмыстардың, көрсетілетін қызметтердің) сапасына қатысты тұтынушыларды жаңылыстыруға әкелетін әрекеттердің алдын алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z200" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шығарылатын өнімнің бәсекеге қабілеттілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z201" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мүліктік жауаптылықты қамтамасыз ету тәсілдерін қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z202" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мүшелерінің (қатысушыларының) мүдделерін қорғау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z203" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттары Қазақстан Республикасының заңнамасына қайшы келмеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарының қабылдануы, мемлекеттік органдардың өз құзыреті шегінде өзін-өзі реттеу субъектілерінің қызметін реттейтін нормативтік-құқықтық актілерді қабылдау мүмкіндігін жоққа шығармайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз); 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды – ҚР 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...173 lines deleted...]
-      2. Өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттары Қазақстан Республикасының заңнамасына қайшы келмеуге тиіс.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды – ҚР 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Міндетті мүшелікке (қатысуға) негізделген, кәсіпкерлік қызмет саласындағы өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттары бекітілгенге дейін қорытынды алу үшін Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:p>
-[...162 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы кәсіпкерлік қызмет саласындағы, міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын олардың мазмұнының осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7090,3323 +7204,3323 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын келісуді не келісуден бас тартуды реттеуші мемлекеттік органдар олар келіп түскен күннен бастап он бес жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реттеуші мемлекеттік органдар белгіленген мерзімдерде жауап бермеген жағдайда, міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттары келісілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="185"/>
+    <w:bookmarkStart w:name="z207" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қағидалар мен стандарттар міндетті түрде өзін-өзі реттейтін ұйымның интернет-ресурсында орналастыруға және (немесе) Қазақстан Республикасының бүкіл аумағында таратылатын мерзiмдi баспасөз басылымдарында жариялауға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңмен қорғалатын құпияны қамтитындарын қоспағанда, толық жазылмаған қағидалар мен стандарттарды жариялауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-1-бап. Өзін-өзі реттейтін ұйымның қағидаларына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z289" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйымның қағидаларында мыналар:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z290" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалпы ережелер (өзін-өзі реттейтін ұйымның атауы, терминдер мен анықтамалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z291" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) қойылатын жалпы талаптар, мүшелердің (қатысушылардың) кәсіби мінез-құлық қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z292" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзін-өзі реттейтін ұйымның және оның мүшелерінің (қатысушыларының) қызметін ұйымдастыру тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z293" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзін-өзі реттейтін ұйымның мүшелерін (қатысушыларын) тексеруді ұйымдастыру және жүргізу тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z294" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) жауапкершілігі және оған тарту тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z295" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) жаза қолдану, оларды алу және шағым жасау тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z296" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мүдделер қақтығысын болғызбау немесе реттеу жөніндегі шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z297" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өзін-өзі реттейтін ұйымның атына келіп түскен, оның мүшелеріне (қатысушыларына) берілген шағымдар туралы реттеуші мемлекеттік органға хабар беру тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z298" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мүліктік жауапкершілікті қамтамасыз ету шараларын пайдалану тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z299" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) дауларды сотқа дейінгі реттеу тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z300" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қорытынды ережелер (қағидаларды қолданысқа енгізу, қайта қарау және күшін жою тәртібі) көзделуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z301" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттейтін ұйымның қағидалары іскерлік әдеп қағидаларының талаптарына сәйкес келуге, өзін-өзі реттеудегі мүдделер қақтығысын жоюға немесе азайтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z302" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзін-өзі реттейтін ұйымның қағидалары жосықсыз бәсекелестікке, тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар мен өзге де тұлғаларға моральдық зиян немесе нұқсан келтіретін әрекеттер, өзін-өзі реттейтін ұйым мүшесінің (қатысушысының) іскерлік беделіне не өзін-өзі реттейтін ұйымның іскерлік беделіне нұқсан келтіретін әрекеттер жасауға кедергі келтіретін талаптарды белгілеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z303" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өзін-өзі реттейтін ұйымның қағидаларында өзін-өзі реттейтін ұйым өз бетінше айқындайтын өзге де ережелер көзделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 05.10.2018 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-1-баппен толықтырылды – ҚР 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20-1-бап. Өзін-өзі реттейтін ұйымның қағидаларына қойылатын талаптар</w:t>
-[...298 lines deleted...]
-      4. Өзін-өзі реттейтін ұйымның қағидаларында өзін-өзі реттейтін ұйым өз бетінше айқындайтын өзге де ережелер көзделуі мүмкін.</w:t>
+        <w:t>20-2-бап. Өзін-өзі реттейтін ұйымның стандарттарына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z305" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйымның стандартында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z306" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалпы ережелер (мақсаты мен қолданылу саласы, нормативтік сілтемелер, терминдер мен анықтамалар (бар болса), жалпы мақсаттары мен қағидаттары, өнімге, процестерге және көрсетілетін қызметтерге қойылатын талаптар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z307" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімнің, процестер мен көрсетілетін қызметтердің жалпы сипаттамалары, процестерді орындау, көрсетілетін қызметтерді жүзеге асыру, өнімді өндіру және өткізу тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z308" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қорытынды ережелер (стандарттарды қолданысқа енгізу, қайта қарау және күшін жою тәртібі) көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z309" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттейтін ұйымның стандарты Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген талаптарға сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z310" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзін-өзі реттейтін ұйымның стандартында өзін-өзі реттейтін ұйым өз бетінше айқындайтын өзге де ережелер көзделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-1-баппен толықтырылды – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-2-баппен толықтырылды – ҚР 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20-2-бап. Өзін-өзі реттейтін ұйымның стандарттарына қойылатын талаптар</w:t>
-[...118 lines deleted...]
-      3. Өзін-өзі реттейтін ұйымның стандартында өзін-өзі реттейтін ұйым өз бетінше айқындайтын өзге де ережелер көзделуі мүмкін.</w:t>
+        <w:t>21-бап. Өзін-өзі реттейтін ұйымға мүше болу (қатысу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін өзі реттейтін ұйымға мүше болу (қатысу) ерікті негізде не Қазақстан Республикасының заңдарында белгіленген жағдайларда міндетті негізде болуы мүмкін, ол кәсіптік немесе кәсіпкерлік қызметтің белгілі бір түрін жүзеге асыруға не өндірілген тауарлар (жұмыстар, көрсетілетін қызметтер) нарығына рұқсат берудің міндетті шарты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z209" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жеке кәсіпкерлік субъектілері кәсіпкерлік қызмет саласындағы өзін-өзі реттейтін ұйымның мүшелері (қатысушылары) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z210" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының заңнамасына сәйкес кәсіптік қызметпен айналысуға құқығы бар жеке тұлғалар кәсіптік қызмет саласындағы өзін-өзі реттейтін ұйымның мүшелері (қатысушылары) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z211" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өзін-өзі реттейтін ұйымға мүше (қатысушы) болуға қабылдау және мүшелікті (қатысуды) тоқтату шарттары мен тәртібі өзін-өзі реттейтін ұйымның жарғысында және (немесе) Қазақстан Республикасының заңдарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзін-өзі реттейтін ұйымға мүше (қатысушы) болуға қабылдаудан бас тарту, мүшеліктен (қатысудан) шығару туралы шешімге Қазақстан Республикасының заңнамасында көзделген тәртіппен шағым жасауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өзін-өзі реттейтін ұйымның мүшелері (қатысушылары) өз дербестігі мен жеке және заңды тұлғаның құқықтарын сақтап қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z270" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өзін-өзі реттейтін ұйымдардың құрылтайшылары мен мүшелері (қатысушылары) тең құқықтарға ие болады және бірдей міндеттерді атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-2-баппен толықтырылды – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-бап. Өзін-өзі реттейтін ұйымға жарналар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйым міндетті жарналардың мынадай түрлерін белгілеуге құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z214" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзін-өзі реттейтін ұйымға мүшелікке (қатысуға) кіру кезінде төленетін кіру жарналары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z215" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұрақты мерзімді негізде төленетін мүшелік жарналар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарналар өзін-өзі реттейтін ұйымның меншігі болып табылады, олардың мөлшері және оларды жинау тәртібі өзін-өзі реттейтін ұйымның жарғысында немесе Қазақстан Республикасының заңдарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кіру жарнасының мөлшері мүшелік жарнаның мөлшерінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым үшін кіру және мүшелік жарналардың болмауы немесе болуы, сондай-ақ олар болған жағдайда шекті мөлшерлері Қазақстан Республикасының заңдарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Өзін-өзі реттейтін ұйымның ақпаратқа қол жеткізуді қамтамасыз етуі және өзін-өзі реттейтін ұйымның ақпаратты оның құқыққа сыйымсыз пайдаланылуынан қорғауы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйым өзінің интернет-ресурсында орналастыру және (немесе) Қазақстан Республикасының бүкіл аумағында таратылатын бұқаралық ақпарат құралдарында жариялау арқылы мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z218" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз мүшелерінің (қатысушыларының) құрамы туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z219" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар және өзге де тұлғалар алдындағы жауаптылығын қамтамасыз ету шарттары, тәсілдері мен тәртібі туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z220" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзін-өзі реттейтін ұйымға өзінің мүше болуын (қатысуын) тоқтатқан мүшелер (қатысушылар) және олардың мүше болуын (қатысуын) тоқтату негіздері туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z221" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзін-өзі реттейтін ұйымға мүше болу (қатысу) шарттары туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z222" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өзін-өзі реттейтін ұйымның қағидалары мен стандарттарының мазмұны туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z223" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өзін-өзі реттейтін ұйымның басқару органдары мен мамандандырылған органдарының құрылымы мен құзыреті, өзін-өзі реттейтін ұйымның алқалы басқару органының, атқарушы басқару органының сандық және дербес құрамы туралы, өзін-өзі реттейтін ұйымның жеке-дара атқарушы басқару органының функцияларын жүзеге асыратын тұлға туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z224" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) жалпы жиналысы және өзін-өзі реттейтін ұйымның алқалы басқару органы қабылдаған шешімдер туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z225" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өзін-өзі реттейтін ұйымның мүшелерін (қатысушыларын) Қазақстан Республикасы заңнамасының, өзін-өзі реттейтін ұйымның қағидалары мен стандарттарының талаптарын бұзғаны үшін жауаптылыққа тарту жағдайлары туралы (мұндай ақпарат болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z226" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өзін-өзі реттейтін ұйым соттарға берген кез келген талап-арыздар мен арыздар туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z227" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) қызметіне өзін-өзі реттейтін ұйым жүргізген тексерулердің нәтижелері туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z228" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өзін-өзі реттейтін ұйымның жылдық қаржылық есептілігі және Қазақстан Республикасының заңдарында мұндай аудиттің міндеттілігі белгіленген жағдайларда оның аудитінің нәтижелері туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z229" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өзін-өзі реттейтін ұйым өтемақы қорын өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар және өзге де тұлғалар алдындағы мүліктік жауаптылығын қамтамасыз ету тәсілі ретінде қолданған жағдайда, өзін-өзі реттейтін ұйымның өтемақы қорының мөлшері туралы ақпаратқа, сондай-ақ өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар және өзге де тұлғалар алдындағы мүліктік жауаптылығын қамтамасыз ету мақсатында өзін-өзі реттейтін ұйымның өтемақы қорынан төлемдерді жүзеге асыру фактілері туралы және егер осындай төлемдер жүзеге асырылған болса, мұндай төлемдердің негіздері туралы ақпаратқа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z230" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының заңдарында және (немесе) өзін-өзі реттейтін ұйымның құжаттарында көзделген өзге де ақпаратқа қол жеткізуді қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z231" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттейтін ұйым өз қызметкерлерінің ақпаратты құқыққа сыйымсыз пайдалануы өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) моральдық зиян және (немесе) мүліктік залал келтіруі немесе осындай зиян және (немесе) залал келтіруге алғышарттар жасауы мүмкін ақпаратты алу, пайдалану, өңдеу, сақтау және қорғау тәсілдерін көздеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z232" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзін-өзі реттейтін ұйым өз қызметкерлерінің қызмет бабына байланысты өздеріне белгілі болған ақпаратты құқыққа сыйымсыз пайдалануымен байланысты әрекеттері үшін өз мүшелерінің (қатысушыларының) алдында жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z233" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының заңдарында сәйкес өзін-өзі реттейтін ұйым ақпаратты ашып көрсету жөніндегі міндеттерін орындамағаны және (немесе) тиісінше орындамағаны үшін жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Өзін-өзі реттеудегі мүдделер қақтығысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттеудегі мүдделер қақтығысын болғызбау мақсатында өзін-өзі реттейтін ұйымның мүшелері (қатысушылары), өзін-өзі реттейтін ұйымның басқару органдарының құрамына кіретін адамдар, оның қызметкерлері өзін-өзі реттейтін ұйымның мүдделерін ең алдымен оның қызметінің мақсаттарына қатысты сақтауға міндетті және өздерінің кәсіптік міндеттерін жүзеге асыруға байланысты мүмкіндіктерді пайдаланбауға немесе мұндай мүмкіндіктерді өзін-өзі реттейтін ұйымның жарғысында көрсетілген мақсаттарға қайшы келетін мақсаттарда пайдалануға жол бермеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z235" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өзін-өзі реттеудегі мүдделер қақтығысын болғызбау немесе реттеу жөніндегі шаралар өзін-өзі реттейтін ұйымның жарғысында, қағидалары мен стандарттарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Өзін-өзі реттейтін ұйымның өз мүшелерінің (қатысушыларының) қызметін бақылауы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйым тексерулерді жүзеге асыру арқылы өз мүшелерінің (қатысушыларының) өзін-өзі реттейтін ұйымның қағидалары мен стандарттарының талаптарын, өзін-өзі реттейтін ұйымға мүше болу (қатысу) шарттарын сақтау бөлігінде кәсіптік немесе кәсіпкерлік қызметіне бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z237" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) тексерулерді ұйымдастыру мен жүргізу тәртібі реттеуші мемлекеттік орган келіскен, өзін-өзі реттейтін ұйымның қағидаларында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзін-өзі реттейтін ұйымның қағидаларында реттеуші мемлекеттік органға өзін-өзі реттейтін ұйымның атына оның мүшелеріне (қатысушыларына) келіп түскен шағымдар туралы ақпарат беру тәртібі көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзін-өзі реттейтін ұйым мүшесінің (қатысушысының) өзін-өзі реттейтін ұйымның қағидалары мен стандарттарының талаптарын не Қазақстан Республикасы заңнамасының талаптарын бұзғаны туралы шағым тексеру жүргізу үшін негіз болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізу барысында шағымда көрсетілген фактілер ғана зерттеуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өзін-өзі реттейтін ұйымның мүшесі (қатысушысы) тексеру жүргізу үшін өзін-өзі реттейтін ұйымның сұрау салуы бойынша қажетті ақпаратты өзін-өзі реттейтін ұйым айқындайтын тәртіппен беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z240" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өзін-өзі реттейтін ұйым, сондай-ақ оның тексеру жүргізуге қатысатын қызметкерлері мен лауазымды адамдары оны жүргізу барысында алған мәліметтерді жария етпеуге және таратпауға жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z241" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тексеру нәтижесінде тексерілетін мүшенің (қатысушының) өзін-өзі реттейтін ұйымның қағидалары мен стандарттарының талаптарын, оған мүше болу (қатысу) шарттарын, сондай-ақ өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) қызметін регламенттейтін Қазақстан Республикасының заңнамасын бұзушылықтар фактісі анықталған жағдайда, ұйымның басшы адамдары, өзін-өзі реттейтін ұйымның тексерулерді жүзеге асыратын қызметкерлері және өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) қатысты ықпал ету шараларын қолдану туралы істерді қарау жөніндегі органның мүшелері Қазақстан Республикасының заңдарында көзделген, анықталған бұзушылықтарды жою, олардың алдын алу, адамдардың өміріне, денсаулығына ықтимал зиян келтіруді және қоршаған ортаға, жеке және заңды тұлғалардың заңды мүдделеріне нұқсан келтіруді болғызбау, сондай-ақ бұзушылықтарға жол берген адамдарды осы Заңда және Қазақстан Республикасының өзге де заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қолдануға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер осы тармақтың бірінші бөлігінде көрсетілген шараларды қолдану мемлекеттік органдардың құзыретіне жататын болса, өзін-өзі реттейтін ұйымның тексерулерді жүзеге асыратын басшылары мен қызметкерлері және өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) қатысты ықпал ету шараларын қолдану туралы істерді қарау жөніндегі органның мүшелері шаралар қолдану үшін анықталған бұзушылықтар туралы тиісті мемлекеттік органдарға дереу хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Өзін-өзі реттейтін ұйым Қазақстан Республикасының заңдарында және өзін-өзі реттейтін ұйымның жарғысында белгіленген тәртіппен өз мүшелерінің (қатысушыларының) алдында өзін-өзі реттейтін ұйым қызметкерлерінің өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) қызметіне бақылауды жүзеге асырған кездегі құқыққа сыйымсыз әрекеттері үшін жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бап. Өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) жауаптылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы нормативтік құқықтық актілерінің, өзін-өзі реттейтін ұйым жарғысының, қағидалары мен стандарттарының талаптарын бұзғаны үшін оның мүшесі (қатысушысы) Қазақстан Республикасының заңдарына, өзін-өзі реттейтін ұйымның қағидалары мен стандарттарына сәйкес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z244" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер Қазақстан Республикасының заңдарында өзгеше белгiленбесе, өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) жазаларды қолдану, алып тастау және оларға шағым жасау тәртібі өзін-өзі реттейтін ұйымның жарғысы мен қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзін-өзі реттейтін ұйымның мүшесіне (қатысушысына) теріс қылық жасағаны үшін бір ғана жаза қолдануға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өзін-өзі реттейтін ұйымның қағидалары мен стандарттары талаптарының бұзушылықтары туралы істер бойынша iс жүргiзу өзін-өзі реттейтін ұйымның атқарушы басқару органының құзыретіне жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z246" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының заңдарында реттеуші мемлекеттік органдардың өзін-өзі реттейтін ұйымға іс жүргізуді қозғау туралы ұсынуды енгізу құқығы көзделген жағдайларда, оны қарау олардың өкілінің қатысуымен жүзеге асырылады. Қарау уақыты мен орны туралы тиісінше хабардар етілген осы өкілдің келмей қалуы іс жүргізуді жүзеге асыруға кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z247" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өзін-өзі реттейтін ұйымның атқарушы басқару органының жаза қолдану туралы шешіміне өзін-өзі реттейтін ұйымның мүшесі (қатысушысы) Қазақстан Республикасының заңдарында көзделген тәртіппен шағым жасауы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z248" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Егер жаза қолданылған күннен бастап алты ай ішінде мүшеге (қатысушыға) жаңа жаза қолданылмаса, онда ол жаза қолданылмаған деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бап. Өзін-өзі реттейтін ұйымның мүлкін қалыптастыру көздері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйымның мүлкін қалыптастыру көздері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z250" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) міндетті жарналары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z251" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ерікті мүліктік жарналар мен қайырмалдықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z252" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) кәсіпкерлік қызметіне, коммерциялық немесе кәсіптік мүдделеріне байланысты білім беру қызметтерін көрсетуден алынған қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z253" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) кәсіпкерлік қызметіне, коммерциялық немесе кәсіптік мүдделеріне байланысты ақпараттық материалдарды сатудан алынған қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z311" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) банктік шот және банктік салым шарттары талаптарымен екінші деңгейдегі банктерде ақшаны орналастырудан алынған кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z254" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заңда тыйым салынбаған басқа да түсімдер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z255" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының заңдарында көзделген жағдайларда, өзін-өзі реттейтін ұйымның бухгалтерлік есебі мен қаржылық есептілігін жүргізу міндетті аудитке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-бапқа өзгеріс енгізілді – ҚР 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>21-бап. Өзін-өзі реттейтін ұйымға мүше болу (қатысу)</w:t>
-[...139 lines deleted...]
-    <w:bookmarkEnd w:id="212"/>
+        <w:t>28-бап. Мүліктік жауаптылықты қамтамасыз ету тәсілдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйым мүліктік жауаптылықты, оның ішінде өзінің және өз мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар және өзге де тұлғалар алдындағы мүліктік жауаптылығын қамтамасыз етудің мынадай тәсілдерінің біреуін немесе бірнешеуін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z257" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтемақы қорынан төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z258" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) азаматтық-құқықтық жауаптылықты сақтандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z259" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзін-өзі реттейтін ұйымның мүшелерін (қатысушыларын) мүліктік жауаптылыққа тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z260" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңдарында көзделген, мүліктік жауаптылықты қамтамасыз етудің өзге де тәсілдерін пайдалану арқылы қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z261" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мүліктік жауаптылықты қамтамасыз ету шеңберінде өндіріп алуды қолдану мынадай жағдайлардың бірінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z262" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзін-өзі реттейтін ұйым талаптардың негізділігін және өндіріп алуды қанағаттандыру қажеттілігін мойындаған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z263" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соттың немесе төреліктің заңды күшіне енген шешімі негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z264" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер Қазақстан Республикасының заңдарында немесе өзін-өзі реттейтін ұйымның жарғысында өзгеше көзделмесе, мүліктік жауаптылықты қамтамасыз ету шараларын пайдалану тәртібі оның мүшелерінің (қатысушыларының) жалпы жиналысы бекіткен, өзін-өзі реттейтін ұйымның қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z265" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өзін-өзі реттейтін ұйымның өтемақы қорының қаражаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзін-өзі реттейтін ұйымның басқа мүлкінен бөлек болады. Өтемақы қорының қаражатын өзін-өзі реттейтін ұйымға тиесілі өзге қаражатпен, сондай-ақ қаржылық есептілікте көрсеткен кезде араластыруға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z312" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар мен өзге де тұлғалар алдындағы мүліктік жауаптылығын қамтамасыз ету жөніндегі төлемдерден басқа, өтемақы қорынан кез келген төлемді жүзеге асыруға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-бап. Өзін-өзі реттейтін ұйымға жарналар</w:t>
-[...1470 lines deleted...]
-      5. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, өзін-өзі реттейтін ұйым мүшелерінің (қатысушыларының) өздері өндірген тауарларды (жұмыстарды, көрсетілетін қызметтерді) тұтынушылар мен өзге де тұлғалар алдындағы мүліктік жауаптылығын қамтамасыз ету жөніндегі төлемдерден басқа, өтемақы қорынан кез келген төлемді жүзеге асыруға жол берілмейді.</w:t>
+        <w:t>29-бап. Өзін-өзі реттеудегі мемлекеттік бақылау және қадағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z266" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйымдардың қызметін мемлекеттік бақылау жоспардан тыс тексеру, бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:p>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="269"/>
+    <w:bookmarkStart w:name="z323" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Жоспардан тыс тексеру мен бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="270"/>
+    <w:bookmarkStart w:name="z267" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган және реттеуші мемлекеттік органдар ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшесіне (қатысушысына) мемлекеттік бақылауды және қадағалауды жүзеге асырған кезде тәуекелдерді бағалау жүйесінде мұндай мүшеліктің (қатысудың) болу фактісін ескереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-1-бап. Кәсіпкерлік және кәсіптік қызмет субъектілерін өзін-өзі реттеуге өтуге ынталандыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзін-өзі реттейтін ұйымдардың стандарттары Қазақстан Республикасының стандарттау саласындағы заңнамасына сәйкес әзірленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:p>
-[...138 lines deleted...]
-    <w:bookmarkStart w:name="z273" w:id="272"/>
+    <w:bookmarkStart w:name="z273" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Реттеуші мемлекеттік органдар кәсіпкерлік және кәсіптік қызмет субъектілерін өзін-өзі реттеуге өтуге ынталандыруды: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіпкерлік немесе кәсіптік қызмет саласында ерікті мүшелікке (қатысуға) негізделген және тиісті кәсіпкерлік және (немесе) кәсіптік қызмет түрі субъектілерінің көпшілігін біріктіретін өзін-өзі реттейтін ұйымдар жұмыс істеген кезде міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттеуді енгізу тұрғысынан реттеушілік әсерге талдау рәсімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның өз мүшелерінің (қатысушыларының) кәсіпкерлік немесе кәсіптік қызметін бақылауды жүзеге асыру жөніндегі қызметінің нәтижелерін осындай қызмет нәтижелерін тану туралы келісім негізінде тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзін-өзі реттеу нысанасына байланысты мәселелер бойынша өзін-өзі реттейтін ұйымдарды нормашығармашылыққа қатысуға тарту арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының заңнамасында кәсіпкерлік және кәсіптік қызмет субъектілерін өзін-өзі реттеуге өтуге ынталандыру жөнінде өзге де шаралар белгіленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...65 lines deleted...]
-      3. Қазақстан Республикасының заңнамасында кәсіпкерлік және кәсіптік қызмет субъектілерін өзін-өзі реттеуге өтуге ынталандыру жөнінде өзге де шаралар белгіленуі мүмкін.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 29-1-баппен толықтырылды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-2-бап. Өзін-өзі реттейтін ұйымдардың реттеуші мемлекеттік органдармен өзара іс-қимылы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z316" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның өз мүшелерінің кәсіпкерлік немесе кәсіптік қызметін бақылауды жүзеге асыру жөніндегі қызметінің нәтижелерін ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшесін (қатысушысын) мемлекеттік бақылау мен қадағалауды жүзеге асыратын бақылау және қадағалау органдары қызмет нәтижелерін тану туралы келісім негізінде тануы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z317" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қызмет нәтижелерін тану туралы келісім жасалған жағдайда мемлекеттік бақылау мен қадағалау тәуекел дәрежесін бағалау өлшемшарттары ескеріле отырып, ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелеріне (қатысушыларына) қатысты жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z318" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қызмет нәтижелерін тану туралы келісім ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйыммен жасалуы мүмкін, оның қағидалары мен стандарттары реттеуші мемлекеттік органмен келісіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z319" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Егер өзін-өзі реттейтін ұйымның өз мүшелерінің (қатысушыларының) кәсіпкерлік немесе кәсіптік қызметін бақылауы бақылау мен қадағалау субъектілері қызметінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігі тұрғысынан бақылау және қадағалау органы жүзеге асыратын бақылау мен қадағалауға сәйкес келген жағдайда, қызмет нәтижелерін тану туралы келісім жасасуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z320" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қызмет нәтижелерін тану туралы келісімді жасасу және оның қолданысын тоқтату тәртібін, сондай-ақ оның елеулі шарттарын кәсіпкерлік жөніндегі уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z321" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қызмет нәтижелерін тану туралы келісімді ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым елеулі шарттар сақталған және өзі реттеуші мемлекеттік органға жүгінген жағдайда жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тарау 29-1-баппен толықтырылды - ҚР 24.05.2018 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 29-2-баппен толықтырылды – ҚР 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z268" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...120 lines deleted...]
-      6. Қызмет нәтижелерін тану туралы келісімді ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйым елеулі шарттар сақталған және өзі реттеуші мемлекеттік органға жүгінген жағдайда жасайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Қазақстан Республикасының өзін-өзі реттеу туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10669,55 +10783,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>