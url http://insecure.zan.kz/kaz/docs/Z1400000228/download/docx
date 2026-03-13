--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fbb0169" w14:textId="fbb0169">
+    <w:p w14:paraId="979f805" w14:textId="979f805">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1465,51 +1465,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2087,151 +2087,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 22.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 446-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
@@ -2247,51 +2247,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2706,71 +2706,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бап жаңа редакцияда - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3074,71 +3074,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3465,71 +3465,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бап жаңа редакцияда - ҚР 22.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 446-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3843,71 +3843,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4) алып тасталды - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4243,51 +4243,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4307,51 +4307,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4371,51 +4371,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4965,51 +4965,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5155,51 +5155,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5455,51 +5455,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      59) алып тасталды - ҚР 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5627,51 +5627,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5701,51 +5701,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6419,171 +6419,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 240-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
@@ -6639,51 +6639,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
@@ -6699,51 +6699,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6842,150 +6842,62 @@
       2) аккредиттелген ұлттық және (немесе) жергілікті спорт федерацияларымен бірлесе отырып, облыстық, республикалық маңызы бар қалалық, астаналық спорттық жарыстарды өткізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) дене шынықтыру және спорт саласындағы уәкілетті орган аккредиттелген ұлттық спорт федерацияларымен бірлесе отырып өткізетін республикалық және халықаралық спорттық жарыстарды өткізуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...98 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) дене шынықтыру-сауықтыру және спорт құрылысжайларының тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) спорт түрлері бойынша облыстардың, республикалық маңызы бар қалалардың және астананың командаларын даярлауды және олардың жоғары жетістіктер спорты бойынша республикалық және халықаралық спорттық жарыстарға қатысуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7598,51 +7510,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8190,600 +8102,606 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-4) халықпен жұмыс істеу үшін дене шынықтыру және спорт жөніндегі нұсқаушылармен қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-5) халық үшін спорт секцияларының жұмысын қамтамасыз ету және спорттық іс-шараларды өткізу мақсатында білім беру ұйымдарының спорт құрылысжайларын сабақтан тыс және кешкі уақытта пайдалану жөнінде шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-6) бюджет қаражатының көлемдері шегінде балалар мен жасөспірімдерге арналған спорт секцияларын қаржыландыруға мемлекеттік спорттық тапсырысты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-7) мемлекеттік спорттық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, ведомстволық бағыныстылығына, типтері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған спорт секцияларында мемлекеттік спорттық тапсырысты орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-8) мемлекеттік спорттық тапсырысты орналастырудың, оның сапасын бақылаудың және мақсатты игерілуінің барлық кезеңі мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жергілікті мемлекеттік басқару мүдделерінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық маңызы бар қаладағы, астанадағы ауданның әкімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) спортшыларға: 2-разрядты спортшы, 3-разрядты спортшы, жасөспірімдер бойынша 1-разрядты спортшы, жасөспірімдер бойынша 2-разрядты спортшы, жасөспірімдер бойынша 3-разрядты спортшы спорттық разрядтарын береді, спортшыларды осындай спорттық разрядтардан айырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мынадай: бiлiктiлiгi жоғары деңгейдегi екiншi санатты жаттықтырушы, бiлiктiлiгi жоғары деңгейдегi екiншi санатты жаттықтырушы-оқытушы, бiлiктiлiгi орта деңгейдегi екiншi санатты жаттықтырушы, бiлiктiлiгi орта деңгейдегi екiншi санатты жаттықтырушы-оқытушы, бiлiктiлiгi жоғары деңгейдегi екiншi санатты әдiскер, бiлiктiлiгi орта деңгейдегi екiншi санатты әдiскер, бiлiктiлiгi жоғары деңгейдегi екiншi санатты нұсқаушы-спортшы, спорт төрешiсi біліктілік санаттарын береді, біліктілік санаттарынан айырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасымен өз қарауына жатқызылған өзге де мәселелерді шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдық округтің, кенттің және ауылдың әкiмi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) спорт мекемелерiне қолдау жасайды және олардың материалдық-техникалық қамтамасыз етiлуіне жәрдем көрсетедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиiстi әкiмшiлiк-аумақтық бiрлiк аумағында жеке адамдардың тұрғылықты жерiнде және олардың көпшілік демалатын орындарында дене шынықтыру мен спортты дамыту үшiн жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) тиісті аумақтар шегінде ерікті негізде құрылатын спорт клубтарын құруға және олардың қызметіне жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесе отырып, мүгедектігі бар адамдар арасында сауықтыру және спорттық іс-шаралар өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасымен өз қарауына жатқызылған өзге де мәселелерді шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 11.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 280-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 395-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VІІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...463 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9178,51 +9096,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9477,51 +9395,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9830,71 +9748,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6) алып тасталды - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10798,91 +10716,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11085,71 +11003,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      7) алып тасталды - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11307,111 +11225,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11628,51 +11546,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11780,91 +11698,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 13-1-баппен толықтырылды - ҚР 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
@@ -11880,51 +11798,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12147,51 +12065,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12289,51 +12207,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 13-2-баппен толықтырылды - 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
@@ -12349,51 +12267,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12508,51 +12426,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
@@ -12588,51 +12506,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13077,51 +12995,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13953,91 +13871,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14267,71 +14185,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14960,71 +14878,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15139,71 +15057,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15396,71 +15314,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15965,71 +15883,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16213,71 +16131,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16891,51 +16809,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17493,71 +17411,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 33-бап жаңа редакцияда - ҚР 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
@@ -18489,51 +18407,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18622,51 +18540,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тарау 35-1-баппен толықтырылды - 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18737,71 +18655,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18876,71 +18794,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 37-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19427,71 +19345,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20013,51 +19931,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
@@ -20162,51 +20080,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды – ҚР 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20216,51 +20134,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Алып тасталды - ҚР 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20298,51 +20216,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-бапқа өзгеріс енгізілді - ҚР 11.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-VI</w:t>
       </w:r>
       <w:r>
@@ -20477,51 +20395,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20758,71 +20676,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 43-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21133,51 +21051,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21736,51 +21654,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 44-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22051,91 +21969,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тарау 44-1-баппен толықтырылды - 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22390,91 +22308,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тарау 44-2-баппен толықтырылды - 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22717,91 +22635,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22896,71 +22814,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 46-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23385,51 +23303,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 47-бапқа өзгеріс енгізілді - ҚР 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23482,51 +23400,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 48-бап жаңа редакцияда - ҚР 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23735,71 +23653,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 49-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23962,51 +23880,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24754,91 +24672,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тарау 50-1-баппен толықтырылды - 13.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 280-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24973,71 +24891,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25479,71 +25397,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 55-бапқа өзгеріс енгізілді - ҚР 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 183-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25982,55 +25900,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>