--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fe1ab87" w14:textId="fe1ab87">
+    <w:p w14:paraId="e083ce4" w14:textId="e083ce4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -330,147 +330,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">1-1) алып тасталды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      1-1) индустриялық сертификат – өтініш берушінің тауарларды, жұмыстар мен көрсетілетін қызметтерді отандық өндірушілердің тізілімінде бар екенін растайтын құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z200" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2) кәсіпкерлік субъектілері – Қазақстан Республикасының заңнамасына сәйкес тіркелген және Қазақстан Республикасының аумағында кәсіпкерлік қызметті жүзеге асыратын коммерциялық заңды тұлғалар, дара кәсіпкерлер, шаруа (фермер) қожалықтары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z158" w:id="5"/>
     <w:p>
       <w:pPr>
@@ -564,147 +522,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">4-2) алып тасталды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      4-2) тауарларды, жұмыстар мен көрсетілетін қызметтерді отандық өндірушілердің тізілімі – Ұлттық палата төралқасы бекітетін тәртіппен ерікті негізде қалыптастырылатын тауарларды, жұмыстар мен көрсетілетін қызметтерді отандық өндірушілердің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z161" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -948,51 +864,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4737,51 +4693,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4867,387 +4823,385 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      1) алып тасталды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті ұйымдар ұсынатын, жыл сайынғы, орта мерзімді және ұзақ мерзімді кезеңдерге арналған, тауарларды, жұмыстар мен көрсетілетін қызметтерді жүргізілген, жүргізілетін және жоспарланып отырған сатып алу туралы мәліметтер мен ақпаратты талдау және мониторинг жүргізу үшін жинауды, өңдеуді және қорытуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) көмірсутектер, уран өндіру және пайдалы қатты қазбалар саласындағы уәкілетті органдармен "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің 39-1-бабында көзделген кәсіпкерлікті ынталандыру туралы келісімдер жасасады, сондай-ақ олардың шарттарының орындалуын мониторингтеуді, мониторинг қорытындыларын интернет-ресурстарда жариялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарлар, жұмыстар мен көрсетілетін қызметтер нарығын талдауды, оның ішінде тауарлар, жұмыстар мен көрсетілетін қызметтер нарығы мониторингінің ақпараттық талдамалық жүйесін құруды және жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатып алу және елішілік құндылық үлесін арттыру саласында талдамалық зерттеулер жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сатып алуға қол жеткізудің бірыңғай нүктесін құруды, дамытуды, қолдап отыруды және оған жүйелік-техникалық қызмет көрсетуді жүзеге асырады және оны қалыптастыру мен жүргізу қағидаларын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық палата жер қойнауын пайдаланушылардың тауарлардағы, жұмыстардағы, көрсетілетін қызметтердегі, кадрлардағы елішілік құндылық және аумақтарды әлеуметтік дамыту бөлігіндегі келісімшарттық міндеттемелерін орындауына мониторингті жүзеге асыруға қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2019 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 15.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі); 27.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 87-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...271 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6158,364 +6112,216 @@
       8) сауда қызметін реттеу саласындағы уәкілетті орган бекітетін тізбе бойынша тауардың шығу тегі туралы сертификаттың көшірмесін және тауардың шығу тегін растайтын құжаттарды тауардың шығу тегі туралы сертификат берілген күннен бастап кемінде үш жыл бойы сақтайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жылына кемінде бір рет кеден ісі саласындағы уәкілетті органға және сауда қызметін реттеу саласындағы уәкілетті органға тауарлардың шығу тегі туралы сертификаттарды растауға уәкілеттік берілген тұлғалардың мөрлері бедерлерінің, қойылған қолдарының үлгілерін жолдайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тауардың шығу тегі туралы берілген сертификаттар бойынша ақпаратты сауда қызметін реттеу саласындағы уәкілетті органға тоқсан сайын береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тауардың шығарылған елін айқындау бойынша сараптаманы қоспағанда, тауарларға тәуелсіз сараптамаларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) кәсіпкерлік субъектілерінің, қаржылық-экономикалық жағдайы кәсіпкерлік қызмет үшін серіктестер ретінде сыртқы экономикалық қызметке қатысушылардың сенімділік деңгейін айқындауға мүмкіндік беретін олардың көрсетілген тұлғалармен келісу бойынша жасалған тізілімін жүргізу тәртібін айқындайды және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының сыртқы сауда мәмілелері мен халықаралық шарттарының талаптарына сәйкес еңсерілмейтін күштің мән-жайларын, сондай-ақ Қазақстан Республикасында танылған сауда және порт әдет-ғұрыптарын куәландырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының халықаралық міндеттемелеріне сәйкес кепіл болады және уақытша әкелу туралы құжаттарды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      15) алып тасталды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...276 lines deleted...]
-      15) Еуразиялық экономикалық одақ тауарының және (немесе) шетелдік тауардың мәртебесін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z208" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) сауда қызметін реттеу саласындағы уәкілетті орган бекіткен бланкілердің нысандарына және (немесе) Қазақстан Республикасының халықаралық шарттарына немесе әкелу елі (одағы) біржақты тәртіппен белгілеген талаптарға сәйкес тауардың шығарылуы туралы сертификаттардың бланкілерін дайындауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z209" w:id="65"/>
     <w:p>
       <w:pPr>
@@ -6817,50 +6623,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9565,147 +9411,105 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      13) алып тасталды – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      13) тауарларды, жұмыстар мен көрсетілетін қызметтерді отандық өндірушілердің тізілімін қалыптастыру және жүргізу, сондай-ақ индустриялық сертификатты беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) өңірлік палаталарды құру және жабу туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10056,50 +9860,90 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -13959,31 +13803,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>