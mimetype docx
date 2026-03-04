--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5e5c57f" w14:textId="5e5c57f">
+    <w:p w14:paraId="7d4a1e4" w14:textId="7d4a1e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -260,50 +260,338 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заңның тақырыбы жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспеге өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттандыру саласындағы", "Ақпараттандыру саласындағы", "электрондық үкімет", "электрондық үкіметтің", "ақпараттандыру объектісі", "ақпараттық жүйелерді", "ақпараттық жүйелердің", "ақпараттық жүйелерде", "ақпараттық жүйелерден", "ақпараттық жүйелерге", "ақпараттық жүйесі", "ақпараттық жүйесінен", "ақпараттық жүйелеріндегі", "ақпараттық жүйелері" деген сөздер тиісінше "цифрландыру саласындағы", "Цифрландыру саласындағы", "цифрлық үкімет", "цифрлық үкіметтің", "цифрлық объект", "цифрлық жүйелерді", "цифрлық жүйелердің", "цифрлық жүйелерде", "цифрлық жүйелерден", "цифрлық жүйелерге", "цифрлық жүйесі", "цифрлық жүйесінен", "цифрлық жүйелеріндегі", "цифрлық жүйелері" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Осы Заң мемлекеттік қызметтер көрсету саласындағы қоғамдық қатынастарды реттейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -336,1431 +624,3697 @@
         </w:rPr>
         <w:t>
       Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z85" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z119" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1) тармақшаны алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) ақпараттандыру саласындағы уәкiлеттi орган – ақпараттандыру және "электрондық үкiмет" саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-2) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) әріптестік келісім – мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру бойынша көрсетілетін қызметтерді ұсыну үшін талаптарға сәйкес келетін және мемлекеттік қызметтер көрсету саласындағы уәкілетті органның іріктеуінен өткен кәсіпкерлік субъектілерімен Мемлекеттік корпорация жасаған келісім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-3) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) әріптестік ұйым – осы Заңға сәйкес әріптестік келісім жасаған кәсіпкерлік субъектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-4) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтің жиынтығы көзделетін мемлекеттік қызмет көрсету нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-5) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-5) тармақшаны алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "бір терезе" қағидаты – мемлекеттік қызметті орталықтандырып көрсетудің мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті алушының құжаттарды жинау мен дайындауға барынша аз қатысуын және оның көрсетілетін қызметті берушілермен тікелей байланысын шектеуді көздейтін нысаны;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z120" w:id="3"/>
-[...15 lines deleted...]
-      1-2) әріптестік келісім – мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру бойынша көрсетілетін қызметтерді ұсыну үшін талаптарға сәйкес келетін және мемлекеттік қызметтер көрсету саласындағы уәкілетті органның іріктеуінен өткен кәсіпкерлік субъектілерімен Мемлекеттік корпорация жасаған келісім;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) жасырын мемлекеттік көрсетілетін қызмет – мемлекеттік көрсетілетін қызметтің өлшемшарттарына сай келетін, бірақ мемлекеттік көрсетілетін қызметтер тізіліміне енгізілмеген мемлекеттік функция;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z278" w:id="4"/>
-[...15 lines deleted...]
-      1-3) әріптестік ұйым – осы Заңға сәйкес әріптестік келісім жасаған кәсіпкерлік субъектісі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) қоғамдық маңызы бар көрсетілетін қызмет – үздіксіз негізде жүзеге асырылатын және қоғамның заңды мүдделерін қанағаттандыруға бағытталған мемлекеттік көрсетілетін қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-2) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) Мемлекеттік корпорацияның мобильдік қосымшасы – Мемлекеттік корпорациямен бейнебайланыс арқылы мемлекеттік қызметтер көрсетуге арналған ақпараттандыру объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-3) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z279" w:id="5"/>
-[...15 lines deleted...]
-      1-4) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтің жиынтығы көзделетін мемлекеттік қызмет көрсету нысаны;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) мемлекеттік көрсетілетін қызметке қосымша сервис – көрсетілетін қызметті алушының қалауы бойынша мемлекеттік көрсетілетін қызметке қосымша түрде жеке тәртіппен көрсетілетін қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z86" w:id="6"/>
-[...15 lines deleted...]
-      2) "бір терезе" қағидаты – мемлекеттік қызметті орталықтандырып көрсетудің мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті алушының құжаттарды жинау мен дайындауға барынша аз қатысуын және оның көрсетілетін қызметті берушілермен тікелей байланысын шектеуді көздейтін нысаны;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) жеке тұлғаларды мемлекеттік қолдау шарасы – Қазақстан Республикасының заңнамасына сәйкес дара кәсіпкерлерді және жеке практикамен айналысатын адамдарды, заң консультанттарын қоспағанда, жеке тұлғалардың бақуаттылығын арттыруға бағытталған мемлекеттік көрсетілетін қызметтер немесе өзге де мемлекеттік қолдау нысандары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z280" w:id="7"/>
-[...15 lines deleted...]
-      2-1) жасырын мемлекеттік көрсетілетін қызмет – мемлекеттік көрсетілетін қызметтің өлшемшарттарына сай келетін, бірақ мемлекеттік көрсетілетін қызметтер тізіліміне енгізілмеген мемлекеттік функция;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды - ҚР 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік көрсетілетін қызметтер тізілімі – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z87" w:id="8"/>
-[...15 lines deleted...]
-      3) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Бiрыңғай байланыс орталығы – мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша – ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z88" w:id="9"/>
-[...15 lines deleted...]
-      4) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесі – мемлекеттік қызметтер көрсету, оның ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы көрсету процесін автоматтандыруға және мониторингтеуге арналған ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) мемлекеттік қызметтер көрсету саласындағы пилоттық жоба – мемлекеттік қызметтер көрсету кезіндегі процестердің, тәсілдердің өзгеруін сынамалау жөніндегі процесс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z126" w:id="10"/>
-[...15 lines deleted...]
-      4-1) қоғамдық маңызы бар көрсетілетін қызмет – үздіксіз негізде жүзеге асырылатын және қоғамның заңды мүдделерін қанағаттандыруға бағытталған мемлекеттік көрсетілетін қызмет;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі – жеке тұлғалардың, коммерциялық емес ұйымдардың мемлекеттік қызметтер көрсету сапасының деңгейі туралы ақпаратты жинау, талдау және ұсынымдарды тұжырымдау жөніндегі қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z281" w:id="11"/>
-[...15 lines deleted...]
-      4-2) Мемлекеттік корпорацияның мобильдік қосымшасы – Мемлекеттік корпорациямен бейнебайланыс арқылы мемлекеттік қызметтер көрсетуге арналған ақпараттандыру объектісі;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттік қызметтер көрсету сапасын бағалау – көрсетілетін қызметті алушыларды орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсететін қолжетімді және сапалы мемлекеттік көрсетілетін қызметтермен қамтамасыз ету бойынша шаралардың тиімділігін айқындау жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z89" w:id="12"/>
-[...15 lines deleted...]
-      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) алып тасталды – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – өз құзыреті шегінде мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі қызметті жүзеге асыратын орталық мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z282" w:id="13"/>
-[...15 lines deleted...]
-      5-1) мемлекеттік көрсетілетін қызметке қосымша сервис – көрсетілетін қызметті алушының қалауы бойынша мемлекеттік көрсетілетін қызметке қосымша түрде жеке тәртіппен көрсетілетін қызмет;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік қызмет көрсету процесін автоматтандыру – электрондық нысанда мемлекеттік қызмет көрсетуді қамтамасыз ету үшін көрсетілетін қызметті берушінің әкімшілік процестерін түрлендіру рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган – мемлекеттік қызметтер көрсету саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-1) тармақшаны алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-2) реинжиниринг – ұйым қызметінің тиімділігін, сапасын және нәтижелілігін арттыру мақсатында ағымдағы жұмыс процесін қайта өзгерту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z347" w:id="14"/>
-[...15 lines deleted...]
-      5-2) жеке тұлғаларды мемлекеттік қолдау шарасы – Қазақстан Республикасының заңнамасына сәйкес дара кәсіпкерлерді және жеке практикамен айналысатын адамдарды, заң консультанттарын қоспағанда, жеке тұлғалардың бақуаттылығын арттыруға бағытталған мемлекеттік көрсетілетін қызметтер немесе өзге де мемлекеттік қолдау нысандары;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-3) стационарлық абоненттік құрылғы – сымдар арқылы берілетін электр сигналдарының немесе радиосигналдардың көмегімен абонент берген ақпаратты қашықтан беруді немесе қабылдауды қамтамасыз ететін байланыс құралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6) алып тасталды - ҚР 25.11.2019 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-4) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-4) ұялы байланыс абоненттік құрылғысы – абонент берген ақпаратты беру немесе қабылдау үшін электр байланысы сигналдарын қалыптастыратын және ұялы байланыс операторының желісіне қосылатын, қызмет көрсетілетін аумақ шеңберінде географиялық тұрғыдан айқындалатын тұрақты орналасқан жері жоқ, ұялы байланыс желілерінде жұмыс істейтін жеке-дара пайдаланылатын байланыс құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-5), 17-6) тармақшалармен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18) алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) алып тасталды - ҚР 14.07.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен;</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="15"/>
-[...15 lines deleted...]
-      8) мемлекеттік көрсетілетін қызметтер тізілімі – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-бап. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасы Қазақстан Республикасының Конституциясына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z93" w:id="16"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">13) алып тасталды – ҚР 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-баптың тақырыбына және мәтініне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен;</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="21"/>
-[...761 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бап. Мемлекеттік қызметтер көрсетудің мақсаты мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1886,50 +4440,156 @@
       мемлекеттік қызметтер көрсету кезінде төрешілдік пен сөзбұйдалық көріністеріне жол бермеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету саласындағы есеп берушілік және ашықтық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-баптың екінші бөлігінің бесінші абзацы жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік көрсетілетін қызметтердің сапасы мен қолжетімділігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2035,256 +4695,1376 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап. Көрсетілетін қызметті алушылардың құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті алушылардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті берушіден мемлекеттік көрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолжетімді нысанда алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіге сәйкес мемлекеттік көрсетілетін қызметті алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, сондай-ақ көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен шағымдануға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік көрсетілетін қызметті қағаз және (немесе) электрондық нысанда алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1) тармақшаны алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) мемлекеттік көрсетілетін қызметтерді "бір өтініш" қағидаты бойынша алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаны алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылауларға қатысуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік қызметтер көрсету саласында бұзылған құқықтарды, бостандықтар мен заңды мүдделерді қорғау туралы талап арызбен сотқа жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіге сәйкес цифрлық құжаттар сервисінен өзіне және отбасының кәмелетке толмаған мүшелеріне қатысты электрондық құжаттарды пайдалануға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақты 8) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, шетелдіктер, азаматтығы жоқ адамдар және шетелдік заңды тұлғалар мемлекеттік көрсетілетін қызметтерді Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең жағдайда алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2440,90 +6220,204 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бап. Көрсетілетін қызметті берушілердің құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті берушілердің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z133" w:id="35"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орталық мемлекеттік органдардан, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарынан, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерінен мемлекеттік қызметтер көрсету үшін қажетті ақпаратты алуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2532,440 +6426,2192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Көрсетілетін қызметті берушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z134" w:id="37"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z134" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес мемлекеттік қызметтер көрсетуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z135" w:id="38"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мүмкіндігі шектеулі адамдардың мемлекеттік көрсетілетін қызметтерді алуы кезінде оларға қажетті жағдайлар жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z136" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті алушыларға мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда толық және анық ақпарат ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z137" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес, орталық мемлекеттік органдарға, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдеріне, өзге де көрсетілетін қызметті берушілерге, Мемлекеттік корпорацияға мемлекеттік қызметтерді көрсету, оның ішінде ақпараттық жүйелерді интеграциялау арқылы көрсету үшін қажетті құжаттар мен ақпаратты ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z138" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бір жұмыс күні ішінде көрсетілетін мемлекеттік қызметтерді қоспағанда, мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде белгіленген мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z139" w:id="42"/>
+    <w:bookmarkStart w:name="z139" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік қызметтер көрсету саласындағы қызметкерлердің біліктілігін арттыруға, сондай-ақ мүгедектігі бар адамдармен қарым-қатынас жасау дағдыларына үйретуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z140" w:id="43"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z140" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) көрсетілетін қызметті алушылардың шағымдарын осы Заңда белгіленген мерзімдерде қарауға және оларды қарау нәтижелері туралы хабардар етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z141" w:id="44"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) көрсетілетін қызметті алушылардың мемлекеттік көрсетілетін қызметтің орындалу сатысы туралы ақпаратты алу мүмкіндігін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z142" w:id="45"/>
+    <w:bookmarkStart w:name="z142" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z143" w:id="46"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) мемлекеттік қызметтер көрсету үшін пайдаланылатын, сондай-ақ оларды көрсету үшін қажет болатын өзекті мәліметтерді қамтитын ақпараттық жүйелердің іркіліссіз жұмыс істеуін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z144" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен енгізуді қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z145" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының жазбаша келісімін немесе электрондық цифрлық қолтаңбамен расталған келісімін не ұялы байланыс абоненттік құрылғысы арқылы келісімін алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z146" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерде көзделген жағдайларда мемлекеттік қызметтер көрсету үшін цифрлық құжаттар сервисінен электрондық құжаттарды пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z147" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңдарында белгіленген жағдайларда және негіздер бойынша мемлекеттік қызметтерді көрсетуден бас тартуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z148" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15), 16) тармақшалармен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-баптың екінші бөлігінің бірінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z149" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтерді көрсету үшін пайдаланылатын ақпараттық жүйелерден немесе цифрлық құжаттар сервисінен алуға болатын құжаттар мен мәліметтерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z150" w:id="53"/>
+    <w:bookmarkStart w:name="z150" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасында көзделген жағдайларды қоспағанда, көрсетілетін қызметті берушінің Мемлекеттік корпорацияның салыстырып-тексеруі үшін түпнұсқалары ұсынылған құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3183,81 +8829,371 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z7" w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тарауды 5-1-баппен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тараудың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. МЕМЛЕКЕТТІК ҚЫЗМЕТТЕР КӨРСЕТУ САЛАСЫНДАҒЫ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-баптың тақырыбына және мәтініне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бап. Қазақстан Республикасы Үкіметінің мемлекеттік қызметтер көрсету саласындағы құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3366,171 +9302,171 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="55"/>
+    <w:bookmarkStart w:name="z151" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z152" w:id="56"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z152" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды жүзеге асырады, талдау және мониторингтеу негізінде оларды көрсету кезінде бұзушылықтардың алдын алуға және көрсетілетін қызметті алушылардың құқықтары мен заңды мүдделерін қамтамасыз етуге бағытталған ұсыныстарды тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z153" w:id="57"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z153" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z154" w:id="58"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z154" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері туралы ақпарат сұратады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z155" w:id="59"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z155" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша мемлекеттік қызметтер көрсету сапасын бағалау әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z156" w:id="60"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z156" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу бойынша мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z157" w:id="61"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z157" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3545,91 +9481,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 02.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 384-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z158" w:id="62"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z158" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жеке тұлғаларға және коммерциялық емес ұйымдарға мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу жөнінде ақпараттық, консультациялық, әдістемелік қолдау көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z159" w:id="63"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z159" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3747,106 +9683,414 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бап. Мемлекеттік қызметтер көрсету саласындағы уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-баптың бірінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Мемлекеттік қызметтер көрсету саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясатты қалыптастырады және іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3895,90 +10139,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="65"/>
+    <w:bookmarkStart w:name="z162" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) мемлекеттік көрсетілетін қызметтер тізілімін бекітеді және мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен және мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті органмен келісу бойынша оған өзгерістер мен толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z163" w:id="66"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z163" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік көрсетілетін қызметтер тізілімін әзірлеуді және жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4006,91 +10250,301 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z165" w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z166" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу бойынша орталық мемлекеттік органдардың қызметіне мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4212,96 +10666,280 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z169" w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) дербес деректерді қорғау саласындағы уәкілетті органмен келісу бойынша мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректерін жинау, өңдеу және сақтау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-2) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9) алып тасталды – ҚР 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4325,70 +10963,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="70"/>
+    <w:bookmarkStart w:name="z171" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4602,70 +11240,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бап. Ақпараттандыру саласындағы уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттандыру саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="71"/>
+    <w:bookmarkStart w:name="z172" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5084,3509 +11722,6525 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="72"/>
+    <w:bookmarkStart w:name="z174" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Бірыңғай байланыс орталығының жұмысын ұйымдастырады және үйлестіреді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-1) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Бірыңғай байланыс орталығы қызметінің және Бірыңғай байланыс орталығының орталық мемлекеттік органдармен, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарымен, сондай-ақ көрсетілетін қызметті берушілермен өзара іс-қимыл жасауы қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік қызметтер көрсетудің электрондық нысанын көздейтін мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өз құзыреті шегінде мемлекеттік қызметтер көрсету саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z179" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) құзыреті шегінде Мемлекеттік корпорацияның қызметін тексеруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-2) алып тасталды – ҚР 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-3) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес орталық мемлекеттік органдардың, жергілікті атқарушы органдардың мемлекеттік қызметтер көрсету реинжинирингі жөніндегі қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-4) мемлекеттік көрсетілетін қызметтерді автоматтандыру процестерін бағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) проактивті қызметтер көрсету тәртібін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-2), 13-3), 13-4) тармақшалармен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-1-бап. Орталық мемлекеттік органдар арасынан Қазақстан Республикасының Үкіметі айқындайтын уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z185" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мемлекеттік корпорацияның қызметі қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Мемлекеттік корпорацияның қызметін ұйымдастыруды және бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z189" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Мемлекеттік корпорацияның қызметін және оның көрсетілетін қызметті берушілермен өзара іс-қимыл жасауын үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z192" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтерді көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру жөнінде ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z193" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мемлекеттік корпорация көрсететін қызметтерге баға белгілеу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 9-1-баппен толықтырылды - ҚР 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Орталық мемлекеттік органдардың құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталық мемлекеттік органдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z195" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z202" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z203" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес мемлекеттік қызметтер көрсету реинжинирингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z204" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру бойынша шаралар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-2) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ақпараттандыру саласындағы уәкілетті органға мемлекеттік көрсетілетін қызметтерді автоматтандыру процесін бағалауды жүргізу үшін мемлекеттік қызметтер көрсету процесін автоматтандыру бойынша қабылданып жатқан шаралар туралы ақпаратты Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мемлекеттік қызметтер көрсету тәртібі және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты олар бекітілген немесе өзгертілген күннен бастап үш жұмыс күні ішінде Мемлекеттік корпорацияға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) өзінің аумақтық бөлімшелерінің, сондай-ақ облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің Қазақстан Республикасының мемлекеттік қызметтер көрсету тәртібін реттейтін заңнамасын сақтау жөніндегі қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-2) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-1) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті әкімшілік-аумақтық бірліктің аумағында мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z217" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z218" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес мемлекеттік қызметтер көрсету реинжинирингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ақпараттандыру саласындағы уәкілетті органға мемлекеттік көрсетілетін қызметтерді автоматтандыру процесін бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жергілікті мемлекеттік басқару мүдделері үшін Қазақстан Республикасының заңнамасымен жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1-бап. Мемлекеттік корпорацияның қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік корпорация "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету бойынша қызметті Қазақстан Республикасының заңнамасына сәйкес жүзеге асыратын мемлекеттік қызметтер көрсету саласындағы провайдер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z228" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік корпорация акционерлік қоғам нысанында құрылады, ол коммерциялық емес ұйым болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорацияның өз филиалдары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік корпорацияның жалғыз акционері Қазақстан Республикасының Үкіметі болып табылады. Мемлекеттік корпорацияның уәкілетті органы орталық мемлекеттік органдар арасынан Қазақстан Республикасы Үкіметінің шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z57" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z230" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z231" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z283" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) жыл сайын Қазақстан Республикасының Үкіметін Мемлекеттік корпорация арқылы ұсынылатын мемлекеттік қызметтерді көрсету жөніндегі жұмыстың жай-күйі туралы хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z232" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z233" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) азаматтардың дербес деректеріне қолжетімділігі бар, сондай-ақ мемлекеттік қызметтер көрсету процесіне қатысатын Мемлекеттік корпорация қызметкерлері Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша ақпараттандыру саласындағы уәкілетті орган айқындайтын тәртіппен тексеруге жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z234" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z235" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік қызметтер көрсету саласында қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z236" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасына сәйкес, жеке және (немесе) заңды тұлғаларға "бір терезе" қағидаты бойынша, оның ішінде электрондық нысанда және (немесе) Мемлекеттік корпорацияның мобильдік қосымшасы арқылы мемлекеттік қызметтер көрсетеді және (немесе) көрсетуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z237" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) Мемлекеттік корпорация арқылы ұсынылатын немесе Мемлекеттік корпорация ұсынатын мемлекеттік қызметтерді көрсету сапасына бағалау жүргізу үшін мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға ақпарат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z238" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректерін жинауды, өңдеуді және сақтауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z239" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректер базасын жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z284" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-4) жеке және (немесе) заңды тұлғалардың әкімшілік органдарға, лауазымды адамдарға жолданымдарын қабылдауды және өтініш берушілердің сұрау салуы бойынша оларға жауаптардың берілуін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z240" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 11-1-баппен толықтырылды - ҚР 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгерістер енгізілді - 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2019 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-2-бап. Әріптестік ұйым</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z287" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының аумағында тіркелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">8-1) алып тасталды - ҚР 14.07.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен;</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="73"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен келісу бойынша айқындаған талаптарға, оның ішінде ақпараттық қауіпсіздікті және дербес деректердің қорғалуын қамтамасыз етуге қойылатын талаптарға сәйкес келетін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z289" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әріптестік келісім жасасқан кәсіпкерлік субъектісі осы Заңға сәйкес әріптестік ұйым бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z290" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Әріптестік келісім жасасу үшін кәсіпкерлік субъектілерін іріктеуді мемлекеттік қызметтер көрсету саласындағы уәкілетті орган жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдік заңды тұлғалардың филиалдарын және (немесе) өкілдіктерін қоспағанда, мемлекеттік қызметтер көрсету саласындағы уәкілетті орган мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен келісу бойынша айқындаған талаптарға сәйкес келетін кәсіпкерлік субъектілері іріктеуге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Үлгілік әріптестік келісімді мемлекеттік қызметтер көрсету саласындағы уәкілетті орган әзірлейді және бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 11-2-баппен толықтырылды – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен;</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тарауды 11-3-баппен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...65 lines deleted...]
-        <w:t>) Заңымен;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. МЕМЛЕКЕТТІК КӨРСЕТІЛЕТІН ҚЫЗМЕТТЕР ТІЗІЛІМІ,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...123 lines deleted...]
-        <w:t>) Заңымен;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОЛАРДЫ КӨРСЕТУ ТӘРТІБІН АЙҚЫНДАЙТЫН ЗАҢҒА ТӘУЕЛДІ НОРМАТИВТІК</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...318 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...503 lines deleted...]
-      Орталық мемлекеттік органдар:</w:t>
+        </w:rPr>
+        <w:t>ҚҰҚЫҚТЫҚ АКТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z195" w:id="89"/>
-[...2127 lines deleted...]
-    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбына өзгеріс енгізілді - ҚР 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8598,130 +18252,236 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Мемлекеттік көрсетілетін қызметтердің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z292" w:id="145"/>
+    <w:bookmarkStart w:name="z292" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік көрсетілетін қызметтер мемлекеттік көрсетілетін қызметтердің тізіліміне енгізілуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z293" w:id="146"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-бапты 1-1-тармақпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z293" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік көрсетілетін қызметтер тізілімін жүргізу қағидаларын мемлекеттік қызметтер көрсету саласындағы уәкілетті орган әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z294" w:id="147"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z294" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жасырын мемлекеттік көрсетілетін қызметтерді анықтау және оларды мемлекеттік көрсетілетін қызметтердің тізіліміне енгізу тәртібін мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z295" w:id="148"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z295" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әріптестік ұйымдар мемлекеттік қызметтер көрсетуге өтініштер қабылдауды және көрсетілетін қызметті алушыға олардың нәтижелерін беруді жүзеге асыра алатын мемлекеттік көрсетілетін қызметтерді мемлекеттік көрсетілетін қызметтердің тізілімінен іріктеуді мемлекеттік қызметтер көрсету саласындағы уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8815,156 +18575,464 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 13-баптың тақырыбына өзгеріс енгізілді - ҚР 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="149"/>
+    <w:bookmarkStart w:name="z45" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету сапасына қойылатын бірыңғай талаптарды қамтамасыз ету үшін орталық мемлекеттік органдар мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді, оның ішінде Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсететін мемлекеттік қызметтер үшін заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z105" w:id="150"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақты екінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын әзірлеу және келісу "Құқықтық актілер туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z46" w:id="151"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасы осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалатын тәртіппен жария талқылауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z47" w:id="152"/>
+    <w:bookmarkStart w:name="z47" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді қабылдау, өзгерту, толықтыру және олардың күшін жою мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның, мемлекеттік қызметтер көрсету саласындағы уәкілетті органның, ақпараттандыру саласындағы уәкілетті органның, орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің ұсыныстары негізінде, сондай-ақ мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі және (немесе) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері жөніндегі өтініштерін қарау қорытындылары бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-бапты 4, 5-тармақтармен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9112,70 +19180,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-баптың тақырыбы жаңа редакцияда - ҚР 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="153"/>
+    <w:bookmarkStart w:name="z241" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық акт:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9204,70 +19272,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="154"/>
+    <w:bookmarkStart w:name="z243" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мыналардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) әрекет ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9296,290 +19364,1138 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету процесінде Мемлекеттік корпорациямен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл жасау, сондай-ақ ақпараттық жүйелерді пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету нәтижесін беру тәртібін сипаттауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="155"/>
+    <w:bookmarkStart w:name="z244" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты өтініштерді қабылдауды және мемлекеттік қызмет көрсету нәтижелерін беруді жүзеге асыратын ұйымдарға және көрсетілетін қызметті берушілерге жіберу тәртібін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z245" w:id="156"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z245" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік көрсетілетін қызметтің атауын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаны үшінші абзацпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті берушінің атауын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның төртінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету тәсілдерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның бесінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету мерзімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның алтыншы абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету нысанын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның жетінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету нәтижесін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның сегізінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның оныншы абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) тармақшаның он бірінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздерді қамтитын, мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі бар қосымшаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="157"/>
+    <w:bookmarkStart w:name="z246" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптарды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9662,50 +20578,148 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-бапты алып тастау көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9733,130 +20747,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-баптың тақырыбы жаңа редакцияда - ҚР 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="158"/>
+    <w:bookmarkStart w:name="z48" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылау мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерде құқықтары, бостандықтары мен заңды мүдделері қозғалатын жеке және заңды тұлғалардың ескертпелері мен ұсыныстарын ескеру мақсатымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z49" w:id="159"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z49" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлейтін орталық мемлекеттік орган мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасын жария талқылау үшін оны "электрондық үкіметтің" веб-порталында, өзінің интернет-ресурсында және (немесе) облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің интернет-ресурстарында орналастырады, сондай-ақ көрсетілетін қызметті алушылардың мемлекеттік көрсетілетін қызмет стандартының жобасы туралы хабардар етілуін өзге де тәсілдермен қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z50" w:id="160"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z50" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасын жария талқылау оның жария талқылау үшін орналастырылған күнінен бастап он жұмыс күні ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z51" w:id="161"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z51" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасын әзірлейтін орталық мемлекеттік орган мемлекеттік көрсетілетін қызмет стандартының жобасын жария талқылаудың аяқталғаны туралы есеп жасайды, ол "электрондық үкіметтің" веб-порталында, өзінің интернет-ресурсында және (немесе) облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің интернет-ресурстарында орналастырылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасын жария талқылаудың аяқталғаны туралы есепте:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9923,70 +20937,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзім өткеннен кейін келіп түскен ескертпелері мен ұсыныстары қарауға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жария талқылау нәтижелері бойынша пысықталған жобасы және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің жобасын жария талқылаудың аяқталғаны туралы есеп мүдделі орталық мемлекеттік органдарға, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдеріне келісуге жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="162"/>
+    <w:bookmarkStart w:name="z52" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бекітілген мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге өзгерістер және (немесе) толықтырулар енгізу жөніндегі нормативтік құқықтық актілердің жобалары осы бапта белгіленген тәртіппен міндетті түрде жария талқылануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10128,302 +21142,522 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Мемлекеттік көрсетілетін қызмет регламентінің мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бап алып тасталды - ҚР 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тараудың тақырыбы жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. МЕМЛЕКЕТТІК ҚЫЗМЕТТЕР КӨРСЕТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-баптың тақырыбына және мәтініне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Мемлекеттік қызметтер көрсету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="164"/>
+    <w:bookmarkStart w:name="z296" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтерді көрсетілетін қызметті берушілер көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z297" w:id="165"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z297" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z301" w:id="166"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z301" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті берушілер арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z298" w:id="167"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z298" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) Мемлекеттік корпорация арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z300" w:id="168"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z300" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әріптестік ұйымдар арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z302" w:id="169"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z302" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "электрондық үкімет" веб-порталы арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z303" w:id="170"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z303" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) стационарлық абоненттік құрылғы арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z304" w:id="171"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z304" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұялы байланыстың абоненттік құрылғысы арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z305" w:id="172"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z305" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) орталық мемлекеттік органдар айқындаған ақпараттандыру объектілері арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10461,90 +21695,470 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-1, 18-2-баптармен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-баптың тақырыбы жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуіне қойылатын талаптар және оларды көрсету тәртібі мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-бапты екінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-баптың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10596,308 +22210,626 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-1-баптың тақырыбына және мәтініне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-1-бап. Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="173"/>
+    <w:bookmarkStart w:name="z59" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсетуден бас тартқан кезде көрсетілетін қызметті алушыға мемлекеттік қызметтер көрсетуден бас тартудың себептерін көрсете отырып, жауап жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z60" w:id="174"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ екінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Көрсетілетін қызметті берушілер мынадай негіздер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z254" w:id="175"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z254" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z255" w:id="176"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z255" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z256" w:id="177"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z256" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z257" w:id="178"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z257" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z258" w:id="179"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z258" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z259" w:id="180"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z259" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z61" w:id="181"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z61" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсетуден бас тарту себептерін жойған жағдайда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен көрсетілетін мемлекеттік қызметті алу үшін көрсетілетін қызметті алушының қайта жүгінуіне болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z117" w:id="182"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z117" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы баптың 2-тармағының қолданысы "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен лицензия алу жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z118" w:id="183"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының заңдарымен мемлекеттік қызметтер көрсетуден бас тартудың өзге де негіздері белгіленуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10953,148 +22885,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="184"/>
+    <w:bookmarkStart w:name="z56" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті алушының өтініші мен құжаттарын көрсетілетін қызметті берушілерге қағаз жеткізгіште жөнелтуді көздейтін мемлекеттік қызметтерді Мемлекеттік корпорация арқылы көрсету кезінде өтініштер мен құжаттар қабылданған күн мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде белгіленген мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z260" w:id="185"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z260" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасы көрсетілетін қызметті алушыда болған кезде оның өтінішін қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған, сондай-ақ қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="186"/>
+    <w:bookmarkStart w:name="z261" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушының жеке басын сәйкестендіруді Мемлекеттік корпорацияның қызметкерлері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z262" w:id="187"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z262" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті берушілермен өзара іс-қимыл жасау мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесі пайдаланыла отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11123,70 +23055,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="188"/>
+    <w:bookmarkStart w:name="z264" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік корпорацияның қызметкерлері мемлекеттік қызметтер көрсету кезінде, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11302,190 +23234,304 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Электрондық нысанда мемлекеттік қызметтер көрсету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="189"/>
+    <w:bookmarkStart w:name="z62" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Электрондық нысанда мемлекеттік қызметтер көрсету Қазақстан Республикасының заңнамасына сәйкес "электрондық үкіметтің" веб-порталы және "электрондық үкіметтің" шлюзінде, "электрондық үкіметтің" сыртқы шлюзінде орналастырылған сервистермен интеграцияланған ақпараттандыру объектілері арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z63" w:id="190"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z63" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Электрондық құжат немесе қағаз жеткізгіштегі құжат не "электрондық үкіметтің" ақпараттық жүйесінен мәлімет беру электрондық нысанда мемлекеттік қызмет көрсетудің нәтижесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z125" w:id="191"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z125" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелері электрондық құжат нысанында "электрондық үкімет" веб-парталындағы пайдаланушының кабинетіне, сондай-ақ көрсетілетін қызметті алушының таңдауы бойынша қысқа мәтіндік хабар түрінде оның абоненттік нөміріне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z114" w:id="192"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелерінің міндетті деректемелері, сондай-ақ олардың анықтығын тексеру тәртібі Қазақстан Республикасының ақпараттандыру туралы заңнамасымен реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z115" w:id="193"/>
+    <w:bookmarkStart w:name="z115" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-3. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелерін көрсетілетін қызметті алушы оларды қағаз жеткізгіште ұсыну қажеттілігінсіз, заңдық мәні бар фактілерді растау үшін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z64" w:id="194"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z64" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік корпорация арқылы электрондық нысанда мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушының жазбаша келісімі негізінде электрондық құжат нысанындағы оның сұрау салуын Мемлекеттік корпорацияның қызметкері өзіне қызметтік мақсатта пайдалану үшін берілген электрондық цифрлық қолтаңбамен куәландырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z306" w:id="195"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z306" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Мемлекеттік қызметті электрондық нысанда көрсету үшін Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті алушының жеке басын биометриялық сәйкестендіру жүргізілуі де мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11533,104 +23579,288 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z107" w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Электрондық нысанда мемлекеттік қызметтерді көрсету үшін мемлекеттік органдар тұрақты түрде өздерінің ақпараттық жүйелеріндегі электрондық ақпараттық ресурстарын жаңартылған күйде ұстап тұруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-бапты 6-тармақпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
@@ -11775,50 +24005,148 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-1-бап жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-1-бап. Проактивті қызметтер көрсету</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12047,129 +24375,411 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заңды 21-3-баппен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Мемлекеттік қызметтер көрсету реинжинирингі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету реинжинирингін орталық мемлекеттік органдар, мемлекеттік корпорация, жергілікті атқарушы органдар мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес тұрақты негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-баптың екінші бөлігі жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету саласындағы уәкілетті органның және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлеуші – мүдделі орталық мемлекеттік органдардың мемлекеттік қызметтер көрсету саласындағы пилоттық жобаларын іске асыру бірлескен шешім негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-бапты үшінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бап жаңа редакцияда - ҚР 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12182,288 +24792,1288 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Көрсетілетін қызметті алушыларды мемлекеттік қызметтер көрсету тәртібі туралы хабардар ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың бірінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету тәртібі туралы ақпарат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z265" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді көрсетілетін қызметті берушілердің орналасқан жерлерінде және Мемлекеттік корпорацияда орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z266" w:id="199"/>
+    <w:bookmarkStart w:name="z266" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың көрсетілетін қызметті берушілерге өтініш жасауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z267" w:id="200"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді "электрондық үкіметтің" веб-порталында, орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, көрсетілетін қызметті берушілердің интернет-ресурстарында және басқа да бұқаралық ақпарат құралдарында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z268" w:id="201"/>
+    <w:bookmarkStart w:name="z268" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Бірыңғай байланыс орталығына өтініш жасау арқылы ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z67" w:id="202"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері және көрсетілетін қызметті берушілер мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық акт бекітілген немесе өзгертілген күннен бастап үш жұмыс күні ішінде оны көрсету тәртібі туралы ақпаратты жаңартады және Бірыңғай байланыс-орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z68" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, көрсетілетін қызметті берушілер және Мемлекеттік корпорация көрсетілетін қызметті алушылар өтініш жасаған кезде оларға қажетті түсініктемелермен бірге мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты дереу беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z69" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік қызмет көрсету сатысы туралы ақпарат көрсетілетін қызметті алушыға оның Бірыңғай байланыс орталығына және (немесе) көрсетілетін қызметті берушіге өтініш жасаған кезінде ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z70" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері жыл сайын "электрондық үкіметтің" веб-порталында, интернет-ресурстарда және басқа да бұқаралық ақпарат құралдарында мемлекеттік қызметтер көрсету мәселелері жөніндегі қызмет туралы есепті орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z71" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсетілетін қызметті берушілердің, мүдделі жеке және заңды тұлғалардың қатысуымен мемлекеттік қызметтер көрсету саласындағы қызмет туралы есептерге жылына кемінде бір рет жария талқылаулар өткізеді. Жария талқылаулардың қорытындылары мемлекеттік қызметтер көрсету сапасын арттыру және мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру үшін пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z307" w:id="207"/>
+    <w:bookmarkStart w:name="z307" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әріптестік ұйым мемлекеттік қызметтер көрсетуге өтініштер қабылдауды және көрсетілетін қызметті алушыға олардың нәтижелерін беруді жүзеге асыратын мемлекеттік көрсетілетін қызметтердің тізбесі туралы ақпарат, сондай-ақ әріптестік ұйымдардың атауы мен байланыс деректері Мемлекеттік корпорацияның интернет-ресурсында және мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру орындарында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12599,110 +26209,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Мемлекеттік қызметтер көрсеткені үшін төлемақы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="208"/>
+    <w:bookmarkStart w:name="z72" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасында мемлекеттік қызметтер Қазақстан Республикасының заңдарына сәйкес ақылы немесе тегін негізде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z73" w:id="209"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z73" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының заңдарында тегін ұсынылуға кепілдік берілген мемлекеттік қызметтерді көрсеткені үшін көрсетілетін қызметті алушыға төлемақы белгілеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z308" w:id="210"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z308" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету саласындағы уәкілетті органмен келісу бойынша Мемлекеттік корпорация мемлекеттік көрсетілетін қызметке қосымша сервис үшін ақы белгілей алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12740,266 +26350,468 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымдарды қарау ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша шағымдары осы Заңда белгіленген ерекшеліктер ескеріле отырып, Қазақстан Республикасының заңнамасына сәйкес қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z75" w:id="212"/>
+    <w:bookmarkStart w:name="z75" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="213"/>
+    <w:bookmarkStart w:name="z76" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган шағымды қарау қорытындылары бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z269" w:id="214"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z269" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушының шағымы бойынша орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімі, көрсетілетін қызметті беруші, Мемлекеттік корпорация қабылдаған шешімге оның қанағаттанбауы себептерін кешенді зерделеуді қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z270" w:id="215"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z270" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы ауданның, аудандық маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің әкімі тарапынан Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының сақталмау фактісі анықталған жағдайда олардың атына көрсетілетін қызметті алушының бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіру жөнінде шаралар қолдану үшін ұсыныстар жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z271" w:id="216"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z271" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті алушының шағымын орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы ауданның, аудандық маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің әкімі тарапынан қанағаттандырудың уақтылылығы мен толықтығын бақылауды жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z77" w:id="217"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z77" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның, орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің шағымды қарау мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z272" w:id="218"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z272" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z273" w:id="219"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z273" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу қажет болған жағдайларда он жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13076,68 +26888,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="220"/>
+    <w:bookmarkStart w:name="z30" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау. Мемлекеттік қызметтер көрсету сапасын бағалау және оған қоғамдық мониторинг жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда - ҚР 23.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13167,170 +26979,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды, мемлекеттік қызметтер көрсету сапасын бағалауды және оған қоғамдық мониторингті жүргізу қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды, мемлекеттік қызметтер көрсету сапасын бағалауды және оған қоғамдық мониторингті жүргізу мынадай қағидаттарға негізделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="221"/>
+    <w:bookmarkStart w:name="z108" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңдылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z109" w:id="222"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z109" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объективтілік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z110" w:id="223"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z110" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бейтараптық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z111" w:id="224"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z111" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) анықтық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z112" w:id="225"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z112" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жан-жақтылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z113" w:id="226"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z113" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ашықтық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13366,206 +27178,206 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="227"/>
+    <w:bookmarkStart w:name="z309" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілеріне қатысты Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының сақталуын тексеру және байқау жөніндегі қызметі мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z310" w:id="228"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z310" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Көрсетілетін қызметті берушілер мен Мемлекеттік корпорация мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілеріне жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z311" w:id="229"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z311" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жергілікті жерге бару арқылы не лауазымды адамдарды шақырып және (немесе) материалдарды сұрата отырып, жергілікті жерге бармай тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттық жүйелерге қол жеткізу арқылы не Қазақстан Республикасының заңнамасына сәйкес есептік ақпарат пен өзге де мәліметтер негізінде байқау жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="230"/>
+    <w:bookmarkStart w:name="z312" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілерінің Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының талаптарын сақтауы мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау нысанасы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z313" w:id="231"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z313" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орталық мемлекеттік органдардың, олардың ведомстволары мен оларға ведомстволық бағынысты ұйымдардың, Қазақстан Республикасының шет елдердегі мекемелерінің қызметіне мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның лауазымды адамдары, ал облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, орталық мемлекеттік органдар мен ведомстволардың, оларға ведомстволық бағынысты ұйымдардың аумақтық бөлімшелерінің, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, Мемлекеттік корпорацияның және оның филиалдарының, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін жеке және заңды тұлғалардың қызметіне мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды өз құзыреті шегінде мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның аумақтық бөлімшелерінің лауазымды адамдары, ал қажет болған жағдайларда, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның лауазымды адамдары жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z314" w:id="232"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z314" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы баптың ережелері қарсы барлау қызметін және кәсіпкерлік қызметті ұйымдастыруға, қамтамасыз етуге және жүзеге асыруға байланысты қатынастарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13621,202 +27433,202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-1-бап. Тексерудің түрлері және оларды жүргізу тәртібі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="233"/>
+    <w:bookmarkStart w:name="z319" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тексеру мынадай түрлерге бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілерінің Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының талаптарын сақтауы тұрғысынан жүргізілетін жоспарлы тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілерінің оларды жүргізуге негіз болған мәселелер бойынша Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының талаптарын сақтауы тұрғысынан жүргізілетін жоспардан тыс тексеру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="234"/>
+    <w:bookmarkStart w:name="z320" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тексеру жүргізу үшін мемлекеттік органдардың және ведомстволық бағынысты ұйымдардың мамандары, консультанттары мен сарапшылары тартылуы мүмкін. Тексеруді есепке алуды жүргізу мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның ақпараттық жүйесі арқылы ғана жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z321" w:id="235"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z321" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган тексеру жүргізу жылының алдындағы жылдың 10 желтоқсанына дейінгі және ағымдағы күнтізбелік жылдың 10 мамырына дейінгі мерзімде бекітетін, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган басшысының шешімімен өзгерістер енгізілуі мүмкін жартыжылдық тексеру жоспары жоспарлы тексеру тағайындауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруші лауазымды адамдардың құрамы мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның немесе оның аумақтық бөлімшелерінің шешімімен өзгертілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тексеруші лауазымды адамдардың құрамы өзгерген кезде мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган немесе оның аумақтық бөлімшесі бұл туралы мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісін осындай шешім қабылданған күннен бастап бір жұмыс күнінен кешіктірмей хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="236"/>
+    <w:bookmarkStart w:name="z322" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілері, егер: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоспарлы тексерулер жүргізудің жартыжылдық тізімін бекіту алдындағы соңғы алты айда олар бір мыңнан астам мемлекеттік қызмет көрсеткен болса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13899,90 +27711,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) соңғы жыл ішінде оларға қатысты үш және одан көп жоспардан тыс тексерулер жүргізілсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) соңғы үш жылда оларға қатысты жоспарлы тексеру жүргізілмесе, жоспарлы тексеруге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="237"/>
+    <w:bookmarkStart w:name="z323" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісіне қатысты жоспарлы тексеру жылына бір реттен артық жүргізілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z324" w:id="238"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z324" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жоспардан тыс тексеру тағайындауға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілерінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) жеке және заңды тұлғалардың жолданымдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14029,166 +27841,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) байқау нәтижесінде анықталған Қазақстан Республикасының заңнамасы талаптарын бұзушылықтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бұқаралық ақпарат құралдарындағы жарияланымдар және сұрау салу арқылы зерделенген, Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзушылықтар туралы ақпарат негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="239"/>
+    <w:bookmarkStart w:name="z325" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Анонимдік жолданымдар негізінде жоспардан тыс тексерулер жүргізілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z326" w:id="240"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z326" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тексерулер Қазақстан Республикасының заңдарында айқындалған талаптарға, сондай-ақ мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау қағидаларына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z327" w:id="241"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z327" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеру жүргізу үшін объектіге келген лауазымды адамдары мемлекеттік қызметтер көрсету сапасын бақылау субъектісіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтік куәлігін не сәйкестендіру картасын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қажет болған кезде құзыретті органның режимдік объектілерге баруға рұқсатын көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z328" w:id="242"/>
+    <w:bookmarkStart w:name="z328" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының ұлттық қауіпсіздік органдарына қатысты тексерулер Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Төрағасымен не оны алмастыратын адаммен келісу бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеру жүргізуге уәкілеттік берілген лауазымды адамдары Қазақстан Республикасы ұлттық қауіпсіздік органдарының объектілерінде болған уақытта оларға осы органда белгіленген рұқсаттамалық және объектішілік режимдердің талаптары қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -14262,128 +28074,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-2-бап. Тексеру жүргізу мерзімдері және ол аяқталғаннан кейін қабылданатын шаралар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="243"/>
+    <w:bookmarkStart w:name="z329" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жоспарлы тексеруді жүргізу мерзімдері алдағы жұмыстардың көлемі, сондай-ақ қойылған міндеттер ескеріле отырып белгіленеді және тексеру басталған күннен бастап жиырма жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардан тыс тексерулер жүргізу кезінде тексеру жүргізу мерзімдері тексеру басталған күннен бастап он жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="244"/>
+    <w:bookmarkStart w:name="z330" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жоспарлы тексерудің басталатыны туралы хабарлама күні көрсетіле отырып, ол басталғанға дейін кемінде үш жұмыс күні бұрын, жоспардан тыс тексеру басталғанға дейін кемінде бір тәулік бұрын жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z331" w:id="245"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z331" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тексерудің басталатыны туралы хабарламада мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру жүргізуге уәкілеттік берілген адамның (адамдардың) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14502,70 +28314,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тексеру жүргізу негіздері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) хабарламаға қол қоюға уәкілеттік берілген адамның қолтаңбасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z332" w:id="246"/>
+    <w:bookmarkStart w:name="z332" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тексеру жүргізу мерзімдері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жүргізілетін тексеру шеңберінде елеулі маңызы бар қажетті мәліметтерді ұсыну туралы мемлекеттік органдарға, лауазымды адамдарға және өзге де субъектілерге сұрау салу жіберілген жағдайларда олар алынғанға дейін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14594,226 +28406,226 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган немесе оның аумақтық бөлімшесі тексеру жүргізу мерзімдері тоқтатыла тұрған және қайта басталған кезде бұл туралы мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісін осындай шешім қабылданған күннен бастап бір жұмыс күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруді жүргізу мерзімін есептеу ол қайта басталған күннен бастап жалғасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="247"/>
+    <w:bookmarkStart w:name="z333" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тексеру барысында мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеру жүргізетін лауазымды адамы тексеру аяқталған күнге дейін үш жұмыс күнінен кешіктірмей тексеру нәтижелері туралы анықтаманың жобасын жасайды және мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілеріне, сондай-ақ осы Заңның 27-1-бабы 6-тармағының 1) тармақшасында көрсетілген тұлғаларға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z334" w:id="248"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z334" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісі, сондай-ақ осы Заңның 27-1-бабы 6-тармағының 1) тармақшасында көрсетілген тұлғалар тексеру жүргізетін мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің лауазымды адамдары жүргізетін тыңдауға қатысуға және тексеру нәтижелері туралы анықтаманың жобасына оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде қарсылық ұсынуға немесе айтуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы анықтаманың жобасына келіп түскен қарсылықтарды қарау нәтижелері бойынша тексеру жүргізетін мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің лауазымды адамдары тексеру нәтижелері туралы анықтама жасайды не белгіленген мерзім шегінде елеулі маңызы бар мәліметтерді қосымша зерделеу жөнінде шаралар қабылдайды, оның ішінде осы баптың 4-тармағы бірінші бөлігінің 1) тармақшасына сәйкес тексеру жүргізуді тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="249"/>
+    <w:bookmarkStart w:name="z335" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісіне және өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға тексеру нәтижелері туралы анықтама жіберілген күн тексеру аяқталған күн деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z336" w:id="250"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z336" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзушылықтар тексеру нәтижелері туралы анықтамамен расталатын жағдайларда мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісінің атына тексеру нәтижелері бойынша анықталған бұзушылықтарды жою туралы, сондай-ақ бұзушылыққа жол берген адамдардың жауаптылығын қарау туралы қаралуы міндетті ұсыну енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z337" w:id="251"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z337" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Анықталған бұзушылықтарды жою туралы ұсыну мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісінің онда көрсетілген бұзушылықтарды күнтізбелік отыз күн ішінде жою бойынша шаралар қабылдай отырып қарауына жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушылардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға кедергі жасаған Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзушылықтар бойынша олардың мемлекеттік көрсетілетін қызметті алуға қайта жүгіну қажеттілігінсіз қалпына келтіру бойынша шаралар да қабылданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="252"/>
+    <w:bookmarkStart w:name="z338" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Анықталған бұзушылықтарды жою туралы ұсынуды қарау қорытындылары туралы ақпарат мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға немесе оның аумақтық бөлімшесіне ол қаралған күннен бастап екі жұмыс күні ішінде жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z339" w:id="253"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z339" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тексерудің басталуы және тексеру мерзімдерін тоқтата тұру (қайта бастау) туралы, тексеруші лауазымды адамдар құрамының өзгеруі туралы хабарламалардың, тексеру нәтижелері туралы анықтаманың және анықталған бұзушылықтарды жою туралы ұсынудың нысандарын мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14869,70 +28681,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-3-бап. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісінің тексеру жүргізілген кездегі құқықтары мен міндеттері </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z340" w:id="254"/>
+    <w:bookmarkStart w:name="z340" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілері тексеру жүргізілген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеру жүргізу үшін келген лауазымды адамдарын: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15015,70 +28827,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган және оның аумақтық бөлімшелері лауазымды адамдарының тексеру нәтижелеріне (анықталған бұзушылықтарды жою туралы ұсынуға) осы Заңда және Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тексеру жүргізу процесін, сондай-ақ мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган мен оның аумақтық бөлімшелері лауазымды адамының тексеру шеңберінде жүргізіп жатқан жекелеген әрекеттерін тексеруші лауазымды адамның қызметіне кедергі жасамай, аудио- және бейнетехника құралдарының көмегімен тіркеп-белгілеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="255"/>
+    <w:bookmarkStart w:name="z341" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілері тексеру жүргізілген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеруші лауазымды адамдарының аумаққа және үй-жайларға кедергісіз кіруін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15206,130 +29018,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-4-бап. Тексерудің жарамсыздығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z342" w:id="256"/>
+    <w:bookmarkStart w:name="z342" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектілері мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның және оның аумақтық бөлімшелерінің тексеру жүргізетін лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z343" w:id="257"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z343" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жолданымды беру мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау субъектісінің анықталған бұзушылықтарды жою жөнінде шаралар қабылдауын жоққа шығармайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z344" w:id="258"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z344" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер тексеру осы Заңда белгіленген тексеру жүргізуге қойылатын талаптар өрескел бұзыла отырып жүргізілсе, ол жарамсыз деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z345" w:id="259"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z345" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тексеру жүргізуге қойылатын талаптарды өрескел бұзушылықтарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру жүргізу негіздерінің болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15340,70 +29152,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексерудің басталатыны туралы хабарламаның болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның немесе оның аумақтық бөлімшесінің құзыретіне кірмейтін мәселелер бойынша тексерулер тағайындау жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="260"/>
+    <w:bookmarkStart w:name="z346" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тексерудің жарамсыз деп танылуы жоғары тұрған мемлекеттік органның анықталған бұзушылықтарды жою туралы ұсынуының күшін жоюға негіз болып табылады. Жоғары тұрған мемлекеттік орган анықталған бұзушылықтарды жою туралы ұсынудың күшін жоюдан бас тартқан жағдайда анықталған бұзушылықтарды жою туралы ұсынудың күшін сот жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15576,246 +29388,246 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="261"/>
+    <w:bookmarkStart w:name="z80" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингін жеке тұлғалар, коммерциялық емес ұйымдар өз бастамасы бойынша және өз есебінен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі Қазақстан Республикасындағы мемлекеттік әлеуметтік тапсырыс, стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыс, үкіметтік емес ұйымдарға арналған гранттар және сыйлықақылар туралы Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мемлекеттік әлеуметтік тапсырысы бойынша да жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="262"/>
+    <w:bookmarkStart w:name="z81" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу кезінде жеке тұлғалар, коммерциялық емес ұйымдар, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік құпияларды, коммерциялық және өзге де заңмен қорғалатын құпияны құрайтын ақпаратты қоспағанда, мемлекеттік қызметтер көрсету саласына жататын қажетті ақпаратты орталық мемлекеттік органдардан, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарынан, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінен, Мемлекеттік корпорациядан осы ақпарат олардың интернет-ресурстарында болмаған жағдайда, сұратуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z82" w:id="263"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z82" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі нәтижелері бойынша жеке тұлғалар, коммерциялық емес ұйымдар қорытынды жасайды. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингінің қорытындысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z274" w:id="264"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z274" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерінің, Мемлекеттік корпорацияның, сондай-ақ көрсетілетін қызметті берушілердің Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының талаптарын сақтауы туралы ақпаратты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z275" w:id="265"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z275" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі барысында анықталған Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының сақталмау фактілерін жою жөніндегі ұсынымдарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z276" w:id="266"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z276" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік қызметтер көрсету сапасын арттыру жөніндегі ұсыныстарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z277" w:id="267"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z277" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге өзгерістер мен толықтырулар енгізу жөніндегі ұсыныстарды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қоғамдық маңызы бар қызметтер көрсету сапасын бағалау өлшемшарттары әлеуметтанушылық зерттеулер немесе оларды көрсету сапасын мониторингтеу шеңберінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="268"/>
+    <w:bookmarkStart w:name="z83" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, Мемлекеттік корпорация, сондай-ақ көрсетілетін қызметті берушілер мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг қорытындысын ескере отырып, мемлекеттік қызметтер көрсету сапасын арттыру жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15934,68 +29746,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="269"/>
+    <w:bookmarkStart w:name="z35" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      30-баптың тақырыбына және мәтініне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16223,55 +30181,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>