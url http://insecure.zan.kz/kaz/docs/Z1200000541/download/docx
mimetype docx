--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c593fd" w14:textId="9c593fd">
+    <w:p w14:paraId="aad5ede" w14:textId="aad5ede">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1541,71 +1541,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 407-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
@@ -4584,51 +4584,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 159-V</w:t>
       </w:r>
       <w:r>
@@ -4704,51 +4704,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 407-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
@@ -6708,51 +6708,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 15.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 322-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VI</w:t>
       </w:r>
       <w:r>
@@ -8626,51 +8626,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -9525,157 +9525,248 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-1-бап. Ғимараттардың, құрылыстар мен құрылысжайлардың энергия тиімділігі сыныбының талаптарына сәйкестігін жобадан кейінгі талдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ғимараттардың, құрылыстар мен құрылысжайлардың энергия тиімділігі сыныбының талаптарына сәйкестігін жобадан кейінгі талдау (бұдан әрі – жобадан кейінгі талдау) жаңа ғимараттар, құрылыстар мен құрылысжайлар салу немесе бұрыннан бар ғимараттарды, құрылыстар мен құрылысжайларды өзгерту (кеңейту, жаңғырту, техникалық қайта жарақтандыру, реконструкциялау, күрделі жөндеу) жобалары бойынша іске асырылған қызметтің сәйкестігін растау мақсатында уәкілетті орган айқындаған тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z348" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жобадан кейінгі талдау тиісті ғимарат, құрылыс және құрылысжай пайдалануға берілгеннен кейін он сегіз ай ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z349" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 2-тармағында көрсетілген мерзімнен кешіктірілмей жобадан кейінгі талдау нәтижелері бойынша қорытынды дайындалады, онда жаңа ғимараттар, құрылыстар мен құрылысжайлар салу немесе бұрыннан бар ғимараттарды, құрылыстар мен құрылысжайларды өзгерту (кеңейту, жаңғырту, техникалық қайта жарақтандыру, реконструкциялау, күрделі жөндеу) жобалары бойынша іске асырылған қызметтің сәйкестігі немесе сәйкес еместігі туралы тұжырым жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z350" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жобадан кейінгі талдау қорытындылары бойынша ғимараттардың, құрылыстар мен құрылысжайлардың энергия тиімділігі сыныбының талаптарына сәйкес еместігі анықталған жағдайда, тиісті ғимараттың, құрылыстың және құрылысжайдың тапсырыс берушісі мен құрылыс салушысына Қазақстан Республикасының азаматтық заңнамасында айқындалған мерзім ішінде олардың осындай сәйкессіздікті жоюы үшін қорытынды жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-1-баппен толықтырылды – ҚР 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Энергия аудиті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="211"/>
+    <w:bookmarkStart w:name="z199" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Алып тасталды – ҚР 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9690,169 +9781,169 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z200" w:id="212"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z200" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергия аудиті Қазақстан Республикасының заңнамасына сәйкес жасалған шарт негізінде, өтініш білдірген тұлғаның қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z201" w:id="213"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z201" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Энергия аудитінің немесе экспресс-энергия аудитінің нәтижелері бойынша энергия үнемдеу және энергия тиімділігін арттыру жөніндегі қорытынды жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысаналы энергия аудитінің нәтижелері бойынша энергия үнемдеу және энергия тиімділігін арттыру бойынша техникалық есеп жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="214"/>
+    <w:bookmarkStart w:name="z306" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Мемлекеттік мекемелерді қоспағанда, Мемлекеттік энергетикалық тізілім субъектілері жүргізілген энергия аудитінің немесе экспресс-энергия аудитінің қорытындылары бойынша энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар жоспарын әзірлейді және бекітеді. Энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар жоспары энергия үнемдеу және энергия тиімділігін арттыру жөніндегі қорытынды алынған күннен бастап алты ай ішінде әзірленеді және бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z203" w:id="215"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z203" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік мекемелерді қоспағанда, жылына бір мың бес жүз және одан да көп тонна шартты отынға балама көлемде энергетикалық ресурстарды тұтынатын Мемлекеттік энергетикалық тізілім субъектілері әрбір бес жыл сайын бір реттен сиретпей міндетті энергия аудитінен өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z307" w:id="216"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z307" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Мемлекеттік мекемелерді қоспағанда, жылына бір мың бес жүз және одан да көп тонна шартты отынға балама көлемде энергетикалық ресурстарды тұтынатын Мемлекеттік энергетикалық тізілім субъектілері бір мезгілде мынадай шарттар сақталған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) энергия үнемдеу және энергия тиімділігін арттыру жөніндегі алдыңғы қорытынды болған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9863,70 +9954,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар жоспарын орындау есебінен соңғы бес жыл ішінде кемінде бес пайыз көлемінде энергия үнемдеу әлеуетіне қол жеткізген және (немесе) олардың өнім бірлігіне шаққандағы үлестік энергия тұтынуды бес жыл ішінде кемінде бес пайыз көлемінде төмендеткен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) энергия менеджменті жүйесінің сәйкестік сертификаты болған кезде, міндетті энергия аудитінің орнына экспресс-энергия аудитін жүргізуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="217"/>
+    <w:bookmarkStart w:name="z204" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік мекемелерді қоспағанда, Мемлекеттік энергетикалық тізілім субъектілері осы Заң қолданысқа енгізілген күннен бастап төрт жыл ішінде, ал ауыл шаруашылығы, балық шаруашылығы өнімін өндіруді, дайындауды, сақтауды, тасымалдауды, қайта өңдеуді және өткізуді жүзеге асыратындар алты жыл ішінде энергия аудитін жүргізу нәтижелері бойынша қорытынды алуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9955,70 +10046,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="218"/>
+    <w:bookmarkStart w:name="z188" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Энергия-аудиторлық ұйымдардың немесе дара кәсіпкерлер болып табылатын энергия аудиторларының:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтініш білдірген, қатысушысы, кредиторы энергия-аудиторлық ұйымдар және олардың жұмыскерлері немесе дара кәсіпкерлер болып табылатын энергия аудиторлары болып табылатын тұлғаға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10065,70 +10156,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы ұйымдардың энергия аудитін жүзеге асыратын жұмыскерлерінің (энергия аудиторларының) өтініш білдірген тұлғада жеке мүліктік мүдделері бар болғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергия аудитін жүргізу жөніндегі міндеттемелерді қоспағанда, егер энергия-аудиторлық ұйымның және олардың жұмыскерлерінің, дара кәсіпкерлер болып табылатын энергия аудиторларының өтініш білдірген тұлға алдында немесе өтініш білдірген тұлғаның олардың алдында ақшалай міндеттемелері бар болса, энергия аудитін жүргізуіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="219"/>
+    <w:bookmarkStart w:name="z308" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттік энергетикалық тізілім субъектілері мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жылына бір мың бес жүз тоннадан аз шартты отынға балама көлемде энергетикалық ресурстарды тұтынған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10339,285 +10430,285 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="220"/>
+    <w:bookmarkStart w:name="z205" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы мемлекеттік қолдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы мемлекеттік қолдаудың бағыттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="221"/>
+    <w:bookmarkStart w:name="z207" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия үнемдеу және энергия тиімділігін арттыру саласындағы мемлекеттік қолдау мынадай бағыттар бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z208" w:id="222"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z208" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) энергия үнемдеу жабдығын пайдалануды ынталандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z209" w:id="223"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z209" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) энергия үнемдеу және энергия тиімділігін арттыру саласындағы білім беру қызметін және іс-шараларды ақпараттық қолдауды жүзеге асыруға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z210" w:id="224"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z210" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) энергия тиімділігін арттырудың кешенді жоспарын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z211" w:id="225"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z211" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) энергия үнемдеу және энергия тиімділігін арттыру саласында ғылыми-зерттеу жұмыстарын жүргізу, оның ішінде энергия үнемдеу және энергия тиімділігін арттыру саласындағы әдістемелік және нормативтік құқықтық базаны әзірлеуді және дамытуды қаржыландыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z212" w:id="226"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z212" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тұрғындарда пайдалануда болған, құрамында сынап бар энергия үнемдеу шамдарын кәдеге жарату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z213" w:id="227"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z213" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оқу орталықтарын құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z214" w:id="228"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z214" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының тұрғын үй қатынастары туралы заңнамасына сәйкес тұрғын үйлердің (тұрғын үй ғимараттарының), тұрғын үй-жайлардың (пәтерлердің) меншік иелеріне энергия үнемдеуді қамтамасыз етуге және энергия тиімділігін арттыруға бағытталған іс-шараларға ақы төлеуге көмектесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z286" w:id="229"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z286" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) энергия-сервистік шарттар шеңберінде жобаларды іске асыруға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z287" w:id="230"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z287" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) энергия тиімділігі картасы шеңберінде жобаларды іске асыруға жәрдемдесу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10673,130 +10764,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="231"/>
+    <w:bookmarkStart w:name="z216" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы келісім (бұдан әрі – Келісім) уәкілетті орган, облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мен энергетикалық ресурстарды жылына бір жүз мың және одан көп тонна шартты отын көлемінде тұтынатын Мемлекеттік энергетикалық тізілім субъектісінің арасында ерікті негізде жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z217" w:id="232"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z217" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергетикалық ресурстарды жылына бір жүз мың және одан көп тонна шартты отын көлемінде тұтынатын Мемлекеттік энергетикалық тізілім субъектісінің облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына өтініші Келісім жасауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z218" w:id="233"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z218" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттiк энергетикалық тiзiлiм субъектiсiнiң энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар жоспарын орындау есебiнен бес жыл iшiнде оның өнім бірлігіне шаққандағы энергия тұтыну үлесін кемiнде он бес пайыз көлемiнде төмендету бойынша мiндеттемелер қабылдауы Келiсiм нысанасы болып табылады. Келiсiм кемiнде бес жыл мерзiмге жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z219" w:id="234"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z219" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімнің қолданысын тоқтату Қазақстан Республикасының азаматтық заңнамасының нормаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10832,110 +10923,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-1-бап. Энергия-сервистік шарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="235"/>
+    <w:bookmarkStart w:name="z190" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Энергия үнемдеу және пайдаланылатын энергетикалық ресурстардың энергия тиімділігін арттыру мақсатында жеке және заңды тұлғалар, оның ішінде мемлекеттік мекемелер мен квазимемлекеттік сектор субъектілері энергия-сервистік компаниялармен энергия-сервистік шарттар жасасуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z288" w:id="236"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z288" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік мекемелер үлгілік энергия сервистік шартқа сәйкес мемлекеттік мекемелер үшін алты жылдан аспайтын мерзімде энергия сервистік шарттар жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z191" w:id="237"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z191" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергия-сервистік шартта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) энергия-сервистік шартты орындау нәтижесінде энергия-сервистік компания қамтамасыз етуге тиіс энергетикалық ресурстарды үнемдеу шамасы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10964,70 +11055,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пайдаланылатын энергия ресурстарын жыл сайын үнемдеуден алынатын қаражат есебінен жұмыстарға ақы төлеу туралы шарт қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия-сервистік шарт бойынша баға энергия-сервистік шартты іске асыру нәтижесінде қол жеткізілген не қол жеткізуге жоспарланған көрсеткіштер негізге алына отырып, оның ішінде үнемделген энергетикалық ресурстар құны немесе өнім бірлігіне шаққандағы энергия тұтыну үлесін төмендету есебінен пайда болатын энергетикалық ресурстарды үнемдеу негізге алына отырып айқындалуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="238"/>
+    <w:bookmarkStart w:name="z192" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Энергия-сервистік шарт тараптардың келісілген, энергетикалық ресурстарды тұтыну (пайдалану) режимін, шарттарын (температуралық режимді, жарықтандыру деңгейін, еңбекті ұйымдастыру, үйлерді, құрылыстарды, ғимараттарды күтіп-ұстау саласындағы талаптарға сәйкес келетін басқа да сипаттамаларды қоса алғанда), энергетикалық ресурстарды өндіру, беру режимін, шарттарын және өзге де келісілген шарттарды энергия-сервистік компаниялардың энергия-сервистік шартты орындау кезінде қамтамасыз ету жөніндегі міндеттері туралы шартты қамтуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11083,130 +11174,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Энергия үнемдеу және энергия тиімділігін арттыру жөніндегі қызметті ақпараттық қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="239"/>
+    <w:bookmarkStart w:name="z221" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия үнемдеу және энергия тиімділігін арттыру жөніндегі қызметті ақпараттық қамтамасыз етуді орталық және жергілікті атқарушы органдар мен квазимемлекеттік сектордың субъектілері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z222" w:id="240"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z222" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) энергетикалық ресурстарды тиімді пайдалануды насихаттау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z223" w:id="241"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z223" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) энергия тиімділігі жоғары көрсету жобаларын жасау жөніндегі жұмыстарды үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z224" w:id="242"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z224" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) энергия үнемдейтін материалдар мен жабдықтар көрмелерін ұйымдастыруға жәрдемдесу жолымен тұрақты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11225,988 +11316,1455 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="243"/>
+    <w:bookmarkStart w:name="z225" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы субъектілердің құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы ұлттық даму институты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="244"/>
+    <w:bookmarkStart w:name="z227" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия үнемдеу және энергия тиімділігін арттыру саласындағы ұлттық даму институты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z228" w:id="245"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z228" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік энергетикалық тізілімді қалыптастырады және оны жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z229" w:id="246"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z229" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) энергия тиімділігі картасын қалыптастырады және оны жүргізеді, энергия тиімділігі картасына жобаларды іріктеуді және енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z230" w:id="247"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z230" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мемлекеттік энергетикалық тізілімнің ақпаратты беруден жалтарған немесе дұрыс емес ақпарат берген субъектілері туралы ақпаратты уәкілетті органға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z231" w:id="248"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z231" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Мемлекеттік энергетикалық тізілім субъектілерінен, энергия үнемдеу және энергия тиімділігін арттыру саласындағы қызметті жүзеге асыратын кәсіпкерлік субъектілерінен, дара кәсіпкерлер болып табылатын энергия аудиторларынан, сондай-ақ энергия-сервистік компаниялардан Мемлекеттік энергетикалық тізілімді қалыптастыруға және жүргізуге қажетті ақпаратты сұратады және алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z232" w:id="249"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z232" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті органға Мемлекеттік энергетикалық тізілімді және энергия тиімділігі картасын қалыптастыру және оны жүргізу бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z233" w:id="250"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z233" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Мемлекеттік энергетикалық тізілім субъектілері жүзеге асыратын, энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар жоспарларының тиімділігін бағалау мен талдауды, энергия үнемдеу және энергия тиімділігін арттыру жөніндегі іс-шаралар тиімділігін бағалау мен талдауды, Мемлекеттік энергетикалық тізілім субъектілерінің энергия ресурстарын тұтынуын талдауды алдыңғы жылмен салыстырмалы талдауды, Қазақстан Республикасында жалпы ішкі өнімнің энергия сыйымдылығы және энергия ресурстарын пайдаланудың тиімділігі бойынша талдамалық зерттеуді, Мемлекеттік энергетикалық тізілім субъектілерінің үлестік шығыстарын және энергияны пайдалану нормативтерін талдауды, осы Заңды іс жүзінде іске асыруды, энергия үнемдеу және энергия тиімділігін арттыру саласындағы мемлекеттік саясатты іске асыру бойынша ұсыныстар береді және уәкілетті органға жиынтық ақпаратты ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z309" w:id="251"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z309" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) мемлекеттік мекемелердің энергия тұтыну мониторингін жүргізеді және мемлекеттік мекемелердің энергия тұтыну мониторингін жүргізу қорытындылары бойынша есепті өзінің интернет ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z332" w:id="252"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z332" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-2) уәкілетті органға энергия үнемдеу және энергия тиімділігін арттыру саласында мемлекеттік сатып алу және тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу мониторингін жүргізген кезде және мемлекеттік сатып алуды және тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуды жүзеге асыру кезінде энергия тиімділігі жөніндегі талаптар қолданылатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесін жаңарту бойынша ұсынымдарды дайындауға жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z351" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) жобадан кейінгі талдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z234" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) энергия үнемдеу және энергия тиімділігін арттыру жөніндегі қорытындыға талдау жүргізеді және уәкілетті органға ақпарат ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z235" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) энергия үнемдеу және энергия тиімділігін арттыру саласындағы ақпараттық, талдамалық және консультациялық қызметтерді көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z289" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) энергия үнемдеуді дамытуды ынталандыру үшін ақпараттық, білім беру және қаржы ресурстарын тарту мақсатында халықаралық ұйымдармен ынтымақтастық жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z290" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті органға энергия үнемдеу және энергия тиімділігін арттыру саласында сараптамалық қорытындылар және (немесе) ұсыныстар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осы Заңда көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда - ҚР 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 407-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бап. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы субъектілердің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы баптың 2, 3, 4 және 5-тармақтарында көрсетілген энергия үнемдеу және энергия тиімділігін арттыру саласындағы субъектілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z238" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік органдарға энергия үнемдеу және энергия тиімділігін арттыруды қамтамасыз ету жөнінде ұсыныстар енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z239" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) энергия үнемдеу және энергия тиімділігін арттыру мәселелері бойынша уәкілетті органнан ақпарат алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z193" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Дара кәсіпкерлер мен заңды тұлғалар энергия-сервистік компаниялармен энергия-сервистік шарттар жасасуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z240" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дара кәсіпкерлер және заңды тұлғалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z241" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) электр желілерінде қуат коэффициентінің нормативтік мәндерін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z242" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) энергия тұтыну нормативтерінен аспауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z243" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) энергетикалық ресурстарды, суды өндіруді және (немесе) беруді жүзеге асыру кезінде жабдықтың, арматураның ақаулығынан, құбырларды жылу оқшаулаусыз пайдаланудан немесе энергия тұтыну жабдығының жұмыс режимін сақтамаудан туындаған олардың тікелей ысырабына жол бермеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z310" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Осы Заңда айқындалған тапсырыс берушілер мемлекеттік сатып алуды және тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуды энергия тиімділігі бойынша талаптарға сәйкес жүзеге асыруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z244" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік энергетикалық тізілім субъектілері осы Заңның 9-бабында көрсетілген ақпаратты беруге және мемлекеттік мекемелерді қоспағанда, энергия аудиті өткеннен кейін бес жыл ішінде, энергия аудиті қорытындылары бойынша айқындалған шамаға дейін энергетикалық ресурстар мен судың тұтыну көлемін өнімнің бірлігіне, үйлердің, құрылыстар мен ғимараттардың алаңы бірлігіне жыл сайын азайтуды қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте меншік құқығында жылжымайтын мүлкі жоқ мемлекеттік мекемелер осы Заңның 9-бабының 1-1-тармағында көрсетілген ақпаратты беруден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z311" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Жылына бір мың бес жүз және одан да көп тонна шартты отынға балама көлемде энергетикалық ресурстарды тұтынатын Мемлекеттік энергетикалық тізілім субъектілері энергия үнемдеу және энергия тиімділігін арттыру жөніндегі жауапты адамды тағайындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z333" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Жылына елу мың және одан да көп тонна шартты отынға балама көлемде энергетикалық ресурстарды тұтынатын Мемлекеттік энергетикалық тізілім субъектілері уәкілетті орган белгілеген энергия тиімділігі бойынша нысаналы индикаторларға қол жеткізуді қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z245" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Энергия-аудиторлық ұйымдар және дара кәсiпкер болып табылатын энергия аудиторлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының энергия үнемдеу және энергия тиiмдiлiгiн арттыру туралы заңнамасында белгiленген энергия аудитiн жүргiзу тәртiбiн сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) энергия аудитiн жүргізу кезiнде уәкiлеттi органның жол берiлген бұзушылықтарды жою жөніндегі нұсқамаларын уақтылы орындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="253"/>
-[...94 lines deleted...]
-      11) осы Заңда көзделген өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оқу орталықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу орталықтарының Қазақстан Республикасының энергия үнемдеу және энергия тиiмдiлiгiн арттыру туралы заңнамасында белгiленген қызмет тәртібін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) энергия үнемдеу және энергия тиiмдiлiгiн арттыру саласындағы қызметті жүзеге асыратын кадрларды қайта даярлауды және (немесе) олардың біліктілігін арттыруды жүргізу кезiнде уәкiлеттi органның жол берiлген бұзушылықтарды жою жөніндегі нұсқамаларын уақтылы орындауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда - ҚР 17.11.2015 </w:t>
-[...46 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 14.01.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз); 17.07.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  7-тарау. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-бап. Қазақстан Республикасының энергия үнемдеу және энергия тиімділігін арттыру туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының энергия үнемдеу және энергия тиімділігін арттыру туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Уәкілетті органның лауазымды адамының әрекеттеріне (әрекетсіздігіне) шағым жасау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және (немесе) заңды тұлғалар уәкілетті органның лауазымды адамының әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда – ҚР 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>21-бап. Энергия үнемдеу және энергия тиімділігін арттыру саласындағы субъектілердің құқықтары мен міндеттері</w:t>
-[...313 lines deleted...]
-      2) энергия аудитiн жүргізу кезiнде уәкiлеттi органның жол берiлген бұзушылықтарды жою жөніндегі нұсқамаларын уақтылы орындауға міндетті.</w:t>
+        <w:t>23-1-бап. Өтпелі ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Энергия үнемдеу және энергия тиімділігін арттыру саласындағы энергия аудиторының аттестаты бар энергия аудиторы энергия үнемдеу және энергия тиімділігін арттыру саласындағы ұлттық стандарттар қабылданған күннен бастап алты ай өткен соң энергия аудиторының сәйкестігін растаудан өтуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) алып тасталды – ҚР 30.06.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 23-1-баппен толықтырылды – ҚР 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12219,881 +12777,368 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="270"/>
-[...226 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...288 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Осы Заңның қолданысқа енгізілу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="274"/>
+    <w:bookmarkStart w:name="z255" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z256" w:id="275"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z256" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2013 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 5-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақшасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z257" w:id="276"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z257" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2013 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z258" w:id="277"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z258" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2012 жылғы 1 шілдеден бастап қолданысқа енгізілетін 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z259" w:id="278"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z259" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2013 жылғы 1 қаңтардан бастап қолданысқа енгізілетін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бапты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z260" w:id="279"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z260" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2014 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 10-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z261" w:id="280"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z261" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қуаты 100 Вт және одан жоғары қыздыру электр шамдары үшін – 2012 жылғы 1 шілдеден бастап, қуаты 75 Вт және одан жоғары қыздыру электр шамдары үшін – 2013 жылғы 1 қаңтардан бастап, қуаты 25 Вт және одан жоғары қыздыру электр шамдары үшін 2014 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 13-баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z262" w:id="281"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z262" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2014 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 13-баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z263" w:id="282"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z263" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2013 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 15-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13108,131 +13153,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармақтарын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z264" w:id="283"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z264" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2013 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 21-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z265" w:id="284"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z265" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Энергия үнемдеу туралы" 1997 жылғы 25 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 1997 ж., № 24, 343-құжат; 2004 ж., № 23, 142-құжат; 2006 ж., № 1, 5-құжат, 2009 ж., № 13-14, 62-құжат; 2010 ж., № 5, 23-құжат; 2011 ж., № 1, 2-құжат; № 11, 102-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -13390,55 +13435,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>