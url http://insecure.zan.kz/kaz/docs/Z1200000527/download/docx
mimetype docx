--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="242a8e1" w14:textId="242a8e1">
+    <w:p w14:paraId="83c488d" w14:textId="83c488d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4294,408 +4294,436 @@
         <w:t>
       8) байланыс саласындағы уәкілетті орган – Қазақстан Республикасының байланыс инфрақұрылымын қалыптастыруды, дамытуды және оның қауіпсіздігін қамтамасыз етуді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:bookmarkStart w:name="z363" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) масс-медиа саласындағы уәкілетті орган – масс-медиа саласында мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z364" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) ақпараттандыру саласындағы уәкілетті орган – ақпараттандыру және "электрондық үкімет" саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган ақпараттық қауіпсіздікті қамтамасыз ету бойынша құқықтық, әкімшілік және өзге де шараларды әзірлейді, олардың іске асырылуы мен сақталуын бақылауды, сондай-ақ ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі қызметті ведомствоаралық үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қоршаған ортаны қорғау саласындағы уәкілетті орган – қоршаған ортаны қорғау және табиғат пайдалану саласында мемлекеттік саясатты әзірлеу және іске асыру мәселелері бойынша басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z136" w:id="144"/>
-[...15 lines deleted...]
-      9) ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган ақпараттық қауіпсіздікті қамтамасыз ету бойынша құқықтық, әкімшілік және өзге де шараларды әзірлейді, олардың іске асырылуы мен сақталуын бақылауды, сондай-ақ ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі қызметті ведомствоаралық үйлестіруді жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік жоспарлау саласындағы уәкілетті орган – Қазақстан Республикасының әлеуметтік-экономикалық дамуының негізгі басымдықтарын, жұмылдыру даярлығы мен жұмылдыру саласындағы мемлекеттік саясатты қалыптастыруды жүзеге асыратын, ішкі және сыртқы сауданы реттеу мен дамытуды, сондай-ақ заңнамада белгіленген құзырет шегінде экономикалық қауіпсіздікті қамтамасыз ету жөніндегі қызметті ведомствоаралық үйлестіруді қамтамасыз ететін орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган – агроөнеркәсіптік кешенді дамыту саласындағы мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z137" w:id="145"/>
-[...15 lines deleted...]
-      10) қоршаған ортаны қорғау саласындағы уәкілетті орган – қоршаған ортаны қорғау және табиғат пайдалану саласында мемлекеттік саясатты әзірлеу және іске асыру мәселелері бойынша басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) көлік және коммуникация саласындағы уәкілетті орган – көлік-коммуникация саласына басшылықты, сондай-ақ заңнамада көзделген шекте салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:p>
-[...33 lines deleted...]
-      12) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган – агроөнеркәсіптік кешенді дамыту саласындағы мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z140" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) қаржы саласындағы уәкілетті орган – Қазақстан Республикасының салық, кеден және бюджет заңнамасының сақталуын, мемлекеттік мүліктің ұтымды пайдаланылуы мен сақталуын, экономикалық және қаржылық қауіпсіздікті қамтамасыз ету жөніндегі қызметті ведомствоаралық үйлестіруді қамтамасыз ететін орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z139" w:id="147"/>
-[...15 lines deleted...]
-      13) көлік және коммуникация саласындағы уәкілетті орган – көлік-коммуникация саласына басшылықты, сондай-ақ заңнамада көзделген шекте салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) қаржы мониторингі саласындағы уәкілетті орган – қаржы мониторингін жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл бойынша шаралар қолданатын, экономикалық және қаржылық қауіпсіздікті қамтамасыз ету жөніндегі қызметті ведомствоаралық үйлестіруді қамтамасыз ететін, сондай-ақ экономикалық және қаржылық қызмет саласында адамның және азаматтың құқықтарына, қоғам мен мемлекеттің мүдделеріне қылмыстық және өзге де құқыққа қарсы қол сұғушылықтардың алдын алуды, оларды анықтауды, жолын кесуді, ашуды және тергеп-тексеруді жүзеге асыратын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:p>
-[...238 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z141" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) индустриялық даму саласындағы уәкілетті орган - индустриялық даму саласындағы мемлекеттік саясатты әзірлеу мен іске асыру мәселелері бойынша басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z358" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5677,50 +5705,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z163" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9078,1706 +9146,2202 @@
         <w:t>
       6) ұлттық қауіпсіздікке нұқсан келтіре отырып, ақпаратты әдейі бұрмалаумен және дәйексіз ақпаратты таратумен байланысты қоғамдық және жеке санаға ақпараттық ықпал етуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
     <w:bookmarkStart w:name="z297" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік шешімдер тұжырымдау мен қабылдау процесіне ұлттық қауіпсіздікке нұқсан келтіре отырып, жасырын ақпараттық ықпал ету тетіктерін табуға және бұзуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z298" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік, коммерциялық және заңмен қорғалатын өзге де құпияны құрайтын мәліметтер айналыста болатын ақпараттық ресурстарды, ақпараттық жүйелерді және байланыс инфрақұрылымын қорғаудың тиімді жүйесін қолдауға және дамытуға бағытталған шешімдерімен және іс-қимылдарымен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасында ақпараттық қауіпсіздікті, оның iшiнде мемлекеттік электрондық ақпараттық ресурстардың, ақпараттық жүйелердің, ақпараттық-коммуникациялық инфрақұрылымның және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздігін қамтамасыз етудің ұлттық жүйесі құрылады және нығайтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z300" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының ұлттық мүдделерiн қорғау және ақпараттық оқшаулануын болдырмау мақсатында мемлекеттiк уәкiлеттi органдар инвесторларға берiлетiн кепiлдiктердi сақтай отырып, магистральдық байланыс желілерін басқару мен пайдалануды жүзеге асыратын ұйымдардың, сондай-ақ шетелдіктер қатысатын ұйымдардың басқаруындағы немесе меншiгiндегi байланыс желiлерiнің қызметiне заңнамада айқындалған тәртiппен бақылау жасауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z299" w:id="313"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасында ақпараттық қауіпсіздікті, оның iшiнде мемлекеттік электрондық ақпараттық ресурстардың, ақпараттық жүйелердің, ақпараттық-коммуникациялық инфрақұрылымның және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздігін қамтамасыз етудің ұлттық жүйесі құрылады және нығайтылады.</w:t>
+    <w:bookmarkStart w:name="z301" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жеке және заңды тұлғалар байланыс желiлерiн салу, пайдалану және дамыту мәселелерi жөнiнде шешiм қабылдау кезiнде байланыс саласындағы уәкілетті орган айқындайтын ұлттық қауiпсiздiкті сақтау талаптарын басшылыққа алуға тиiс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z300" w:id="314"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасының ұлттық мүдделерiн қорғау және ақпараттық оқшаулануын болдырмау мақсатында мемлекеттiк уәкiлеттi органдар инвесторларға берiлетiн кепiлдiктердi сақтай отырып, магистральдық байланыс желілерін басқару мен пайдалануды жүзеге асыратын ұйымдардың, сондай-ақ шетелдіктер қатысатын ұйымдардың басқаруындағы немесе меншiгiндегi байланыс желiлерiнің қызметiне заңнамада айқындалған тәртiппен бақылау жасауды жүзеге асырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Терроризмге қарсы операциялар жүргізу және жаппай тәртіпсіздіктің жолын кесу кезінде жедел штаб басшысының шешімі бойынша байланыс желілерінің иелері мен операторларына "Байланыс туралы" Қазақстан Республикасы Заңының 41-1-бабының 1-2-тармағына сәйкес жеке және (немесе) заңды тұлғаларға байланыс қызметтерін көрсетуді тоқтата тұру және (немесе) байланыс желілері мен құралдарын пайдалануды шектеу, сондай-ақ байланыс желілері мен құралдарының жұмыс режимін өзгерту туралы орындалуға міндетті нұсқау берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z301" w:id="315"/>
-[...15 lines deleted...]
-      4. Жеке және заңды тұлғалар байланыс желiлерiн салу, пайдалану және дамыту мәселелерi жөнiнде шешiм қабылдау кезiнде байланыс саласындағы уәкілетті орган айқындайтын ұлттық қауiпсiздiкті сақтау талаптарын басшылыққа алуға тиiс.</w:t>
+    <w:bookmarkStart w:name="z303" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының ақпараттық кеңiстiгiн қалыптастыру және оның үздiксiз жұмыс iстеуi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      5. Мыналарға:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстанның әлемдiк байланыс және ақпараттандыру жүйесiне кiруi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының ақпараттық ресурстарын, ақпараттық жүйелерін және байланыс инфрақұрылымын қорғауды қамтамасыз ету және оның деңгейін арттыру жөніндегі ұлттық мүдделеріне қайшы келетiн шешiмдер қабылдауға және iс-қимыл жасауға жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z303" w:id="317"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының ақпараттық кеңiстiгiн қалыптастыру және оның үздiксiз жұмыс iстеуi;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мазмұны ұлттық қауiпсiздiкке нұқсан келтiретiн шетелдік бұқаралық ақпарат құралдарының баспа өнімдері мен өнімін Қазақстан Республикасының аумағында таратуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z304" w:id="318"/>
-[...15 lines deleted...]
-      2) Қазақстанның әлемдiк байланыс және ақпараттандыру жүйесiне кiруi;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны жария етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z305" w:id="319"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының ақпараттық ресурстарын, ақпараттық жүйелерін және байланыс инфрақұрылымын қорғауды қамтамасыз ету және оның деңгейін арттыру жөніндегі ұлттық мүдделеріне қайшы келетiн шешiмдер қабылдауға және iс-қимыл жасауға жол берiлмейдi.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шетелдiк жеке және заңды тұлғалардың, сондай-ақ азаматтығы жоқ адамдардың Қазақстан Республикасындағы бұқаралық ақпарат құралының немесе осы салада қызметiн жүзеге асыратын меншік иесі – заңды тұлғаның акцияларының (үлесiнiң, пайлардың) 20 пайызынан астамын тiкелей және (немесе) жанама түрде иеленуiне, пайдалануына, билiк етуiне және (немесе) басқаруына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z306" w:id="320"/>
-[...15 lines deleted...]
-      6. Мыналарға:</w:t>
+    <w:bookmarkStart w:name="z310" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың магистральдық байланыс желілерін Қазақстан Республикасының аумағында заңды тұлға құрмай басқаруына немесе пайдалануына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z307" w:id="321"/>
-[...15 lines deleted...]
-      1) мазмұны ұлттық қауiпсiздiкке нұқсан келтiретiн шетелдік бұқаралық ақпарат құралдарының баспа өнімдері мен өнімін Қазақстан Республикасының аумағында таратуға;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басқару орталығы Қазақстан Республикасынан тысқары жерлерде орналасқан байланыс желiлерiн оның аумағында құруға және пайдалануға, сондай-ақ осындай байланыс желісінің жұмыс істеуін қамтамасыз ету үшін телекоммуникация құралдарын әкелуге, өткізуге және өзге де беруге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z308" w:id="322"/>
-[...15 lines deleted...]
-      2) мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны жария етуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның талаптары пилоттық жоба шеңберінде геостационарлық емес спутниктерді қолдана отырып Қазақстан Республикасының аумағында байланыс желілерін пайдалануға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның бірінші бөлігінде көрсетілген талаптарды сақтамай, геостационарлық емес спутниктерді қолдана отырып байланыс желілерін пайдалану жөніндегі пилоттық жоба 2027 жылғы 1 қаңтарға дейін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Геостационарлық емес спутниктерді қолдана отырып байланыс желілерін пайдалану тәртібін байланыс саласындағы уәкілетті орган ұлттық қауіпсіздік органдарымен келісу бойынша айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z312" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) байланыс саласындағы уәкiлеттi органның, сондай-ақ ұлттық қауіпсіздік органдарының келiсiмiнсiз, қалааралық және (немесе) халықаралық байланыс операторы ретiнде байланыс желісін иеленушi және (немесе) оларды басқару немесе пайдалану жөнiндегi қызметтi жүзеге асырушы ұйымның дауыс беретiн акцияларының, сондай-ақ үлестерiнiң, пайларының 10 пайызынан астамын жеке және заңды тұлғалардың дербес немесе тұлғалар тобы құрамында сатып алуына немесе өзгеше меншiкке алуына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z309" w:id="323"/>
-[...15 lines deleted...]
-      3) шетелдiк жеке және заңды тұлғалардың, сондай-ақ азаматтығы жоқ адамдардың Қазақстан Республикасындағы бұқаралық ақпарат құралының немесе осы салада қызметiн жүзеге асыратын меншік иесі – заңды тұлғаның акцияларының (үлесiнiң, пайлардың) 20 пайызынан астамын тiкелей және (немесе) жанама түрде иеленуiне, пайдалануына, билiк етуiне және (немесе) басқаруына;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ұлттық қауіпсіздік органдарымен келісілген, байланыс саласындағы уәкілетті органның қорытындысына негізделген, Қазақстан Республикасы Үкіметінің оң шешімінсіз қалааралық және (немесе) халықаралық байланыс операторы ретiнде телекоммуникациялар саласындағы қызметтi жүзеге асырушы, жер бетiндегi (кәбілдік, оның iшiнде талшықты-оптикалық, радиорелелiк) байланыс желілерін иеленуші заңды тұлғаның дауыс беретiн акцияларының, сондай-ақ үлестерiнiң, пайларының жиынтығында 49 пайыздан астамын шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың тiкелей және (немесе) жанама түрде иеленуiне, пайдалануына, билiк етуiне және (немесе) басқаруына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z310" w:id="324"/>
-[...15 lines deleted...]
-      4) шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың магистральдық байланыс желілерін Қазақстан Республикасының аумағында заңды тұлға құрмай басқаруына немесе пайдалануына;</w:t>
+    <w:bookmarkStart w:name="z375" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жедел-iздестiру, қарсы барлау іс-шараларын қамтамасыз ету жөнiндегi нормативтiк құқықтық актiлердiң талаптарына сәйкес келмейтiн байланыс желiлерiн құруға немесе дамытуға, оның ішінде пайдалануға беруге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z311" w:id="325"/>
-[...15 lines deleted...]
-      5) басқару орталығы Қазақстан Республикасынан тысқары жерлерде орналасқан байланыс желiлерiн оның аумағында құруға және пайдалануға, сондай-ақ осындай байланыс желісінің жұмыс істеуін қамтамасыз ету үшін телекоммуникация құралдарын әкелуге, өткізуге және өзге де беруге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z315" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Байланыс және ақпарат саласында ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегi қызметтi жүзеге асыратын ұйымдардың акцияларын (үлестерiн, пайларын) иелену немесе олардың қызметiне қатысу бөлiгiндегi өзге де шектеулер Қазақстан Республикасының заңдарында белгiленедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...65 lines deleted...]
-      6) байланыс саласындағы уәкiлеттi органның, сондай-ақ ұлттық қауіпсіздік органдарының келiсiмiнсiз, қалааралық және (немесе) халықаралық байланыс операторы ретiнде байланыс желісін иеленушi және (немесе) оларды басқару немесе пайдалану жөнiндегi қызметтi жүзеге асырушы ұйымның дауыс беретiн акцияларының, сондай-ақ үлестерiнiң, пайларының 10 пайызынан астамын жеке және заңды тұлғалардың дербес немесе тұлғалар тобы құрамында сатып алуына немесе өзгеше меншiкке алуына;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 04.12.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін екі ай өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z316" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-бап. Экологиялық қауіпсіздікті қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z313" w:id="327"/>
-[...15 lines deleted...]
-      7) ұлттық қауіпсіздік органдарымен келісілген, байланыс саласындағы уәкілетті органның қорытындысына негізделген, Қазақстан Республикасы Үкіметінің оң шешімінсіз қалааралық және (немесе) халықаралық байланыс операторы ретiнде телекоммуникациялар саласындағы қызметтi жүзеге асырушы, жер бетiндегi (кәбілдік, оның iшiнде талшықты-оптикалық, радиорелелiк) байланыс желілерін иеленуші заңды тұлғаның дауыс беретiн акцияларының, сондай-ақ үлестерiнiң, пайларының жиынтығында 49 пайыздан астамын шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың тiкелей және (немесе) жанама түрде иеленуiне, пайдалануына, билiк етуiне және (немесе) басқаруына;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экологиялық қауіпсіздік мемлекеттік органдардың, ұйымдар мен лауазымды адамдардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z375" w:id="328"/>
-[...15 lines deleted...]
-      8) жедел-iздестiру, қарсы барлау іс-шараларын қамтамасыз ету жөнiндегi нормативтiк құқықтық актiлердiң талаптарына сәйкес келмейтiн байланыс желiлерiн құруға немесе дамытуға, оның ішінде пайдалануға беруге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) табиғи ресурстарды сақтауға, ұтымды пайдалануға және қалпына келтіруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z315" w:id="329"/>
-[...15 lines deleted...]
-      7. Байланыс және ақпарат саласында ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегi қызметтi жүзеге асыратын ұйымдардың акцияларын (үлестерiн, пайларын) иелену немесе олардың қызметiне қатысу бөлiгiндегi өзге де шектеулер Қазақстан Республикасының заңдарында белгiленедi.</w:t>
+    <w:bookmarkStart w:name="z319" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қоршаған орта мен ел халқы үшін антропогендік факторлардың қауіптілік деңгейін азайтуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z320" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өндірістік күштерді дамыту мен орналастырудың экологиялық-экономикалық теңгерімділігін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z321" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қоршаған орта және экологиялық апат аймақтарында тұратын Қазақстан халқы үшін теріс салдарларды жоюға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z322" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) экономиканы, заңнаманы және қоғамды экологияландыруға, қоғамдық қатынастарды реттеуге экожүйелік көзқарас орнатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z323" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоғамдық санада экологиялық мәдениетті қалыптастыруға, экологиялық бiлiм беру мен ағарту жүйесін жақсартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z324" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) әрбiр адамның экологиялық ақпаратқа қол жеткiзу құқығын сақтауға және жұртшылықтың қоршаған ортаны қорғау мәселелерiн шешуге жан-жақты қатысуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z325" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) табиғи және техногендiк сипаттағы төтенше жағдайлардан болған қатерлерді азайтуға және олардың салдарларын жұмсартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z326" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) халықаралық ынтымақтастықта әріптестік қатынастар орнатуға және халықаралық құқық нормаларын сақтауға бағытталған шешімдерімен және іс-қимылдарымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z327" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уәкілетті мемлекеттiк органдардың, ұйымдардың, лауазымды адамдардың мiндетi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z328" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қоршаған ортаны қорғау, табиғи ресурстарды ұтымды пайдалану және қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z329" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының экологиялық заңнамасының және Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасының талаптары мен нормаларын мүлтіксіз сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z330" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ел аумағының радиоактивтi, химиялық ластануына, бактериологиялық зарарлануына жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z331" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) экологиялық қауіпті технологиялардың, техника мен жабдықтың тізіліміне енгізілген технологиялардың, техника мен жабдықтың Қазақстан Республикасының аумағында қолданылуын болдырмау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z332" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) шаруашылық және өзге де қызметтiң теріс экологиялық зардаптарын жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z333" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоршаған ортаға және адамның денсаулығына келтірілген залалды өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z334" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) басқару органдары мен күштерін табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу мен оларды жою жөніндегі, зақымдаудың қазіргі заманғы құралдарының дамуын ескере отырып, азаматтық қорғаныс жөніндегі іс-қимылдарға міндетті түрде дайындау, халықты табиғи және техногендік сипаттағы төтенше жағдайлар қатері төнген және туындаған жағдайлардағы іс-қимылдарға үйрету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z335" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) болжанған және туындаған табиғи және техногендік сипаттағы төтенше жағдайлар, олардың алдын алу мен оларды жою жөнінде қабылданған шаралардың жариялығы және олар туралы халыққа және ұйымдарға хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z336" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) табиғи және техногендік сипаттағы төтенше жағдайларға және авариялық-құтқару мен кезек күттірмейтін жұмыстарға жедел ден қоюға азаматтық қорғаныс күштері мен құралдарының тұрақты дайындығын қамтамасыз ету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
-[...179 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="330"/>
+    <w:bookmarkStart w:name="z337" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 24-бап. Экологиялық қауіпсіздікті қамтамасыз ету</w:t>
-[...339 lines deleted...]
-      6) қоршаған ортаға және адамның денсаулығына келтірілген залалды өтеу;</w:t>
+        <w:t xml:space="preserve"> 25-бап. Қазақстан Республикасының халықаралық қауіпсіздікті қамтамасыз етуге қатысуы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z334" w:id="348"/>
-[...15 lines deleted...]
-      7) басқару органдары мен күштерін табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу мен оларды жою жөніндегі, зақымдаудың қазіргі заманғы құралдарының дамуын ескере отырып, азаматтық қорғаныс жөніндегі іс-қимылдарға міндетті түрде дайындау, халықты табиғи және техногендік сипаттағы төтенше жағдайлар қатері төнген және туындаған жағдайлардағы іс-қимылдарға үйрету;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы ұлттық қауiпсiздiктiң халықаралық кепiлдiктерiн алу мақсатында ұлттық қауiпсiздiктiң құрамдас бөлiгi болып табылатын халықаралық (жаһандық, өңірлік) қауiпсiздiктi қамтамасыз етуге қатысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z335" w:id="349"/>
-[...15 lines deleted...]
-      8) болжанған және туындаған табиғи және техногендік сипаттағы төтенше жағдайлар, олардың алдын алу мен оларды жою жөнінде қабылданған шаралардың жариялығы және олар туралы халыққа және ұйымдарға хабардар ету;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының халықаралық қауіпсіздікті қамтамасыз ету жөніндегі қызметі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z336" w:id="350"/>
-[...15 lines deleted...]
-      9) табиғи және техногендік сипаттағы төтенше жағдайларға және авариялық-құтқару мен кезек күттірмейтін жұмыстарға жедел ден қоюға азаматтық қорғаныс күштері мен құралдарының тұрақты дайындығын қамтамасыз ету болып табылады.</w:t>
+    <w:bookmarkStart w:name="z340" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жаһандық бейбiтшiлiк тәртiбiн қалыптастыру мәселелерінде Қазақстанның рөлін нығайтуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z341" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстанның геосаяси айналасында ұжымдық қауiпсiздiктiң тиiмдi жүйесiн қалыптастыру мен нығайтуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z342" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметі Қазақстан Республикасының ұлттық қауiпсiздiгі мүдделерiне сай келетін халықаралық ұйымдар мен форумдарға қатысуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z343" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының халықаралық шарттарына сәйкес елден тыс жерлерде ұлттық қауiпсiздiктi қамтамасыз етуге бағытталған іс-шараларға қатысуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z344" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қажет болған жағдайларда шекаралас мемлекеттермен бiрлесiп, ұлттық қауiпсiздiктi қамтамасыз етуге қатысты мәселелердi шешуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z345" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының ұлттық қауіпсіздігі мүдделеріне сай келетін халықаралық шарттар жасасуды көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z346" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бап. Ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегiіс-шараларды қаржыландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық қауіпсіздікті қамтамасыз ету жөніндегі қызмет бюджет қаражаты есебiнен қаржыландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z355" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z348" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27-бап. Ұлттық қауiпсiздiктi қамтамасыз ету саласындағы заңдылықтың сақталуын қадағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z347" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық қауiпсiздiктi қамтамасыз ету саласындағы заңдылықтың сақталуына жоғары қадағалауды Қазақстан Республикасының прокуратурасы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 11.04.2014 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.  </w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-бап жаңа редакцияда - ҚР 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="351"/>
+    <w:bookmarkStart w:name="z349" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 25-бап. Қазақстан Республикасының халықаралық қауіпсіздікті қамтамасыз етуге қатысуы</w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z346" w:id="360"/>
+        <w:t xml:space="preserve"> 28-бап. Қазақстан Республикасының ұлттық қауiпсiздiкті қамтамасыз ету саласындағы заңнамасын бұзғаны үшiн жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының ұлттық қауiпсiздiкті қамтамасыз ету саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгiленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z350" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26-бап. Ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегiіс-шараларды қаржыландыру</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z355" w:id="361"/>
+        <w:t xml:space="preserve"> 29-бап. Осы Заңның өзге де нормативтiк құқықтық актiлермен арақатынасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңның нормалары ұлттық қауiпсiздiктi қамтамасыз етудiң жекелеген бағыттары мен тәсілдерiн регламенттейтін өзге де нормативтiк құқықтық актiлердi әзiрлеу және қабылдау үшiн негiз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z351" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 27-бап. Ұлттық қауiпсiздiктi қамтамасыз ету саласындағы заңдылықтың сақталуын қадағалау</w:t>
+        <w:t xml:space="preserve"> 30-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z347" w:id="363"/>
-[...15 lines deleted...]
-      Ұлттық қауiпсiздiктi қамтамасыз ету саласындағы заңдылықтың сақталуына жоғары қадағалауды Қазақстан Республикасының прокуратурасы жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z352" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заң, шет мемлекеттердің және (немесе) халықаралық ұйымдардың әскери құралымдарының, қару-жарақтары мен әскери техникасының Қазақстан аумағы арқылы әуе кемелерімен транзитіне тыйым салу бөлігінде 20-баптың 4-тармағының 2) тармақшасын қоспағанда, алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> 28-бап. Қазақстан Республикасының ұлттық қауiпсiздiкті қамтамасыз ету саласындағы заңнамасын бұзғаны үшiн жауаптылық</w:t>
+    <w:bookmarkStart w:name="z1" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет мемлекеттердің және (немесе) халықаралық ұйымдардың әскери құралымдарының, қару-жарақтары мен әскери техникасының Қазақстан аумағы арқылы әуе кемелерімен транзитіне тыйым салу бөлігінде осы Заңның 20-бабы 4-тармағының 2) тармақшасы 2015 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z353" w:id="369"/>
+    <w:bookmarkStart w:name="z353" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының ұлттық қауіпсіздігі туралы" Қазақстан Республикасының 1998 жылғы 26 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 1998 ж., № 11-12, 173-құжат; 2000 ж., № 5, 115-құжат; 2004 ж., № 14, 82-құжат; № 23, 142-құжат; 2005 ж., № 16, 70-құжат; 2007 ж., № 1, 4-құжат; № 20, 153-құжат; 2009 ж., № 15-16, 74-құжат; № 24, 129-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10997,55 +11561,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>