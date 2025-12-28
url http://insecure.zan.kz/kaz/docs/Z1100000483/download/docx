--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d599e63" w14:textId="d599e63">
+    <w:p w14:paraId="4781c1b" w14:textId="4781c1b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4915,484 +4915,410 @@
         <w:t>
        1. Дiни бiрлестiктер қайырымдылықты жүзеге асыруға және қайырымдылық ұйымдарын ашуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z103" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайырымдылықты жүзеге асыру кезінде діни қызметке тарту мақсатында Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың материалдық тәуелділігін (мұқтаждығын) пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z210" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ерiктi қайырмалдықтарға жүгінетін дiни бiрлестiктер Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасында белгіленген талаптарды сақтауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...162 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бап. Дiнге сенушiлердiң және дiни бiрлестiктердiң халықаралық байланыстары мен қарым-қатынастары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="124"/>
+    <w:bookmarkStart w:name="z105" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының азаматтары, шетелдіктер, азаматтығы жоқ адамдар мен дiни бiрлестiктер олардың мінажат етуге, жиналыстар мен басқа да дiни іс-шараларға қатысу үшiн шетелге шығып тұруын қоса алғанда, халықаралық байланыстар мен жеке қарым-қатынас орнатуға және қатынастарын үзбеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z106" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z106" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Дiни бiрлестiктер діни білім беру ұйымдарында оқыту үшiн шетелге Қазақстан Республикасының азаматтарын жiбере алады және </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағындағы діни білім беру ұйымдарында оқыту үшiн шетелдіктерді, азаматтығы жоқ адамдарды қабылдай алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="126"/>
+    <w:bookmarkStart w:name="z107" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ДІНИ БIРЛЕСТIКТЕРДІ ҚҰРУ, МЕМЛЕКЕТТІК ТІРКЕУ, ҚАЙТА ҰЙЫМДАСТЫРУ, ТАРАТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Діни бірлестіктердің мәртебесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="127"/>
+    <w:bookmarkStart w:name="z109" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасында: жергілікті, өңірлік және республикалық мәртебесі бар діни бірлестіктер құрылуы және әрекет етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z110" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z110" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының кемінде елу азаматының бастамасы бойынша құрылған, бір облыстың, республикалық маңызы бар қаланың және астананың шегінде әрекет ететін діни бірлестік жергілікті діни бірлестік болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z111" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z111" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кемінде екі жергілікті діни бірлестіктің бастамасы бойынша құрылған, жалпы саны кемінде Қазақстан Республикасының бес жүз азаматы болатын діни бірлестік өңірлік діни бірлестік деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлік діни бірлестіктер өңірлік діни бірлестіктерді құруға бастамашылық жасаған жергілікті діни бірлестіктер қызметі аумағының шегінде құрылады және өз қызметін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="130"/>
+    <w:bookmarkStart w:name="z113" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Барлық облыстардан, республикалық маңызы бар қалалардан және астанадан өкілдік ететін, Қазақстан Республикасының кемінде бес мың азаматының бастамасы бойынша құрылған, олардың әрқайсысында Қазақстан Республикасының кемінде үш жүз азаматы бар, сондай-ақ Қазақстан Республикасының барлық аумағында өз құрылымдық бөлімшелері (филиалдары мен өкілдіктері) бар діни бірлестік республикалық діни бірлестік болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5428,664 +5354,664 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Діни бірлестіктерді құру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="131"/>
+    <w:bookmarkStart w:name="z114" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Діни бірлестік он сегіз жасқа толған, құрылтай жиналысын (съезін, конференциясын) шақыратын Қазақстан Республикасы азаматтарының бастамасы бойынша құрылады, онда діни бірлестікті құру, оның атауы, жарғысы туралы шешімдер қабылданады және оның басшылық органдары құрылады. Азаматтар құрылтай жиналысына (съезіне, конференциясына) өз еркі бойынша жеке түрде қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z115" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z115" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Діни бірлестіктің мынадай белгілері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z116" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z116" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ортақ діни ілімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z117" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z117" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) діни жораларды, рәсімдер мен уағыздарды орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z118" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z118" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз қатысушыларын (мүшелерін) және дін ұстанушыларын дінге тәрбиелеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z119" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z119" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қызметінің діни бағыты болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z120" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z120" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республикалық діни бірлестіктер мен өңірлік діни бірлестіктер өз жарғыларына сәйкес діни қызметшілер даярлаудың кәсіптік оқу бағдарламаларын іске асыратын мекемелер нысанында діни білім беру ұйымдарын құруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z121" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z121" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Діни білім беру ұйымдарын қоспағанда, діни бірлестіктен басқа өзгеше ұйымдық-құқықтық нысанда діни қызметпен айналысатын заңды тұлғаларды құруға және олардың қызметіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z122" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z122" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік органдарда, ұйымдар мен мекемелерде, білім беру және денсаулық сақтау ұйымдарында діни бірлестіктердің ұйымдық құрылымдарын құруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Діни бірлестіктің атауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="140"/>
+    <w:bookmarkStart w:name="z124" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Діни бірлестіктің атауы ұстанатын діні мен мәртебесін қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z125" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z125" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Толық және қысқартылған атауы мен оның нышаны Қазақстан Республикасының және басқа да мемлекеттердің мемлекеттік рәміздерін, Қазақстан Республикасы мемлекеттік органдарының, Қазақстан Республикасында тіркелген діни бірлестіктердің, сондай-ақ Қазақстан Республикасының заңнамасын бұзуына байланысты тыйым салынған және (немесе) таратылған діни бірлестіктердің атауы мен нышанын толық немесе оның елеулі бөлігінде қайталамауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Діни бірлестіктерді мемлекеттік тіркеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="142"/>
+    <w:bookmarkStart w:name="z127" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дiни бiрлестiк оны мемлекеттік тіркеген сәттен бастап заңды тұлғаның құқық қабiлеттілігiне ие болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z128" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z128" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республикалық діни бiрлестiктердi және өңірлік діни бірлестіктерді мемлекеттiк тiркеудi Қазақстан Республикасының Әдiлет министрлiгi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z129" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z129" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті діни бірлестіктерді мемлекеттік тіркеуді, филиалдар мен өкілдіктерді есептік тіркеуді аумақтық әдiлет органдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z130" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z130" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Діни бірлестікті құру туралы шешім қабылданған сәттен бастап екі ай мерзім ішінде тіркелу үшін тіркеуші органға өтініш беріледі. Өтінішке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z131" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z131" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) діни бірлестік басшысының қолы қойылған діни бірлестіктің жарғысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z132" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z132" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құрылтай жиналысының (съезінің, конференциясының) хаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z133" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z133" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құрылатын діни бірлестіктің бастамашы азаматтарының тіркеуші орган белгілеген нысан бойынша электрондық және қағаз жеткізгіштердегі тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z134" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z134" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дiни бiрлестiктiң орналасқан жерiн растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z135" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z135" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) діни ілімнің пайда болу тарихы мен негіздерін ашып көрсететін және осы ілімге сәйкес келетін діни қызмет туралы мәліметтер қамтылған діни баспа материалдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z136" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z136" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заңды тұлғаны мемлекеттік тіркегені үшін бюджетке тіркеу алымы төленгенін растайтын түбіртек немесе өзге де құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z137" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z137" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) діни бірлестіктің басшысын сайлау туралы шешім не шетелдік діни орталық басшыны тағайындаған жағдайда, уәкілетті органмен келісілгенін растайтын құжат қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z138" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z138" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Өңірлік діни бірлестікті тіркеу кезінде тіркеуші орган белгілеген нысан бойынша өңірлік діни бірлестіктерді құруға бастамашылық жасаған жергілікті діни бірлестіктердің әрқайсысының қатысушыларының тізімі, сондай-ақ олардың жергілікті діни бірлестіктері жарғыларының нотариат куәландырған көшірмелері қосымша табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z139" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z139" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республикалық діни бірлестіктер мәртебесін растау үшін тіркелген күнінен бастап бір жыл өткенге дейін тіркеуді жүзеге асыратын органға олардың құрылымдық бөлімшелерінің (филиалдары мен өкілдіктерінің) аумақтық әділет органдарында есептік тіркеуден өткенін растайтын құжаттардың көшірмелерін ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z140" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z140" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы баптың 5-тармағының талаптарын орындамаған жағдайда, республикалық діни бірлестік Қазақстан Республикасының заңдарында белгіленген тәртіппен қайта ұйымдастырылуға немесе таратылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z141" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z141" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Діни бірлестіктерді мемлекеттiк тіркеу және олардың филиалдары мен өкілдіктерін есептiк тiркеу, діни бірлестіктерді қайта тiркеу, тiркеуден бас тарту осы Заңда көзделген ерекшеліктер ескеріле отырып, "Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы" Қазақстан Республикасының Заңында көзделген тәртiппен және мерзiмде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z142" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z142" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік тіркеудің (қайта тіркеудің) мерзіміне дінтану сараптамасын жүргізу және діни бірлестікті құруға бастамашы азаматтар тізімінің осы Заңның талаптарына сәйкестігін тексеру үшін үзіліс жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z143" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z143" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тіркеуші орган мемлекеттік тіркеу (қайта тіркеу) мерзіміне үзіліс жасау туралы шешім қабылданған күннен бастап үш жұмыс күнінен кешіктірмей уәкілетті органға дінтану сараптамасын жүргізуді ұйымдастыру үшін қажетті құжаттардың көшірмелерін және облыстардың, республикалық маңызы бар қалалардың және астананың жергiлiктi атқарушы органдарына тексеру үшін діни бірлестіктер құруға бастамашы азаматтар тізімдерінің көшірмелерін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z144" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z144" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ұсынылған құжаттардың заңнамаға сәйкестігін тексерудің, жүргізілген дінтану сараптамасының, діни бірлестікті құруға бастамашы азаматтардың тізімін тексерудің нәтижелері бойынша діни бірлестікті мемлекеттік тіркеу туралы немесе мемлекеттік тіркеуден бас тарту туралы шешім қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6151,387 +6077,387 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Дiни бiрлестiктiң жарғысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="160"/>
+    <w:bookmarkStart w:name="z146" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дiни бiрлестiк өз қызметiн жарғының негiзiнде жүзеге асырады, онда мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z147" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z147" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) атауы, қызметінің мәні мен мақсаттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z148" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z148" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орналасқан жерi және оның шегінде өз қызметін жүзеге асыратын аумақ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z149" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z149" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құрылымы, басқару органдарын қалыптастыру тәртiбi мен олардың құзыреті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z150" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z150" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қатысушыларының (мүшелерінің) құқықтары мен мiндеттерi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z151" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z151" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ұстанатын діні, діни ілімінің негіздері және осы ілімге сәйкес келетін діни қызметі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z152" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z152" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) діни бірлестіктің мүшесі етіп қабылдаудың және одан шығудың шарттары мен тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z153" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z153" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мүлікті қалыптастыру көздері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z154" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z154" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құрылтай құжаттарына өзгерістер мен толықтырулар енгiзу тәртiбi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z155" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z155" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) қызметін қайта ұйымдастыру және оны тоқтату шарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z156" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z156" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) таратылған жағдайда мүлікті пайдалану тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z157" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z157" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) филиалдар мен өкілдіктер туралы мәліметтер болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z158" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z158" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дiни бiрлестiктiң жарғысында оның қызметіне қатысты және Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де ережелер болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z159" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z159" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Діни ілім негіздері мен діни қызмет туралы мәліметтерде негізгі діни идеялар, діни бірлестік қызметінің нысандары, осы діни бірлестік қатысушыларының (мүшелерінің) және басқа да адамдардың неке мен отбасына, білімге, денсаулыққа көзқарасының ерекшеліктері, оның қатысушылары (мүшелері) мен қызметшілерінің конституциялық құқықтары мен міндеттерін іске асыруға көзқарасы қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Діни бірлестікті тіркеуден бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="174"/>
+    <w:bookmarkStart w:name="z161" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының заңдарына сәйкес, сондай-ақ құрылтай құжаттарындағы және өзге де ұсынылған құжаттардағы мәліметтер дәйексіз болса және (немесе) құрылатын бірлестік дінтану сараптамасының нәтижелері негізінде діни бірлестік ретінде танылмаған жағдайларда діни бірлестікті мемлекеттік тіркеуден, оның құрылымдық бөлімшесін (филиалы мен өкілдігін) есептік тіркеуден бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z162" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z162" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тіркеуден бас тартуға Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6587,648 +6513,648 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Дiни бiрлестiктi қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="176"/>
+    <w:bookmarkStart w:name="z164" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Діни бірлестіктерді қайта ұйымдастыру Қазақстан Республикасының заңдарына сәйкес қосылу, бiрiгу, бөлiну, қайта құру және бөлiнiп шығу жолымен діни бірлестіктің құрылтай құжаттары уәкілеттік берген органның шешiмi бойынша не сот шешімі бойынша жүзеге асырылады. Діни бірлестік тек басқа діни бірлестік болып немесе жеке мекеме болып қайта құрылуы мүмкін. Діни бірлестіктерді қайта ұйымдастыру нәтижесінде құрылған ұйымдар осы Заңның талаптарына сәйкес келген жағдайда діни бірлестіктер ретінде тіркелуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z165" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z165" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Діни бірлестіктің қызметін тоқтата тұру және оны тарату Қазақстан Республикасының заңдарында белгiленген тәртiппен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Мемлекет және шетелдік діни бірлестіктер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="178"/>
+    <w:bookmarkStart w:name="z167" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шетелдік діни орталық уәкілетті органмен келіспей тағайындаған діни бірлестік басшысының қызметін жүзеге асыруына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z168" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z168" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Шетелдік діни орталық діни бірлестіктің басшысы лауазымына кандидатты келісу үшін уәкілетті органға мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z169" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z169" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кандидат туралы, оның шетелдік діни орталықтағы бұрынғы қызметі туралы мәліметтер қамтылған қолдаухатты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z170" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z170" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кандидатты Қазақстан Республикасының аумағында жұмыс істейтін діни бірлестіктің басшысы етіп тағайындау туралы шешімді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z171" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z171" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) діни бірлестіктің басшысы лауазымына кандидаттың паспортының немесе жеке куәлігінің көшірмесін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z172" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z172" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттар қазақ және орыс тілдеріне аудармасының дұрыстығын Қазақстан Республикасында нотариат куәландырған және аударманы жүзеге асырған аудармашы қолының түпнұсқалығын Қазақстан Республикасында нотариат куәландырған түрінде табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z173" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z173" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың 2-тармағында көрсетілген құжаттарды уәкілетті орган олардың ұсынылған күнінен бастап күнтізбелік отыз күн ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z174" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z174" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер Қазақстан Республикасындағы діни бірлестік басшысының қызметі конституциялық құрылысқа, қоғамдық тәртіпке, адам құқықтары мен бостандықтарына, халықтың денсаулығы мен имандылығына қатер төндіретін болса, уәкілетті орган шетелдік діни орталықтың оны тағайындауына келісуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z175" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z175" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ДІНИ БІРЛЕСТІКТЕРДІҢ МҮЛІКТІК ҚҰҚЫҚ ҚАТЫНАСТАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Дiни бiрлестiктердiң меншiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="187"/>
+    <w:bookmarkStart w:name="z177" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дiни бiрлестiктердiң өз қаражаты есебінен сатып алынған немесе жасалған, Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың, ұйымдардың қайырмалдықтарға берген немесе Қазақстан Республикасының заңдарына қайшы келмейтiн басқа да негiздер бойынша сатып алынған мүлiкке меншiк құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z178" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z178" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Меншік құқығындағы жылжымайтын және жылжымалы мүлік діни бірлестіктердің меншігі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z179" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z179" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының шегінен тыс жердегі мүлік те дiни бiрлестiктердің меншiгiнде болуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z180" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z180" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Дiни бiрлестiктер ерiктi түрде қаржылай және басқа да қайырмалдықтар сұрауға және оларды алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z181" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z181" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Дiни бiрлестiктердiң меншiк құқығы заңмен қорғалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Мемлекеттiң, ұйымдар мен жеке тұлғалардың меншiгiболып табылатын мүлiктi пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="192"/>
+    <w:bookmarkStart w:name="z183" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дiни бiрлестiктер өздерiне шарттық негiзде берілген үйлердi, аумақты және мүлiктi пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z184" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z184" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Діни мақсаттағы тарих және мәдениет ескерткіштері діни бiрлестiктердің пайдалануына Қазақстан Республикасының заңнамасына сәйкес берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Таратылған дiни бiрлестiктiң мүлкiне иелiк ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="194"/>
+    <w:bookmarkStart w:name="z186" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Діни бірлестік таратылған немесе қызметі тоқтатылған кезде оның меншігінде болған мүлікке иелік ету оның жарғысына және Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z187" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z187" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық мирасқорлары болмаған кезде мүлік Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес мемлекет меншігіне өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z188" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z188" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Қазақстан Республикасының дiни қызмет және дiни бiрлестiктер туралы заңнамасын бұзғаны үшiн жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="197"/>
+    <w:bookmarkStart w:name="z190" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының дiни қызмет және дiни бiрлестiктер туралы заңнамасын бұзушылық Қазақстан Республикасының заңдарында белгiленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="198"/>
+    <w:bookmarkStart w:name="z192" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Діни бірлестіктер осы Заң қолданысқа енгізілген күннен бастап бір жылдың ішінде осы Заңның талаптарына сәйкес өздерінің құрылтай құжаттарына тиісті өзгерістер енгізуге міндетті. Сонымен бір мезгілде тіркеуші органға діни бірлестіктің мәртебесін растайтын құжаттар табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z193" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z193" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Діни мүдделері мен қажеттіліктерін қанағаттандырумен айналысатын және осы Заң қолданысқа енгізілгенге дейін діни бірлестіктен басқа өзгеше ұйымдық-құқықтық нысанда құрылған заңды тұлғалар осы Заң қолданысқа енгізілген күннен бастап бір жылдың ішінде өздерінің құрылтай құжаттарына тиісті өзгерістер енгізуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z194" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z194" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көрсетілген мерзім өткен соң өздерінің құрылтай құжаттарын осы Заңның талаптарына сәйкес келтірмеген заңды тұлғалар облыстардың, республикалық маңызы бар қалалардың және астананың жергiлiктi атқарушы органдарының өтініші бойынша сот тәртібімен таратылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7294,110 +7220,110 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="201"/>
+    <w:bookmarkStart w:name="z196" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z197" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z197" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Діни сенім бостандығы және діни бірлестіктер туралы" 1992 жылғы 15 қаңтардағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Жоғарғы Кеңесінің Жаршысы, 1992 ж., № 4, 84-құжат; 1995 ж., № 20, 120, 121-құжаттар; Қазақстан Республикасы Парламентінің Жаршысы, 1997 ж., № 13-14, 205-құжат; 2004 ж., № 23, 142-құжат; 2005 ж., № 5, 5-құжат; № 13, 53-құжат; 2007 ж., № 9, 67-құжат; 2011 ж., № 11, 102-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>