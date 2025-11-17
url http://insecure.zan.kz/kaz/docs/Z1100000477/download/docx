--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="10578d3" w14:textId="10578d3">
+    <w:p w14:paraId="eb58f40" w14:textId="eb58f40">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1746,51 +1746,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 483-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
@@ -3326,51 +3326,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Көшіп келушілердің Қазақстан Республикасының аумағына келу, кету және болу тәртібі Қазақстан Республикасының заңнамасымен айқындалады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Астана Хаб" халықаралық технологиялық паркінде еңбек қызметін жүзеге асыруды қоса алғанда, қызметін жүзеге асыру үшін көшіп келушілердің келу, кету және болу ерекшеліктері "Ақпараттандыру туралы" Қазақстан Республикасының Заңымен айқындалады.</w:t>
+      Еңбек қызметін жүзеге асыруды қоса алғанда, "Астана Хаб" дербес кластерлік қорында және "Астана Хаб" қатысушыларында қызметін жүзеге асыру үшін көшіп келушілердің келу, кету және болу ерекшеліктері "Астана Хаб" инновациялық кластері туралы" Қазақстан Республикасының Заңында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Келудің және болудың визасыз режимі туралы Қазақстан Республикасымен келісім жасасқан мемлекеттерден келген көшіп келушілер Қазақстан Республикасының халықаралық шарттарында белгіленген талаптарды сақтаған жағдайда, заңды паспорттары немесе оларды ауыстыратын құжаттары бойынша келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z40" w:id="86"/>
     <w:p>
       <w:pPr>
@@ -3551,51 +3551,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 15-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
@@ -3715,50 +3715,90 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4212,51 +4252,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
@@ -7419,51 +7459,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7889,51 +7929,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -10109,51 +10149,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
@@ -11502,51 +11542,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
@@ -16665,51 +16705,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының Үкіметі айқындайтын, еңбек қызметін жүзеге асыру үшін шетелдік жұмыс күшін тартуға жергілікті атқарушы органдардың рұқсаты талап етілмейтін адамдардың тізбесінде көзделген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) "Астана Хаб" халықаралық технологиялық паркінде немесе "Астана Хаб" халықаралық технологиялық паркінде басшылар және жоғары білімді мамандар лауазымдарында жұмыс істейтін шетелдіктер мен азаматтығы жоқ адамдарға қолданылмайды.</w:t>
+      9) "Астана Хаб" дербес кластерлік қорында немесе "Астана Хаб" қатысушыларында басшылар және жоғары білімді мамандар лауазымдарында жұмыс істейтін шетелдіктер мен азаматтығы жоқ адамдарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z658" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Заңның шетелдік жұмыс күшін жыл сайын квоталау туралы нормалары Қазақстан Республикасының аумағында еңбек қызметін корпоративішілік ауыстыру шеңберінде жүзеге асыратын шетелдіктерге немесе азаматтығы жоқ адамдарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
     <w:bookmarkStart w:name="z659" w:id="342"/>
     <w:p>
       <w:pPr>
@@ -16887,51 +16927,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -18103,51 +18183,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 38-бап жаңа редакцияда - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2017 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>