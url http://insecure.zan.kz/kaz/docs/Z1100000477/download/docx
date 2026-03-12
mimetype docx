--- v1 (2025-11-17)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb58f40" w14:textId="eb58f40">
+    <w:p w14:paraId="a843f67" w14:textId="a843f67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1028,51 +1028,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16) алып тасталды - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1292,51 +1292,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-1) алып тасталды - ҚР 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1504,51 +1504,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1586,351 +1586,351 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 2012.04.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 15-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 209-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 06.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 483-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 26.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-VII</w:t>
       </w:r>
       <w:r>
@@ -1946,131 +1946,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -2206,51 +2206,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2863,51 +2863,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3243,51 +3243,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 44-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3531,151 +3531,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2012.04.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 15-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 375-VI</w:t>
       </w:r>
       <w:r>
@@ -3691,51 +3691,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -4014,91 +4014,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -4272,171 +4272,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4563,51 +4563,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4769,51 +4769,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4843,51 +4843,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5483,51 +5483,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5797,191 +5797,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
@@ -6017,171 +6017,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -6497,171 +6497,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6767,51 +6767,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) алып тасталды - ҚР 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6899,51 +6899,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7011,51 +7011,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4-4) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7103,51 +7103,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7195,51 +7195,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5-2) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7347,51 +7347,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) алып тасталды - ҚР 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7459,51 +7459,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7717,51 +7717,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7889,151 +7889,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
@@ -8069,131 +8069,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8507,51 +8507,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8717,51 +8717,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8839,151 +8839,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді – ҚР 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9169,51 +9169,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9321,51 +9321,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-5) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9513,51 +9513,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9965,215 +9965,215 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
@@ -10209,131 +10209,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10725,71 +10725,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 19-1-баппен толықтырылды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10842,91 +10842,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 19-2-баппен толықтырылды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -11149,51 +11149,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -11482,51 +11482,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 21-1-баппен толықтырылды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
@@ -11542,91 +11542,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12130,91 +12130,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 151-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 39-VII</w:t>
       </w:r>
       <w:r>
@@ -12230,131 +12230,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12448,71 +12448,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерістер енгізілді - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12767,51 +12767,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12978,51 +12978,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13248,51 +13248,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13302,51 +13302,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13466,51 +13466,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14064,51 +14064,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14203,51 +14203,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14483,111 +14483,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2017 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14799,51 +14799,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15037,111 +15037,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-бапқа өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15245,51 +15245,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15387,91 +15387,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 33-бапқа өзгеріс енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15661,111 +15661,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-бапқа өзгерістер енгізілді - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2017 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15961,151 +15961,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бапқа өзгеріс енгізілді - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2017 бастап қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16339,171 +16339,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-бапқа өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 417-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16914,51 +16914,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 27.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220-VIII</w:t>
       </w:r>
       <w:r>
@@ -17129,51 +17129,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 37-бап жаңа редакцияда - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2017 бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
@@ -17189,91 +17189,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17638,51 +17638,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17833,51 +17833,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18086,51 +18086,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18431,51 +18431,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) алып тасталды - ҚР 29.12.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18551,171 +18551,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 39-бапқа өзгерістер енгізілді - ҚР 29.12.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 16.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18911,111 +18911,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-бапқа өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19230,51 +19230,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19564,51 +19564,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19713,51 +19713,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19893,171 +19893,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 43-1-баппен толықтырылды - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 16.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 41-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20374,51 +20374,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 43-2-баппен толықтырылды - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 31.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 41-VІ</w:t>
       </w:r>
       <w:r>
@@ -20434,91 +20434,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 29.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 58-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
@@ -20534,51 +20534,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20828,51 +20828,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 46-бапқа өзгеріс енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21458,251 +21458,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 48-бап жаңа редакцияда - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 03.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 244-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (02.01.2015 бастап қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 41-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22144,51 +22144,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-1) алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22484,171 +22484,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 49-бапқа өзгерістер енгізілді - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 244-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 41-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
@@ -22684,91 +22684,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23256,171 +23256,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -23554,51 +23554,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 52-бап жаңа редакцияда - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23654,91 +23654,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 53-бап жаңа редакцияда - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24170,91 +24170,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24565,51 +24565,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24957,111 +24957,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 56-бапқа өзгерістер енгізілді - ҚР 2012.02.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25233,51 +25233,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27245,71 +27245,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 60-бапқа өзгерістер енгізілді - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385-VI</w:t>
       </w:r>
       <w:r>
@@ -28087,55 +28087,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>