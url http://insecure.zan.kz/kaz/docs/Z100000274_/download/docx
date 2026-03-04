--- v0 (2025-12-30)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9943f9a" w14:textId="9943f9a">
+    <w:p w14:paraId="b50f90a" w14:textId="b50f90a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7389,813 +7389,739 @@
         <w:t>
       13) сатушының (дайындаушының, орындаушының) атауын (фирмалық атауын), орналасқан жерін (заңды мекенжайын), сатушы (дайындаушы) тұтынушыдан қойылған кінәларды қабылдауға уәкілеттік берген және тауарды жөндейтін әрі оған техникалық қызмет көрсететін дара кәсіпкердің немесе заңды тұлғаның (оның филиалының, өкілдігінің) орналасқан жерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z143" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) егер мұның жұмыс (көрсетілетін қызмет) сипатымен байланысты мәні болса, жұмысты орындайтын (қызмет көрсететін) нақты тұлғаны көрсетуді және ол туралы ақпаратты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z144" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) музыкалық туындыларды орындаушылардың ойын-сауық қызметтерін көрсетуі кезінде дауыс (вокалды) фонограммаларын, дыбыс-бейне жазбаны Қазақстан Республикасының заңнамасында белгіленген жағдайларда пайдалануын көрсетуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z145" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тауар (жұмыс, көрсетілетін қызмет) массасының шамасын (нетто), көлемін, санын және (немесе) жиынтықталымын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тауардың мақсаты туралы және тиімді әрі қауіпсіз қолданылу жағдайлары туралы мәліметтерді, сондай-ақ Қазақстан Республикасының заңдарына сәйкес тұтынушыға ұсынылуы міндетті болып табылатын не тұтынушы мен сатушы (дайындаушы, орындаушы) арасында жасалған шартта көзделген өзге де мәліметтерді қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер тұтынушы иеленетін тауар пайдалануда болса немесе ондағы кемшілік жойылған болса, тұтынушыға ол жөнінде ақпарат берілуге тиіс. Мұндай тауарды иеленген жағдайда кемшіліктің болуы туралы мәліметтер иелену фактісін растайтын құжатта көрсетілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сатушы (дайындаушы) осы Заңның 30-бабының 1-тармағына сәйкес айырбастауға немесе қайтарып беруге жатпайтын тиісті сападағы азық-түлікке жатпайтын тауар туралы уақтылы хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z148" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 1 және 2-тармақтарында көзделген ақпарат тұтынушының назарына тауарға (жұмысқа, көрсетілетін қызметке) қоса берілетін құжаттамада, тұтыну ыдысында, затбелгілерде немесе тауарлардың (жұмыстардың, көрсетілетін қызметтердің) жекелеген түрлері үшін қабылданған өзге тәсілмен қазақ және орыс тілдерінде жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпарат мәтіні "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z269" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Тауарды электрондық сауда арқылы өткізу кезінде тауардың (жұмыстың, көрсетілетін қызметтің) атауы, тауарды (жұмысты, көрсетілетін қызметті) сатып алу құны мен шарттары туралы ақпарат, сондай-ақ тауардың (жұмыстың, көрсетілетін қызметтің) негізгі тұтынушылық қасиеттері туралы, өнімнің тағамдық, биологиялық және энергетикалық құндылығы туралы мәліметтер, сондай-ақ оларды жекелеген аурулар кезінде қолдануға қарсы көрсетілімдер туралы мәліметтер Қазақстан Республикасының заңнамасында көзделген жағдайларда және тәртіппен тұтынушының назарына ақпараттық-коммуникациялық технологиялар арқылы қазақ және орыс тілдерінде жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпарат мәтіні, сондай-ақ мәліметтер "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатушы электрондық сауда мақсатында пайдаланатын интернет-ресурста тауардың (жұмыстың, көрсетілетін қызметтің) негізгі тұтынушылық қасиеттері туралы мәліметтер қамтылған интернет-ресурстарға сілтемелерді орналастыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дайындалған жерінен басқа жерде тұтыну ыдысына бөлшектеп салынған және оралған азық-түлік өнімдері мен басқа да тауарларда осы баптың 1-тармағында көрсетілген ақпараттан басқа, бөлшектеп салушы және ораушы (тегі, аты және әкесінің аты (бар болғанда), сондай-ақ бөлшектеп салынған және оралған күні мен уақыты туралы ақпарат қамтылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z256" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тауарды үлгі және (немесе) сипаттама бойынша сату кезінде, сондай-ақ тауарды электрондық саудада өткізу кезінде сатушы тұтынушыға үлгіге және (немесе) сипаттамаға сәйкес келетін тауарды беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z257" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тұтынушының талап етуі бойынша оған сәйкестікті міндетті бағалауға жататын тауарға, оның ішінде импорттық тауарға сәйкестікті бағалау туралы құжат не оның тиісінше куәландырылған көшірмесі, не техникалық реттеу тізілімінен немесе Еуразиялық экономикалық одақтың сәйкестікті бағалау туралы берілген немесе қабылданған құжаттардың бірыңғай тізілімдерінен алынған осындай құжаттың бар екендігі туралы мәліметтер ұсынылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z258" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бір тілде не шет тілінде берілген ақпарат берілмеген болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгерістер енгізілді - ҚР 21.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 504-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...594 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Сатушының (дайындаушының, орындаушының) сатушы (дайындаушы, орындаушы) туралы ақпарат беру жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="149"/>
+    <w:bookmarkStart w:name="z151" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келетін қазақ және орыс тілдеріндегі өзінің атауын (фирмалық атауын), тұрған жерін (заңды мекенжайын) және жұмыс режимін тауарды өткізу (жұмысты орындау, қызметті көрсету) орнында орналастыра отырып, көрсетілген ақпаратты тұтынушының назарына жеткізуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дара кәсіпкер болып табылатын сатушы (дайындаушы, орындаушы) тұтынушыға өзінің тегі, аты, әкесінің аты (бар болғанда) туралы, сондай-ақ мемлекеттік тіркеуден өткені және оны дара кәсіпкер ретінде тіркеуді жүзеге асырған органның атауы туралы ақпаратты да ұсынуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="150"/>
+    <w:bookmarkStart w:name="z152" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер сатушы (дайындаушы, орындаушы) жүзеге асыратын қызметтің түрі лицензиялауға жатса, тұтынушыға лицензия, оның қолданылу мерзімі, оны берген мемлекеттік орган туралы "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келетін қазақ және орыс тілдеріндегі ақпарат берілуге, сондай-ақ тұтынушының талап етуі бойынша лицензияның түпнұсқасымен немесе нотариат куәландырған көшірмесімен танысу мүмкіндігі берілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z153" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z153" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың 1 және 2-тармақтарында көзделген ақпарат сауда-саттық, тұтынушыларға көрсетілетін тұрмыстық және өзге де қызмет түрлері сатушының (дайындаушының, орындаушының) тұрақты орналасқан жерінен тысқары жерде, уақытша үй-жайларда, жәрмеңкелерде, сөрелерден және басқа да жағдайларда жүзеге асырылған кезде тұтынушының назарына жеткізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z259" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z259" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сатушы (дайындаушы, орындаушы) "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келетін қазақ және орыс тілдеріндегі өзінің байланыс деректерін (мекенжайы мен телефон нөмірін) және уәкілетті органның байланыс деректерін (мекенжайы мен телефон нөмірін), тауарларды өткізу (жұмыстарды орындау, қызметтерді көрсету) шарттарын, сондай-ақ сатушының (дайындаушының, орындаушының) тауарды сату (жұмысты орындау, қызметті көрсету) кезінде тауарды сатып алу (жұмысты орындау, қызметті көрсету) фактісін растайтын құжатты немесе тауарды сатып алу (жұмысты орындау, қызметті көрсету) кезінде жасалған шартты беру міндеті туралы ақпаратты тауарды өткізу (жұмысты орындау, қызметті көрсету) орнында орналастыра отырып, көрсетілген ақпаратты тұтынушының назарына жеткізуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8349,509 +8275,481 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Сатушының (дайындаушының, орындаушының) тауардың (жұмыстың, көрсетілетін қызметтің) қауіпсіздігін қамтамасыз ету жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="153"/>
+    <w:bookmarkStart w:name="z155" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) тауардың (жұмыстың, көрсетілетін қызметтің) белгіленген кепілдік мерзімі, сақтау мерзімі немесе жарамдылық мерзімі ішінде оның қауіпсіздігі үшін жауап беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z156" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z156" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы (дайындаушы, орындаушы) тұтынушыға ықтимал тәуекел туралы және тауарды (жұмысты, көрсетілетін қызметті) қауіпсіз пайдаланудың шарттары туралы хабарлауға міндетті. Бұл ретте, егер тауарды (жұмысты, көрсетілетін қызметті) қауіпсіз пайдалану, оны сақтау, тасымалдау немесе кәдеге жарату үшін арнаулы ережелерді сақтау қажет болса, онда дайындаушы (орындаушы) оларды тауарға (жұмысқа, көрсетілетін қызметке) қоса берілген құжаттамада, тұтыну ыдысында, жапсырмаларда немесе тауарлардың (жұмыстардың, көрсетілетін қызметтердің) жекелеген түрлері үшін қабылданған өзге де тәсілмен көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z157" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z157" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сәйкестігі міндетті расталуға жататын тауарды, оның ішінде импорттық тауарды сәйкестіктің тиісті сертификаттарынсыз немесе сәйкестік туралы декларациясыз өткізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z158" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z158" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұтынушы тауарды пайдаланудың, сақтаудың, тасымалдаудың немесе кәдеге жаратудың белгіленген ережелерін сақтаған кезде тауар тұтынушының өміріне, денсаулығына және (немесе) мүлкіне, қоршаған ортаға зиян келтірсе немесе келтіруі мүмкін болса, сатушы (дайындаушы) зиянның себептері жойылғанға дейін оны өндіруді (өткізуді) дереу тоқтата тұруға міндетті. Егер зиянның себептерін жою мүмкін болмаса, сатушы (дайындаушы) мұндай тауарды өндірістен (өткізуден) алуға және ол жөнінде тиісті мемлекеттік органдарға уақтылы хабарлауға, бұқаралық ақпарат құралдары арқылы тұтынушыға оның өміріне, денсаулығына және (немесе) мүлкіне, қоршаған ортаға ықтимал қауіп туралы уақтылы хабарлау, тауарды айналымнан алып қою және тұтынушыдан қайтарып алу жөніндегі барлық қажетті шараларды қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұқаралық ақпарат құралдары арқылы тұтынушыға оның өміріне, денсаулығына және (немесе) мүлкіне, қоршаған ортаға қауіп төндіретін тауарлар туралы хабарлау сатушының (дайындаушының) қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:bookmarkStart w:name="z159" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сатушы (дайындаушы) осы баптың 4-тармағында көзделген міндеттерін орындамаған кезде тауарды өндірістен алу, оны айналымнан алып қою және тұтынушыдан қайтарып алу тиісті мемлекеттік органның нұсқамасы бойынша жүргізіледі. Тиісті мемлекеттік органның нұсқамасын орындамау Қазақстан Республикасының заңдарында белгіленген жауапкершілікке әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауарды қайтарып алуға байланысты тұтынушыға келтірілген залалды сатушы (дайындаушы) толық көлемде өтеуге тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1729" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сатушы (дайындаушы, орындаушы) қажетті ақпаратты тауарға (жұмысқа, көрсетілетін қызметке) қоса берілген құжаттамада, тұтыну ыдысында, жапсырмаларда немесе тауарлардың (жұмыстардың, көрсетілетін қызметтердің) жекелеген түрлері үшін қабылданған өзге де тәсілмен көрсете отырып, ықтимал қауіп-қатер туралы және құрамында жасанды интеллект құрауыштары бар тауарды (жұмысты, көрсетілетін қызметті) (жасанды интеллект жүйесі өндірген, орындайтын және (немесе) көрсететін) қауіпсіз пайдаланудың шарттары туралы тұтынушыға хабар беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...106 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Сатушының (дайындаушының, орындаушының) тауарды (жұмысты, көрсетілетін қызметті) еркін таңдауды қамтамасыз ету жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="158"/>
+    <w:bookmarkStart w:name="z161" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) тиісті сападағы тауарды (жұмысты, көрсетілетін қызметті) сатушының (дайындаушының, орындаушының) жұмыс режимін ескере отырып, тұтынушыға ыңғайлы уақытта еркін таңдауын қамтамасыз етуге міндетті. Тұтынушыны тауарды (жұмысты, көрсетілетін қызметті) өзіне қажетсіз мөлшерде және (немесе) ассортиментте сатып алуға мәжбүрлеуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z292" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z292" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Бір тауарларды (жұмыстарды, көрсетілетін қызметтерді) сатып алуды өзге де тауарларды (жұмыстарды, көрсетілетін қызметтерді) міндетті түрде сатып алумен байланыстыруға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тұтынушының тауарларды (жұмыстарды, көрсетілетін қызметтерді) еркін таңдау құқығының бұзылу салдарынан оған келтірілген залалдарды (нұқсанды) сатушы (дайындаушы, орындаушы) толық көлемде өтейді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылардың кепілдік мерзімі ішінде қойылатын талаптарын қанағаттандыруды тауарлардың (жұмыстардың, көрсетілетін қызметтердің) кемшіліктерімен байланысты емес шарттармен байланыстыруға және дайындаушының (орындаушының) талаптарында көзделген тауарларды (жұмыстарды, көрсетілетін қызметтерді) қоспағанда, тауарларды (жұмыстарды, көрсетілетін қызметтерді) сатып алуды кепілдік міндеттемені орындау шарты ретінде таңуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:bookmarkStart w:name="z162" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы тауарды сату кезінде Қазақстан Республикасының өлшем бірліктерін қамтамасыз ету туралы заңнамасына сәйкес Қазақстан Республикасының аумағында қолдануға рұқсат етілген өлшем құралдарын пайдалануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z163" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z163" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тауардың (жұмыстың) салмағы, саны, ұзындығы және өзге де өлшемдері тұтынушының күмәнін туғызған жағдайларда сатушы (дайындаушы) аталған сипаттамаларды Қазақстан Республикасының өлшем бірліктерін қамтамасыз ету туралы заңнамасына сәйкес Қазақстан Республикасының аумағында қолдануға рұқсат етілген өлшем құралдарының көмегімен дербес тексеруге мүмкіндік беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z164" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z164" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, тауарды (жұмысты, көрсетілетін қызметті) таңдау кезінде қандай да бір артықшылықтарды, тікелей немесе жанама шектеулерді белгілеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z270" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z270" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сатушы тауарды электрондық саудада өткізген кезде, техникалық өткізу жағдайында тұтынушыға тауарды және сатушыны бағалау немесе түсіндіру (тауар және сатушы туралы пікір қалдыру) мүмкіндігі берілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8927,170 +8825,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Сатушының (дайындаушының, орындаушының)тауардың (жұмыстың, көрсетілетін қызметтің)тиісті сапасын қамтамасыз ету жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="164"/>
+    <w:bookmarkStart w:name="z166" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер шартта тауардың (жұмыстың, көрсетілетін қызметтің) сапасына қойылатын міндетті талаптар көзделсе, сатушы (дайындаушы, орындаушы) тұтынушыға осы талаптарға сай келетін тауарды беруге (жұмысты орындауға, қызметті көрсетуге) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z293" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z293" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Сатушы (дайындаушы, орындаушы) белгіленген кепілдік мерзімі, сақтау мерзімі немесе жарамдылық мерзімі ішінде тауардың (жұмыстың, көрсетілетін қызметтің) сапасына жауап беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z167" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z167" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы (дайындаушы, орындаушы), егер бұл тауардың (жұмыстың, көрсетілетін қызметтің) сипатына қарай мүмкін болса, тауардың (жұмыстың, көрсетілетін қызметтің) қасиеттері мен оны пайдалануды көрсетуге және тұтынушыға сапасы тауар (орындалған жұмыс, көрсетілген қызмет) туралы берілген ақпаратқа және шарттың талаптарына сай келетін тауарды беруге (жұмысты орындауға, қызмет көрсетуге), сондай-ақ тұтынушының талабы бойынша оған тауардың(жұмыстың, көрсетілетін қызметтің) сапасы мен қауіпсіздігін және оның жиынтықталымын растайтын құжаттарды ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z168" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z168" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шартта тауардың (жұмыстың, көрсетілетін қызметтің) сапасы туралы талаптар болмаған кезде сатушы (дайындаушы, орындаушы) тұтынушыға Қазақстан Республикасының заңнамасында белгіленген талаптарға сай келетін және осындай тауар (жұмыс, көрсетілетін қызмет) пайдаланылатын мақсаттарға жарамды тауарды беруге (жұмысты орындауға, қызметті көрсетуге) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z169" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z169" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер тұтынушы шарт жасасу кезінде сатушыны (дайындаушыны, орындаушыны) тауарды сатып алудың (жұмысты орындаудың, қызметті көрсетудің) нақты мақсаттары туралы хабардар етсе, сатушы (дайындаушы, орындаушы) тұтынушыға тиісті сападағы, осы мақсаттарға сәйкес пайдалануға жарамды тауарды беруге (жұмысты орындауға, қызметті көрсетуге) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z170" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z170" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тауарды үлгі және (немесе) сипаттама бойынша сату кезінде сатушы тұтынушыға үлгіге және (немесе) сипаттамаға сай келетін тауарды беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9126,70 +9024,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Сатушының (дайындаушының) тиісті сападағы да, тиісті емес сападағы да тауарды сату кезіндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="170"/>
+    <w:bookmarkStart w:name="z172" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дәрілік заттар мен медициналық бұйымдарды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9272,90 +9170,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұялы байланыстың абоненттік құрылғысын қоспағанда, егер тиісті сападағы азық-түліктік емес тауар пайдаланылмаса, оның тауарлық түрі, тұтынушылық қасиеттері, пломбалары, заттаңбалары, сондай-ақ тауарды сатып алу фактісін растайтын құжат сақталса, егер шартта неғұрлым ұзақ мерзім белгіленбесе, тауар сатып алынған күннен бастап күнтізбелік он төрт күн ішінде сатушы (дайындаушы) оны айырбастауды немесе қайтаруды қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тауарды сатып алу фактісін растайтын құжат жоғалған немесе қандай да бір себептермен тұтынушыға берілмеген жағдайда, егер тұтынушы осы сатушыдан (дайындаушыдан) сатып алу фактісін дәлелдесе, онда тауарды айырбастау немесе қайтару жүргізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="171"/>
+    <w:bookmarkStart w:name="z260" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Сатушы (дайындаушы) жарамдылық мерзімі өткен соң сатылған, техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келмейтін, оның ішінде зияткерлік меншік құқықтары бұзыла отырып шығарылған тауарды оның пайдаланылғанына, тауарлық түрінің, тұтынушылық қасиеттерінің, пломбаларының, заттаңбаларының сақталуына-сақталмауына қарамастан, тауар сатып алынған күннен бастап күнтізбелік отыз күн ішінде ауыстыруды немесе сатып алынған тауар үшін ақшалай соманы тұтынушыға қайтара отырып, қайтаруды қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z173" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z173" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушы тауардың кемшіліктерін тапқан және оны ауыстыру туралы талап қойған жағдайда, сатушы (дайындаушы) оны дереу ауыстыруға, ал сатушыға (дайындаушыға) тауардың сапасын қосымша тексеру (сараптама жасау) қажет болған кезде – тиісті талап қойылған кезден бастап күнтізбелік отыз күн ішінде ауыстыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті емес сападағы тауар соған ұқсас жаңа тауарға, яғни бұрын пайдаланылмаған тауарға ауыстырылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9402,126 +9300,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушы сапаны тексеруге және тауарға сараптама жүргізуге өзі немесе өзінің өкілі арқылы қатысуға, сондай-ақ тауарды тексеруді (оның сараптамасын) өз есебінен жүргізуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауар (жиынтықтаушы бұйым) ауыстырылған кезде, егер шартта өзгеше көзделмесе, кепілдік мерзімі оны тұтынушыға берген күннен бастап қайтадан есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1727" w:id="173"/>
+    <w:bookmarkStart w:name="z1727" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Тұтынушы техникалық жағынан күрделі тауардың елеулі кемшілігін анықтаған және ол шартты бұзу және тауар үшін төленген ақшаны қайтару туралы талап қойған жағдайда, техникалық жағынан күрделі тауарды және оның құрамдасын сатушы (дайындаушы, орындаушы) осы талапты үш жұмыс күні ішінде қанағаттандыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушы техникалық жағынан күрделі тауардың елеулі кемшілігін анықтаған және оны ауыстыру туралы талап қойған жағдайда, техникалық жағынан күрделі тауарды және оның құрамдасын сатушы (дайындаушы, орындаушы) осы талапты отыз жұмыс күні ішінде қанағаттандыруға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сатушы тұтынушының қойған талаптарымен келіспеген кезде сәйкестікті растау жөніндегі органдарға не сынақ зертханаларына техникалық жағынан күрделі тауардың қауіпсіздігін және (немесе) сапасын қосымша тексеруге (сараптамаға) жіберген жағдайда, техникалық жағынан күрделі тауарды қайтару немесе айырбастау жөніндегі мерзім тексеру (сараптама) жүргізілген уақытқа тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="174"/>
+    <w:bookmarkStart w:name="z174" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тауарда табылған кемшіліктерді тұтынушының келісімімен сатушы (дайындаушы), егер шартта өзгеше мерзім белгіленбесе, тиісті талап қойылған кезден бастап күнтізбелік он күн ішінде жоюға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауардың кемшіліктерін жоюдың шартта айқындалатын мерзімі күнтізбелік жиырма күннен аспауы тиіс. Егер тауарда табылған кемшіліктерді жою кезінде олардың мерзімінде жойылмайтыны айқын болған жағдайда, тараптар тауардың кемшіліктерін жоюға арналған мерзімді күнтізбелік он күнге ұзарту туралы қосымша келісім жасасуы мүмкін. Бұл ретте тауардың кемшіліктерін жоюға қажетті қосалқы бөлшектердің (детальдардың, материалдардың), жабдықтардың, маманның және басқалардың болмауы дайындаушыны (сатушыны) тауардың кемшіліктерін жою мерзімдерін бұзғаны үшін жауаптылықтан босатуға негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9532,128 +9430,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауардың кемшіліктері жойылған жағдайда оған кепілдік мерзімі тауар пайдаланылмаған уақытқа ұзартылады. Көрсетілген уақыт тұтынушының тауардың кемшіліктерін жою туралы талаппен жүгінген күнінен бастап тұтынушының талабы орындалған кезге дейін есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дайындаушы (сатушы) тауарды берген кезде тұтынушыға кепілдік мерзімінің ұзартылғаны туралы ақпаратты жазбаша нысанда беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="175"/>
+    <w:bookmarkStart w:name="z175" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сатушы (дайындаушы) кепілді мерзімін белгілемеген тауарға қатысты, не осы Заңның 17-бабы 2-тармағының төртінші абзацында көзделген жағдайда және тәртіппен, егер тұтынушы тауардың кемшіліктері тұтынушыға берілгенге дейін пайда болғанын немесе сол кезге дейін пайда болған себептерден туындағанын дәлелдесе, тауардың кемшіліктері үшін сатушы (дайындаушы) жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушы (дайындаушы) сатылған (дайындалған) тауардың кемшіліктері үшін олар жөнінде өзі білмеген жағдайда да жауап береді. Сатушыны (дайындаушыны) жауапкершіліктен босату туралы немесе оны шектеу туралы келісім жарамсыз болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="176"/>
+    <w:bookmarkStart w:name="z176" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сатушы (дайындаушы) кепілді мерзімін белгілеген тауарға қатысты, сатушы (дайындаушы) егер тауардағы кемшіліктер оларды тұтынушыға бергеннен кейін тұтынушының тауарды пайдалану немесе оны сақтау ережелерін бұзуы не үшінші бір тұлғалардың іс-әрекеті немесе еңсерілмейтін күштің салдарынан туындағанын дәлелдей алмаса, тұтынушының талаптарын қанағаттандыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z177" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z177" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тұтынушының тиісті сападағы тауарларды айырбастау, қайтару туралы талаптарын, сондай-ақ тиісті сапасы жоқ тауар сатылған жағдайда тұтынушының талаптарын орындау мерзімін өткізіп алғаны үшін тұтынушы талабының орындалмауына жол берген сатушы (дайындаушы), егер шартта, Қазақстан Республикасының заңдарында өзгеше белгіленбесе, тұтынушыға наразылық берілген күннен бастап талаптар қанағаттандырылған күнге дейін мерзімі өткен әрбір күн үшін тауар құнының бір пайызынан кем емес мөлшерде тұрақсыздық айыбын (айыппұл, өсімпұл) төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушының шартта, Қазақстан Республикасының заңдарында көзделген тұрақсыздық айыбын (айыппұл, өсімпұл) төлеу туралы талаптарын сатушы (дайындаушы) наразылық берілген кезден бастап талаптар қанағаттандырылған кезге дейінгі мерзімде ерікті түрде қанағаттандыруы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9664,70 +9562,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай талаптарды ерікті түрде қанағаттандырудан бас тартылған жағдайда тұрақсыздық айыбын (айыппұлды, өсімпұлды) төлеу туралы мәселе тараптардың келісімі болған кезде тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің қарауына берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылық дауды сотқа дейінгі реттеуде тұтынушыға тұрақсыздық айыбын (айыппұл, өсімпұл) төлеу туралы тұтынушылық дауды реттеу мүмкін болмаған жағдайда тұрақсыздық айыбын (айыппұл, өсімпұл) өндіріп алуды сот жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="178"/>
+    <w:bookmarkStart w:name="z178" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тауар үшін төленген ақшаны тұтынушыға қайтару кезінде сатушы (дайындаушы) одан тауардың толық немесе ішінара пайдаланылуы, оның тауарлық түрін жоғалтуы немесе басқа да осындай мән-жайлар себепті тауардың құны төмендеген соманы ұстап қалуға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кемшіліктері бар тауарды дәл сондай маркалы (модельді, артикулді) тауарға ауыстыру кезінде бағаны қайта есептеу жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9738,130 +9636,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шартты бұзу кезінде тұтынушымен есеп айырысулар тауардың сатып алу кезіндегі бағасын негізге ала отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кемшіліктері бар тауарды басқа маркалы (модельді, артикулді) тауарға ауыстырған кезде, егер ауыстыруға жататын тауардың бағасы ауыстырылып берілген тауардың бағасынан төмен болса, тұтынушы баға айырмашылығын төлеуге тиіс. Тұтынушы қосымша ақы төлеуден бас тартқан жағдайда тараптар шартты бұзып, тұтынушыға сатып алынған тауарға төленген ақшалай сома қайтарылады. Ауыстыруға жататын тауардың бағасы ауыстырылып берілген тауардың бағасынан жоғары болған жағдайда, баға айырмашылығы тұтынушыға төленеді. Көрсетілген есеп айырысуларда ауыстыруға жататын тауардың бағасы көтерілген жағдайда – оның талап қойылған кездегі бағасы, ал бағасы төмендеген жағдайда сатып алу кезіндегі бағасы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="179"/>
+    <w:bookmarkStart w:name="z179" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сатушы (дайындаушы) тұтынушыға тиісті емес сападағы тауарды жеткізуге және (немесе) қайтарып беруге байланысты шығыстарды өтеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z271" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z271" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1. Тауарды электрондық саудада өткізу кезінде тауарды жеткізу мүмкіндігі мен оның құны туралы ақпарат тұтынушыға сатып алу-сату шарты жасалғанға дейін беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z180" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z180" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сатып алынатын тауарға ақы төлеу нысаны тұтынушы мен сатушы (дайындаушы) арасындағы келісім бойынша Қазақстан Республикасының заңдарында белгіленген тәртіппен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z272" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z272" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Электрондық саудада тұтынушыға сатып алу-сату шартын жасасу алдында тауарды берудің (жеткізудің) немесе шартты орындаудың басқа да талаптары туралы ақпарат қолжетімді болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10037,224 +9935,224 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Сатушының (дайындаушының, орындаушының) тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан тұтынушының өміріне, денсаулығына және (немесе) мүлкіне келтірілген залалды (зиянды) толық көлемде өтеу жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="183"/>
+    <w:bookmarkStart w:name="z182" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) тауардағы (жұмыстағы, көрсетілетін қызметтегі) құрастыру, рецептілік немесе өзге де кемшіліктер салдарынан не тауар (жұмыс, көрсетілетін қызмет) туралы толық емес, дұрыс емес немесе уақтылы берілмеген ақпарат салдарынан тұтынушының өміріне, денсаулығына және (немесе) мүлкіне келтірілген зиянды толық көлемде өтеуге міндетті, сондай-ақ талап берілген күннен бастап күнтізбелік он күн ішінде тұтынушыға зиянды өтеу туралы жауап беруге не тұтынушының талаптарын қанағаттандыру үшін тиісті шаралар қолдануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оның кінәсіне және тұтынушының онымен шарттық қатынастарда болғандығына немесе болмағандығына қарамастан, келтірілген зиян сатушының (дайындаушының, орындаушының) өтеуіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="184"/>
+    <w:bookmarkStart w:name="z183" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тауардағы (жұмыстағы, көрсетілетін қызметтегі) кемшілік фактісі расталған жағдайда сатушы (дайындаушы, орындаушы) тауарға (жұмысқа, көрсетілген қызметке) сараптама жүргізумен байланысты тұтынушыға, тұтынушылардың қоғамдық бірлестіктеріне, қауымдастықтарға (одақтарға) келтірілген шығыстарды толық көлемде өтеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z184" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z184" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тауардағы кемшіліктерден және тауардың қауіпсіздік нормаларының бұзылуынан туындаған зиян, егер ол тауардың белгіленген жарамдылық мерзімі (қызмет ету мерзімі) ішінде келтірілген болса – өтелуге, ал егер жарамдылық мерзімі (қызмет ету мерзімі) белгіленбесе – тауар өндірілген күннен бастап он жыл ішінде өтелуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауардағы кемшіліктер салдарынан келтірілген зиянды тұтынушының таңдауы бойынша тауарды сатушы немесе дайындаушы өтеуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыстағы немесе көрсетілген қызметтегі кемшіліктер салдарынан келтірілген зиянды олардың орындаушысы өтеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="186"/>
+    <w:bookmarkStart w:name="z185" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тауарларды өндіру (жұмыстарды орындау, қызмет көрсету) кезінде материалдарды, жабдықтарды, аспаптарды және өзге де құралдарды пайдалануға байланысты дайындаушының (орындаушының) ғылыми және техникалық білім деңгейі олардың ерекше қасиеттерін және сипаттамаларын анықтауға мүмкіндік берген-бермегеніне қарамастан, тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан келтірілген зиян өтелуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z261" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z261" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сатушы (дайындаушы, орындаушы) тұтынушының өміріне, денсаулығына және (немесе) мүлкіне келтірілген зиян үшін, сондай-ақ егер тауар өтеусіз немесе төмендетілген бағамен берілген, сатылған, ал қызмет солай көрсетілген болса жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z262" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z262" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сатушы (дайындаушы, орындаушы) зиян үшінші тұлғалардың іс-әрекеттерінің не еңсерілмейтін күштің немесе тұтынушының тауарды (жұмысты, көрсетілетін қызметті) пайдаланудың, сақтаудың белгіленген қағидаларын бұзуы салдарынан келтірілгені туралы дәлелдемелерді ұсынған кезде жауаптылықтан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10290,150 +10188,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-бап. Дайындаушының (орындаушының) тауардың жарамдылық мерзімін, сақтау мерзімін және қызмет ету мерзімін белгілеу жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="189"/>
+    <w:bookmarkStart w:name="z187" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дайындаушы тұтынушылық қасиеттері уақыт өте келе нашарлауы мүмкін тауарларға Қазақстан Республикасының техникалық реттеу саласындағы заңнамасына сәйкес жарамдылық мерзімін және (немесе) сақтау мерзімін белгілеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z188" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z188" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы (дайындаушы) жарамдылық мерзімі және (немесе) сақтау мерзімі белгіленген тауарларды тұтынушыға оларды жарамдылық мерзімі және (немесе) сақтау мерзімі өткенге дейін мақсатына сай пайдалана алатындай етіп беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z189" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z189" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тауардың жарамдылық мерзімі тауар әзірленген кезден бастап есептеледі. Егер әзірлеу кезі мен пайдалануға дайын болу кезі сәйкес келмесе, тауардың жарамдылық мерзімі пайдалануға дайын болу кезінен бастап қолданыла бастайды, ол жөнінде тұтынушы хабардар етілуге тиіс. Белгіленген жарамдылық мерзімі және (немесе) сақтау мерзімі өткеннен кейін тауарды, сондай-ақ жарамдылық мерзімі және (немесе) сақтау мерзімі белгіленуге тиіс, бірақ олар белгіленбеген тауарды өткізуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z190" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z190" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Белгіленген мерзімінен тыс пайдаланылуы тұтынушының өміріне, денсаулығына және (немесе) мүлкіне, қоршаған ортаға қауіпті болып табылатын тауарлардың қызмет ету мерзімі белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z263" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z263" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Дайындаушы (орындаушы) тауарды (жұмыстың, көрсетілетін қызметтің нәтижесі) немесе оның бір бөлігін пайдаланудың белгіленген мерзімі (жарамдылық, қызмет ету мерзімі), оны пайдаланудың міндетті шарттары және оларды орындамаған жағдайда болатын ықтимал салдарлар туралы, сондай-ақ осы мерзім аяқталғаннан кейінгі қажетті іс-әрекеттер туралы тұтынушыға ескертуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10489,108 +10387,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бап. Сатушының (дайындаушының, орындаушының)иелігінде бақылау-кассалық машинаның және омырау карточкасының болуы міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="194"/>
+    <w:bookmarkStart w:name="z192" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) бақылау-кассалық машинаны Қазақстан Республикасының салық заңнамасында көзделген тәртіппен және жағдайларда қолдануға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушы (дайындаушы, орындаушы) бақылау-касса машиналары тұрған жерде тұтынушының бақылау (тауарлық) чегін алу қажеттігі және бақылау-касса машиналарын қолдану тәртібі бұзылған жағдайда оның мемлекеттік кіріс органына жүгіну құқығы туралы "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келетін қазақ және орыс тілдеріндегі ақпаратты орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="195"/>
+    <w:bookmarkStart w:name="z193" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы тауарды сату (жұмысты орындау жөніндегі, қызмет көрсету жөніндегі) жөніндегі қызметті тікелей жүзеге асыратын жеке тұлғада оның тегі, аты және әкесінің аты (бар болғанда) жазылған және фотосуреті бар омырау карточкасының (бейджінің) болуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10646,90 +10544,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-1-бап. Электрондық сауда алаңының міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="196"/>
+    <w:bookmarkStart w:name="z274" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың құқықтары мен заңды мүдделерін қорғау мақсатында электрондық сауда алаңы заңсыз сауданы болғызбау үшін сатушылардың жөнсіз әрекеттеріне және олардың анық емес ақпарат ұсынуына жол бермеу жөніндегі ішкі рәсімдердің болуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z275" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z275" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Электрондық сауда алаңы пайдаланатын, электрондық сауданы және электрондық сауда алаңының жұмысын қамтамасыз ететін және қолдап отыратын бағдарламалық қамтылым, техникалық кешендер қорғалған байланыс арналары арқылы жүзеге асырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10765,108 +10663,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-2-бап. Сатушының (дайындаушының, орындаушының) уәкілетті орган және тұтынушылық дауларды сотқа дейінгі реттеу субъектілері туралы ақпаратты орналастыру жөніндегі міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="198"/>
+    <w:bookmarkStart w:name="z295" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сатушы (дайындаушы, орындаушы) тауарды өткізу (жұмысты орындау, қызметті көрсету) орнында уәкілетті органның және тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің байланыс деректерін (мекенжайы мен телефон нөмірін), сондай-ақ тұтынушының өзінің бұзылған құқықтары мен заңды мүдделерін қорғау үшін оларға немесе сотқа жүгіну құқығы туралы ақпаратты орналастыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушы (дайындаушы, орындаушы) өзін-өзі реттейтін ұйымның мүшесі (қатысушысы) болған жағдайда, бұл туралы ақпарат тауарды өткізу (жұмысты орындау, қызметті көрсету) орнында міндетті түрде орналастырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="199"/>
+    <w:bookmarkStart w:name="z296" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Электрондық коммерция арқылы тауарды өткізу (жұмысты орындау, қызметті көрсету) кезінде уәкілетті органның және тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің байланыс деректері (мекенжайы мен телефон нөмірлері) туралы ақпаратты уәкілетті органның ресми интернет-ресурсына сілтеме арқылы, сондай-ақ тұтынушының өзінің бұзылған құқықтары мен заңды мүдделерін қорғау үшін оларға немесе сотқа жүгіну құқығын көрсету ақпараттық-коммуникациялық технологиялар арқылы орналастырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушы (дайындаушы, орындаушы) пайдаланатын интернет-ресурста оның байланыс деректері (нақты мекенжайы мен телефон нөмірлері) туралы ақпараттың орналастырылуы міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10903,568 +10801,568 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="200"/>
+    <w:bookmarkStart w:name="z194" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5-тарау. ЖҰМЫСТЫ ОРЫНДАУ (ҚЫЗМЕТ КӨРСЕТУ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-бап. Жұмысты орындау (қызмет көрсету) мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="201"/>
+    <w:bookmarkStart w:name="z196" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер Қазақстан Республикасының заңдарында өзгеше белгіленбесе, орындаушы жұмысты орындау (қызмет көрсету) туралы шартта белгіленген мерзімде жұмысты орындауға (қызмет көрсетуге) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z197" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z197" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Шартта жұмысты орындаудың (қызмет көрсетудің) бастапқы және түпкілікті мерзімдері, сондай-ақ жұмыстың жекелеген кезеңдерінің аяқталу мерзімдері (аралық мерзімдер) айқындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жұмыс (көрсетілетін қызмет) шарттың қолданылуы мерзімі ішінде бөліп орындалатын (көрсетілетін) болса (мерзімді басылымды жеткізу, техникалық қызмет көрсету), жұмысты орындаудың (қызмет көрсетудің) аралық мерзімдері көзделуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="203"/>
+    <w:bookmarkStart w:name="z198" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жұмысты орындаудың (қызмет көрсетудің) шартта көрсетілген бастапқы, түпкілікті және (немесе) аралық мерзімдері тараптардың келісімі бойынша өзгертілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z199" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z199" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер орындаушы жұмысты орындау (қызмет көрсету) мерзімдерін – жұмысты орындауды (қызмет көрсетуді) бастау және (немесе) аяқтау мерзімдерін және жұмысты орындаудың (қызмет көрсетудің) аралық мерзімдерін бұзса, оны мерзімінде аяқтау анық мүмкін болмаса, онда тұтынушы шарттан бас тартуға және залалдарды өтеуді талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жұмысты орындау кезінде оның тиісті дәрежеде орындалмайтыны айқын болса, тұтынушы кемшіліктерді жою үшін орындаушыға жаңа мерзім тағайындауға және осы талапты белгіленген мерзімде орындаушы орындамаған кезде шарттан бас тартуға не жұмысты орындауды орындаушы есебінен үшінші тұлғаға тапсыруға, сондай-ақ залалды өтеуді талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер орындаушы жұмысты орындау (қызмет көрсету) мерзімдерін өткізіп алу еңсерілмейтін күш салдарынан немесе тұтынушының кінәсінен болғанын дәлелдесе, тұтынушының осы тармақта белгіленген талаптары қанағаттандырылуға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="205"/>
+    <w:bookmarkStart w:name="z200" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орындаушы жұмысты орындауға (қызмет көрсетуге) кірісуге және оны аяқтауға тиісті, тұтынушының тағайындаған жаңа мерзімдері шартта көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тағайындалған жаңа мерзімдер күнтізбелік он күннен астам уақытқа өткізіп алған жағдайда тұтынушы осы баптың 4-тармағында белгіленген өзге де талаптарды қоюға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="206"/>
+    <w:bookmarkStart w:name="z201" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жұмыс (қызмет көрсету) уақтылы орындалмаған жағдайда шартты бұзған кезде орындаушының жұмысты орындау (қызмет көрсету) процесінде өзінің жұмсаған шығындарын өтеуді, сондай-ақ орындалған жұмысқа (көрсетілген қызметке) ақы төлеуді талап етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бап. Тұтынушының орындалған жұмыстан (көрсетілген қызметтен) кемшіліктер табылған кездегі құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="207"/>
+    <w:bookmarkStart w:name="z203" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушы орындалған жұмыстан (көрсетілген қызметтен) кемшіліктер табылған кезде өз таңдауы бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z204" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z204" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орындалған жұмыстағы (көрсетілген қызметтегі) кемшіліктерді өтеусіз жоюды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z205" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z205" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орындалған жұмыс (көрсетілген қызмет) үшін сыйақыны тиісті мөлшерде азайтуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z206" w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z206" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сапасы дәл сондай біртектес материалдан басқа затты өтеусіз жасап беруді немесе жұмысты қайта орындауды (қайта қызмет көрсетуді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z207" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z207" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тұтынушылардың кемшіліктерді жою құқығы шартта көзделгенде, оларды жоюға арналған өз шығыстарын өтеуді талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z208" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z208" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер орындаушы орындалған жұмыстағы (көрсетілген қызметтегі) кемшіліктерді белгіленген мерзімде жоймаса не егер жұмыста (көрсетілетін қызметте) шарт талаптарынан ауытқулар немесе жұмыстағы (көрсетілетін қызметтегі) өзге де кемшіліктер айтарлықтай және жойылмайтындай болса, тұтынушы шартты бұзуға және залалды өтеуді талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z209" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z209" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың 1 және 2-тармақтарында белгіленген талаптар – жұмысты (қызметті) қабылдаған кезде немесе оны орындау (көрсету) не Қазақстан Республикасының Азаматтық кодексінде белгіленген мерзімдер ішінде пайдалану барысында кемшіліктер табылған жағдайда, ал жұмысты (көрсетілетін қызметті) қабылдаған кезде кемшіліктерді табу мүмкін болмаған жағдайда – кепілді мерзім ішінде, жасырын кемшіліктер табылған жағдайда – бір жыл ішінде, ғимараттармен және құрылыстармен байланысты жұмыстарға қатысты, сондай-ақ жұмыс түріне қарамастан – орындаушы қасақана жасырған кемшіліктерге қатысты жұмыстарды қабылдап алу күнінен бастап үш жыл ішінде қойылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыстың (көрсетілген қызметтің) тұтынушының өзінің және басқа да адамдардың өміріне немесе денсаулығына қауіп төндіруі мүмкін кемшіліктерін өтеусіз жою туралы талапты тұтынушы немесе оның құқық мирасқоры жұмысты (көрсетілген қызметті) қабылдаған кезден бастап үш жыл ішінде қоюы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай талап бұл кемшіліктердің қашан табылғанына қарамастан, оның ішінде кепілді мерзімі аяқталғаннан кейін анықталған кезде де қойылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="214"/>
+    <w:bookmarkStart w:name="z210" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жұмыстағы (көрсетілетін қызметтегі) оны орындау (көрсету) барысында табылған кемшіліктер және орындалған жұмыстағы (көрсетілген қызметтегі) кемшіліктер, егер шартта өзгеше мерзім белгіленбесе, тиісті талап қойылған кезден бастап күнтізбелік он күн ішінде жойылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кемшіліктерді жоюдың тұтынушы тағайындаған немесе тараптармен келісілген мерзімі шартта жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="215"/>
+    <w:bookmarkStart w:name="z211" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жұмысты орындауды (қызмет көрсетуді) бастау және аяқтау мерзімдерін бұзғаны үшін, сондай-ақ жұмыстағы (көрсетілетін қызметтегі) кемшіліктерді жою мерзімдерін бұзғаны үшін орындаушы, егер шартта, Қазақстан Республикасының заңдарында өзгеше белгіленбесе, мерзімін өткізіп алудың әрбір күні үшін жұмыс (көрсетілетін қызмет) құнының бір пайызы мөлшерінде тұрақсыздық айыбын төлеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z264" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z264" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Шартта көзделген кепілдік мерзімі екі жылдан (жылжымайтын мүлікке бес жылдан) кем болған және жұмыстың (көрсетілген қызметтің) кемшіліктерін тұтынушы кепілдік мерзім өткеннен кейін, бірақ екі жыл (жылжымайтын мүлікке бес жыл) шегінде тапқан жағдайларда, егер тұтынушы осындай кемшіліктердің жұмыстың (көрсетілген қызметтің) нәтижесін өзі қабылдап алғанға дейін немесе ол кезге дейін пайда болған себептер бойынша туындағанын дәлелдесе, осы баптың 1-тармағында көзделген талаптарды қоюға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z265" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z265" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жұмыстың (көрсетілген қызметтің) елеулі кемшіліктері табылған жағдайда, тұтынушы кемшіліктердің жұмыстың (көрсетілген қызметтің) нәтижесін өзі қабылдап алғанға дейін немесе ол кезге дейін пайда болған себептер бойынша туындағанын дәлелдесе, орындаушыға кемшіліктерді өтеусіз жою туралы талап қоюға құқылы. Бұл талап, егер осындай кемшіліктер жұмыстың (көрсетілген қызметтің) нәтижесін қабылдап алған күннен бастап екі жыл (жылжымайтын мүлікке қатысты бес жыл) өткеннен кейін, бірақ жұмыстың (көрсетілген қызметтің) нәтижесіне белгіленген кепілдік мерзімі шегінде немесе егер кепілдік мерзімі белгіленбесе, жұмыстың (көрсетілген қызметтің) нәтижесін қабылдап алған күннен бастап он жыл ішінде табылған болса, қойылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11510,164 +11408,164 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-бап. Жұмысты орындауға (қызмет көрсетуге)арналған смета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="218"/>
+    <w:bookmarkStart w:name="z213" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шартта көзделген жұмыстарды орындауға (қызметтерді көрсетуге) смета жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тұтынушы немесе орындаушы талап етсе, сметаны жасау міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="219"/>
+    <w:bookmarkStart w:name="z214" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер тұтынушы жұмысты орындауға (қызмет көрсетуге) келісім бермесе немесе орындаушыға осындай жұмыстарды орындауды (осындай қызметтер көрсетуді) тапсырмаса, орындаушының олар үшін және сметаға енгізілмеген қосымша шығыстар үшін ақы төлеуді талап етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер сметаны арттыру қажеттігі туындаса, орындаушы ол жөнінде тұтынушыны дереу ескертуге тиіс. Бұл жағдайда тұтынушы сметаға сәйкес орындалған жұмысқа (көрсетілген қызметке) қатысты өзі жұмсаған шығыстарды орындаушыға өтей отырып, шарттан бас тартуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер орындаушы сметаны арттыру туралы тұтынушыға ескертпесе, ол сметадан тыс шығыстарды өтеуді талап етпей, жұмысты орындауға (қызмет көрсетуге) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="220"/>
+    <w:bookmarkStart w:name="z266" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шарт жасасқаннан кейін орындаушы беруге тиіс материалдар мен жабдықтардың, сондай-ақ оған үшінші тұлғалар көрсететін қызметтердің құны айтарлықтай өскен кезде орындаушы белгіленген сметаны ұлғайтуды талап етуге, ал тұтынушы осы талапты орындаудан бас тартқан жағдайда шартты бұзуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11713,319 +11611,319 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Жұмысты орындаушының материалынан орындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="221"/>
+    <w:bookmarkStart w:name="z216" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер тұтынушы жұмысты өз материалынан орындауды талап етпесе, орындаушы шартта айқындалған жұмысты өз материалынан және өз қаражаты есебінен орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмысты өз материалынан орындайтын орындаушы оның тиісті сапасы үшін жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="222"/>
+    <w:bookmarkStart w:name="z217" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер тараптардың келісімінде орындаушының материалдары үшін есеп айырысудың өзгеше тәртібі көзделмесе, тұтынушы шарт жасасу кезінде толық мөлшерде немесе тұтынушы орындалған жұмысты орындаушыдан алған кезде түпкілікті есеп айырыса отырып, шартта көрсетілген мөлшерде орындаушының материалына ақы төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шартта көзделген жағдайларда орындаушы материалды кредитке беруі мүмкін. Кредитке берілген материал құнының кейіннен өзгеруі қайта есептеуге әкеп соқпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бап. Жұмысты тұтынушының материалынан орындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="223"/>
+    <w:bookmarkStart w:name="z219" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер жұмыс толық немесе ішінара тұтынушының материалынан орындалатын болса, орындаушы сол материалдың сақталуына, оның дұрыс пайдаланылуына жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмысты орындау (қызмет көрсету) туралы шартта немесе өзге де құжатта тұтынушы материалының нақты атауы және сипаттамасы көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="224"/>
+    <w:bookmarkStart w:name="z220" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орындаушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z221" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z221" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушыны оның берген материалының жарамсыздығы немесе сапасыздығы туралы ескертуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z222" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z222" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) материалдың жұмсалғандығы туралы есеп беруге және оның қалдығын қайтаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z223" w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z223" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Орындаушы тұтынушыдан қабылдап алынған материалды жоғалтқаны және бүлдіріп алғаны үшін Қазақстан Республикасының Азаматтық кодексіне сәйкес жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушыға берілетін материалдың құнын тұтынушы шартта немесе оны иеленуді (сатып алуды) растайтын өзге құжатта (түбіртекте, тапсырыста) айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="228"/>
+    <w:bookmarkStart w:name="z224" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер орындаушы тұтынушыны материалдың жоғалуына (бүлінуіне) әкеп соғуы мүмкін айрықша қасиеттері туралы ескерткен болса, орындаушы тұтынушыдан қабылдап алған материалды толық немесе ішінара жоғалтқаны (бүлдіріп алғаны) үшін жауапкершіліктен босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z225" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z225" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орындаушы тұтынушының нұсқауларын сақтау және тұтынушыға байланысты өзге де мән-жайлар орындалатын жұмыс сапасының өзгеруіне әкеп соғатыны не оны мерзімінде аяқтауға мүмкіндік бермейтіні жөнінде тұтынушыны уақтылы ескертуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тұтынушы орындаушының уақтылы және негізді ескертуіне қарамастан, шартта белгіленген мерзімде жарамсыз немесе сапасыз материалды ауыстырмаса, жұмысты орындау тәсілі туралы нұсқауларын өзгертпесе не жұмыс сапасының өзгеруіне әкеп соғатын өзге де мән-жайларды жоймаса, орындаушы шартты бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12129,165 +12027,165 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бап. Жұмысты орындағаны (қызмет көрсеткені)үшін ақы төлеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="230"/>
+    <w:bookmarkStart w:name="z227" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, орындалған жұмысқа (көрсетілген қызметке) ақы төлеудің нысаны мен тәртібі тұтынушы мен орындаушы арасындағы келісім бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z228" w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z228" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ТҰТЫНУШЫЛАРДЫҢ ҚОҒАМДЫҚ БІРЛЕСТІКТЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-бап. Тұтынушылардың қоғамдық бірлестіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="232"/>
+    <w:bookmarkStart w:name="z230" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың қоғамдық бірлестіктері тұтынушылардың құқықтарын іске асыруға және қорғауға бағытталған қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z231" w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z231" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушылардың қоғамдық бірлестіктері Қазақстан Республикасының қоғамдық бірлестіктер туралы заңнамасына сәйкес қауымдастықтарға (одақтарға) бірігуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z267" w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z267" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұтынушылардың қоғамдық бірлестіктерін, сондай-ақ олардың қауымдастықтарын (одақтарын) жеке кәсіпкерлік субъектілерінің қаржыландыруына тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12323,70 +12221,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-бап. Тұтынушылардың қоғамдық бірлестіктерінің, олардың қауымдастықтарының (одақтарының) құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="235"/>
+    <w:bookmarkStart w:name="z233" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың қоғамдық бірлестіктері, олардың қауымдастықтары (одақтары):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті органға және өзге де мемлекеттік органдарға Қазақстан Республикасының тұтынушылардың құқықтарын қорғау туралы заңнамасын жетілдіру жөнінде ұсыныстар енгізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12757,70 +12655,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір дауды қарау кезінде тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар) тұтынушылық дауларды сотқа дейінгі реттеу субъектілері және тұтынушының заңды мүдделерін білдіретін өкілдер ретінде әрекет ететін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұтынушылардың қоғамдық бірлестіктері тұтынушының заңды мүдделерін білдіретін өкіл ретінде әрекет ететін қауымдастықтың (одақтың) қатысушылары болып табылатын жағдайларды қоспағанда, тұтынушылық дауды сотқа дейінгі тәртіппен қарауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="236"/>
+    <w:bookmarkStart w:name="z297" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Тұтынушылардың құқықтары мен заңды мүдделерін бұзушылықтардың алдын алу және бұл туралы халықты хабардар ету мақсатында тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұтынушылар үшін қолжетімді тауарды өткізу (жұмысты орындау, қызметті көрсету) орындарына бару;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13013,70 +12911,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сатушы (дайындаушы, орындаушы) туралы ақпаратты көрсете отырып, қоғамдық бақылау жүргізілген күннен бастап күнтізбелік отыз күн ішінде тұтынушылардың қоғамдық бірлестігінің, қауымдастықтың (одақтың) интернет-ресурсында (бар болса), Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесінде және (немесе) бұқаралық ақпарат құралдарында орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылардың құқықтары мен заңды мүдделерін бұзушылықтар анықталған кезде бұл туралы ақпарат тиісті мемлекеттік органдарға жіберіледі, сондай-ақ бақылау субъектісіне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="237"/>
+    <w:bookmarkStart w:name="z234" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушылардың қоғамдық бірлестіктері, олардың қауымдастықтары (одақтары) уәкілетті органның сұрау салуы бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушылар шағымдарының саны және мазмұны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13246,68 +13144,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 42-бап алып тасталды - ҚР 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 346-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="238"/>
+    <w:bookmarkStart w:name="z298" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-1-тарау. Тұтынушылардың құқықтары мен заңды мүдделерін қорғау жөніндегі шаралар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 6-1-тараумен толықтырылды - ҚР 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13339,70 +13237,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-1-бап. Тұтынушылардың құқықтары мен заңды мүдделерін қорғаудың институционалдық жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="239"/>
+    <w:bookmarkStart w:name="z300" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың құқықтары мен заңды мүдделерін қорғауды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті орган, тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдар, сот;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13413,70 +13311,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тұтынушылық дауларды сотқа дейінгі реттеу субъектілері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар), заң консультанттары палатасының мүшелері болып табылатын және заң көмегін көрсететін заң консультанттары және Қазақстан Республикасының заңнамасына сәйкес өзге де тұлғалар қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="240"/>
+    <w:bookmarkStart w:name="z301" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушылардың құқықтары мен заңды мүдделерін қорғау жүйесі тұтынушылардың құқықтарын тиімді қорғауды қамтамасыз ететін мынадай дәйекті іс-шаралар кешенін қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушылардың құқықтары мен заңды мүдделерін бұзушылықтардың алдын алу жөніндегі профилактикалық шаралар (консультация беру, қоғамдық бақылау, өз құқықтары мен заңды мүдделерін қорғау мәселелерінде тұтынушыларды ағарту және олардың құқықтық сауаттылығын арттыру, осы Заңның 33-2-бабына сәйкес уәкілетті орган және тұтынушылық дауларды сотқа дейінгі реттеу субъектілері туралы ақпаратты орналастыру);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13540,127 +13438,127 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сотта тұтынушылардың бұзылған құқықтары мен заңды мүдделерін қорғау және қалпына келтіру, тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан келтірілген залалды (зиянды) өтеу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-2-бап. Тұтынушының құқықтары мен заңды мүдделерінің қорғалуына құқығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="241"/>
+    <w:bookmarkStart w:name="z303" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқықтары мен заңды мүдделері бұзылған тұтынушы өзінің бұзылған құқықтары мен заңды мүдделерін қорғау үшін осы Заңда белгіленген тәртіппен сатушыға (дайындаушыға, орындаушыға), тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға немесе тұтынушылық дауды сотқа дейінгі реттеу субъектісіне, сондай-ақ сотқа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z304" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z304" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы баптың ережесі сатушыға (дайындаушыға, орындаушыға), тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға немесе тұтынушылық дауды сотқа дейінгі реттеу субъектісіне, сондай-ақ сотқа тұтынушының атынан осы Заңның 42-3-бабында аталған оның өкілдері жүгінген жағдайларда да қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-3-бап. Тұтынушылардың заңды мүдделерін білдіретін өкілдер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="243"/>
+    <w:bookmarkStart w:name="z306" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың құқықтары мен заңды мүдделерін қорғау кезінде мыналар олардың өкілдері бола алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13689,166 +13587,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) адвокаттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес өзге де тұлғалар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="244"/>
+    <w:bookmarkStart w:name="z307" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушылардың заңды мүдделерін білдіретін өкілдер тұтынушылардың бұзылған құқықтары мен заңды мүдделерін қалпына келтіру, тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан келтірілген залалды (зиянды) өтеу үшін қажетті шараларды қолдана отырып, өз міндеттерін тиісінше орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z308" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z308" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұтынушылардың заңды мүдделерін білдіретін өкілдер тұтынушыға қаржылық шығындардың сипаты мен мөлшерін қоса алғанда, көрсетілетін өкілдік қызметтердің ықтимал нәтижелері мен салдарын түсіндіруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылардың заңды мүдделерін білдіру көрсетілетін өкілдік қызметтерді қайтару мерзімдері, сомасы және шарттары, сондай-ақ тұтынушы атынан өкіл жасайтын әрекеттер тізбесі міндетті түрде көрсетіле отырып, жазбаша нысанда ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылардың заңды мүдделерін білдіру бойынша қызметтер көрсету шараларын таңдау тұтынушының мүдделерін басшылыққа алуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="246"/>
+    <w:bookmarkStart w:name="z309" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тұтынушылардың заңды мүдделерін білдіретін өкілдер міндеттерін орындау кезінде мүдделер қақтығысын болдырмау бойынша шаралар қолданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z310" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z310" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тұтынушының заңды мүдделерін білдіретін өкілге мүдделер қақтығысы болған жағдайда өкілдік қызметтер көрсетуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушының заңды мүдделерін білдіретін өкіл, егер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13859,110 +13757,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұтынушы және өкіл, оның жақын туыстары мүдделерінің қақтығысы бар болған, сондай-ақ мүдделер қақтығысын құрайтын басқа да мән-жайлар болған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының азаматтық процестік заңнамасында көзделген негіздер бар болған жағдайда, өкілдік қызметтер көрсетуден бас тартуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="248"/>
+    <w:bookmarkStart w:name="z311" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар) тұтынушылар мүддесінде сотта қарау үшін жіберетін талап арыздарға мемлекеттік баж салынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z312" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z312" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұтынушылардың қоғамдық бірлестіктері, қауымдастықтар (одақтар) мен заң консультанттарының палаталары да тұтынушылардың құқықтарын қорғау мәселелері бойынша халыққа консультациялық көмек көрсету және тұтынушыларға өздерінің бұзылған құқықтары мен заңды мүдделерін қалпына келтіруде өкілдік қызметтер көрсету жөніндегі мемлекеттік әлеуметтік тапсырыс шеңберінде тұтынушыларға консультация беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z313" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z313" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұтынушылардың құқықтарын қорғау мәселелері бойынша консультациялық көмек және өкілдік қызметтер мемлекеттік әлеуметтік тапсырыс шеңберінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес арнаулы әлеуметтік қызметтерді алатын адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14182,315 +14080,315 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-4-бап. Тұтынушының сатушыға (дайындаушыға, орындаушыға) жүгінуі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="251"/>
+    <w:bookmarkStart w:name="z315" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқықтары мен заңды мүдделері бұзылған тұтынушы сатушыға (дайындаушыға, орындаушыға) құқықтары мен заңды мүдделерін бұзушылықтарды жою және тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан осы бұзушылықтар келтірген залалды (зиянды) тұтынушыға ерікті түрде өтеу туралы наразылықпен жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушының сатушыға (дайындаушыға, орындаушыға) наразылығы қолма-қол табыс етіледі не табыс етілгені туралы хабарламасы бар тапсырысты пошта жөнелтімі нысанында не сатушының (дайындаушының, орындаушының) электрондық пошта мекенжайы бойынша, егер мұндай мекенжайды сатушы (дайындаушы, орындаушы) бұрын көрсеткен болса, жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="252"/>
+    <w:bookmarkStart w:name="z316" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сатушы (дайындаушы, орындаушы) тұтынушының наразылығын қарауға және тұтынушының талаптарымен келіспеген жағдайда тұтынушының наразылығын алған күннен бастап күнтізбелік он күн ішінде құжатпен негізделген дәлелді жазбаша жауап ұсынуға міндетті. Осы құжаттардың көшірмелері сатушының (дайындаушының, орындаушының) тұтынушыға жауабына қоса тіркелуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушының (дайындаушының, орындаушының) жауабы тұтынушыға осы баптың 1-тармағының екінші бөлігінде жазылған тәсілдермен ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер сатушының (дайындаушының, орындаушының) жауабы мерзімнің соңғы күнінен жиырма төрт сағат бұрын поштаға тапсырылса немесе басқа да байланыс құралдары бойынша жіберілсе, онда осы тармақтың бірінші бөлігінде көрсетілген мерзім өтіп кеткен болып есептелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="253"/>
+    <w:bookmarkStart w:name="z317" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер сатушы (дайындаушы, орындаушы) күнтізбелік он күн ішінде наразылыққа жазбаша жауап бермесе немесе бұзушылықтарды жоюдан және тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан келтірілген залалды (зиянды) ерікті түрде өтеуден бас тартса, сондай-ақ тұтынушылық дауды сотқа дейінгі тәртіппен қарауға қатысудан бас тартса, тұтынушы уәкілетті органға, тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-5-бап. Тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға жүгіну</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="254"/>
+    <w:bookmarkStart w:name="z319" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушы тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға жазбаша нысанда өтініш беру жолымен не Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесі арқылы өтінішпен не шағыммен жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушы жазбаша нысанда жүгінген кезде тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдар немесе уәкілетті орган мұндай өтінішті Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесіне енгізуді және оны құзыретіне сәйкес тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын тиісті мемлекеттік органға жіберуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="255"/>
+    <w:bookmarkStart w:name="z320" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушы сатушының (дайындаушының, орындаушының) ерікті түрде құқықтар мен заңды мүдделерді бұзушылықтарды жоюы, тауардың (жұмыстың, көрсетілетін қызметтің) кемшіліктері салдарынан залалды (зиянды) өтеуі туралы наразылықпен оған жүгінген кезден бастап, егер Қазақстан Республикасының заңдарында өзгеше мерзім белгіленбесе, екі айдан кешіктірмей тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдарға жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z321" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z321" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұтынушының өтінішіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сатушының (дайындаушының, орындаушының) тұтынушының өтінішіне жауабының көшірмесі, ал егер осы Заңда белгіленген мерзім ішінде сатушының (дайындаушының, орындаушының) жауабы алынбаған болса, – тұтынушының сатушыға (дайындаушыға, орындаушыға) өтінішінің көшірмесі (бар болса); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініште жазылған мән-жайларды растайтын өзге де құжаттар (бар болса) қоса тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="257"/>
+    <w:bookmarkStart w:name="z322" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұтынушының өтінішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірі (ол бар болса), пошта мекенжайы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14519,135 +14417,135 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тұтынушының талабы және тұтынушылық даудың мән-жайлары көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініште байланыс деректері (телефон, факс нөмірлері, электрондық пошта мекенжайлары және өзге де мәліметтер), сондай-ақ тауарларды (орындалған жұмыстарды, көрсетілген қызметтерді) және сатушының (дайындаушының, орындаушының) әрекеттерін фото-, аудио-, бейнетіркеуді қоса алғанда, өтініш дұрыс және уақтылы қаралуы үшін қажетті, тұтынушының құқықтары мен заңды мүдделерінің бұзылғандығын растайтын материалдар көрсетілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="258"/>
+    <w:bookmarkStart w:name="z323" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. Өтініш Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесі арқылы берілген жағдайда өтінішке қажетті құжаттардың сканерленген көшірмелері қоса тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған жағдайда, тұтынушының өтінішін қарайтын, тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік орган ұсынылған құжаттар көшірмелерінің түпнұсқаларын құжаттарды сұратуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-6-бап. Тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдардың тұтынушының өтінішін қараудан бас тартуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="259"/>
+    <w:bookmarkStart w:name="z325" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік орган тұтынушыға оның өтінішін қараудан мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сол тараптар арасындағы дауды дәл сол нысана бойынша және дәл сол негізде сот қараған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14658,127 +14556,127 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңды күшіне енген сот шешімі не тұтынушылық дауды сотқа дейінгі реттеу субъектісінің сол тараптар арасындағы, дәл сол нысана бойынша және дәл сол негізде тұтынушылық дауға қатысты қабылдаған шешімі бар болған жағдайларда, бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас тарту үшін өзге де негіздер осы Заңда және Қазақстан Республикасының өзге де заңдарында белгіленуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="260"/>
+    <w:bookmarkStart w:name="z326" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушының өтінішін қараудан бас тарту туралы шешім, егер Қазақстан Республикасының заңдарында өзге мерзім көзделмесе, тұтынушының өтінішін алған кезден бастап бес жұмыс күнінен кешіктірілмей қабылдануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z327" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z327" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұтынушының өтінішін қараудан бас тарту туралы шешім дәлелді болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-7-бап. Тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдардың тұтынушының өтінішін қарауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="262"/>
+    <w:bookmarkStart w:name="z329" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тұтынушының өтінішін қарау кезінде тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тұтынушыдан қосымша құжаттар мен ақпарат сұратуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14789,126 +14687,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тұтынушының талабы қойылған сатушыдан (дайындаушыдан, орындаушыдан) өтінішті қарау үшін қажетті түсіндірмелер мен дәлелдемелер ұсынуды сұратуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік органдар мен мекемелерден, басқа да ұйымдардан тұтынушының өтінішін қарау үшін қажетті ақпарат сұратуға және алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="263"/>
+    <w:bookmarkStart w:name="z330" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тұтынушының өтінішін қарау туралы шешім қабылданған кезден бастап үш жұмыс күні ішінде әрекеттеріне қатысты тұтынушының өтініші ұсынылған сатушыға (дайындаушыға, орындаушыға) хабарды алған күннен бастап он жұмыс күнінен кешіктірмей толық түсіндірмелерді және оларды негіздейтін құжаттарды ұсыну талабымен тұтынушының алынған өтініші туралы хабар, осы өтініштің және оның қосымшаларының көшірмелері жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабар сатушыға (дайындаушыға, орындаушыға) электрондық пошта мекенжайы немесе телефон нөмірі бойынша, сондай-ақ хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдары бойынша жіберілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушының (дайындаушының, орындаушының) электрондық пошта мекенжайы туралы немесе телефон нөмірі немесе хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдары туралы мәліметтер болмаған жағдайда, хабар сатушыға (дайындаушыға, орындаушыға) соңғы белгілі тұрғылықты жері немесе орналасқан жері бойынша телефонограммамен гибридтік жөнелту арқылы не оның табыс етілгені туралы хабарламасы бар тапсырысты хатпен жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="264"/>
+    <w:bookmarkStart w:name="z331" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұсынылған құжаттарды қарау қорытындылары бойынша және тұтынушының құқықтары мен заңды мүдделерін бұзушылықтар анықталған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатушыға (дайындаушыға, орындаушыға) бұзушылықтарды жою туралы нұсқама шығарылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14954,296 +14852,296 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында тұтынушылардың құқықтарын қорғау саласындағы функцияларды жүзеге асыратын мемлекеттік органдардың тұтынушылардың өтініштерін қарауының өзге де тәртібі мен мерзімдері белгіленуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-8-бап. Тұтынушылық дауды сотқа дейінгі реттеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="265"/>
+    <w:bookmarkStart w:name="z333" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұтынушы сатушыға (дайындаушыға, орындаушыға) осы Заңның 33-2-бабына сәйкес ол туралы ақпаратты сатушы (дайындаушы, орындаушы) орналастырған, тұтынушылық дауды сотқа дейінгі реттеу субъектісінің – төреліктің, медиатордың, тұтынушылардың қоғамдық бірлестігінің, қауымдастықтардың (одақтардың) не сатушы (дайындаушы, орындаушы) мүшесі болып табылатын өзін-өзі реттейтін ұйымның қарауына беруді ұсынуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сатушы (дайындаушы, орындаушы) тұтынушымен келісуге және тұтынушылық дауды сотқа дейінгі тәртіппен қарауға қатысуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұтынушылық дауды сотқа дейінгі реттеу субъектісінің қарауына тұтынушылық дауды беру туралы келісім жазбаша нысанда ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="266"/>
+    <w:bookmarkStart w:name="z334" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұтынушы тұтынушылық дауды сотқа дейінгі тәртіппен қарау туралы өтінішті тараптардың тұтынушылық дауды сотқа дейінгі реттеу субъектісінің қарауына тұтынушылық дауды беру туралы жазбаша келісімі болған кезде тұтынушылық дауды сотқа дейінгі реттеу субъектісіне жүгіну арқылы немесе Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесі арқылы беруі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тұтынушылық дауды сотқа дейінгі реттеу субъектісі тұтынушылардың өтініштерін қарау қорытындылары туралы тоқсан сайынғы ақпаратты уәкілетті органға береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="267"/>
+    <w:bookmarkStart w:name="z335" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұтынушылық дауды сотқа дейінгі тәртіппен қарау осы Заңның және Қазақстан Республикасының төрелік, медиация, өзін-өзі реттеу туралы заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z245" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z245" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бап. Қазақстан Республикасының тұтынушылар құқықтарын қорғау туралы заңнамасын бұзғаны үшін жауапкершілік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z247" w:id="269"/>
+    <w:bookmarkStart w:name="z247" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының тұтынушылар құқықтарын қорғау туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауапкершілікке әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>44-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="270"/>
+    <w:bookmarkStart w:name="z249" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z250" w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z250" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Тұтынушылардың праволарын қорғау туралы" Қазақ Советтік Социалистік Республикасының 1991 жылғы 5 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақ CСР Жоғарғы Кеңесінің Жаршысы, 1991 ж., № 23, 267-құжат; 1992 ж., № 13-14, 313-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>