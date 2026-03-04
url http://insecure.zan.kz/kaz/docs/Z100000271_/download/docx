--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce812f7" w14:textId="ce812f7">
+    <w:p w14:paraId="501fda6" w14:textId="501fda6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,50 +121,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заңның күшін жою көзделген – ҚР 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Қолданушылар назарына!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1714,150 +1790,80 @@
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z253" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына сәйкес қылмыстық-атқару жүйесінің мекемелеріндегі сотталғандарды жұмыспен қамтуға жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...98 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінде заңға мойынсынушылық мінез-құлықты қалыптастыруға бағытталған бағдарламалар мен әдістемелерді ендіреді және іске асырады, сондай-ақ бағдарламалар мен әдістемелерді іске асырудың, сондай-ақ зерттеу қорытындыларының сапасын қамтамасыз ете отырып, білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің құқықтық сауаттылығы мен қорғалу деңгейіне зерттеулер жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) мемлекеттік органдармен бірлесіп, білім беру ұйымдарының білім алушылары мен тәрбиеленушілері арасында құқық бұзушылықтардың профилактикасы жөніндегі іс-шараларды өткізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тиісті жергілікті өкілді органдарға құқық бұзушылық профилактикасы жөніндегі ведомствоаралық комиссиялардың дербес құрамын бекіту үшін ұсынады және олардың жұмыс істеуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
@@ -2061,50 +2067,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4199,416 +4245,342 @@
         <w:t>
       Білім беру саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне құқықтық тәрбие беру мәселелері бойынша мемлекеттік органдармен және ұйымдармен өзара іс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінде заңға мойынсынушылық мінез-құлықты қалыптастыруға бағытталған бағдарламалар мен әдістемелерді әзірлейді және бекітеді, сондай-ақ оларды іске асыру мониторингін және білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің құқықтық сауаттылығы мен қорғалу деңгейіне зерттеулер жүргізу мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...170 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Денсаулық сақтау саласындағы уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салауатты өмір салтын насихаттау жөніндегі іс-шаралар өткізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) психикаға белсенді әсер ететін заттарды жүйелі түрде медициналық емес мақсатта тұтынуды ерте анықтау және олардың профилактикасы әдістемелерін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4623,71 +4595,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4763,131 +4735,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Денсаулық сақтау ұйымдарының құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау ұйымдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салауатты өмір салтын насихаттауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наркологиялық, психологиялық, психиатриялық, емдеу-профилактикалық көмек көрсетеді және оны қажет ететін адамдарға медициналық оңалтуды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) психикалық, мінез-құлықтық, оның ішінде психикаға белсенді әсер ететін заттарды тұтынуға байланысты бұзылушылықтары (аурулары) бар адамдарды анықтауды, есепке алуды және байқауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4902,91 +4874,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құқық бұзушылықтан зардап шеккен адамдардың жәрдем сұрауы және оларға медициналық көмек көрсету фактілері туралы ішкі істер органдарына хабарлайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5042,91 +5014,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Халықты әлеуметтік қорғау саласындағы уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықты әлеуметтік қорғау саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықты жұмыспен қамтуға жәрдемдесуге және кедейлікті азайтуға бағытталған мемлекеттік саясатты қалыптастыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5141,91 +5113,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 2010.12.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 372-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z120" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) халықтың жұмыспен қамтылуына жәрдемдесудің белсенді нысандарын қолдану жөніндегі әдістемелік ұсынымдарды әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5271,71 +5243,71 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Дене шынықтыру және спорт саласындағы уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:bookmarkStart w:name="z123" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дене шынықтыру және спорт саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z124" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5350,91 +5322,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z125" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өзге де мемлекеттік органдармен бірлесіп құқық бұзушылық жасауға бейім адамдарды дене шынықтыру және спорт сабақтарына тартуға жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z126" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z126" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5508,140 +5480,140 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 16-баптың тақырыбына өзгеріс енгізілді – ҚР 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="115"/>
+    <w:bookmarkStart w:name="z128" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Масс-медиа саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z129" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z129" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бұқаралық ақпарат құралдарында құқықтық насихат жүргізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z130" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бұқаралық ақпарат құралдарында құқық бұзушылық профилактикасы субъектілерінің қызметін жазып-көрсетуге ықпал етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z131" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z131" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді жүзеге асырады</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5677,485 +5649,485 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Азаматтар мен ұйымдардың құқық бұзушылық профилактикасына қатысуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Азаматтар мен ұйымдардың құқық бұзушылық профилактикасына қатысуы Қазақстан Республикасының осы Заңына және өзге де заңдарына сәйкес құқық бұзушылық профилактикасының басқа субъектілеріне ерікті түрде жәрдем көрсету жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық бұзушылық профилактикасына қатысушы азаматтар мен ұйымдар өздерінің қызметін заңдылық, адамның және азаматтың құқықтары мен бостандықтарын құрметтеу және сақтау принциптері негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқық бұзушылық профилактикасына қатысушы азаматтар мен ұйымдар өздерінің қызметін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтық насихатты ұйымдастыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консультативтік-кеңесші және сараптама органдарының жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құқық бұзушылық профилактикасының басқа субъектілеріне жәрдемдесу арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бап. Құқық бұзушылық профилактикасы субъектілерінің қызметін үйлестіру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="125"/>
+    <w:bookmarkStart w:name="z140" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқық бұзушылық профилактикасы субъектілерінің қызметін үйлестіру құқық бұзушылықтың уақтылы алдын алу, анықтау және жолын кесу, оларды жасауға итермелейтін себептер мен жағдайларды жою жөніндегі келісілген іс-әрекеттерді әзірлеу және оларды өздері жүзеге асыру арқылы профилактикалық жұмыстың тиімділігін арттыру мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z141" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z141" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасындағы құқық бұзушылық профилактикасы субъектілерінің қызметін үйлестіруді құқық бұзушылық профилактикасы жөніндегі ведомствоаралық комиссиялар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құқық бұзушылық профилактикасы жөніндегі ведомствоаралық комиссиялар Қазақстан Республикасының Үкіметі жанынан, сондай-ақ облыстардың, республикалық маңызы бар қалалардың, астананың және аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары жанынан құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="127"/>
+    <w:bookmarkStart w:name="z142" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқық бұзушылық профилактикасы жөніндегі ведомствоаралық комиссия консультативтік-кеңесші орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z143" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z143" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомствоаралық комиссиялар қызметінің негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z144" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z144" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқық бұзушылық профилактикасы субъектілерінің қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z145" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z145" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құқық бұзушылық профилактикасы субъектілері қызметінің тиімділігін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z146" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z146" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының құқық бұзушылық профилактикасы туралы заңнамасын жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z147" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z147" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құқық бұзушылық профилактикасы саласындағы құжаттарының іске асырылу барысын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z148" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z148" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасы Үкіметінің, облыстардың, республикалық маңызы бар қалалардың, астананың және аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының қарауына құқық бұзушылық профилактикасы шараларын жетілдіру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z149" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z149" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) адамның және азаматтың құқықтары мен заңды мүдделерін қорғау және қалпына келтіру, құқық бұзушылық жасауға итермелейтін себептер мен жағдайларды анықтау және жою жөнінде шаралар қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z150" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z150" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) құқық бұзушылық профилактикасы мәселелері бойынша ақпараттық материалдарды дайындау және оларды Қазақстан Республикасының Үкіметіне, тиісті жергілікті өкілді және атқарушы органдарға жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z151" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z151" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құқық бұзушылық профилактикасы субъектілері басшыларының және лауазымды адамдарының жүргізген жұмыстары туралы есептерін тыңдау және олардың қызметін жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z152" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z152" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мемлекеттік органдарға және ұйымдарға лауазымды адамдарды құқық бұзушылық профилактикасы жөнінде шаралар қолданбағаны үшін тәртіптік және өзге де жауаптылыққа тарту туралы ұсыныстар енгізу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z153" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z153" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ведомствоаралық комиссиялардың құрамы, өкілеттіктері және қызмет тәртібі Қазақстан Республикасының Үкіметі, облыстардың, республикалық маңызы бар қалалардың, астананың және аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары бекітетін ережелермен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6201,382 +6173,382 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Үйлестіру қызметінің нысандары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="139"/>
+    <w:bookmarkStart w:name="z155" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқық бұзушылық профилактикасы субъектілерінің қызметін үйлестіруді құқық бұзушылық профилактикасы жөніндегі ведомствоаралық комиссиялар мынадай негізгі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z156" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z156" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқық бұзушылық профилактикасы субъектілерінің қызметін жетілдіру жөніндегі ұсыныстар мен ұсынымдарды әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z157" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z157" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратпен алмасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z158" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z158" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оң тәжірибені зерделеу және тарату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z159" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бірлескен жедел-профилактикалық іс-шараларды өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z160" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z160" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отырыстар мен кеңестер өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z161" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z161" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюллетеньдер (жинақтар) және басқа да ақпараттық басылымдар шығару нысандарында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z162" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z162" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық бұзушылық профилактикасы субъектілері өздеріне белгілі болған, мемлекеттік органдардың құзыретіне жататын, дайындалып жатқан немесе жасалған құқық бұзушылық фактілері туралы осы органдарға дереу хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z163" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z163" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. ҚҰҚЫҚ БҰЗУШЫЛЫҚ ПРОФИЛАКТИКАСЫНЫҢ ШАРАЛАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Құқық бұзушылық профилактикасы шараларының жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құқық бұзушылық профилактикасы жалпы, арнаулы және жеке шаралар арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Құқық бұзушылық профилактикасының жалпы шаралары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="149"/>
+    <w:bookmarkStart w:name="z167" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құқық бұзушылық профилактикасының жалпы шаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z168" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z168" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықтың әлеуметтік жағынан әлсіз топтарын қорғау жөніндегі шараларды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z169" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z169" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) экономиканы, әлеуметтік саланы, құқық қорғау қызметін басқарудағы қателіктер мен кемшіліктерді жоюға, сондай-ақ құқық бұзушылық профилактикасын нормативтік, ақпараттық, әдістемелік және ресурстық қамтамасыз етуді жетілдіруге бағытталған ұйымдастырушылық-басқарушылық шараларын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z170" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z170" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) азаматтардың жалпы, тұрмыстық және құқықтық мәдениетін арттыратын, жалпы адамзаттық құндылықтарға, заңға мойынсынушылық мінез-құлыққа, құқыққа қарсы мінез-құлыққа төзбеушілікке бағдарланған адамгершілік қасиеттерін қалыптастыру арқылы криминогендік факторларды жоятын немесе шектейтін идеологиялық шараларды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z171" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z171" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құқық бұзушылық жасауға тосқауыл болатын ғылым мен техника жетістіктерін қолдану арқылы іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңдарының талаптарын, қызметтік (лауазымдық, еңбек) міндеттерін орындау үшін, медициналық мақсаттарда, азаматтық қорғау үшін, ауа райы жағдайларында, сондай-ақ спорттық, спорттық-бұқаралық және мәдени-бұқаралық іс-шараларға тікелей қатысатын адамдарға қажет болатын жағдайларды қоспағанда, қоғамдық орындарда бет-әлпетті тануға кедергі келтіретін киім-кешекті киіп жүруге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6705,430 +6677,430 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап. Құқық бұзушылықтың жеке профилактикасы шаралары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқық бұзушылықтың жеке профилактикасы шаралары адам не адамдардың шектеулі тобы тарапынан құқық бұзушылық жасаудың алдын алу, сондай-ақ оны жасауға итермелейтін себептер мен жағдайларды жою мақсатында олардың құқықтық санасына және мінез-құлқына жүйелі түрде мақсатты ықпал ету үшін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z178" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық бұзушылықтың жеке профилактикасы шаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z179" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) профилактикалық әңгімелесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z180" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z180" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қорғау нұсқамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z181" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z181" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құқық бұзушылық жасауға итермелейтін себептер мен жағдайларды жою туралы ұсыныс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z182" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z182" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) медициналық сипаттағы мәжбүрлеу шаралары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z183" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z183" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құқық бұзушының мінез-құлқына ерекше талаптар белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z184" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z184" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) профилактикалық есепке алу және бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z185" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z185" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) әкімшілік жаза қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z186" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z186" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ата-ана құқықтарынан айыру не оларды шектеу, бала (ұл, қыз) асырап алудың күшін жою, қамқоршыларды және қорғаншыларды өздерінің міндеттерін орындаудан босату және шеттету, баланы патронаттық тәрбиешінің тәрбиесіне беру туралы шартты мерзімінен бұрын бұзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z187" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z187" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сот үкімі бойынша қабылданатын шаралар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z188" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z188" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) әкімшілік қадағалау орнату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z189" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z189" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) жүріп-тұру еркіндігін алдын ала шектеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z190" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z190" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқық бұзушылықтың жеке профилактикасы шаралары оған қатысты қолданылатын адамның жеке ерекшеліктері, оның жасаған құқық бұзушылығының қоғамға қауіптілігінің сипаты мен деңгейі ескеріле отырып айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z191" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z191" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мүдделі адамдар құқық бұзушылықтың жеке профилактикасы шараларын қолдану туралы шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z192" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z192" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кәмелетке толмағандарға қатысты құқық бұзушылықтың жеке профилактикасы шаралары Қазақстан Республикасының кәмелетке толмағандар арасындағы құқық бұзушылықтың, қадағалаусыз және панасыз қалудың профилактикасы туралы заңнамасында белгіленген ерекшеліктер ескеріле отырып қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z193" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z193" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тұрмыстық зорлық-зомбылық жасаған адамдарға қатысты құқық бұзушылықтың жеке профилактикасы шаралары Қазақстан Республикасының тұрмыстық зорлық-зомбылық профилактикасы туралы заңнамасында белгіленген ерекшеліктер ескеріле отырып қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z194" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құқық бұзушылықтың жеке профилактикасы шараларын қолдану Қазақстан Республикасының осы Заңына және өзге де заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z195" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z195" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Құқық бұзушылықтың жеке профилактикасы шараларын есепке алу орталық атқарушы органдар айқындаған тәртіппен олардың құзыреті шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-1-бап. Əскери қызметшілерге қатысты қолданылатын құқық бұзушылық профилактикасы шаралары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7157,794 +7129,794 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Құқық бұзушылықтың жеке профилактикасы шараларын қолдануға негіздер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="173"/>
+    <w:bookmarkStart w:name="z197" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқық бұзушылықтың жеке профилактикасы шараларын қолдануға мына мән-жайлардың бірі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z198" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардың хабарламалары немесе өтініштерi, сондай-ақ бұқаралық ақпарат құралдарындағы хабарламалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z199" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құқық бұзушылық жасау не жасауға әрекет ету фактісін уәкілетті лауазымды адамның тікелей анықтауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z200" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z200" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік органдардан және жергілікті өзін-өзі басқару органдарынан түскен материалдар негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z201" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z201" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық бұзушылық жасау туралы немесе оны жасау қатері туралы өтініштер мен хабарламаларды мемлекеттік органдар Қазақстан Республикасының заңнамасында белгіленген тәртіппен қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Профилактикалық әңгімелесу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="178"/>
+    <w:bookmarkStart w:name="z203" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Профилактикалық әңгімелесудің негізгі міндеттері құқыққа қарсы мінез-құлықтың себептері мен жағдайларын анықтау, құқық бұзушылықтың әлеуметтік және құқықтық салдарларын түсіндіру және заңға мойынсынушылық мінез-құлықтың қажеттігіне сендіру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z204" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z204" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Профилактикалық әңгімелесуді құқық бұзушылықтың жеке профилактикасы шараларын қолдану құзыретіне жататын құқық бұзушылық субъектісі құқық бұзушылық жасаған немесе оған қатысты құқық бұзушылықтың жеке профилактикасы шараларын қолдануға негіз бар адаммен өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z205" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z205" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профилактикалық әңгімелесу құқық бұзушылық профилактикасы субъектілерінің қызметтік үй-жайларында, сондай-ақ тұратын жері, оқу, жұмыс орны бойынша не тікелей құқық бұзушылық анықталған жерде өткізіледі және оның ұзақтығы бір сағаттан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z206" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z206" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Профилактикалық әңгімелесу өткізілетін адамға құқыққа қарсы іс-әрекеттерді тоқтату қажеттілігі туралы ескертіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z207" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z207" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кәмелетке толмаған адаммен профилактикалық әңгімелесу оның ата-анасының, педагогтарының немесе басқа да заңды өкілдерінің қатысуымен өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Құқық бұзушылық жасауға итермелейтін себептер мен жағдайларды жою туралы ұсыныс</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="183"/>
+    <w:bookmarkStart w:name="z209" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Құқық бұзушылық жасауға итермелейтін себептер мен жағдайлар анықталған жағдайда мемлекеттік органдар тиісті ұйымның басшысына немесе лауазымды адамына оларды жою туралы ұсыныс жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z210" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z210" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тиісті ұйымның басшысы немесе лауазымды адамы ұсынысты алған күннен бастап бір ай мерзім ішінде мемлекеттік органға ұсынысты қарау нәтижелері және қолданылған шаралар туралы жазбаша түрде ақпарат беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Құқық бұзушының мінез-құлқына ерекше талаптар белгілеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="185"/>
+    <w:bookmarkStart w:name="z212" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сот құқық бұзушының мінез-құлқына оның жаңа құқық бұзушылық жасауының алдын алу мақсатында ерекше талаптар белгілеуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z213" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z213" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Құқық бұзушының мінез-құлқына ерекше талаптар белгілеу әкімшілік-құқықтық ықпал ету шарасы болып табылады және ол әкімшілік құқық бұзушылық жасаған адамға әкімшілік жаза қолданылумен қатар және әкімшілік құқық бұзушылық жасаған адамды әкімшілік жауаптылықтан босатқан кезде оның орнына да қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z214" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z214" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқық бұзушының мінез-құлқына ерекше талаптар белгілеу әкімшілік құқық бұзушылық жасаған адамның белгілі бір құқықтарын шектеуге және оған белгілі бір міндеттер жүктеуге әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z215" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z215" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Құқық бұзушының мінез-құлқына ерекше талаптар белгілеу тәртібі, оның қолданылу мерзімі, әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізуге қатысушылардың құқықтары мен міндеттері Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z216" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z216" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мінез-құлқына ерекше талаптар белгіленген адамды ішкі істер органдары профилактикалық есепке қояды және оған профилактикалық бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Профилактикалық есепке алу және бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="190"/>
+    <w:bookmarkStart w:name="z218" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Профилактикалық есепке, оған қатысты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z219" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z219" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қорғау нұсқамасы шығарылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z220" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z220" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оның мінез-құлқына ерекше талаптар белгіленген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z221" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z221" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бас бостандығынан айыру түріндегі жазасын өтеуден шартты түрде мерзімінен бұрын босату туралы шешім қабылданған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z222" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z222" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әкімшілік қадағалау белгіленген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z223" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z223" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қоғамнан оқшаулаумен байланысты емес жаза немесе қылмыстық-құқықтық ықпал етудің өзге де шаралары қолданылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z173" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z173" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ауыр және аса ауыр қылмыс жасағаны үшін жазасын өтегеннен кейін бас бостандығынан айыру орындарынан босату туралы шешім қабылданған немесе қасақана қылмыстары үшін екі және одан да көп рет бас бостандығынан айыруға сотталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) соттың қылмыстық жаза тағайындап және жазаны өтеуге кедергі келтіретін ауыр науқасына байланысты жазаны өтеуден босата отырып, ауыр немесе аса ауыр қылмыс жасауға кінәлі деп тану туралы айыптау үкімі шығарылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ауыр және аса ауыр қылмыстар жасағаны үшін сотталған сотталғандарды ауыр науқасына байланысты бас бостандығынан айыру орындарынан босату туралы сот шешімі қабылданған адам қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="197"/>
+    <w:bookmarkStart w:name="z174" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адамдарды профилактикалық есепке қою үшін Қазақстан Республикасының заңдарында өзге де негіздер көзделуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z224" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z224" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Профилактикалық есепке алуды ішкі істер органдары жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z225" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z225" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профилактикалық бақылау профилактикалық есепте тұратын адамның белгіленген шектеулерді сақтауын және жүктелген міндеттерді орындауын жүйелі түрде байқау болып табылады. Бұл адамдардың құқықтары мен міндеттері, сондай-ақ оларға профилактикалық бақылауды жүзеге асыру тәртібі Қазақстан Республикасының заңдарымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z226" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z226" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мүдделі адамдар профилактикалық есепке қоюға Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z227" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z227" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ішкі істер органдары адамға қорғау нұсқамасы шығарылған күні не соттың шешімі заңды күшіне енген күннен бастап күнтізбелік он күн ішінде профилактикалық есепке қойылғаны туралы жазбаша нысанда хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z228" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z228" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Профилактикалық бақылау профилактикалық есепке алу қолданылатын мерзім ішінде жүзеге асырылады. Белгіленген шектеулердің қолданылу және жүктелген міндеттердің орындалу мерзімі біткеннен кейін адам профилактикалық есептен шығарылып, оған бұл туралы үш тәулік ішінде жазбаша нысанда хабарланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z229" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z229" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Профилактикалық есептегі қамтылған мәліметтер құқық бұзушылық профилактикасы жөніндегі міндеттерді шешу шеңберінде ғана пайдаланылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z230" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z230" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Профилактикалық есепке алуды жүргізу Қазақстан Республикасы Ішкі істер министрлігі айқындаған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8060,146 +8032,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Жүріп-тұру еркіндігін алдын-ала шектеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="205"/>
+    <w:bookmarkStart w:name="z232" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жүріп-тұру еркіндігін алдын ала шектеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       белгілі бір тұрғылықты жері және (немесе) жеке басты куәландыратын құжаттары жоқ адамдардың әрекеттерінде қылмыстық және әкімшілік құқық бұзушылық белгілері болмаған кезде және мұндай адамдардың жеке басын өзге де тәсілдермен анықтау мүмкін болмаған кезде оларға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды күшіне енген сот үкімінің, шешімінің, қаулысының негізінде мәжбүрлеу тәртібімен шығарып жіберілуге жататын, сол сияқты шығарып жіберу туралы сот актісінде көрсетілген мерзімде Қазақстан Республикасының аумағынан кетпеген шетелдіктер мен азаматтығы жоқ адамдарға қатысты жеке профилактика шарасы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="206"/>
+    <w:bookmarkStart w:name="z233" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жүріп-тұру еркіндігін алдын ала шектеуді ішкі істер органдары соттың санкциясымен қолданады және ол осы баптың 1-тармағында аталған адамдарды ішкі істер органдарының арнаулы мекемесінде отыз тәулікке дейінгі мерзімге уақытша оқшаулауды білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z234" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z234" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жүріп-тұру еркіндігін алдын ала шектеуді қолданудың тәртібі мен шарттары, сондай-ақ ішкі істер органдарының арнаулы мекемесінен босатудың негіздері Қазақстан Республикасының заңнамасымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8238,142 +8210,142 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="208"/>
+    <w:bookmarkStart w:name="z235" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Қазақстан Республикасының құқық бұзушылық профилактикасы туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="209"/>
+    <w:bookmarkStart w:name="z237" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының құқық бұзушылық профилактикасы туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="210"/>
+    <w:bookmarkStart w:name="z239" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -8549,55 +8521,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>