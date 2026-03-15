--- v1 (2026-03-04)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="501fda6" w14:textId="501fda6">
+    <w:p w14:paraId="8247347" w14:textId="8247347">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,124 +85,134 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құқық бұзушылық профилактикасы туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының 2010 жылғы 29 сәуірдегі № 271-IV Заңы.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының 2010 жылғы 29 сәуірдегі № 271-IV Заңы. Күші жойылды - Қазақстан Республикасының 2025 жылғы 30 желтоқсандағы № 245-VIII Заңымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Заңның күші жойылды – ҚР 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 245-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -646,51 +658,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -925,51 +937,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1974,131 +1986,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 388-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 18.04.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 58-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -2658,151 +2670,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгерістер енгізілді - ҚР 2010.12.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 372-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.01.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 159-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.04.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 58-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2949,51 +2961,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бап жаңа редакцияда - ҚР 07.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 248-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді – ҚР 06.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365-VI</w:t>
       </w:r>
       <w:r>
@@ -3333,51 +3345,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді - ҚР 2012.01.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3637,71 +3649,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 9-1-баппен толықтырылды - ҚР 2012.02.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 206-VII</w:t>
       </w:r>
       <w:r>
@@ -3954,51 +3966,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тарау 9-2-баппен толықтырылды - ҚР 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 14.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 206-VII</w:t>
       </w:r>
       <w:r>
@@ -4158,51 +4170,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6575,51 +6587,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7985,51 +7997,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8513,55 +8525,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8891,35 +8925,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>