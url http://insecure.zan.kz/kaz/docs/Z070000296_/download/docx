--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="02858b0" w14:textId="02858b0">
+    <w:p w14:paraId="c90ba19" w14:textId="c90ba19">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1369,392 +1369,538 @@
       астананың бас жоспарын іске асыру үшін әзірленетін астана аумағының қала құрылысын игеру схемаларын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астана аумағының қала құрылысы регламентін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астананың орманды саябақ аймағын басқару және оның аумағындағы қызметтің шектеулі режимі қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) тармақшаның жетінші абзацына өзгеріс енгізу көзделген – ҚР 26.06.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      3) тармақшаның сегізінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астана аумағында тұрғылықты жері және уақытша болатын (тұратын) жері бойынша тіркеу нормативтерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаны тоғызыншы абзацпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жер учаскесін мемлекет мұқтажы үшін алып қоюға байланысты жер учаскесін немесе өзге де жылжымайтын мүлікті иеліктен шығару туралы шарттардың жобаларын келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2011.03.01 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 366-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...255 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.07.2025 </w:t>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2578,168 +2724,62 @@
       19-10) пәтерлер, тұрғын емес үй-жайлар орынтұрақ орындары, қоймалар меншік иелерінің лифтілерді жөндеуге және ауыстыруға, кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге байланысты ақшаны қайтаруын қамтамасыз ету қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-11) елді мекендер шекараларының шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы әлеуметтік инфрақұрылым объектілерінде бақылау субъектілеріне қатысты мемлекеттік бақылауды жүзеге асыру бойынша тұрғын үй инспекциясының жұмысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      19-12) елді мекендер шекараларының шегінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуына өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде қадағалау субъектілеріне қатысты мемлекеттік қадағалауды жүзеге асыру бойынша тұрғын үй инспекциясының жұмысын ұйымдастырады;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-12) елді мекендер шекараларының шегінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуына өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде бақылау және қадағалау субъектілеріне қатысты мемлекеттік бақылауды және қадағалауды жүзеге асыру бойынша тұрғын үй инспекциясының жұмысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-13) жарғылық капиталына мемлекет жүз пайыз қатысатын астана тұрғындарының тыныс-тіршілігін қамтамасыз ету жүйесінің қалалық операторын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3396,193 +3436,87 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) арнайы экономикалық аймақтардың басқарушы компанияларының қызметін үйлестіруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) жазғы алаңдарды, қоғамдық тамақтану объектілерін, қызметтер көрсету саласы объектілерін орнату қағидаларын әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z36" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43) астананың санитариялық-қорғау жасыл аймағын күтіп-ұстау және дамыту үшін жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаны айқындайды;</w:t>
+      43) астананың орманды саябақ аймағын күтіп-ұстау және дамыту үшін жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаны айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z37" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44) астананың санитариялық-қорғау жасыл аймағын басқару және оның аумағындағы қызметтің шектеулі режимі қағидаларын әзірлейді;</w:t>
+      44) астананың орманды саябақ аймағын басқару және оның аумағындағы қызметтің шектеулі режимі қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) астана аумағында тұрғылықты жері және уақытша болатын (тұратын) жері бойынша тіркеу нормативтерін әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
@@ -3627,50 +3561,138 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-бапты 48) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.03.01 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4075,50 +4097,130 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207-VIII</w:t>
       </w:r>
       <w:r>
@@ -6602,246 +6704,128 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...96 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-2-бап. Астананың санитариялық-қорғау жасыл аймағында орналасқан табиғи объектілерді ерекше қорғау режимінің ерекшеліктері</w:t>
+        <w:t>12-2-бап. Астананың орманды саябақ аймағы режимінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Астананың санитариялық-қорғау жасыл аймағы деп астана аумағы шегіндегі қорғау, мәдени-сауықтыру, рекреациялық және туристік функцияларды орындайтын аймақ түсініледі.</w:t>
+      1. Астананың орманды саябақ аймағы деп астана аумағы шегіндегі қорғау, сауықтыру функцияларына және рекреациялық функцияларға арналған және соларды орындайтын жерлер танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z40" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Астананың санитариялық-қорғау жасыл аймағының шекарасын өзгерту туралы шешімді астананың жергілікті атқарушы органының ұсынуы бойынша Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
+      2. Астананың орманды саябақ аймағының шекараларын белгілеу және өзгерту туралы шешімді астананың жергілікті атқарушы органының ұсынуы бойынша Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z41" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Астананың санитариялық-қорғау жасыл аймағы айналасындағы және оның шекарасындағы жерлерде қолайсыз сыртқы әсерлерден ерекше сақтауды және қорғауды қамтамасыз ету үшін осы аумақтардың экологиялық жүйелерінің жай-күйіне және қалпына келтірілуіне теріс әсер ететін кез келген қызметке, оның ішінде мал жаюға, үй жануарларын айдауға, қоқысты жинақтауға, топырақ қабатын бұзуға, аң аулауға, жануарларды аулау мен жоюға, олардың тіршілік ету ортасы мен жағдайларын бұзуға, қорғалатын ландшафттардың табиғи келбетінің өзгеруіне немесе экологиялық жүйелер тұрақтылығының бұзылуына әкелуі мүмкін өзге де қызметке тыйым салынады.</w:t>
+      3. Астананың орманды саябақ аймағының жерлерінде экологиялық жүйенің, өсімдіктердің, жануарлар мен басқа да организмдердің жай-күйіне және қалпына келтірілуіне теріс әсер ететін кез келген қызметті жүзеге асыруға, оның ішінде ауыл шаруашылығы жануарларын жаюға және айдауға, қоқысты жинап қоюға, топырақ қабатын бұзуға, аң аулауға, жануарларды заңсыз аулауға, алып қоюға және жансыздандыруға, олардың мекендеу ортасы мен жағдайларын бұзуға, табиғи келбетінің өзгеруіне немесе экологиялық жүйелер орнықтылығының бұзылуына алып келуі мүмкін өзге де қызметке тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z42" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6863,51 +6847,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.10.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">); жаңа редакцияда – ҚР 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7080,68 +7104,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="20"/>
+    <w:bookmarkStart w:name="z17" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың атауына өзгерту енгізілді - ҚР 2011.03.01 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7546,55 +7570,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>