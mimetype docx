--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ad6543" w14:textId="4ad6543">
+    <w:p w14:paraId="478a5b6" w14:textId="478a5b6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -431,51 +431,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 154-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -785,91 +785,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді - ҚР 30.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VII</w:t>
       </w:r>
       <w:r>
@@ -885,51 +885,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 154-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1020,51 +1020,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 154-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1227,51 +1227,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 154-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2563,71 +2563,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ғылыми сараптаманы, халықаралық шарттың жобасын дайындауға қатысқан немесе Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шартты жасасуға бастамашы болған адамдарды қоспағанда, қаралып отырған халықаралық шарттың немесе ратификациялауға жататын халықаралық шарт жобасының мазмұнына қарай ғылыми ұйымдар, ғалымдар мен мамандар арасынан тартылатын бір немесе бірнеше сарапшы (сараптама комиссиясы), оның ішінде шетелдіктер жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z184" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1. Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шарттарға, сондай-ақ халықаралық шарттардың жобаларына міндетті ғылыми лингвистикалық сараптаманы Қазақстан Республикасының Үкіметі айқындайтын уәкілетті ұйым жүргізеді.</w:t>
+      2-1. Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шарттарға, сондай-ақ халықаралық шарттардың жобаларына міндетті ғылыми лингвистикалық сараптаманы мемлекеттік органдардың норма шығару қызметін ғылыми қолдап отыруды жүзеге асыратын уәкілетті ұйым жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z186" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-2. Қаралып отырған халықаралық шарттың немесе ратификациялауға жататын халықаралық шарт жобасының ғылыми құқықтық сараптамасын Қазақстан Республикасының Үкіметі айқындайтын уәкілетті ұйым жүргізеді.</w:t>
+      2-2. Қаралып отырған халықаралық шарттың немесе ратификациялауға жататын халықаралық шарт жобасының ғылыми құқықтық сараптамасын мемлекеттік органдардың норма шығару қызметін ғылыми қолдап отыруды жүзеге асыратын уәкілетті ұйым жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z65" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ғылыми сараптама:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
@@ -2919,51 +2919,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-VII</w:t>
       </w:r>
       <w:r>
@@ -2973,50 +2973,90 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3695,91 +3735,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 30.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
@@ -6667,71 +6707,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгерту енгізілді - ҚР 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 12.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-VII</w:t>
       </w:r>
       <w:r>
@@ -8199,51 +8239,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тарау 31-1-баппен толықтырылды - ҚР 30.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8454,55 +8494,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8828,31 +8868,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>