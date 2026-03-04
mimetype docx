--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9bc440" w14:textId="e9bc440">
+    <w:p w14:paraId="20ecfb5" w14:textId="20ecfb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,79 +121,157 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "электрондық ақпараттық ресурстар", "Электрондық ақпараттық ресурстар", "ақпараттық жүйесі", "ақпараттық жүйелерінде" деген сөздер тиісінше "цифрлық ресурстар", "Цифрлық ресурстар", "цифрлық жүйесі", "цифрлық жүйелерінде" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiлер иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру саласында туындайтын қоғамдық қатынастарды реттейдi және оны жүргiзудiң құқықтық, экономикалық және ұйымдық негiздерiн белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -247,50 +325,156 @@
         <w:t>
       1) авария – ғимараттардың, құрылыстардың және (немесе) қауіпті өндірістік объектіде қолданылатын техникалық құрылғылардың қирауы, бақылауға болмайтын жарылыс және (немесе) қауіпті заттардың шығарындысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z28" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инцидент – аварияға алып келмеген, қауіпті өндірістік объектіде қолданылатын техникалық құрылғылардың жұмыс істемей қалуы немесе бүлінуі, технологиялық процесті жүргізудің қауіпсіздігін қамтамасыз ететін параметрлерден ауытқу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z29" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қауіпті өндірістік фактор – қауіпті өндірістік объектілердегі авариялар, инциденттер кезінде туындайтын, үшінші тұлғалардың өміріне, денсаулығына және (немесе) мүлкіне зиян келтіретін физикалық құбылыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z30" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -351,50 +535,156 @@
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z33" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сақтандыру жағдайы – оның басталуына орай қызметі үшінші тұлғаларға зиян келтіру қаупімен байланысты объектілер иелерінің жауапкершілігін міндетті сақтандыру шарты сақтандыру төлемін жүзеге асыруды көздейтін оқиға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-1) тармақшаны алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) сақтандыру омбудсманы – "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңына сәйкес сақтандыру нарығына қатысушылар арасындағы келіспеушіліктерді реттеуді жүзеге асыратын, өз қызметінде тәуелсіз жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1862,126 +2152,222 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-1-бап. Ақпараттық өзара іс-қимыл жасау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-1-бапқа өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Авариялар, оқыс оқиғалар мен қауіпті өндірістік факторлар және олардың салдары туралы ақпаратқа ие уәкілетті орган, оның бөлімшелері, өнеркәсіптік қауіпсіздік саласында мемлекеттік бақылау мен қадағалауды жүзеге асыратын уәкілетті орган, прокуратура органдары, өзге де мемлекеттік органдар мен ұйымдар осы ақпаратты сақтандырушыға, сақтанушыға (пайда алушыға), сақтандыру омбудсманына олар өтініш жасаған кезде беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-1-баппен толықтырылды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2418,51 +2804,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2945,51 +3331,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-1-баппен толықтырылды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); жаңа редакцияда – ҚР 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
@@ -3154,51 +3540,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерту енгізілді - ҚР 2010.05.04 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3479,51 +3865,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3549,1367 +3935,2024 @@
       4) сақтандырушы (оның ішінде сақтандырушының интернет-ресурсы арқылы) және (немесе) тәуелсiз сарапшы жүргiзген, келтiрiлген зиянның мөлшерiн бағалаудың нәтижелерiмен және сақтандыру төлемi мөлшерiнiң есеп-қисаптарымен танысуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын мерзiмiнен бұрын тоқтатуға (бұл құқық сақтанушыға ғана қолданылады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5-1) объектілер иелерінің жауапкершілігін міндетті сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>21-1-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген ерекшеліктерді ескере отырып сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктерді ескере отырып, өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы не сақтандырушы арқылы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiдегi сақтандыру тәуекелін, сақтандыру жағдайының басталу ықтималдығын немесе ол басталған кезде болуы мүмкiн зиян мөлшерiн төмендетуге алып келуі мүмкiн мән-жайлар өзгерген жағдайда объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартының талаптарын өзгертудi талап етуге (бұл құқық сақтанушыға ғана қолданылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) осы Заңда көзделген жағдайларда және тәртiппен сақтандыру төлемiн алуға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтанушының (сақтандырылушының) Қазақстан Республикасының заңдарына қайшы келмейтiн басқа құқықтары да көзделуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сақтанушы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтандыру сыйлықақысын объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында белгiленген мөлшерде, тәртiппен және мерзiмдерде төлеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) объектілер иелерінің жауапкершілігін міндетті сақтандыру шарты жасалған күннен бастап күнтізбелік он күн ішінде бұл туралы уәкілетті органды хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу кезiнде сақтандырушыға объектiлер иелерiнiң жауапкершiлiгiн мiндеттi және ерiктi сақтандырудың бұрынғы шарттары, сақтандыру жағдайлары, сақтандыру төлемдерi мен объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу үшiн қажеттi өзге де мәлiметтер туралы ақпаратты беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үш жұмыс күнi iшiнде сақтандырушыға және құзыретiн негiзге ала отырып уәкілетті мемлекеттiк органдарға мән-жайлардың өзгергенi туралы, егер бұл өзгерiстер сақтандыру тәуекелiнiң ұлғаюына әсер етуi мүмкiн болса, хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) сақтанушыны және құзыретiн негiзге ала отырып мемлекеттiк органдарды сақтандыру тәуекелiн едәуiр ұлғайтуы мүмкiн, қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiде жоспарланып отырған жаңғырту және (немесе) қайта бейiндеу туралы хабарлауға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қауіпті өндірістік факторлардың үшінші тұлғалардың өміріне, денсаулығына және (немесе) мүлкіне зиянды әсерін болғызбау жөніндегі қажетті және мүмкін болатын шараларды қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сақтандыру жағдайының басталғаны туралы өзiне белгiлi болғанда бұл туралы дереу, бiрақ үш күннен кешiктiрмей сақтандырушыға хабарлауға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қауіпті өндірістік факторлардың үшінші тұлғалардың өміріне, денсаулығына және (немесе) мүлкіне әсері туындаған кезде болуы мүмкiн шығындарды болдырмау немесе азайту, соның iшiнде мүлiктердi аман алып қалу және зардап шеккен адамдарға көмек көрсету жөнiнде қалыптасқан жағдайдағы ақылға қонымды және қолдан келетiн шараларды қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiдегi аварияның, инциденттің туындау себептерi мен өзге де мән-жайларға өз бетiнше зерттеп-тексеру жүргiзу мүмкiндiгiмен сақтандырушының өкiлiн қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) зақымданған мүлiктiң және бүлiну аймағының олардың сақтандыру жағдайы басталғаннан кейiнгi күйiнде сақтандырушының өкiлi қарағанға дейiн сақталуын (eгep бұл қауiпсiздiк мүдделерiне қайшы келмесе немесе зиян мөлшерiне әсер етпесе) қамтамасыз етудiң мүмкiн болатын барлық шараларын қолдануға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) сақтандырушыға барлық қолда бар қажеттi ақпарат (қажет болған кезде - жазбаша түрде) пен сақтандыру жағдайының басталу себептерi, барысы және салдары туралы, сондай-ақ келтiрiлген зиянның сипаты мен мөлшерi туралы талқылауға мүмкiндiк беретiн құжаттарды беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) қауіпті өндірістік фактор үшінші тұлғалардың өміріне, денсаулығына және (немесе) мүлкіне келтірген зиянды өтеу туралы талап немесе талап-арыз қойылғаны жөнiнде өзiне белгiлi болғанда, үш жұмыс күнi iшiнде бұл туралы сақтанушыға кез келген қолжетiмдi тәсiлмен хабарлауға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) келтiрiлген зиян үшiн жауапты тұлғаға қойылатын керi талап құқығының сақтандырушыға өтуiн қамтамасыз етуге мiндеттi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтанушының Қазақстан Республикасының заң актiлерiне қайшы келмейтiн басқа да мiндеттерi көзделуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерту енгізілді - ҚР 2010.05.04 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-бап. Сақтандырушының құқықтары мен мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Сақтандырушы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) объект иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу кезiнде сақтанушыдан (сақтандырылушыдан) Қазақстан Республикасының Азаматтық кодексiнде көзделген мәлiметтерден басқа, осы Заңға сәйкес объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу үшiн қажеттi мәлiметтердi, соның iшiнде объектiлер иелерiнiң жауапкершiлiгiн мiндеттi және ерiктi сақтандырудың бұрынғы шарттары, сақтандыру жағдайлары және сақтандыру төлемдерi туралы ақпаратты беруiн талап етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сақтандыру тәуекелiн бағалау үшiн тәуелсiз сарапшыны тартуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) тиiстi мемлекеттiк органдар мен ұйымдардан, олардың құзыретiн негiздей отырып, сақтандыру жағдайының басталу фактiсiн және үшiншi тұлғаларға келтiрiлген зиянның мөлшерiн растайтын құжаттарды сұратуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) үшiншi тұлғалардың зақымданған мүлкiн және бүлiну аймағын қарап тексеруге қатысуға және қарап тексеру актiлерiне қол қоюға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiдегi сақтандыру тәуекелiн (сақтандыру жағдайының басталу ықтималдығы немесе ол басталған кезде болуы мүмкiн зиян мөлшерi) ұлғайтуға әкеп соғуы мүмкiн мән-жайлар өзгерген жағдайда объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартының талаптарын өзгертуiн талап етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) келтiрiлген зиянды өтеуге байланысты қатынастарда сақтанушының (сақтандырылушының) атынан және оның тапсырмасы бойынша өкiлдiк етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) сақтанушының (сақтандырылушының) тапсырмасы бойынша пайда алушылар ұсынатын талап-арыздарға қатысты оның атынан сотта iс жүргiзудi өзiне қабылдауға құқылы. Алайда, сақтандырушының бұл iс-әрекеттерi оның сақтандыру төлемдерiн жүзеге асыру жөнiндегi өз міндетін мойындауы деп бағалануға тиiс емес; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) зиян келтiрiлгенi үшiн жауапты тұлғаға керi талап қоюға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтандырушының Қазақстан Республикасының заң актiлерiне қайшы келмейтiн басқа да құқықтары көзделуi мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сақтандырушы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтанушыны (сақтандырылушыны) объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру талаптарымен, оның ішінде объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартынан туындайтын тараптардың құқықтарымен және мiндеттерімен таныстыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сақтанушыға (сақтандырылушыға) сақтандыру полисiн ресімдеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) объектілер иелерінің жауапкершілігін міндетті сақтандыру шарты бойынша сақтандырып қорғаудың қолданысы кезеңінде басталған сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) туралы хабардар етілген кезінде оны қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның нормативтік құқықтық актісіне сәйкес дереу тіркеуге және осы сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) жөніндегі мәліметті дерекқорды қалыптастыру және жүргізу жөніндегі ұйымға ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сақтандыру жағдайы басталған кезде осы Заңда көзделген тәртiппен және жағдайда сақтандыру төлемiн жүргізуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) сақтандыру жағдайының басталу фактісін және сақтандырушы өтеуге тиісті зиянның мөлшерін растайтын құжаттар жеткіліксіз болған кезде оларды алған күннен бастап үш жұмыс күні ішінде жетіспейтін және (немесе) дұрыс ресімделмеген құжаттардың толық тізбесін көрсете отырып, бұл туралы өтініш берушіге хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) сақтандыру төлемiн төлеуден бас тарту туралы шешiм қабылданған жағдайда сақтанушыға (пайда алушыға) бас тарту себептерінің уәжді негіздемесін және сақтанушының (сақтандырылушының, пайда алушының) Қазақстан Республикасы заңнамасының ерекшеліктерін ескере отырып, келіспеушіліктерді реттеу үшін сақтандыру омбудсманына жүгіну құқығы туралы хабарламаны жазбаша нысанда жiберуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сақтандыру құпиясын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сақтанушыдан (үшінші тұлғадан, пайда алушыдан) өтінішті алған кезде бес жұмыс күні ішінде сақтанушының (үшінші тұлғаның, пайда алушының) талаптарын қарауға және дауды одан әрі реттеу тәртібін көрсете отырып, жазбаша жауап беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сақтанушыдан (үшінші тұлғадан, пайда алушыдан) сақтандыру омбудсманына жіберілетін өтінішті алған кезде осы өтінішті, сондай-ақ оған қоса берілетін құжаттарды сақтандыру омбудсманына алған күнінен бастап үш жұмыс күні ішінде қайта жіберуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтандырушының Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актiлерiне қайшы келмейтiн басқа да мiндеттерi көзделуi мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Үшiншi тұлғалардың құқықтары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Үшiншi тұлғалар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қауіпті өндірістік факторлардың өздерінің өміріне, денсаулығына және (немесе) мүлкіне зиянды әсерінің салдарынан болған сақтандыру жағдайының басталуы туралы сақтандырушыға хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сақтанушының (сақтандырылушының) орнына сақтандыру төлемiн жүзеге асыру үшiн қажеттi құжаттарды жинауды жүргiзуге және оларды сақтандырушыға табыс етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) келтiрiлген зиянның мөлшерiн бағалау үшiн тәуелсiз сарапшы көрсететiн қызметтердi пайдалануға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтандырушы (оның ішінде сақтандырушының интернет-ресурсы арқылы) және (немесе) тәуелсіз сарапшы жүргізген, келтiрiлген зиянның мөлшерiн бағалау нәтижелерiмен және сақтандыру төлемi мөлшерiнiң есеп-қисаптарымен танысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сақтандыру төлемiн осы Заңда белгiленген мөлшерде, тәртiппен және мерзiмдерде алуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) объектілер иелерінің жауапкершілігін міндетті сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның 21-1-бабында көзделген ерекшеліктерді ескере отырып сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктерді ескере отырып, өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы не сақтандырушы арқылы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) жіберуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...306 lines deleted...]
-      Объектiлер иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтанушының Қазақстан Республикасының заң актiлерiне қайшы келмейтiн басқа да мiндеттерi көзделуi мүмкiн.</w:t>
+        <w:t xml:space="preserve">
+      7) келтiрiлген зиянды келтiрiлген зиян сомасының алынған сақтандыру төлемдерiнiң сомасынан асатындай мөлшерде өтеу туралы сақтандырушыға талап қоюға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында белгiленген үшiншi тұлғалардың құқықтары заңдарда көзделген жағдайларда өзге тұлғаларға (пайда алушыларға) ауысады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерту енгізілді - ҚР 2010.05.04 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерту енгізілді - ҚР 2010.05.04 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз); 12.07.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...847 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6662,51 +7705,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7146,50 +8189,156 @@
       2) сақтанушының (сақтандырылушының) және (немесе) пайда алушы болып табылатын өзге тұлғаның залал келтiруге кiнәлi тұлғадан залалдың тиiстi өтемiн алуы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сақтандырушыға сақтандыру жағдайының басталуы туралы хабарламау негiз болуы мүмкiн. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сақтандырушы сақтандыру төлемiнен бас тарту туралы шешiм қабылдайды және отыз күн iшiнде бас тарту себептерінің уәжді негіздемесімен және сақтанушының (сақтандырылушының, пайда алушының) Қазақстан Республикасы заңнамасының ерекшеліктерін ескере отырып, келіспеушіліктерді реттеу үшін сақтандыру омбудсманына жүгіну құқығы туралы хабарламамен сақтанушыға (сақтандырылушыға) және (немесе) пайда алушыға жазбаша нысанда хабарлайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -7250,79 +8399,177 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-1-бап жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-1-бап. Қызметi үшiншi тұлғаларға зиян келтiру қаупiмен байланысты объектiлер иелерiнiң азаматтық-құқықтық жауапкершілігін міндетті сақтандыру жөніндегі дауларды реттеу ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7401,51 +8648,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-1-бапппен толықтырылды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
@@ -7699,55 +8946,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8073,31 +9320,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>