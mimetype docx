--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9937b02" w14:textId="9937b02">
+    <w:p w14:paraId="36a8a66" w14:textId="36a8a66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -719,6287 +719,6885 @@
         <w:t>
       7-2) маңдайша – дараландыру құралдарын қоса алғанда, жеке және заңды тұлғалардың атауы және қызметінің түрі туралы ғимаратқа кірер жолдардың саны бойынша оған кірер жолдың шегінде және (немесе) алып жатқан аумақ қоршауына кірер жолда, сондай-ақ жеке және заңды тұлғалардың нақты тұрған және тауарларды өткізетін, жұмыстарды орындайтын және қызметтерді көрсететін жерлердегі ғимараттарының, оларға жапсарлас құрылыстарының және уақытша құрылысжайларының шегіндегі шатырларда және қасбеттерде орналастырылатын ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z147" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-3) нұсқағыш – жерде немесе байланыс желісі мен жарық беру тіреулерінде орналастырылған, ұйымның, сауда немесе өзге де объектінің тұрған жерін көрсететін және оларға тікелей жақын жерде орналасқан, тек қана олардың атауы, дараландыру құралы (болған кезде) және навигация туралы ақпаратты қамтитын, екі шаршы метрді қоса алғанға дейінгі көлемдегі конструкция;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды - ҚР 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z581" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сыртқы (көрнекі) жарнама – сыртқы (көрнекі) жарнама объектілерінде орналастырылған және елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде көзбен көруге қол жетімді жарнама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z582" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сыртқы (көрнекі) жарнама объектісі – жарнаманы тарату және (немесе) орналастыру үшін пайдаланылатын құрылысжайлар, әртүрлі көлемдегі немесе жалпақ конструкциялар, оның ішінде экрандар мен электронды таблолар, жарықты конструкциялар және өзге де құралдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z583" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) телесауда – тауарларды өткізу немесе қызметтерді көрсету мақсатында телеарнадағы жария ұсыныс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-бап. Қазақстан Республикасының жарнама туралы заңдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының жарнама туралы заңдары Қазақстан Республикасының Конституциясына негiзделедi, осы Заңнан және Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңдағыдан өзгеше ережелер белгiленсе, онда халықаралық шарттың ережелерi қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-бап. Жарнамаға авторлық құқық және сабақтас құқықтар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жарнама авторлық құқықтың және сабақтас құқықтардың толық немесе iшiнара объeктici бола алады. Авторлық құқық және сабақтас құқықтар Қазақстан Республикасының заңдарына, сондай-ақ халықаралық шарттарға сәйкес қорғалуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жарнамаға қойылатын жалпы және арнайы талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-бап. Жарнамаға қойылатын жалпы талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жарнама, электрондық коммерция саласын қоса алғанда, таратудың, орналастырудың нысанына немесе пайдаланылатын құралына қарамастан, анық, тікелей ұсынылу кезінде танылатын болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының аумағындағы жарнама (мерзімді баспасөз басылымдарын, интернет-ресурстарды, ақпараттық агенттіктерді қоспағанда) қазақ тілінде, ал жарнама берушінің қалауы бойынша орыс тілінде және (немесе) басқа тілдерде де таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарнама мазмұнының аудармасы оның негiзгi мағынасын бұрмаламауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарнама мәтіні "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1. Алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">8) </w:t>
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алынып тасталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қазақстан Республикасының заңдарына сәйкес жасалуына және сатылуына тыйым салынған тауарларды (жұмыстарды, көрсетiлетiн қызметтердi) жарнамалауға жол берiлмейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер жарнама берушi жүзеге асыратын қызмет лицензиялануға тиiс болса, онда тиiстi тауарды (жұмыстарды, көрсетiлетiн қызметтердi) жарнамалау кезiнде, сондай-ақ жарнама берушiнiң өзiн жарнамалау кезiнде, радиодағы жарнаманы қоспағанда, лицензияның нөмiрiн және лицензия берген органның атауын көрсету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z575" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Қазақстан Республикасының аумағында өткізілетін тауардың (жұмыстың, көрсетілетін қызметтің) жарнамасында бағаны (тарифтерді, бағалауларды, мөлшерлемелерді) көрсету теңгемен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының заңнамасына сәйкес тiркелмеген дiни бірлестіктер мен рухани (діни) білім беру ұйымдарын жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z129" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Электрондық казиноны және интернет-казиноны жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z626" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2. Жарнаманы елді мекендердегі үй-жайлардан (ғимараттардан, құрылысжайлардан және олардың кешендерінен) тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде дыбыстық ақпарат арқылы таратуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жарнама Қазақстан Республикасының конституциялық құрылысын күштеп өзгертудi, тұтастығын бұзуды, мемлекет қауiпсiздiгiне нұқсан келтiрудi, соғысты, әлеуметтiк, нәсiлдiк, ұлттық, діни, тектік-топтық және рулық астамшылықты, қатыгездiк пен зорлық-зомбылықтың дәріптелуін, дәстүрлі емес сексуалдық бағдарды, педофилияны, порнографияны насихаттау немесе үгiттеу, сондай-ақ Қазақстан Республикасының мемлекеттiк құпияларын және заңмен қорғалатын өзге де құпияларды құрайтын мәлiметтердi тарату үшiн пайдаланылмауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жарнама қоғамда дүрбелең туғызбауға, жеке тұлғаларды агрессияға бастамауға, сондай-ақ құқыққа қарсы өзге де әрекеттi (әрекетсiздiктi) қоздырмауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z584" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы тармақта көзделген жағдайларды қоспағанда, әлеуметтік жарнамада дараландыру құралдары туралы, жеке және заңды тұлғалар туралы айтуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Белгіленген шектеулер мемлекеттік органдар, жергілікті өзін-өзі басқару органдары, демеушілер, арнаулы әлеуметтік қызметтерге мұқтаж немесе емделуге мұқтаж, өздеріне қайырымдылық көмек көрсетілу мақсатындағы жеке тұлғалар туралы айтуға қолданылмайды. Әлеуметтік жарнамада әлеуметтік бағдарланған коммерциялық емес ұйымдар туралы, егер осы жарнаманың мазмұны осындай коммерциялық емес ұйымдардың қайырымдылық немесе өзге де қоғамдық пайдалы мақсаттарға қол жеткізуге бағытталған қызметі туралы ақпаратпен тікелей байланысты болса, айтуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Радиобағдарламаларда таратылатын әлеуметтік жарнамада демеушілер туралы айту ұзақтығы – әрқайсысы туралы үш секундтан, телебағдарламаларда, кино және бейне қызмет көрсету кезінде таратылатын әлеуметтік жарнамада әрқайсысы туралы үш секундтан аспауға тиіс және мұндай айтуға – кадр алаңының жетіден аспайтын пайызы, ал басқа да тәсілдермен таратылатын әлеуметтік жарнамада жарнама алаңының (кеңістігінің) бестен аспайтын пайызы бөлінуге тиіс. Көрсетілген шектеулер әлеуметтік жарнамада арнаулы әлеуметтік қызметтерге мұқтаж немесе емделуге мұқтаж, өздеріне қайырымдылық көмек көрсетілу мақсатындағы жеке тұлғалар туралы айтуға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z585" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жарнамаға шектеулер осы Заңда және Қазақстан Республикасының басқа да заңдарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...65 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 24.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін 2-баптан қараңыз); 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-бап. Жөнсiз жарнама түрлерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарнамаланатын тауарларды (жұмыстарды, көрсетiлетiн қызметтердi) басқа жеке немесе заңды тұлғалардың тауарларымен (жұмыстарымен, көрсетiлетiн қызметтерiмен) салыстыратын, сондай-ақ олардың абыройына, қадiр-қасиетiне және iскерлiк беделiне кiр келтiретiн сөздерi, бейнелерi бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқа өнiмдердi жарнамалауда пайдаланылатын фирмалық атауды, тауар белгiсiн, фирмалық ораманы, тауардың сыртқы безендiрiлуiн, формулаларын, бейнелерi мен басқа да коммерциялық белгiлемелерiн көшiрiп алу арқылы не олардың сенiмiн терiс пайдалану арқылы жарнамаланатын өнiмдерге қатысты тұтынушыларды жаңылдыратын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кәсiпкерлiк қызметтi жүзеге асыру кезiнде пайдаланылуы тауардың (жұмыстардың, көрсетiлетiн қызметтердiң) сипатына, дайындалу тәсiлiне, қасиеттерiне, қолдануға жарамдылығына немесе санына қатысты жаңылыстыруы мүмкiн нұсқамалары немесе дәйектемелерi бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарнамаланатын тауарларды (жұмыстарды, көрсетiлетiн қызметтердi) пайдаланбайтын жеке немесе заңды тұлғалардың беделiн түсiретiн, қорлайтын және мазақ ететін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңымен жарнамалауға тыйым салынған тауарлар жарнамасы, егер мұндай жарнама тауар белгісі немесе қызмет көрсету белгісі жарнамалауға тыйым салынған тауардың тауар белгісімен немесе қызмет көрсету белгісімен айырғысыз дәрежеде бірдей немесе ұқсас басқа тауарды жарнамалау түрінде, сондай-ақ осындай тауарды дайындаушыны немесе сатушыны жарнамалау түрінде жүзеге асырылса, жарнама жосықсыз жарнама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мыналарға: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнiмдердiң табиғаты, құрамы, дайындау тәсiлi мен күнi, мақсаты, тұтыну қасиеттерi, пайдалану шарттары, сәйкестiк сертификатының, сертификат белгiлерiнiң және ұлттық стандарттарға сәйкестiк белгiлерiнiң болуы, саны, шығарылған жерi сияқты сипаттамаларына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнiмнің нарықта болуына, оны белгiлi бiр орында сатып алу мүмкiндiгiне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарнама тарату және орналастыру кезiндегi өнiмнiң құны (бағасы) мен ақы төлеудiң қосымша шарттарына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өнiмдердi жеткiзуге, айырбастауға, қайтаруға, жөндеуге және оларға қызмет көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кепiлдiк мiндеттемелерге, қызмет мерзiмдерiне, жарамдылық мерзiмдерiне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қолданудың болжамды нәтижелерiне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңды тұлғаның зияткерлiк қызметiнiң және соған теңестiрiлген даралау құралдарының, өнiмнiң, орындалған жұмыстардың немесе көрсетiлетiн қызметтiң нәтижелерiне берiлетiн айрықша құқықтарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттiк нышандарды (елтаңба, жалау, гимн), сондай-ақ халықаралық ұйымдардың нышандарын пайдалану құқықтарына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ресми тануға, медальдар, жүлделер, дипломдар және өзге де наградалар алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) өнiмнiң толық топтамасын, егер ол топтаманың бiр бөлiгi болып табылса, сатып алу тәсiлдерi туралы ақпарат ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) зерттеулер мен сынақтар нәтижелерiне, ғылыми терминдерге, техникалық, ғылыми және өзге де жарияланымдардан алынатын дәйек-сөздерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) басқа адамдардың өнеркәсiптiк немесе сауда қызметiнiң, жеке немесе заңды тұлғаның беделiн түсiретiн кәсiпкерлiк қызметте жүзеге асырылатын тауарлар (жұмыстар, көрсетiлетiн қызметтер) туралы ұйғарымдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) негiздiлiгi асыра көрсетiлген түрiнде берiлмеуге тиiс статистикалық ақпаратқа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тауарлар (жұмыстар, көрсетiлетiн қызметтер) жасаушының, сатушының немесе оларды жарнамалайтын адамдардың мәртебесiне немесе құзыреттiлiк деңгейiне қатысты шындыққа сай келмейтiн мәлiметтерi бар жарнама дәйексiз жарнама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке тұлғалардың нәсiлiне, ұлтына, тiлiне, кәсiбiне, әлеуметтiк жағдайына, жасына, жынысына, дiни және саяси нанымына қатысты қорлайтын сөздердi, теңеулердi, бейнелердi пайдалану арқылы жалпыға бірдей қабылдаған iзгілік пен мораль нормаларын бұзатын мәтiндiк, көрiнiстi, дыбыстық ақпаратты қамтитын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұлттық немесе әлемдiк игiлiк болып табылатын өнер, мәдениет объектiлеріне, тарих ескерткіштерiне нұқсан келтiретiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының мемлекеттiк нышандарына, ұлттық валютасына немесе шетел валютасына, дiни нышандарға нұқсан келтiретiн жарнама әдепсiз жарнама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жарнама берушiнiң (жарнама жасаушы, жарнама таратушы) жарнама тұтынушыны қасақана жаңылыстыратын, жарнамалау көмегiмен берiлетiн жарнамасы көрiнеу жалған жарнама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Радио, теле, бейне, дыбыс және кино өнiмдерiнде, сондай-ақ өзге де өнiмдерде, соның iшiнде арнаулы бейнеқосылғыларды, қосарланған дыбыс жазбаларын пайдалану арқылы және өзге де тәсiлдермен тұтынушының қабылдауына, түйсiгiне аңдаусыз әсер ететiн жарнама жасырын жарнама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Жөнсiз жарнамаға тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 2007.06.19 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+        <w:t xml:space="preserve">, 2010.03.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бап. Теле-, радиоарналардағы жарнама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z578" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жарнама сипатындағы хабарлар мен материалдарға мамандандырылмаған теле-, радиоарналардағы жарнама, жүгіртпе жолды, әлеуметтік жарнаманы, үшінші тұлғалардың жарнамасын қамтымайтын, теле-, радиоарналардың өз өнімі туралы ақпаратты (анонстарды), теле-, радиоарна дайындаған және өткізетін іс-шаралар туралы хабарландыруды, сондай-ақ тікелей эфирде немесе тікелей эфирдің қайталау жазбасында трансляцияланатын оқиға орнында орналастырылатын жарнаманы қоспағанда, тәулігіне хабар таратудың жалпы көлемінің жиырма пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәулігіне жарнама таратудың жалпы көлемінде жарнаманың жергілікті уақытпен сағат он сегізден бастап жиырма үшке дейінгі уақыт кезеңіндегі жалпы ұзақтығы хабар тарату уақытының бір сағаты ішінде жиырма пайыздан артық болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Теле-, радиоарналардағы қазақ тіліндегі жарнаманың жергілікті уақытпен сағат нөлден бастап есептелетін, әрбір алты сағат сайынғы уақыт аралығындағы көлемі басқа тілдерде таратылатын жарнаманың жиынтық көлемінен кем болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік жарнаманы қоспағанда, теле-, радиоарналардағы қазақ және орыс тілдеріндегі, сондай-ақ жарнама берушінің қалауы бойынша басқа да тілдердегі жарнаманың көлемі масс-медиа саласындағы уәкілетті орган бекіткен Қазақстан Республикасының аумағында таратылатын масс-медианың мониторингін жүргізу қағидаларына сәйкес орналастырылатын жарнама материалдарының хронометражымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тек қана жарнама сипатындағы хабарларға мамандандырылған теле-, радиоарналардағы телесауда көлемі шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарнаманы трансляциялау кезінде оның дыбысы трансляцияланатын бағдарлама дыбысынан жоғары болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z577" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Міндетті теле-, радиоарналарда өтеусіз негізде орналастырылатын әлеуметтік жарнаманың күнделікті көлемі жергілікті уақытпен сағат он сегізден бастап есептелетін, ұзақтығы алты сағат уақыт аралығында міндетті түрде екі рет шыға отырып, жергілікті уақытпен таңғы сағат алтыдан бастап есептелетін, ұзақтығы он сегіз сағат уақыт аралығында кемінде он рет шығуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік жарнама Қазақстан Республикасының аумағында қазақ тілінде, ал жарнама берушінің қалауы бойынша орыс тілінде және (немесе) басқа тілдерде де эфирге оның күн сайынғы шығатын барлық уақыты бойы біркелкі таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жарнаманы қосарластыру түрiнде, оның iшiнде жүгiртпе жол тәсiлiмен пайдалану кезiнде оның көлемi кадр алаңының жетi жарым пайызынан аспауға және телебағдарламалардағы мәтiндiк немесе ақпараттық материалды бұзбауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ресми хабарламалардың, Қазақстан Республикасы Президенттiгіне және өкiлдi органдар депутаттығына кандидаттар сөздерiнің, бiлiм беру және дiни телебағдарламалардың трансляциясын, сондай-ақ балалар мен жасөспiрiмдерге арналған жарнамаларды қоспағанда, балалар телебағдарламалары көрсетiлiмдерiн жарнамамен, оның iшiнде жүгiртпе жол тәсілiмен де бөлуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z119" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұлттық аза тұту күндерiнде теле-, радиоарналарында жарнамаға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бап жаңа редакцияда - ҚР 2012.01.18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін 2-баптан қараңыз); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("Масс-медиа туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізілген күннен бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-бап. Мерзiмдi баспасөз басылымдарындағы жарнама </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзiмдi баспасөз басылымдары жарнаманы, оның тақырыбын дербес айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жазылу арқылы таратылатын мерзімді баспасөз басылымдары жазылу шарттарында басылымның тақырыптық бағытын көрсетуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді баспасөз басылымдарындағы жарнама масс-медианы есепке қою туралы куәлікте бекітілген тілде орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда– ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді – ҚР 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-бап. Кино, бейне және анықтамалық қызмет көрсетудегi жарнама </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сериялар арасындағы үзiлiстердi қоспағанда, кино және бейне қызмет көрсетудегi фильмнің қойылымын жарнамамен бөлiп жiберуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Анықтамалық қызмет көрсету кезiнде жарнама сұратылған ақпарат хабарланғаннан кейiн ғана берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ақылы анықтамалық компьютерлiк және өзге де қызмет көрсету кезiнде жарнама клиенттiң келiсуiмен ғана таратылады. Мұндай жарнаманың құны сұратылған ақпараттың құнына кiрмеуге тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Сыртқы (көрнекi) жарнама </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сыртқы (көрнекі) жарнаманы орналастыру сыртқы (көрнекі) жарнама объектілерінде, оның ішінде ғимараттардың (құрылысжайлардың) сыртқы жақтарына орналастырылатын жарнама бейнелерін және (немесе) ақпаратын бейнелеу және салу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы (көрнекі) жарнама объектілерін орналастыру Қазақстан Республикасының Жер кодексіне, Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі, автомобиль жолдары және жол жүрісі туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы (көрнекі) жарнама объектілері ұлттық стандарттарға сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z143" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Сыртқы (көрнекі) жарнамаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) маңдайша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыс режимі туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мәдени, спорттық және спорттық-бұқаралық іс-шаралар афишалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) алып тасталды – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) автожанармай құю станцияларына, автогаз құю станцияларына, газ толтыру пункттеріне, газ толтыру станцияларына, автогаз толтыру компрессорлық станцияларына кірген жерде орналастырылатын мұнай өнімдері мен сұйытылған мұнай газының түрлері, мұнай өнімдерінің және сұйытылған мұнай газының бағалары, сатушының атауы мен логотипі туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) мәдени құндылықтар туралы және (немесе) тарихи-мәдени мұра объектілері туралы, оның ішінде тарих пен мәдениет ескерткiштерi туралы ақпарат (мәліметтер); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ғимаратқа кірер жолдардың саны бойынша оған кірер жолдың шегінде және (немесе) алып жатқан аумақтың қоршауына кірер жолда, сондай-ақ айырбастау пункттері ғимараттарының, оларға жапсарлас құрылыстарының және уақытша құрылысжайларының шегіндегі шатырларда және қасбеттерде орналастырылатын, қолма-қол шетел валютасын және алтынды теңгемен сатып алу және (немесе) сату бағамдары туралы мәліметтер бар ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сырттан көзбен көру үшін сөрелер мен терезелерді ішкі безендіру жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) алып тасталды – ҚР 25.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Сыртқы (көрнекі) жарнама және сыртқы (көрнекі) жарнама объектілері жолдың көліктік-пайдалану сапасын төмендетпеуге, көлік құралдарының жол жүрісі қауіпсіздігі және қоршаған ортаны қорғау талаптарын бұзбауға, жол белгілеріне және нұсқағыштарына ұқсас болмауға, олардың көрінуін немесе қабылдау тиімділігін нашарлатпауға, жол пайдаланушылардың көздерін қарықтырмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елді мекендердің автомобиль жолдары мен көшелерінің жүріс бөлігінің, жаяу жүргіншілер тротуарларының және велосипед жолдарының, отырғызу алаңдарының, аялдама пункттерінің жабынына жарнамалық бейнелер және (немесе) ақпарат салу арқылы сыртқы (көрнекі) жарнаманы орналастыруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сыртқы (көрнекі) жарнаманы орналастыруға "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес сыртқы (көрнекі) жарнаманы елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінен тыс жерде орналастыру туралы хабарлама жіберілген жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z586" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Хабарламаларды сыртқы (көрнекі) жарнаманы орналастыратын жарнама таратушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыртқы (көрнекі) жарнаманы республикалық маңызы бар қалалардағы, астанадағы, облыстық маңызы бар қалалардағы үй-жайлардың шегінен тыс ашық кеңістікте, республикалық маңызы бар қалалардың, астананың, облыстық маңызы бар қалалардың аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде орналастырған кезде – республикалық маңызы бар қалалардың, астананың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыртқы (көрнекі) жарнаманы аудандық маңызы бар қалалардағы, ауылдардағы, кенттердегі үй-жайлардың шегінен тыс ашық кеңістікте, аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтердің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастырған кезде аудандардың жергілікті атқарушы органдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z587" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Хабарлама сыртқы (көрнекі) жарнама орналастырылатын болжамды күнге дейін кемінде бес жұмыс күні бұрын жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сыртқы (көрнекі) жарнама орналастырылатын кезең мен орын туралы ақпарат бар мәліметтер нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының салық заңнамасына сәйкес сыртқы (көрнекі) жарнаманы орналастырудың бірінші айы үшін төлемақының енгізілгенін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) нобайларымен қоса жарнаманың еркін нысандағы сипаты қоса беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдар ұсынылған материалдарға жойылуы міндетті жазбаша уәжді ескертулер беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдар ескертулер берген жағдайда, сыртқы (көрнекі) жарнама ескертулер жойылған жағдайда ғана орналастарылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z588" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3. Жергілікті атқарушы органдар хабарламаны алған күннен бастап төрт жұмыс күні ішінде жауап ұсынбаған жағдайда, өтініш беруші сыртқы (көрнекi) жарнаманы өзі мәлімдеген мерзімдерде орналастыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың осы редакциясы ҚР 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңына сәйкес (қолданысқа енгізілу тәртібін 2-баптың 1-т. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) халық саны екі мың адамнан көп аудандық маңызы бар қалалар, ауылдар, кенттер, ауылдық округтер үшін – 01.01.2018 бастап қолданысқа енгізілді (халық саны екі мың адам және одан аз аудандық маңызы бар қалалар, ауылдар, кенттер, ауылдық округтер үшін 01.01.2020 дейін ҚР 19.12.2003 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Жарнама туралы" Заңының 28.12.2017 датадағы архивтік нұсқасын қараңыз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сыртқы (көрнекі) жарнаманы орналастырғаны үшін Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен және мөлшерлерде төлемақы алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 2-1-тармағында айқындалған жергілікті атқарушы органдар мемлекеттік кіріс органдарына Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен төлемақы төлеушілер, төлемақы сомалары, сыртқы (көрнекi) жарнама орналастырылатын кезең мен орын, хабарламаның жіберілгені (жіберілмегені) туралы мәлiметтердi ұсынуға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сыртқы (көрнекi) жарнаманы тарих пен мәдениет ескерткiштерiнде және олардың қорғау аймақтарында, ғибадат ғимараттарында (құрылысжайларында) және оларға бөлінген аумақ пен олардың қоршауларында, сондай-ақ ерекше қорғалатын табиғи аумақтарда орналастыруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер заңдарда немесе шартта өзгеше көзделмесе, сыртқы (көрнекi) жарнаманы орналастыру сыртқы (көрнекi) жарнама объектiлерiнiң меншiк иелерiмен немесе сыртқы (көрнекi) жарнама объектiлерiне өзге заттай құқықтары бар тұлғалармен жасалған шарт негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғимараттардың (құрылысжайлардың) сыртқы жақтарына орналастырылған сыртқы (көрнекi) жарнама объектілерінің меншiк иелерi немесе сыртқы (көрнекi) жарнама объектiлерiне өзге заттай құқықтары бар тұлғалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыртқы (көрнекi) жарнама объектілерін тиісінше эстетикалық, санитариялық және техникалық жай-күйде ұстап тұруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      адамдардың өмірі мен денсаулығы, барлық меншік нысанындағы мүлік үшін сыртқы (көрнекi) жарнама объектілерінің қауіпсіздігін қамтамасыз етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      шартта белгіленген орналастыру мерзімі өткеннен кейін күнтізбелік отыз күн ішінде сыртқы (көрнекi) жарнама объектісін бөлшектеуге міндетті. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сыртқы (көрнекі) жарнама объектісі осы Заңның талаптарына сәйкес келмеген, сондай-ақ ғимараттардың (құрылысжайлардың) сыртқы жағына орналастырылған сыртқы (көрнекi) жарнама объектілерінің меншiк иелері немесе сыртқы (көрнекi) жарнама объектілеріне өзге заттай құқықтары бар тұлғалар белгіленген мерзімде сыртқы (көрнекi) жарнама объектілерін бөлшектеу жөніндегі міндетін орындамаған жағдайда, жергілікті атқарушы орган Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес сыртқы (көрнекі) жарнама объектісінің меншік иесіне, ал егер меншік иесі белгісіз болса, ғимараттардың (құрылысжайлардың) меншiк иелеріне немесе ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғаларға сыртқы (көрнекi) жарнама объектілерін бөлшектеу туралы орындалуы міндетті нұсқама береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы (көрнекі) жарнама объектісінің меншік иесі, ғимараттардың (құрылысжайлардың) меншік иелері, көппәтерлі тұрғын үйдегі пәтерлердің, тұрғын емес үй-жайлардың меншік иелері немесе көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігі, пәтерлердің, тұрғын емес үй-жайлардың меншік иелері кондоминиум объектісін басқарудың тікелей бірлесіп басқару түріндегі нысанын таңдаған кезде кондоминиум объектісін басқару субъектісі, сыртқы жағына сыртқы (көрнекi) жарнама объектісі орналастырылған ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғалар нұсқама берілген күннен бастап күнтізбелік отыз күн ішінде сыртқы (көрнекi) жарнама объектісін бөлшектеуге міндетті. Сыртқы (көрнекi) жарнама объектілерінің меншік иелері немесе ғимараттардың (құрылысжайлардың) сыртқы жағына орналастырылған сыртқы (көрнекi) жарнама объектілеріне өзге заттай құқықтары бар тұлғалар ғимараттар (құрылысжайлар) меншік иелерінің, көппәтерлі тұрғын үйдегі пәтерлер, тұрғын емес үй-жайлар меншік иелерінің немесе көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің, пәтерлердің, тұрғын емес үй-жайлардың меншік иелері кондоминиум объектісін басқарудың тікелей бірлесіп басқару түріндегі нысанын таңдаған кезде кондоминиум объектісін басқару субъектісінің, ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғалардың талап етуі бойынша сыртқы (көрнекi) жарнама объектілерін бөлшектеуге байланысты келтірілген шығындарды өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы (көрнекi) жарнама объектілерінің меншік иелері немесе ғимараттардың (құрылысжайлардың) сыртқы жағына орналастырылған сыртқы (көрнекi) жарнама объектілеріне өзге заттай құқықтары бар тұлғалар шығындарды ерікті түрде өтеуден бас тартқан жағдайда, ғимараттардың (құрылысжайлардың) меншік иелері, көппәтерлі тұрғын үйдегі пәтерлердің, тұрғын емес үй-жайлардың меншік иелері немесе көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігі, пәтерлердің, тұрғын емес үй-жайлардың меншік иелері кондоминиум объектісін басқарудың тікелей бірлесіп басқару түріндегі нысанын таңдаған кезде кондоминиум объектісін басқару субъектісі, ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғалар сыртқы (көрнекi) жарнама объектілерін бөлшектеу кезінде келтірілген шығындарды өтеу туралы талап қою арызымен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сыртқы (көрнекi) жарнаманы жекеше меншiк объектiлерiнде орналастыру жөнiндегi көрсетiлетiн қызметке тұрақты мемлекеттiк бағалар (тарифтер) белгiлеуге тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z576" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сыртқы (көрнекi) жарнаманы жергілікті атқарушы органдар не өткізілген ашық конкурстардың қорытындысы негізінде жергілікті атқарушы органдармен жасалған тиісті шарттар негізінде өз қаражаты есебінен инвесторлар орнататын көше жиһазына (жабдығына) орналастыруға жол беріледі. Жеке және заңды тұлғалар инвесторлар бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.18 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 101-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізiледi); 05.12.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 152-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2014 бастап қолданысқа енгізіледі); 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 28.12.2017 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін 2-баптың 1-т. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 08.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 215-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 25.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Қазақстан Республикасының жарнама туралы заңдары </w:t>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+        <w:t xml:space="preserve">12-бап. Көлiк құралдарындағы жарнама </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлiк құралдарында жарнама орналастыру жол жүрісі қауіпсіздігі қағидалары сақтала отырып, көлiк құралдарының меншiк иелерiмен және егер заңда немесе шартта осы мүлiкке өзге де заттық құқықтарға ие тұлғаларға қатысты өзгеше көзделмесе, көлiк құралдарына өзге де заттық құқықтарға ие тұлғалармен жасалған шарттардың негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлiк құралдарында жарнама орналастыру сыртқы (көрнекі) жарнаманы орналастыру туралы хабарлама жіберілмей және сыртқы (көрнекі) жарнаманы орналастырғаны үшін төлемақы алынбай жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарнаманы жеке тұрған тіркемелерде және жартылай тіркемелерде (автомобильге тіркелмеген күйіндегі), сондай-ақ көлік құралдарының макеттерінде орналастыру көлік құралдарында жарнама орналастыру болып табылмайды. Мұндай жарнаманы орналастыру осы Заңның 11-бабына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлік құралдарының азайтылған, ұлғайтылған не заттай шамадағы модельдері осы Заңның мақсаттары үшін көлік құралдарының макеттері деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-бап. Жарнамаға авторлық құқық және сабақтас құқықтар </w:t>
-[...202 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">13-бап. Жекелеген өнiм түрлерiн (жұмыстарды, көрсетілетін қызметтерді) жарнамалау ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z603" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) этил спиртін және алкоголь өнімін, алкогольді сусындарды имитациялайтын өнімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ана сүтін алмастырушыларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сәйкестікті растаудан өтпеген, сәйкестігі міндетті түрде расталуға жататын тауарларды (жұмыстарды, көрсетілетін қызметтерді);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) темекі мен темекі бұйымдарын, оның ішінде шегілмейтін темекі бұйымдарын, қыздырылатын темекісі бар бұйымдарды, қорқорға арналған темекіні, қорқор қоспасын, темекіні қыздыруға арналған жүйелерді, электрондық тұтыну жүйелерін (вейптерді) және оларға арналған сұйықтықтарды, темекі бұйымдарын имитациялайтын өнімдерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) алкоголь өніміне, темекі және темекі бұйымдарына, оның ішінде шегілмейтін темекі бұйымдарына, қыздырылатын темекісі бар бұйымдарға, қорқорға арналған темекіге, қорқор қоспасына, темекіні қыздыруға арналған жүйелерге, электрондық тұтыну жүйелеріне (вейптерге) және оларға арналған сұйықтықтарға сұраныс пен қызығушылықты ынталандыруға бағытталған әртүрлі іс-шаралар өткізу, соның ішінде жүлделі ұтыс ойындарын, лотереяларды ойнату нысанында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z600" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) теле- және бейнефильмдерді қоса алғанда, балаларға арналған аудиокөрінім туындыларда, театр-ойын-сауық көрсетілімдерде, радио- , теле- , бейне- және кинохроникалық бағдарламаларда темекі бұйымдарын және темекі тұтыну процесін көрсету, сондай-ақ темекі бұйымдарын және темекі тұтыну процесін көрсету жүзеге асырылатын көрсетілген туындыларды, көрсетілімдері, бағдарламаларды көпшілік алдында орындау, эфирге, кабель арқылы хабарлау және кез келген басқа да пайдалану нысанында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z601" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) егер мұндай әрекет көркем ойдың ажырамас бөлігі болып табылатын жағдайларды қоспағанда, теле- және бейнефильмдерді қоса алғанда, ересектерге арналған аудиокөрінім туындыларда, театр-ойын-сауық көріністерінде, радио- , теле- , бейне- және кинохроникалық бағдарламаларда темекі бұйымдарын және темекі тұтыну процесін көрсету, сондай-ақ темекі бұйымдарын және темекі тұтыну процесін көрсету жүзеге асырылатын көрсетілген туындыларды, көрсетілімдерді, бағдарламаларды көпшілік алдында орындау, эфирге, кабель арқылы хабарлау және кез келген басқа да пайдалану нысанында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z145" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қаржылық (инвестициялық) пирамиданың қызметін жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Осы Заңның 14-2-бабының талаптарына сәйкес келетін, Қазақстан Республикасының аумағында өндірілген шараптың тауар белгісін және (немесе) атауын жарнамалауды қоспағанда, алкоголь өнімін, алкогольді сусындарды имитациялайтын өнімді, темекі және темекі бұйымын, оның ішінде шегілмейтін темекі бұйымдарын, электрондық тұтыну жүйелерін (вейптерді) және оларға арналған сұйықтықтарды тікелей немесе жанама ұсынатын, алкоголь өнімінің, алкогольді сусындарды имитациялайтын өнімнің, темекі және темекі бұйымының, оның ішінде шегілмейтін темекі бұйымдарының, қыздырылатын темекісі бар бұйымдардың, қорқорға арналған темекінің, қорқор қоспасының, темекі қыздыруға арналған жүйелердің, электрондық тұтыну жүйелерінің (вейптердің) және оларға арналған сұйықтықтардың атауы ретінде белгілі болған тауар белгісінің элементтерін және (немесе) атауын пайдалана отырып, тауарларды (жұмыстарды, көрсетілетін қызметтерді) жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z132" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Қазақстан Республикасының сәйкестікті бағалау саласындағы аккредиттеу туралы заңнамасында белгіленген тәртіппен аккредиттелмеген ұйымдардың өнімдердің сәйкестігін міндетті растау жөнінде қызметтер көрсетуді және (немесе) сәйкестігін растау саласындағы делдалдық қызметтер көрсетуді жарнамалауына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z599" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3. Лотерея операторы және (немесе) лотерея операторымен жасалатын тапсырма шарты шеңберінде лотерея таратушылар (агенттері) орналастыратын жарнаманы қоспағанда, лотереяны жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z624" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4. Букмекерлік кеңселерді және (немесе) тотализаторларды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Ойын бизнесі туралы" Қазақстан Республикасы Заңының 11-бабында белгіленген аумақтар шегінде орналасқан жарнаманы қоспағанда, сыртқы (көрнекі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) спорттық іс-шараларды өткізу кезінде спорт құрылысжайларының ішінде орналасқан жарнаманы қоспағанда, ғимараттар мен құрылысжайларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлік құралдарында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы бар букмекерлік кеңселер мен тотализаторлардың ресми интернет-ресурстарында, масс-медиа саласындағы уәкілетті органда тіркелген бұқаралық ақпарат құралдарында тек қана спорт тақырыбы бағытындағы, сондай-ақ отандық телеарналардың халықаралық спорттық жарыстарды тікелей трансляциялау кезіндегі жарнаманы қоспағанда, масс-медиада, онлайн-платформаларда, кино-, бейне- және анықтамалық қызмет көрсетуде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарнаманы ұялы байланыстың абоненттік құрылғыларына беру арқылы жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-5. Букмекерлік кеңселердің және (немесе) тотализаторлардың жарнамасында букмекерлік кеңсенің және (немесе) тотализатордың тек атауы, тауар белгісінің элементтері, орналасқан жері, интернет-ресурсы (ол болған кезде), букмекерлік кеңсе және (немесе) тотализатор қызметімен айналысуға арналған лицензияның берілген күні, қолданылу мерзімі мен нөмірі қамтылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z142" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алынып тасталды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="25"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z90" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Медициналық көрсетілетін қызметтерді, профилактиканың, диагностиканың, емдеудің және медициналық оңалтудың әдістері мен құралдарын, дәрілік заттар мен медициналық бұйымдарды, мемлекеттік тіркеуге жататын, мемлекеттік санитариялық-эпидемиологиялық бақылаудың және қадағалаудың бақылауындағы өнімді (тауарларды) жарнамалаудың ерекшеліктері Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды – ҚР 19.06.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қызметтiк және азаматтық қаруды, сондай-ақ экспорты мен импорты Қазақстан Республикасының заңнамасына сәйкес жүргiзiлетiн қару-жарақты, әскери техниканы және қосарлы мақсаттағы өнiмдердi жарнамалауға арнаулы басылымдарда ғана, сондай-ақ мамандандырылған көрмелерде немесе сату жәрмеңкелерiнде жол берiледi. Аталған жарнама әскери және арнаулы қаруды, қару-жарақты, әскери техниканы жасау технологиясын, қолдану тәсiлдерiн тiкелей немесе жанама түрде ашып көрсетпеуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z602" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Темекі бұйымдарын және темекіні тұтыну процесін көрсету жүзеге асырылатын теле- және бейнефильмдерді қоса алғанда, аудиокөрінім туындыларды, теле- , бейне- және кинохроникалық бағдарламаларды көрсету кезінде хабар таратушы немесе көрсетуді ұйымдастырушы осындай туындыны, бағдарламаны тікелей көрсету алдында немесе көрсету кезінде темекі тұтынудың зияны туралы сүйемелдеуші мәтіндік хабарламамен қамтамасыз етуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z131" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тұрғын үйлердің (тұрғын ғимараттардың) бекітілген құрылыс жобасындағы сыныптамасына сәйкес келмейтін пайдалануға берілген тұрғын үйдің (тұрғын ғимараттың) жарнамасына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бап жаңа редакцияда - ҚР 07.07.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 171</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 19.06.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 16.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 186-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 166-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 21.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 504-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 10.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 343-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 25.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 204-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Қаржы, сақтандыру, инвестициялық қызметтердi , бағалы қағаздарды және қамтамасыз етілген цифрлық активтерді жарнамалау ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-баптың тақырыбына өзгеріс енгізілді – ҚР 06.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-баптың бірінші абзацына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және заңды тұлғалардың ақшасын пайдалануға байланысты қаржы (оның iшiнде, банктiк), сақтандыру, инвестициялық және өзге де көрсетiлетiн қызметтерге, бағалы қағаздарға, сондай-ақ қамтамасыз етілген цифрлық активтерге жарнама жасау, тарату, орналастыру кезiнде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарнамаланатын қызметтер көрсетуге, бағалы қағаздарға немесе қамтамасыз етілген цифрлық активтерге тiкелей қатысы жоқ ақпаратты жарнамада келтiруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жай акциялар бойынша кiрiс алуға және дивидендтер мөлшерiне немесе қамтамасыз етілген цифрлық активтер бойынша кіріс алуға кепiлдiк беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағалы қағаздарды эмиссиясы тiркелмеген, сондай-ақ бағалы қағаздар эмиссиясы тоқтатыла тұрған немесе жасалмады деп танылған кезде жарнамалауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызметтiң болашақтағы тиiмдiлiгі (кiрiстiлiгi) туралы, соның iшiнде бағалы қағаздардың немесе қамтамасыз етілген цифрлық активтердің бағамдық құнының өсуiн жариялау арқылы кез келген кепiлдiктер немесе ұсыныстар беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жарнамада айтылған, шарттардың елеулi талаптарының кез келгенiн жасырып қалуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) басқа жеке тұлғаларды белгiлi бiр кәсiпорынның қызметiне немесе сол кәсiпорынның тауарларын сатып алуға тарту есебiнен жеке тұлғаларды өз табысын немесе пайдасын алуға шақыратын кәсiпкерлiк қызмет түрлерiн жарнамалауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қазақстан Республикасының заңдарына сәйкес жасалуына және сатылуына тыйым салынған тауарларды (жұмыстарды, көрсетiлетiн қызметтердi) жарнамалауға жол берiлмейдi. </w:t>
-[...140 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      7) үлескерлердің ақшасын тартуға тиісті рұқсатсыз немесе "Тұрғын үй құрылысына үлестік қатысу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тұрғын үй құрылысына үлестік қатысу кепілдігін беру туралы шартсыз жеке, заңды тұлғалардың және (немесе) қызметін бірлескен қызмет туралы шартқа сәйкес жүзеге асыратын тұлғалардың (жай серіктестік, консорциум) ақшасын тартуға бағытталған, сондай-ақ тұрғын үйлердің (тұрғын ғимараттардың) бекітілген құрылыс жобасындағы сыныптамасына сәйкес келмейтін салынып жатқан көппәтерлі тұрғын үйлерді және (немесе) жеке тұрғын үйлер кешендерін жарнамалауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 181</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2007 бастап қолданысқа енгізілді) 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.07.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) ; 07.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 487-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 06.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 204-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z584" w:id="32"/>
-[...376 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7-бап. Жөнсiз жарнама түрлерi </w:t>
-[...3518 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="91"/>
+        <w:t xml:space="preserve">14-1-бап. Тауар белгілерін және осы белгілермен белгіленген тауарларды жарнамалау ерекшеліктері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Белгіленген тәртіппен тіркелген тауар белгілері түпнұсқа тілінде келтіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алынып тасталды.</w:t>
-[...287 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">Алып тасталды - 18.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...548 lines deleted...]
-      4) қызметтiң болашақтағы тиiмдiлiгі (кiрiстiлiгi) туралы, соның iшiнде бағалы қағаздардың немесе қамтамасыз етілген цифрлық активтердің бағамдық құнының өсуiн жариялау арқылы кез келген кепiлдiктер немесе ұсыныстар беруге;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z97" w:id="100"/>
-[...356 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="103"/>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
+        <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - 18.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...43 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-1-баппен толықтырылды - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; өзгеріс енгізілді - 18.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-2-бап. Қазақстан Республикасының аумағында өндірілген  шараптың тауар белгісін және (немесе) атауын  жарнамалау ерекшелiктерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="105"/>
+    <w:bookmarkStart w:name="z605" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының аумағында өндірілген шараптың тауар белгісін және (немесе) атауын жарнамалауға: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z606" w:id="106"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z606" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мынадай талаптар ескеріле отырып, отандық теле-, радиоарналарда (балалар мен діни арналарды қоспағанда) жергілікті уақыт бойынша кешкі сағат жиырма екіден бастап таңғы сағат алтыға дейінгі кезеңде рұқсат етіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отандық телеарналардағы жарнамада трансляциялау және (немесе) ретрансляциялау уақытында жарнама алаңының (кеңістігінің) кемінде он пайызында шарапты шамадан тыс тұтынудың зияны туралы ескерту қоса берілуге тиіс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7100,507 +7698,507 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарнама алаңының көлемі (кеңістігі) Қазақстан Республикасының аумағында өндірілген шараптың тауар белгісі және (немесе) атауы жарнамасының жарнама алаңының көлеміне тең болатын саламатты өмір салтын танымал ету жөніндегі әлеуметтік жарнаманы қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Саламатты өмір салтын танымал ету жөніндегі әлеуметтік жарнаманы қалыптастыру мен іріктеу масс-медиа саласындағы уәкілетті орган денсаулық сақтау және жарнама саласындағы уәкілетті органдармен келісу бойынша бекітетін, саламатты өмір салтын танымал ету жөніндегі әлеуметтік жарнаманы қалыптастыру және отандық телеарналарда орналастыру қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z607" w:id="107"/>
+    <w:bookmarkStart w:name="z607" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының аумағында өндірілген шараптың тауар белгісінің және (немесе) атауының жарнамасы: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z608" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шарапты жарнамаламауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z609" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек қызметімен және көлiк құралын басқарумен байланысты болмауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z610" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кәмелетке толмағандардың қатысуымен түсірілмеуге (жазылмауға), оның ішінде мультипликацияның (анимацияның) көмегімен орындалмауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z611" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кәмелетке толмағандарға бағытталмауға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z608" w:id="108"/>
-[...15 lines deleted...]
-      1) шарапты жарнамаламауға;</w:t>
+    <w:bookmarkStart w:name="z612" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) шараптың емдік қасиеттері бар деп сендірмеуге, оны шамадан тыс тұтынуды көтермелемеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z609" w:id="109"/>
-[...15 lines deleted...]
-      2) еңбек қызметімен және көлiк құралын басқарумен байланысты болмауға;</w:t>
+    <w:bookmarkStart w:name="z613" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шарапты тұтынудан тартынуды айыптамауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z610" w:id="110"/>
-[...15 lines deleted...]
-      3) кәмелетке толмағандардың қатысуымен түсірілмеуге (жазылмауға), оның ішінде мультипликацияның (анимацияның) көмегімен орындалмауға;</w:t>
+    <w:bookmarkStart w:name="z614" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) шарапты тұтыну өзара қарым-қатынастарды нығайтуға ықпал етеді деп сендірмеуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z611" w:id="111"/>
-[...15 lines deleted...]
-      4) кәмелетке толмағандарға бағытталмауға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-2-баппен толықтырылды – ҚР 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("Масс-медиа туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізілген күннен бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Жарнама жасау, тарату, орналастыру кезiнде кәмелетке толмағандарды қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарнама жасау, тарату, орналастыру кезiнде кәмелетке толмағандарды олардың сенiмiн және тәжiрибесiнiң жоқтығын терiс пайдаланудан қорғау мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ата-ананың, тәрбиешілердің, педагогтардың беделiн түсiруге, кәмелетке толмағандардың оларға деген сенiмiн жоғалтуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z612" w:id="112"/>
-[...15 lines deleted...]
-      5) шараптың емдік қасиеттері бар деп сендірмеуге, оны шамадан тыс тұтынуды көтермелемеуге;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ата-ананы немесе басқа да адамдарды жарнамаланатын өнiмдi сатып алуға иландыра шақыратын тiкелей ұсыныс жасауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z613" w:id="113"/>
-[...15 lines deleted...]
-      6) шарапты тұтынудан тартынуды айыптамауға;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) белгiлi бiр өнiмге ие болу басқалармен салыстырғанда қандай да болсын артықшылық беретiнiн, сондай-ақ қолда ондай өнiмнiң болмауы керiсiнше жағдайға алып келетiнiн кәмелетке толмағандарға тiкелей көрсетуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z614" w:id="114"/>
-[...15 lines deleted...]
-      7) шарапты тұтыну өзара қарым-қатынастарды нығайтуға ықпал етеді деп сендірмеуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кәмелетке толмағандарды қауiптi орындар мен жағдайларда көрсету алдын алу мақсаттарында ақталмаса, оны мәтiндiк, көрнекi немесе дыбыстық ақпараттарды жарнамада орналастыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:p>
-[...172 lines deleted...]
-      1) ата-ананың, тәрбиешілердің, педагогтардың беделiн түсiруге, кәмелетке толмағандардың оларға деген сенiмiн жоғалтуға;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік жарнаманы және кәмелетке толмағандарға арналған тауарлардың (жұмыстардың, көрсетілетін қызметтердің), сондай-ақ кәмелетке толмағандардың физикалық, психикалық денсаулығы мен адамгершiлiгіне зиянды әсер етуге алып келмейтін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) жарнамасын қоспағанда, кәмелетке толмағандардың бейнелерiн жарнамада көрнекi немесе дыбыстық пайдалануға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z105" w:id="116"/>
-[...15 lines deleted...]
-      2) ата-ананы немесе басқа да адамдарды жарнамаланатын өнiмдi сатып алуға иландыра шақыратын тiкелей ұсыныс жасауға;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өнiмдi пайдалану нәтижелерi көрсетiлген немесе сипатталған жағдайларды қоспағанда, кәмелетке толмағандардың өнiмдi пайдалану дағдыларының қажеттi деңгейiн кемiтiп көрсетуге жол берiлмейдi. Жарнама өнiм арналған жас мөлшерi тобындағы кәмелетке толмағандар үшiн нақты қол жеткiзуге болатын ақпарат беруге тиiс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z106" w:id="117"/>
-[...15 lines deleted...]
-      3) белгiлi бiр өнiмге ие болу басқалармен салыстырғанда қандай да болсын артықшылық беретiнiн, сондай-ақ қолда ондай өнiмнiң болмауы керiсiнше жағдайға алып келетiнiн кәмелетке толмағандарға тiкелей көрсетуге;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кәмелетке толмағандардың бойында кәмелетке толмағандарға арналған өнiмнiң құны (бағасы) туралы шындыққа жанаспайтын (бұрмаланған) түсiнiк қалыптастыруға, сондай-ақ жарнамаланатын өнiмге кез келген отбасы бюджетi қол жеткiзе алады деген тiкелей немесе жанама нұсқауға жол берiлмейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z107" w:id="118"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7674,68 +8272,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16-бап. Жарнамасы бар материалдарды сақтау мерзiмдерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жарнамасы бар материалдарды немесе олардың көшiрмелерiн, оларға кейiннен енгiзiлетiн өзгерiстердiң бәрiн қоса алғанда, жарнама берушi, жарнама жасаушы бiр жыл бойы, жарнама таратушы - жарнама соңғы таратылған, орналастырылған күннен бастап кемiнде бiр ай бойы сақтауға мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="122"/>
+    <w:bookmarkStart w:name="z19" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жарнама саласындағы мемлекеттік реттеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Жарнама саласындағы мемлекеттiк реттеу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7745,204 +8343,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жарнама саласындағы мемлекеттiк реттеу деп Қазақстан Республикасының нормативтiк құқықтық актiлерiне сәйкес белгiленетiн жарнама жасауды, таратуды және орналастыруды бақылау түсiнiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жарнама саласындағы мемлекеттiк реттеудi жарнама саласындағы уәкілетті орган, жарнама саласындағы реттеуші мемлекеттік органдар, сондай-ақ жергілікті атқарушы органдар Қазақстан Республикасының заңнамасында белгiленген өздерінің құзыреті шегiнде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="123"/>
+    <w:bookmarkStart w:name="z111" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жарнама саласындағы мемлекеттiк реттеудiң негiзгi мақсаттары: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұлттық мүдделердi қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жөнсiз жарнаманы, сондай-ақ қоғамдық құндылықтар мен жалпыға бiрдей қабылданған мораль және адамгершiлiк нормаларына қол сұғатын жарнаманы болғызбау және оларға жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z113" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жосықсыз бәсекеден қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) адамдардың өмірі мен денсаулығының және қоршаған ортаның қауіпсіздігін қамтамасыз ету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z589" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының жарнама туралы заңнамасының сақталуына мемлекеттік бақылау тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z590" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау осы Заңға және Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:p>
-[...132 lines deleted...]
-    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жарнама таратушылардың және жарнама берушілердің қызметі жарнама саласындағы бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау объектісі болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8270,108 +8868,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-1-бап. Жарнама саласындағы уәкiлеттi органның және жарнама саласындағы реттеуші мемлекеттік органдардың құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z591" w:id="128"/>
+    <w:bookmarkStart w:name="z591" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жарнама саласындағы уәкiлеттi орган: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сыртқы (көрнекі) жарнаманы елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнен тыс жерде орналастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z627" w:id="129"/>
+    <w:bookmarkStart w:name="z627" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) осы Заңның мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес жарнама саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8428,711 +9026,711 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z592" w:id="130"/>
+    <w:bookmarkStart w:name="z592" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Масс-медиа саласындағы уәкілетті орган өз құзыреті шегінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) міндетті теле-, радиоарналарда әлеуметтік жарнаманы қалыптастыру және орналастыру қағидаларын бекітеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z593" w:id="131"/>
+    <w:bookmarkStart w:name="z593" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган өз құзыреті шегінде: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сыртқы (көрнекі) жарнама объектілерін халықаралық, республикалық, облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде орналастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z594" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті орган өз құзыреті шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сыртқы (көрнекі) жарнама объектілерін елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте орналастыру тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z595" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жарнама саласындағы реттеуші мемлекеттік органдар өз құзыреті шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарнама саласындағы уәкілетті органға Қазақстан Республикасының жарнама туралы заңнамасын жетілдіру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының жарнама туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-1-баппен толықтырылды - ҚР 2007.06.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; жаңа редакцияда – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); өзгерістер енгізілді – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("Масс-медиа туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізілген күннен бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-2-бап. Жергілікті өкілді және атқарушы органдардың құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республикалық маңызы бар қалалардың, астананың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z615" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес сыртқы (көрнекі) жарнаманы республикалық маңызы бар қаладағы, астанадағы және облыстық маңызы бар қаладағы үй-жайлардың шегінен тыс ашық кеңістікте, республикалық маңызы бар қаланың, астананың, облыстық маңызы бар қаланың аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде орналастыру туралы хабарламалар қабылдауды және қарауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:p>
-[...51 lines deleted...]
-      4. Сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті орган өз құзыреті шегінде:</w:t>
+    <w:bookmarkStart w:name="z616" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) мәдени, спорттық және спорттық-бұқаралық іс-шаралар афишаларын орналастыру үшін арнайы бөлінген орындардың тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:p>
-[...51 lines deleted...]
-      5. Жарнама саласындағы реттеуші мемлекеттік органдар өз құзыреті шегінде:</w:t>
+    <w:bookmarkStart w:name="z617" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыреті шегінде Қазақстан Республикасының жарнама туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:p>
-[...308 lines deleted...]
-      1. Республикалық маңызы бар қалалардың, астананың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары:</w:t>
+    <w:bookmarkStart w:name="z618" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) хабардар етпей орналастырылған сыртқы (көрнекі) жарнаманы және ғимараттар (құрылысжайлар) меншік иелерінің, көппәтерлі тұрғын үйдегі пәтерлер, тұрғын емес үй-жайлар меншік иелерінің немесе көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің, пәтерлердің, тұрғын емес үй-жайлардың меншік иелері кондоминиум объектісін басқарудың тікелей бірлесіп басқару түріндегі нысанын таңдаған кезде кондоминиум объектісін басқару субъектілерінің, ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғалардың келісімінсіз орналастырылған сыртқы (көрнекі) жарнама объектілерін анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z615" w:id="135"/>
-[...15 lines deleted...]
-      1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес сыртқы (көрнекі) жарнаманы республикалық маңызы бар қаладағы, астанадағы және облыстық маңызы бар қаладағы үй-жайлардың шегінен тыс ашық кеңістікте, республикалық маңызы бар қаланың, астананың, облыстық маңызы бар қаланың аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде орналастыру туралы хабарламалар қабылдауды және қарауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z619" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес Қазақстан Республикасының жарнама туралы заңнамасын бұзушылықты жою туралы орындалуы міндетті нұсқамалар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z616" w:id="136"/>
-[...15 lines deleted...]
-      1-1) мәдени, спорттық және спорттық-бұқаралық іс-шаралар афишаларын орналастыру үшін арнайы бөлінген орындардың тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z620" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сыртқы (көрнекі) жарнаманың республикалық маңызы бар қаладағы, астанадағы, облыстық маңызы бар қаладағы үй-жайлардың шегінен тыс ашық кеңістікте, республикалық маңызы бар қаланың, астананың, облыстық маңызы бар қаланың аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде нақты орналастырылғанын орналастыру орнын, жарнама таратушының атауын және орналастыру фактісі анықталған күнді міндетті түрде көрсете отырып, оның орналастырылу фактісін бір рет фото немесе бейне растау жолымен анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z617" w:id="137"/>
-[...15 lines deleted...]
-      2) өз құзыреті шегінде Қазақстан Республикасының жарнама туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z621" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жергілікті мемлекеттік басқару мүддесінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z618" w:id="138"/>
-[...15 lines deleted...]
-      3) хабардар етпей орналастырылған сыртқы (көрнекі) жарнаманы және ғимараттар (құрылысжайлар) меншік иелерінің, көппәтерлі тұрғын үйдегі пәтерлер, тұрғын емес үй-жайлар меншік иелерінің немесе көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің, пәтерлердің, тұрғын емес үй-жайлардың меншік иелері кондоминиум объектісін басқарудың тікелей бірлесіп басқару түріндегі нысанын таңдаған кезде кондоминиум объектісін басқару субъектілерінің, ғимараттарға (құрылысжайларға) өзге заттай құқықтары бар тұлғалардың келісімінсіз орналастырылған сыртқы (көрнекі) жарнама объектілерін анықтайды;</w:t>
+    <w:bookmarkStart w:name="z596" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ауданның жергілікті атқарушы органдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z619" w:id="139"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес сыртқы (көрнекі) жарнаманы аудандық маңызы бар қаладағы, ауылдағы, кенттегі үй-жайлардың шегінен тыс ашық кеңістікте, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастыру туралы хабарламалар қабылдауды және қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9197,90 +9795,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сыртқы (көрнекі) жарнаманың аудандық маңызы бар қаладағы, ауылдағы, кенттегі үй-жайлардың шегінен тыс ашық кеңістікте, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде нақты орналастырылғанын орналастыру орнын, жарнама таратушының атауын және орналастыру фактісі анықталған күнді міндетті түрде көрсете отырып, оның орналастырылу фактісін бір рет фото немесе бейне растау жолымен анықтайды; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жергілікті мемлекеттік басқару мүддесінде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z597" w:id="143"/>
+    <w:bookmarkStart w:name="z597" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары сыртқы (көрнекі) жарнаманы елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастыру қағидалары негізінде жарнама саласындағы уәкілетті органмен келісу бойынша сыртқы (көрнекі) жарнаманы елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде, елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастыру тәртібі мен шарттары туралы қағидаларды әзірлейді және облыстардың, республикалық маңызы бар қалалардың және астананың мәслихаттарына бекітуге ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z598" w:id="144"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z598" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы Заңда және Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, жергілікті өкілді және атқарушы органдарға сыртқы (көрнекi) жарнаманы реттеу мәселелері бойынша нормативтік құқықтық актілер қабылдауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9621,108 +10219,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19-бап. Терiске шығару </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының жарнама туралы заңдарын бұзу фактiсi анықталған жағдайда, бұзушылыққа жол берген тұлға мұндай жарнаманы таратуды, орналастыруды дереу, бірақ күнтізбелік үш күннен кешіктірмей тоқтатуға және Қазақстан Pecпубликасының заңдарында белгiленген тәртiппен терiске шығаруды жүзеге асыруға мiндеттi. Бұл ретте терiске шығару жөнiндегi шығыстардың бәрiн бұзушылыққа жол берген тұлға көтередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="145"/>
+    <w:bookmarkStart w:name="z123" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Терiске шығару нақ сол тарату, орналастыру құралдарымен және тәсiлдерiмен терiске шығарылатын жөнсiз жарнама сияқты, ұзақтығының, кеңiстiгiнiң, орны мен тәртiбiнiң нақ сондай сипаттамалары мен өлшемдерi пайдаланыла отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жөнсіз сыртқы (көрнекі) жарнаманы теріске шығару сыртқы (көрнекі) жарнаманың сол объектісінде сол сипаттамалар мен ұзақтық өлшемдерін пайдалана отырып, бірақ күнтізбелік отыз күннен аспайтын мерзімде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="146"/>
+    <w:bookmarkStart w:name="z124" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Егер терiске шығару белгіленген мерзiмде жүзеге асырылмаса, онда мемлекеттік бақылау және қадағалау органының шешiмi бойынша терiске шығаруды жарнама туралы Қазақстан Республикасы заңдарының бұзылуына жол берген және белгiленген мерзiмде терiске шығаруды жүзеге асырмаған тұлғаға келтiрiлген шығындарды өтеу туралы керi талап қою (регресс) құқығы бар жарнама таратушылар жүзеге асыруға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9796,110 +10394,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-бап. Қазақстан Республикасының жарнама туралы заңдарын бұзғаны үшiн жауаптылық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының жарнама туралы заңдарының жарнаманың мазмұнына, тіліне қатысты бұзылғаны үшiн, егер ол жарнама жасаушының не жарнама таратушының кiнәсiнен болғаны дәлелденбесе, жарнама берушi жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="147"/>
+    <w:bookmarkStart w:name="z125" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жарнама жасаушы Қазақстан Республикасының жарнама туралы заңдарының жарнаманы ресiмдеуге немесе жасауға қатысты бұзылғаны үшiн жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z126" w:id="148"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z126" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жарнама таратушы Қазақстан Республикасының жарнама туралы заңдарының жарнама таратудың, орналастырудың уақытына, орнына және тәсiлiне қатысты бұзылғаны үшiн жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z127" w:id="149"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z127" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы баптың 1, 2, 3-тармақтарында аталған тұлғалардың жауаптылығы Қазақстан Республикасының заңдарында көзделген тәртiппен туындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10111,55 +10709,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>