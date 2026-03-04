--- v0 (2025-11-22)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b658269" w14:textId="b658269">
+    <w:p w14:paraId="2f3f85e" w14:textId="2f3f85e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2560,51 +2560,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2690,1637 +2690,1849 @@
         <w:t>
       11) меншіктің мемлекеттік мониторингі жөніндегі жұмыстарды жүргізу үшін мемлекеттік бюджеттік қаржы бөлу көлемін негіздейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z95" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мониторинг объектілерін тікелей зерттеуге, меншіктің мемлекеттік мониторингі нысанасына жатқызылатын ақпаратты жинау мен талдауға қатысу үшін Қазақстан Республикасының орталық және жергілікті атқарушы органдарының өкілдерін тартуға құқылы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z96" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-1) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) Қазақстан Республикасының ақпараттандыру туралы заңнамасына сәйкес ақпараттық жүйелердi пайдалана отырып, электрондық қызметтер көрсетедi;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының орталық және жергілікті атқарушы органдарынан, сондай-ақ мониторинг объектілерінен меншіктің мемлекеттік мониторингін жүзеге асыру үшін қажетті құжаттар мен мәліметтерді сұратады және алады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z97" w:id="72"/>
-[...15 lines deleted...]
-      13) Қазақстан Республикасының орталық және жергілікті атқарушы органдарынан, сондай-ақ мониторинг объектілерінен меншіктің мемлекеттік мониторингін жүзеге асыру үшін қажетті құжаттар мен мәліметтерді сұратады және алады;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңдарына сәйкес мониторинг объектілерін зерттеу, ақпарат жинау және талдау, ұсыныстар мен ұсынымдар әзірлеу жөніндегі жұмыстарды жүргізу үшін тәуелсіз сарапшылар мен консультанттарды таратады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z98" w:id="73"/>
-[...15 lines deleted...]
-      14) Қазақстан Республикасының заңдарына сәйкес мониторинг объектілерін зерттеу, ақпарат жинау және талдау, ұсыныстар мен ұсынымдар әзірлеу жөніндегі жұмыстарды жүргізу үшін тәуелсіз сарапшылар мен консультанттарды таратады;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) зерттеу жүргізу тапсырылған тұлғаларды және танысу үшін ұсынылуға тиіс ақпараттар тізбесін көрсете отырып, мониторинг объектісінің басшыларын зерттеу жүргізілетіні туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z99" w:id="74"/>
-[...15 lines deleted...]
-      15) зерттеу жүргізу тапсырылған тұлғаларды және танысу үшін ұсынылуға тиіс ақпараттар тізбесін көрсете отырып, мониторинг объектісінің басшыларын зерттеу жүргізілетіні туралы хабардар етеді;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қазақстан Республикасының Үкіметіне, сондай-ақ мүдделі орталық және жергілікті атқарушы органдарға меншіктің мемлекеттік мониторингінің нәтижелері бойынша, оның ішінде стратегиялық объектілерді иелену және (немесе) пайдалану және (немесе) билік етуді жүзеге асырудың заңдылығы мен орындылығы бойынша қорытылған талдамалық жазбалар, даму болжамдарын, ұсыныстар мен ұсынымдары табыс етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z100" w:id="75"/>
-[...15 lines deleted...]
-      16) Қазақстан Республикасының Үкіметіне, сондай-ақ мүдделі орталық және жергілікті атқарушы органдарға меншіктің мемлекеттік мониторингінің нәтижелері бойынша, оның ішінде стратегиялық объектілерді иелену және (немесе) пайдалану және (немесе) билік етуді жүзеге асырудың заңдылығы мен орындылығы бойынша қорытылған талдамалық жазбалар, даму болжамдарын, ұсыныстар мен ұсынымдары табыс етеді;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) меншігінде немесе басқаруында осы объектілер бар тұлғаларды мониторинг объектілерін зерттеу нәтижелерімен таныстырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z101" w:id="76"/>
-[...15 lines deleted...]
-      17) меншігінде немесе басқаруында осы объектілер бар тұлғаларды мониторинг объектілерін зерттеу нәтижелерімен таныстырады;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) қажет болған жағдайда орталық атқарушы органдармен және меншігінде не басқаруында мониторинг объектілері бар тұлғалармен бірлесіп кәсіпорындармен экономикалық тиімділігін арттыруға бағытталған шаралар әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z102" w:id="77"/>
-[...15 lines deleted...]
-      18) қажет болған жағдайда орталық атқарушы органдармен және меншігінде не басқаруында мониторинг объектілері бар тұлғалармен бірлесіп кәсіпорындармен экономикалық тиімділігін арттыруға бағытталған шаралар әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) меншіктің мемлекеттік мониторингінің бірыңғай республикалық деректер қорын жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z103" w:id="78"/>
-[...15 lines deleted...]
-      19) меншіктің мемлекеттік мониторингінің бірыңғай республикалық деректер қорын жүргізеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2007.01.11 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>218</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2007.08.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 321</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.02.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 131-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Жергілікті өкілді органдардың меншіктің мемлекеттік мониторингі саласындағы құзыреті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жергілікті өкілді органдар:  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) меншіктің мемлекеттік мониторингінің деректері негізінде уәкілетті органмен бірлесіп тиісті әкімшілік-аумақтық бірлікті дамытуға бағытталған ұсыныстар мен ұсынымдары әзірлеуге қатысады;  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аумақтың экономикалық және әлеуметтік даму бағдарламаларын бекіту кезінде меншіктің мемлекеттік мониторингі деректерін пайдалануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2007.01.11 N </w:t>
-[...9 lines deleted...]
-        <w:t>218</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2007.08.07 </w:t>
-[...9 lines deleted...]
-        <w:t>N 321</w:t>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Орталық және жергілікті атқарушы органдардың меншіктің мемлекеттік мониторингі саласындағы құзыреті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орталық және жергілікті атқарушы органдар өз құзыреті шегінде:  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) уәкілетті органға меншіктің мемлекеттік мониторингінің жүзеге асыру үшін қажетті ақпаратты береді;  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) уәкілетті органның бастамасы бойынша мониторинг объектілерін тікелей зерттеуге, меншіктің мемлекеттік мониторингінің нысанасына қатысты ақпаратты жинауға және талдауға қатысу үшін өкілдер жібереді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z108" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) өз функцияларын жүзеге асыру кезінде меншіктің мемлекеттік мониторингінің деректерін пайдаланады;  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z109" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) экономиканың стратегиялық маңызы бар салаларының өздеріне қатысты меншіктің мемлекеттік мониторингі жүзеге асырылатын объектілерінің тізбелерін қалыптастыруға, өзгертуге және (немесе) толықтыруға қатысады;  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z110" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) меншіктің мемлекеттік мониторингінің нәтижелері бойынша Қазақстан Республикасының Үкіметіне мемлекеттік әлеуметтік-экономикалық саясатты әзірлеу мен түзету жөнінде, экономиканың стратегиялық маңызы бар салаларында меншік нысандарының құрылымын оңтайландыру жөнінде ұсыныстар енгізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2009.02.12 </w:t>
-[...9 lines deleted...]
-        <w:t>N 131-IV</w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерту енгізілді - Қазақстан Республикасының  2009.02.12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 131-IV </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2011.07.05 </w:t>
-[...9 lines deleted...]
-        <w:t>N 452-IV</w:t>
+        <w:t xml:space="preserve">Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4-тарау. Меншіктің мемлекеттік мониторингін жүргізуді ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16-бап. Тәуелсіз сарапшылар мен консультанттардың құқықтары мен міндеттері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Меншіктің мемлекеттік мониторингін жүргізу жөніндегі жекелеген жұмыс түрлерін орындау үшін тартылатын тәуелсіз сарапшылар мен консультанттар зерттеу, консультациялар беру, құқықтық, қаржы-экономикалық, әлеуметтік-экономикалық, экологиялық, өндірістік-техникалық және технологиялық талдау саласында қорытындылар мен ұсынымдар әзірлеу жөніндегі кәсіби қызметті жүзеге асыратын, тиісті білімі мен тәжірибесі бар жеке және заңды тұлғалар болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Меншіктің мемлекеттік мониторингін жүргізу кезінде тәуелсіз сарапшылар мен консультанттар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мониторинг объектісі туралы қажетті ақпарат алуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) мониторинг жоспары мен бағдарламасына сәйкес мониторинг объектісін тікелей зерттеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) меншіктің мемлекеттік мониторингін жүзеге асыру үшін қажетті құжаттамаға қол жеткізуге құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Меншіктің мемлекеттік мониторингін жүргізу кезінде тәуелсіз сарапшылар мен консультанттар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасының меншіктің мемлекеттік мониторингі туралы заңдарының талаптарын сақтауға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) кешенді, объективті және сапалы талдау жүргізуге, дәлелді есеп пен қорытынды әзірлеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) меншіктің мемлекеттік мониторингін жүзеге асырған кезде мәлім болған, заңмен қорғалатын құпияны құрайтын мәліметтерді жария етпеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) өздеріне берілген құжаттар мен материалдардың сақталуын қамтамасыз етуге міндетті. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Шарт талаптарында тәуелсіз сарапшылар мен консультанттардың өзге де құқықтары мен міндеттері көзделуі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. Шаруашылық жүргізуші субъектілердің меншіктің мемлекеттік мониторингін жүзеге асыру кезіндегі құқықтары мен міндеттері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мониторинг объектілері болып табылатын не меншігінде немесе басқаруында мониторинг объектісі болып табылатын мүлік бар шаруашылық жүргізуші субъектілердің:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мониторинг объектілерін зерттеу нәтижелері бойынша есептер мен қорытындылардың алдын алу және түпкілікті жасалған тұжырымдамаларымен танысуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) мониторинг объектілеріне қатысты жазбаша немесе ауызша түсіндірмелер, ескертпелер мен ұсыныстар беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) меншіктің мемлекеттік мониторингін жүзеге асыру кезінде Қазақстан Республикасының заңдарында белгіленген тәртіппен уәкілетті органның, тәуелсіз сарапшылар мен консультанттардың іс-әрекетіне шағым беруге құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мониторинг объектілері болып табылатын не меншігінде немесе басқаруында мониторинг объектісі болып табылатын мүлік бар шаруашылық жүргізуші субъектілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) уәкілетті органға қажетті ақпаратты беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меншіктің мемлекеттік мониторингін жүзеге асыратын тұлғаларға мониторинг объектілеріне жіберілуін қамтамасыз етуге және осы тұлғалардың іс-әрекетіне кедергі жасамауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 01.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 107-VIII</w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-бап жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t xml:space="preserve">18-бап. Меншіктің мемлекеттік мониторингінің электрондық деректер қоры </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Меншіктің мемлекеттік мониторингінің электрондық деректер қоры мониторинг объектілері туралы қысқаша құқықтық, техникалық және экономикалық ақпараттарды қамтиды. Оны жүргізуді уәкілетті орган жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Жеке және заңды тұлғалар туралы тіркелімдер мен ақпараттық деректер қорын құратын және жүргізетін мемлекеттік органдар мен ұйымдар өтеусіз негізде меншіктің мемлекеттік мониторингінің электрондық деректер қорын қалыптастыру және жаңарту үшін қажетті ақпаратты уәкілетті органға береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Меншіктің мемлекеттік мониторингінің ақпаратына қолжетімділік уәкілетті орган белгілеген тәртіппен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгеріс енгізілді – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14-бап. Жергілікті өкілді органдардың меншіктің мемлекеттік мониторингі саласындағы құзыреті </w:t>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+        <w:t xml:space="preserve">19-бап. Меншіктің мемлекеттік мониторингінің деректерін пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттік органдар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      экономиканың мемлекеттік секторын тікелей басқаруды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      меншік қатынастарын мемлекеттік реттеуді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік экономикалық болжамдауды және бағдарламалауды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өнеркәсіптік саясатты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      инвестициялық, құрылымдық, институционалдық, салық, ақша-кредит, баға саясатын және мемлекеттік экономикалық саясаттың басқа да элементтерін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z133" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      табиғи ресурстарды қорғау мен ұтымды пайдалануды мемлекеттік реттеуді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z134" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сыртқы экономикалық қызметті реттеуді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттің экономикалық, экологиялық қауіпсіздігін қамтамасыз ету жөніндегі шараларды әзірлеу мен жүзеге асыру кезінде меншіктің мемлекеттік мониторингінің деректерін пайдаланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z136" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Меншіктің мемлекеттік мониторингінің нәтижелері уәкілетті органның, орталық және жергілікті атқарушы органдардың, сондай-ақ меншігінде не басқаруында мониторинг объектілері бар тұлғалардың жекелеген мониторинг объектілері және (немесе) экономика салалары қызметінің тиімділігін арттыруға бағытталған бірлескен бағдарламалар мен шараларды әзірлеу үшін негіз бола алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Меншіктің мемлекеттік мониторингін жүргізу жөніндегі жұмыстарды қаржыландыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Меншіктің мемлекеттік мониторингін жүргізу жөніндегі жұмыстарды жүзеге асыру тиісті қаржы жылына арналған республикалық бюджет туралы заңға сәйкес қаржыландырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1030 lines deleted...]
-      2. Меншіктің мемлекеттік мониторингінің нәтижелері уәкілетті органның, орталық және жергілікті атқарушы органдардың, сондай-ақ меншігінде не басқаруында мониторинг объектілері бар тұлғалардың жекелеген мониторинг объектілері және (немесе) экономика салалары қызметінің тиімділігін арттыруға бағытталған бірлескен бағдарламалар мен шараларды әзірлеу үшін негіз бола алады. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:p>
-[...51 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21-бап. Қазақстан Республикасының меншіктің мемлекеттік мониторингі саласындағы заңдарын бұзғаны үшін жауаптылық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4516,55 +4728,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4890,31 +5102,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>