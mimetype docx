--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c04efc" w14:textId="6c04efc">
+    <w:p w14:paraId="ed8f58e" w14:textId="ed8f58e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -127,50 +127,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "электрондық ақпараттық ресурстар", "Электрондық ақпараттық ресурстар" деген сөздер тиісінше "цифрлық ресурстар", "Цифрлық ресурстар" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң көлiк құралдары иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру саласында туындайтын қатынастарды реттейдi және оны жүргiзудiң құқықтық, қаржылық және ұйымдық негiздерiн белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -228,71 +324,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1) алып тасталды - ҚР 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -478,50 +574,156 @@
         <w:t>
       9) көлiк оқиғасы – көлiк құралын пайдалану процесiнде және оның қатысуынан туындаған оқиға (оның ішінде жол-көлік оқиғасы), сондай-ақ көлiк құралынан ажырап кеткен бөлшектер мен ондағы жүктiң қозғалысы нәтижесiнде үшiншi тұлғаларға келтiрiлген зиян;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z175" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) көлік оқиғасын оңайлатылған ресімдеу – көлік оқиғасы туралы құжаттарды ішкі істер органдары қызметкерлерінің қатысуынсыз осы Заңда белгіленген тәртіппен және шарттарда ресімдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-2) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z74" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) пайда алушы – осы Заңға сәйкес сақтандыру төлемiн алушы болып табылатын тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z75" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -538,323 +740,437 @@
         <w:t>
       11) сақтандыру жағдайы – басталуына орай сақтандыру шарты сақтандыру төлемiн жүзеге асыруды көздейтiн оқиға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z176" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) сақтандыру жағдайын реттеудің оңайлатылған тәртібі – көлік оқиғасын оңайлатылған ресімдеу кезінде осы Заңда және уәкілетті органның нормативтік құқықтық актісінде белгіленген тәртіппен және шарттарда сақтандыру жағдайын реттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z179" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-2) тармақшаны алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-2) сақтандыру омбудсманы – "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңына сәйкес сақтандыру нарығына қатысушылар арасындағы келіспеушіліктерді реттеуді жүзеге асыратын, өз қызметінде тәуелсіз жеке тұлға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z76" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сақтандыру сомасы – сақтандыру объектiсi сақтандырылған және сақтандыру жағдайы басталған кезде сақтандырушы жауапкершiлiгiнiң шектi көлемiн бiлдiретiн ақша сомасы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z76" w:id="16"/>
-[...15 lines deleted...]
-      12) сақтандыру сомасы – сақтандыру объектiсi сақтандырылған және сақтандыру жағдайы басталған кезде сақтандырушы жауапкершiлiгiнiң шектi көлемiн бiлдiретiн ақша сомасы;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) сақтандыру сыйлықақысы – сақтанушы сақтандырушыға соңғысы сақтандыру шартында белгiленген мөлшерде сақтанушыға (пайда алушыға) сақтандыру төлемiн жасауға мiндеттемелер қабылдағаны үшiн төлеуге мiндеттi ақша сомасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z77" w:id="17"/>
-[...15 lines deleted...]
-      13) сақтандыру сыйлықақысы – сақтанушы сақтандырушыға соңғысы сақтандыру шартында белгiленген мөлшерде сақтанушыға (пайда алушыға) сақтандыру төлемiн жасауға мiндеттемелер қабылдағаны үшiн төлеуге мiндеттi ақша сомасы;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сақтандыру төлемi – сақтандырушы пайда алушыға сақтандыру жағдайы басталған кезде сақтандыру сомасы шегiнде төлейтiн ақша сомасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z78" w:id="18"/>
-[...15 lines deleted...]
-      14) сақтандыру төлемi – сақтандырушы пайда алушыға сақтандыру жағдайы басталған кезде сақтандыру сомасы шегiнде төлейтiн ақша сомасы;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сақтандырушы – Қазақстан Республикасының заңнамасында белгiленген тәртiппен, Қазақстан Республикасының аумағында сақтандыру қызметiн жүзеге асыру құқығына лицензия алған, сақтандыру жағдайы басталған кезде сақтанушыға немесе пайдасына шарт жасалған өзге тұлғаға (пайда алушыға) шартта айқындалған сома (сақтандыру сомасы) шегiнде сақтандыру төлемiн жасауға мiндеттi заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z79" w:id="19"/>
-[...15 lines deleted...]
-      15) сақтандырушы – Қазақстан Республикасының заңнамасында белгiленген тәртiппен, Қазақстан Республикасының аумағында сақтандыру қызметiн жүзеге асыру құқығына лицензия алған, сақтандыру жағдайы басталған кезде сақтанушыға немесе пайдасына шарт жасалған өзге тұлғаға (пайда алушыға) шартта айқындалған сома (сақтандыру сомасы) шегiнде сақтандыру төлемiн жасауға мiндеттi заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) сақтандырылушы – өзiне қатысты сақтандыру жүзеге асырылатын тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z80" w:id="20"/>
-[...15 lines deleted...]
-      16) сақтандырылушы – өзiне қатысты сақтандыру жүзеге асырылатын тұлға;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) сақтанушы – сақтандырушымен сақтандыру шартын жасасқан тұлға. Егер сақтандыру шартында өзгеше көзделмесе, сақтанушы бiр мезгiлде сақтандырылушы болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z81" w:id="21"/>
-[...15 lines deleted...]
-      17) сақтанушы – сақтандырушымен сақтандыру шартын жасасқан тұлға. Егер сақтандыру шартында өзгеше көзделмесе, сақтанушы бiр мезгiлде сақтандырылушы болып табылады;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) стандартты шарт – сақтандыру полисiнде көрсетiлген көлiк құралының иесi болып табылатын жеке немесе заңды тұлғамен жасалатын және бiр немесе бiрнеше сақтандырылушы тұлғаға қатысты қолданылатын көлiк құралдары иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру шарты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z82" w:id="22"/>
-[...15 lines deleted...]
-      18) стандартты шарт – сақтандыру полисiнде көрсетiлген көлiк құралының иесi болып табылатын жеке немесе заңды тұлғамен жасалатын және бiр немесе бiрнеше сақтандырылушы тұлғаға қатысты қолданылатын көлiк құралдары иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру шарты;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) таргеттелетін шығындылық – көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша шығындылықтың нысаналы көрсеткішін сипаттайтын, түзету коэффициенттерін есептеу үшін пайдаланылатын коэффициент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z177" w:id="23"/>
-[...15 lines deleted...]
-      18-1) таргеттелетін шығындылық – көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша шығындылықтың нысаналы көрсеткішін сипаттайтын, түзету коэффициенттерін есептеу үшін пайдаланылатын коэффициент;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) тiкелей реттеу – көлiк оқиғасында жәбiрленушiнiң өмiрiне, денсаулығына және (немесе) мүлкiне келтiрiлген зиянды жәбiрленушiмен көлiк құралдары иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру шартын жасасқан сақтандырушы осы Заңда көзделген жауапкершілік көлемі шегінде өтеуді жүзеге асыратын сақтандыру жағдайын реттеу тетiгi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z83" w:id="24"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); өзгеріс енгізілді - ҚР 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
@@ -870,71 +1186,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -950,51 +1266,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1053,70 +1369,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негiзделедi және Қазақстан Республикасының Азаматтық кодексiнен, осы Заңнан және Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңда көзделгеннен өзгеше ережелер белгiленсе, халықаралық шарттың ережелерi қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="25"/>
+    <w:bookmarkStart w:name="z174" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Заңның сақтандырушыға, оның ішінде сақтандыру ұйымына қатысты қолданылатын ережелері Қазақстан Республикасының аумағында ашылған Қазақстан Республикасы бейрезидент-сақтандыру ұйымдарының филиалдарына қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1499,51 +1815,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1564,110 +1880,224 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5-бап. Азаматтық-құқықтық жауапкершілігі міндеттi сақтандырылуға жататын тұлғалар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мынадай көлік құралдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлiмшелерiнде тiркелген (мемлекеттiк тiркеуге жататын) жеңiл, жүк автомобильдері, автобустар, шағын автобустар және олардың негiзiнде жасалған көлiк құралдары, мотокөлiк пен олардың тiркемелерi (жартылай тiркемелерi), сондай-ақ трамвайлар мен троллейбустар;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z49" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының аумағына уақытша енген (әкелiнген) көлік құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z50" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы тармақтың 1) және 2) тармақшаларында көрсетілген, жасаушы ұйымдардан, жөндеу және сауда ұйымдарынан, кедендік бақылау органдарынан тіркеу орнына өз бетінше жүргізіліп әкелінетін, сондай-ақ жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлімшесі көлік иесінің тұрғылықты жерінің өзгеруіне немесе меншік құқығының өзгеруіне байланысты тіркеуден шығарған көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігі міндетті сақтандырылуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z49" w:id="27"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Көлiк құралы иесiнiң азаматтық-құқықтық жауапкершiлiгi өзi пайдаланатын көлiк құралының әр бiрлiгi бойынша сақтандырылуға жатады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1746,178 +2176,178 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 17.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="29"/>
+    <w:bookmarkStart w:name="z7" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2-тарау. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру жүйесінің жұмыс істеуін қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-бап. Көлiк құралдары иелерiнің жауапкершілігін мiндеттi сақтандыру саласындағы мемлекеттiк бақылау және қадағалау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2324,90 +2754,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасаспай көлік құралын пайдалануға жол бермеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="30"/>
+    <w:bookmarkStart w:name="z151" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шарты жасалмаған жағдайда, көлік құралын пайдалануға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z152" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z152" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлімшелері және көліктік бақылау органдары құжаттарды тексеру кезінде көлiк құралдары иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу жөніндегі міндеттерді көлiк құралдары иелерiнiң орындауын тексеруге мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2549,51 +2979,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (02.01.2020 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2806,506 +3236,716 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бап. Ақпараттық өзара iс-қимыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       1. Қазақстан Республикасының ішкi iстер органдары көлiк оқиғасына қатысушыларға не олардың өкiлдерiне, сондай-ақ сұрау салуы бойынша сақтандыру ұйымдарына, сақтандыру омбудсманына сақтандыру жағдайының, сондай-ақ көлiк оқиғасы орнынан жасырынған адам жәбiрленушiнiң өмiрi мен денсаулығына зиян келтiрген жағдайдың белгілері бар оқиғаның басталу фактiсiн растайтын құжаттардың бiр-бiр данасын, оның iшiнде жол оқиғасының схемасымен қоса, жол жүрiсi қағидаларының бұзылуы туралы хаттаманың көшiрмесiн бередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Көлiк оқиғасы және оның салдары туралы ақпарат қолында бар ішкi iстер органдары, прокуратура органдары, соттар, денсаулық сақтау ұйымдары, өзге де мемлекеттiк органдар мен ұйымдар осы ақпаратты сақтандырушыға, сақтандыру омбудсманына және Сақтандыру төлемдерiне кепiлдiк беру қорына олар жүгінген кезде және (немесе) электрондық ақпараттық ресурстар алмасу кезінде беруге мiндеттi.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтанушының (сақтандырылушының), жәбiрленушiнің немесе олардың мұрагерлерiнің көлік оқиғасының басталғаны туралы хабарлауға мүмкiндiгi болмаған кезде жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлiмшелерi тиiстi сақтандырушыға осы көлiк оқиғасы туралы хабар беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z180" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ақпараттық өзара іс-қимылдың осы баптың 1, 2 және 3-тармақтарында көрсетілген түрлері сақтандыру жөніндегі бірыңғай дерекқор арқылы электрондық ақпараттық ресурстар алмасу жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z185" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көлік оқиғасы салдарынан жәбірленушінің өміріне зиян келтіру жағдайлары туралы ақпарат алу мақсатында құқықтық статистика және арнайы есепке алу саласында статистикалық қызметті жүзеге асыратын мемлекеттік орган мен дерекқорды қалыптастыру және жүргізу жөніндегі ұйым арасындағы ақпараттық өзара іс-қимыл электрондық ақпараттық ресурстар алмасу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z52" w:id="33"/>
-[...15 lines deleted...]
-      3. Сақтанушының (сақтандырылушының), жәбiрленушiнің немесе олардың мұрагерлерiнің көлік оқиғасының басталғаны туралы хабарлауға мүмкiндiгi болмаған кезде жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлiмшелерi тиiстi сақтандырушыға осы көлiк оқиғасы туралы хабар беруді жүзеге асырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайда алушыны айқындау және өтініш берушінің қайтыс болған адаммен туыстық қатынастарын растайтын мәліметтерге қолжетімділік беру мақсатында Қазақстан Республикасының заңдарына сәйкес осындай ақпараты бар базаны иелену, пайдалану және оған билік ету құқығын іске асыратын мемлекеттік органның дерекқорды қалыптастыру және жүргізу жөніндегі ұйыммен ақпараттық өзара іс-қимылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дерекқорды қалыптастыру және жүргізу жөніндегі ұйым осы тармақтың бірінші және екінші бөліктерінде көрсетілген ақпаратты осы көлік оқиғасына қатысушымен көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасасқан сақтандырушыға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Кеден ісі, Қазақстан Республикасының Мемлекеттік шекарасын қорғау және күзету саласындағы уәкілетті органдар және өзге де мемлекеттік органдар дерекқорды қалыптастыру және жүргізу жөніндегі ұйымға Қазақстан Республикасының аумағына уақытша кірген (әкелінген) көлік құралдары туралы мәліметтерді ақпарат алмасу жүйесі арқылы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z180" w:id="34"/>
-[...15 lines deleted...]
-      4. Ақпараттық өзара іс-қимылдың осы баптың 1, 2 және 3-тармақтарында көрсетілген түрлері сақтандыру жөніндегі бірыңғай дерекқор арқылы электрондық ақпараттық ресурстар алмасу жолымен жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда - ҚР 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z185" w:id="35"/>
-[...302 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10-бап. Көлiк құралдары иелерiнiң жауапкершілігін міндетті сақтандыру шарты және оны жасасу тәртiбі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="38"/>
+    <w:bookmarkStart w:name="z163" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру осы Заңға сәйкес сақтанушы мен сақтандырушының арасында жасалатын шарт негiзiнде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z164" w:id="39"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z164" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Көлiк құралдары иелерiнiң жауапкершiлiгiн мiндетті сақтандыру шартында мүлiктің тауарлық құнының жоғалтылуын, сондай-ақ жәбiрленушiнің тауарларды жеткiзудiң немесе жұмыстарды жүргiзудiң (қызметтер көрсетудiң) мерзiмдерiн, оның келiсiм-шарттар (шарттар) бойынша өзге де мiндеттемелердi бұзуына байланысты тұрақсыздық айыбын өтеудi қоса алғанда, жәбiрленушінің моральдық зиянын және ала алмаған пайдасын өтеудi есептемегенде, жәбiрленушiнiң өмiрiне, денсаулығына және (немесе) мүлкiне зиян келтiру салдарынан туындаған мiндеттемелер бойынша сақтандыру төлемiн жүзеге асыру көзделедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z165" w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z165" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көлiк құралдары иелерiнiң жауапкершілiгiн мiндеттi сақтандыру шарты мiндеттi сақтандырудың осы түрi (сыныбы) бойынша қызметтi жүзеге асыру құқығына арналған лицензиясы бар сақтандырушымен ғана жасалуға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтанушы сақтандырушыны таңдауға ерiктi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3316,184 +3956,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, сақтандырушы сақтанушыға көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасасудан бас тартуға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк құралдары иелерiнiң жауапкершiлігін мiндеттi сақтандыру шарты бойынша сақтанушы сақтандыру сыйлықақысын төлеуге мiндеттенедi, ал сақтандырушы сақтандыру жағдайы басталған кезде пайда алушыға осы Заңда белгiленген мөлшерде, тәртiппен және мерзiмде сақтандыру төлемiн жүзеге асыруға міндеттенедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="41"/>
+    <w:bookmarkStart w:name="z166" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шарттары мынадай түрлерге бөлiнедi: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) стандартты; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) кешендi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="42"/>
+    <w:bookmarkStart w:name="z167" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көлiк құралдары иелерiнiң жауапкершiлігін мiндеттi сақтандыру шарты сақтандырушының сақтандыру полисiн электрондық нысанда ресімдеуi арқылы жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлiк құралдары иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартын жасасу үшiн сақтандыру сыйлықақысын есептеу және сақтанушыны, сақтандырылушыны сәйкестендіру үшін қажетті деректерді қамтитын сақтанушының өтініші негiз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="43"/>
+    <w:bookmarkStart w:name="z168" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Сақтанушының қалауы бойынша көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты сақтандырушыға жүгіну не сақтанушы мен сақтандырушы арасында электрондық ақпараттық ресурстар алмасу арқылы жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z187" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z187" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2. Жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның аумақтық бөлімшелерінде тіркелген (мемлекеттік тіркелуге жататын) көлік құралдарын қоспағанда, Қазақстан Республикасының аумағында халықаралық қозғалыста жоқ көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасасуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3552,597 +4192,597 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келеді деп танылды.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="45"/>
+    <w:bookmarkStart w:name="z169" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сақтандыру полисiнде, Қазақстан Республикасы Азаматтық кодексiнiң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>826-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тiзiп көрсетiлген талаптардан басқа, сақтандырушының бiр сақтандыру жағдайы бойынша жауапкершiлiгiнiң шектi көлемiнiң мөлшерi және шарттың түрi көрсетiлуге тиiс. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлiк құралдары иелерiнiң жауапкершілігiн міндетті сақтандыру бойынша сақтандыру полисінің мазмұны мен ресiмделуі жөніндегі талаптар Қазақстан Республикасының сақтандыру және сақтандыру қызметi туралы заңнамасында белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Сақтандыру полисіне өзгерістер мен толықтырулар енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Алып тасталды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Егер сақтандырушы көлiк құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын сақтанушының (сақтандырылушының) немесе жәбiрленушiнiң жағдайын осы Заңда көзделгенмен салыстырғанда нашарлататын талаптармен жасасса, онда сақтандыру жағдайы басталған кезде сақтандырушы сақтанушының (сақтандырылушының) және жәбiрленушiнiң алдында осы Заңда белгiленген талаптар бойынша мiндеттемелер атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z172" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты бойынша сақтандыру сыйлықақысын төлеуді жеке тұлға біржолғы төлеммен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7. Алып тасталды – ҚР 02.07.2018 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Алып тасталды – ҚР 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2006.02.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2011.01.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012.01.01 бастап қолданысқа енгізіледі); 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 499-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...91 lines deleted...]
-        <w:t xml:space="preserve">10. Алып тасталды – ҚР 12.07.2022 </w:t>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
-[...198 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4459,71 +5099,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -4842,71 +5482,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -4929,146 +5569,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1-бап. Электрондық ақпараттық ресурстар алмасу арқылы көлік   құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру   шартын жасасу және сақтандыру жағдайларын реттеу   кезінде сақтандырушыға және интернет-ресурстарға   қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="49"/>
+    <w:bookmarkStart w:name="z190" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын электрондық нысанда жасасу және олар бойынша сақтандыру жағдайларын реттеу кезінде дерекқорды қалыптастыру және жүргізу жөніндегі ұйым, сақтандырушы мен сақтанушы (сақтандырылушы, пайда алушы) арасында электрондық ақпараттық ресурстар алмасу үшін сақтандырушының интернет-ресурсы және (немесе) ақпараттық жүйесі пайдаланылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық нысанда көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын жасасу үшін өтініш беру және көлік оқиғасының жасалғаны туралы хабардар ету, келтірілген зиянның мөлшерін айқындау, мұндай шарт бойынша сақтандыру төлемін жүзеге асыру үшін өтініш беру кезінде сақтанушыдан (сақтандырылушыдан, пайда алушыдан) мамандандырылған бағдарламалық қамтылымды пайдалану талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дерекқорды қалыптастыру және жүргізу жөніндегі ұйымның интернет-ресурсында электрондық нысанда көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарттарын жасасу және сақтандыру жағдайларын реттеу үшін пайдаланылатын сақтандыру ұйымының интернет-ресурсына сілтеме орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="50"/>
+    <w:bookmarkStart w:name="z191" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дерекқорды қалыптастыру және жүргізу жөніндегі ұйым мен сақтандырушы, сақтандырушы мен сақтанушы (сақтандырылушы, пайда алушы) арасында электрондық ақпараттық ресурстар алмасу тәртібі уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z192" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z192" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сақтандырушының интернет-ресурсын пайдалана отырып, көлік құралдары иелерінің жауапкершiлiгiн мiндетті сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу кезінде сақтандырушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтанушыға көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын жасасу не оны жасасудан бас тарту (бас тарту себептерін көрсете отырып) туралы хабарламаны электрондық хабар түрінде дереу жөнелтуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5297,130 +5937,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу туралы хабарлама дерекқорды қалыптастыру және жүргiзу жөніндегі ұйымнан жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу туралы хабарламалардың тәртібі мен мазмұнына қойылатын талаптарды уәкілетті орган айқындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="52"/>
+    <w:bookmarkStart w:name="z193" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Егер көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартында өзгеше көзделмесе, көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын электрондық ақпараттық ресурстар алмасу арқылы жасасу кезінде сақтандыру шарты сақтанушы сақтандыру сыйлықақысын (сақтанушы – заңды тұлға сақтандыру сыйлықақысын бөліп төлеген жағдайда, бірінші сақтандыру жарнасын) төлеген күннен бастап жасалды деп есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z194" w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z194" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын электрондық ақпараттық ресурстар алмасу арқылы жасасу кезінде сақтанушы осы Заңда көзделген сақтандыру талаптарымен танысқаннан кейін сақтандыру сыйлықақысын төлейді, сол арқылы ол өзіне ұсынылған талаптармен қосылу шартын жасасуға өзінің келісетінін растайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z195" w:id="54"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z195" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сақтандырушының интернет-ресурсын пайдалана отырып, сақтандырушы көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу мүмкіндігін тәулік бойы қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z196" w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z196" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сақтандыру агенттерінің көлік құралдары иелерінің жауапкершілігiн мiндеттi сақтандыру шарттарын жасасу жөніндегі қызметіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5596,70 +6236,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) егер Қазақстан Республикасының заң актiлерiмен сақтанушыға (сақтандырылушыға) жұмыс берушi ретiнде қызметкердiң еңбек (қызмет) мiндеттерiн орындауы кезiнде оны жазатайым оқиғалардан сақтандыру міндетi жүктелсе, сақтанушының (сақтандырылушының) қызметкерлерi кiрмейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Көлiк құралдары иелерiнің жауапкершілігiн мiндеттi сақтандыру шарты көлiк құралдары иелерiнiң жауапкершiлiгiн мiндетті сақтандыру шартында белгiленген күннен бастап күшiне енедi және тараптар үшiн мiндеттi болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="56"/>
+    <w:bookmarkStart w:name="z188" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көлiк құралдары иелерiнің жауапкершiлігін мiндеттi сақтандыру шарты күшіне енген күнінен бастап он екi ай мерзiмге жасасылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5670,70 +6310,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағы арқылы халықаралық қозғалыстағы көлік құралдары Қазақстан Республикасының Мемлекеттік шекарасын кесіп өткен кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке немесе заңды тұлғада көлік құралын иелену құқығы пайда болған кезде, бірақ осы көлік құралы жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның аумақтық бөлімшелерінде мемлекеттік тіркелген (қайта тіркелген) кезден бастап он жұмыс күнінен кешіктірілмей жасалуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="57"/>
+    <w:bookmarkStart w:name="z189" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын осы баптың 3-тармағында көзделгеннен өзгеше мерзімге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көлік құралын маусымдық, бірақ кемінде алты ай пайдаланған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5760,51 +6400,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5994,191 +6634,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 17.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6365,327 +7005,327 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерту енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын мерзімінен бұрын тоқтату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты Қазақстан Республикасының Азаматтық кодексінде белгіленген жағдайларда мерзімінен бұрын тоқтатылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын мерзімінен бұрын тоқтату үшін сақтанушы (сақтанушы қайтыс болған жағдайда – оның мұрагері (мұрагерлері) сақтандырушыға жазбаша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z84" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын мерзімінен бұрын тоқтату және осы сақтандырушымен жаңадан көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасасу кезінде сақтандырушының мына формула бойынша есептелген сақтандыру сыйлықақысының бөлігін ұстап қалуға құқығы бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ССБ = СС*№ / №, мұнда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ССБ - сақтандырушы ұстап қалатын сақтандыру сыйлықақысының мөлшері (теңгемен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СС - көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты бойынша төленген сақтандыру сыйлықақысының мөлшері (теңгемен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № - көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты күшіне енген кезден бастап өтініш берілген күнді қоса алғанда, оны мерзімінен бұрын тоқтатқан кезге дейінгі мерзім (күнмен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № - көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартының жасалған мерзімі (күнмен).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 3-тармағында көзделген талап сақталмаған кезде сақтандырушының көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты мерзімінен бұрын тоқтатылған кезде сақтандыру сыйлықақысының бір бөлігін мынадай мөлшерлерде ұстап қалуға құқығы бар:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
-[...148 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8476,51 +9116,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8675,88 +9315,300 @@
       3) сақтандырушы жүргізген, келтірілген зиянның және сақтандырушы, оның ішінде сақтандырушының интернет-ресурсы арқылы жүзеге асырған сақтандыру төлемінің мөлшерлерiн айқындау нәтижелерімен танысуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шартын мерзiмiнен бұрын тоқтатуға (бұл құқық сақтанушыға ғана қолданылады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ерекшеліктерді ескере отырып, сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы не сақтандырушы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) жіберуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8959,51 +9811,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9075,351 +9927,351 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгерістер енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2008.05.26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.01.01 бастап қолданысқа енгізіледі); 17.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9686,70 +10538,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен толық немесе iшiнара бас тартуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк құралдары иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шартында сақтандырушының Қазақстан Республикасының азаматтық заңдарына қайшы келмейтiн басқа да құқықтары көзделуi мүмкiн. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="62"/>
+    <w:bookmarkStart w:name="z150" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандырушы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) caқтанушыны (сақтандырылушыны) көлiк құралдары иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру талаптарымен, оның ішінде көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шартынан туындайтын тараптардың құқықтарымен және мiндеттерiмен таныстыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9988,84 +10840,190 @@
       7-1) осы Заңның 26-1-бабында көзделген тәртіппен келтірілген зиянды өтеу туралы талаппен жазбаша нысанда өтініш жасалған кезде, осы Заңда белгіленген мөлшерде, тәртіппен және мерзімдерде келтірілген зиянның өтемін жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2) сақтанушыдан (жәбірленушіден, пайда алушыдан) көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартынан туындаған дауды қарауға өтініш алған кезде бес жұмыс күні ішінде сақтанушының (жәбірленушінің, пайда алушының) талаптарын қарауға және дауды одан әрі реттеу тәртібін көрсете отырып, жазбаша жауап беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-3) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-3) сақтанушыдан (жәбірленушіден, пайда алушыдан) сақтандыру омбудсманына жіберілетін өтінішті алған кезде осы өтінішті, сондай-ақ оған қоса берілетін құжаттарды алынған күнінен бастап үш жұмыс күні ішінде сақтандыру омбудсманына қайта жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="63"/>
+    <w:bookmarkStart w:name="z181" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-4) осы Заңның 9-бабының 5-тармағында көзделген ақпаратты алған кезде уәкілетті органның нормативтік құқықтық актісінде белгіленген тәртіппен сақтандыру жағдайын реттеу жөнінде шаралар қабылдауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) сақтанушыға (сақтандырылушыға) олардың сақтандыру жағдайы кезiнде шығындарды болдырмау немесе азайту мақсатымен жұмсаған шығыстарын өтеуге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10108,211 +11066,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерту енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -10328,51 +11286,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10461,71 +11419,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) алып тасталды - ҚР 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10547,90 +11505,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) кез келген медициналық мекеменің қызметін пайдалануға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сақтандырушы жүргізген, келтірілген зиян мөлшерлерiн айқындаудың және сақтандыру төлемінің нәтижелерiмен танысуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="64"/>
+    <w:bookmarkStart w:name="z149" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) жәбiрленушiнiң өмiрiне, денсаулығына және (немесе) мүлкiне зиян келтiрілуіне кiнәлi тұлғаның сақтандырушысына осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-1) тармақшасында көзделген тәртiппен осы тұлғаның көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шартының бар екендiгi туралы мәлiметтердi (сақтанушының тегi, аты, әкесiнiң аты (егер ол жеке басын куәландыратын құжатта көрсетілген болса), көлiк құралын мемлекеттік тiркеу нөмiрi, нөмiрi және жасалған күнi) растау туралы жазбаша өтініш жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) сақтандыру жағдайын растайтын құжат болған кезде дерекқорды қалыптастыру және жүргiзу жөніндегі ұйымға жәбiрленушiнiң өмiрiне, денсаулығына және (немесе) мүлкiне зиян келтiрілуіне кiнәлi тұлғаның көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шартының бар не жоқ екендігі туралы мәлiметтердi (сақтанушының тегi, аты, әкесiнiң аты (егер ол жеке басын куәландыратын құжатта көрсетілген болса), көлiк құралын мемлекеттік тiркеу нөмiрi, нөмiрi және жасалған күнi) ұсыну туралы жазбаша өтініш жасауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10647,62 +11605,274 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен сақтандыру төлемiн алуға, сондай-ақ келтірілген зиянды өтетуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның 29-1-бабында көзделген ерекшеліктерді ескере отырып сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы не сақтандырушы, оның филиалы, өкілдігі арқылы) жіберуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10747,171 +11917,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерту енгізілді - ҚР 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -10982,163 +12152,163 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 18-1-бап алып тасталды - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="65"/>
+    <w:bookmarkStart w:name="z22" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4-тарау. Сақтандыру сыйлықақылары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бап. Сақтандыру сыйлықақысының мөлшерi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын жасасқан кезде төленуге тиіс жылдық сақтандыру сыйлықақысын есептеу үшін базалық сақтандыру сыйлықақысы пайдаланылады, оған көлік құралының тіркелген жеріне, көлік құралының түріне, сақтанушының (сақтандырылушының) жасына және жүргізу стажына, көлік құралының пайдаланылу мерзіміне, азаматтық-құқықтық жауапкершілігі сақтандырылған адамдардың кінәсінен сақтандыру жағдайларының болуына немесе болмауына қарай ("бонус-малус" жүйесі) осы баптың 3-10-тармақтарында белгіленген коэффициенттер қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда көзделмеген өзге негіздер бойынша сақтандыру сыйлықақысының мөлшерін азайтуға немесе ұлғайтуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Базалық сақтандыру сыйлықақысы 1,9 айлық есептік көрсеткіш мөлшерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z113" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Көлік құралын тіркеу аумағы бойынша коэффициенттер мынадай мөлшерде белгіленеді:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:p>
-[...93 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13602,70 +14772,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="69"/>
+    <w:bookmarkStart w:name="z182" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Осы баптың 3-тармағында көрсетілген, көлік құралын тіркеу аумағы бойынша коэффициенттерге сақтандыру сыйлықақысын есептеу үшін түзету коэффициенттері қосымша қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түзету коэффициенттерін есептеуді уәкілетті органның нормативтік құқықтық актісінде айқындалған тәртіппен, көлік құралын тіркеу аумағы бойынша шығындылық көрсеткіштерін, таргеттелетін шығындылық пен анықтық факторын ескере отырып, дерекқорды қалыптастыру және жүргізу жөніндегі ұйым жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13694,148 +14864,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таргеттелетін шығындылықтың мәні алпыс пайыздан сексен пайызға дейінгі диапазонда болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандырушы түзету коэффициенттерін уәкілетті органның нормативтік құқықтық актісінде айқындалған тәртіппен, осы тармақтың екінші бөлігіне сәйкес есептелген мәндердің он пайызынан асырмай ұлғайтуға немесе азайтуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="70"/>
+    <w:bookmarkStart w:name="z114" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы баптың 3-тармағында көрсетілген облыстардағы өзге де қалалар мен елді мекендер үшін жылдық сақтандыру сыйлықақысын есептеу үшін 0,8 мөлшеріндегі түзету коэффициенті қосымша пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z115" w:id="71"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z115" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көлiк құралы Қазақстан Республикасының аумағына уақытша келген жағдайда, тiркеу аумағы бойынша 4,4 мөлшеріндегі коэффициент қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 3) тармақшасында көзделген жағдайларға көлік құралын тіркеу аумағы бойынша коэффициенттер қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="72"/>
+    <w:bookmarkStart w:name="z116" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көлік құралының түрі бойынша коэффициенттер мынадай мөлшерде белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15176,70 +16346,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="73"/>
+    <w:bookmarkStart w:name="z117" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жеке тұлғалар үшін жасына және жүргізу стажына қарай коэффициент мөлшері мынадай мөлшерде белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15934,90 +17104,90 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="74"/>
+    <w:bookmarkStart w:name="z118" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заңды тұлғалар үшін осы баптың 7-тармағында көзделген коэффициент 1,2 мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z119" w:id="75"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z119" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көлік құралының пайдаланылу мерзіміне қарай коэффициенттер мынадай мөлшерде белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16486,70 +17656,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="76"/>
+    <w:bookmarkStart w:name="z120" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Бонус-малус" жүйесі бойынша коэффициентті есептеу және қолдану тәртібі уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16568,51 +17738,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16642,51 +17812,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16716,100 +17886,100 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="77"/>
+    <w:bookmarkStart w:name="z124" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасының аумағына уақытша келген жағдайларды қоспағанда, көлiк құралдары иелерiнiң жауапкершiлiгiн мiндеттi сақтандыру шарты он екi айдан аз мерзiмге жасалған кезде, көлiк құралының бiрлiгiне сақтандыру сыйлықақысының мөлшерi мынадай формула бойынша есептеледi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СС = ЖСС*№/№, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18341,90 +19511,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="78"/>
+    <w:bookmarkStart w:name="z125" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кешенді сақтандыру шарты бойынша сақтандыру сыйлықақысы көлік құралының бір бірлігі үшін төленеді, бұл ретте сақтандыру сыйлықақысының мөлшері сақтандыру полисінде көрсетілген көлік құралдары үшін белгіленген сақтандыру сыйлықақылары мөлшерінің ең көп шамасына тең болып белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z126" w:id="79"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z126" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Стандартты шарт бойынша сақтандыру сыйлықақысы әр сақтандырылушы бойынша есептеледі және әр сақтандырылушы бойынша есептелген сақтандыру сыйлықақылары мөлшерінің ең көп шамасына тең мөлшерде сақтанушының төлеуіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18768,51 +19938,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18865,71 +20035,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-1-баппен толықтырылды - ҚР 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19086,145 +20256,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="80"/>
+    <w:bookmarkStart w:name="z26" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Сақтандыру жағдайын, келтірілген зиянның және сақтандыру төлемінің мөлшерін айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Сақтандыру жағдайын және келтiрiлген зиянның мөлшерiн айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="81"/>
+    <w:bookmarkStart w:name="z53" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шартында көрсетiлген, сақтандырылған көлiк құралын пайдалануы нәтижесiнде жәбiрленушi деп танылған адамдардың өмiрiне, денсаулығына және (немесе) мүлкiне келтiрiлген зиянды өтеу бойынша сақтандырылушының азаматтық-құқықтық жауапкершiлiгiнiң басталу фактіci сақтандыру жағдайы деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z54" w:id="82"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z54" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жәбiрленушiнiң өмiрi мен денсаулығына келтiрiлген зиянның мөлшерi тиiстi ұйымдар берген құжаттар негiзiнде осы Заңға сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z55" w:id="83"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z55" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мүлікке келтірілген зиянның мөлшерін айқындауды сақтандырушы не ол тартқан бағалаушы қызмет көрсету туралы шарттың негізінде лицензиялық мамандандырылған бағдарламалық қамтылымды қолдана отырып жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мамандандырылған бағдарламалық қамтылымға қойылатын талаптар және мүлікке келтірілген зиянның мөлшерін айқындау тәртібі уәкілетті органның нормативтік құқықтық актісінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19253,70 +20423,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер бүлінген мүлікті қарап-тексеру сақтанушының (сақтандырылушының, пайда алушының) кінәсінен немесе тараптардың еркінен тыс мән-жайларға байланысты жүргізілмеген жағдайда, сақтанушы (сақтандырылушы, пайда алушы) сақтандырушыға келтірілген зиянның мөлшерін айқындау туралы өтінішпен қайтадан жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Мүлікке келтірілген зиян мөлшерін айқындауды сақтандырушы бүлінген мүлік қарап-тексерілген және қарап-тексеру актісі жасалған күннен бастап бес жұмыс күнінен кешіктірілмейтін мерзімде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="84"/>
+    <w:bookmarkStart w:name="z183" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Егер сақтандырушы келтірілген зиянның мөлшерін осы баптың 3-тармағының бесінші бөлігінде белгіленген мерзімде айқындамаса, онда сақтанушы (сақтандырылушы) не жәбірленуші (пайда алушы) немесе олардың өкілдері бағалаушының көрсетілетін қызметтерін пайдалануы және мүлікті қалпына келтіруді (кәдеге жаратуды) бастауы мүмкін. Бағалаушының көрсетілетін қызметтері үшін сақтанушы (сақтандырылушы) не жәбірленуші (пайда алушы) немесе олардың өкілдері шеккен шығындар, сақтандыру төлеміне қарамастан, сақтандырушының өтеуіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағалаушы көлік құралына келтірілген зиянның мөлшерін айқындауды уәкілетті органның осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19329,110 +20499,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көрсетілген нормативтік құқықтық актісіне сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көзделген жағдайда, бағалаушы жүргізген, көлік құралына келтірілген зиянның мөлшерін айқындау нәтижесін сақтандырушы жәбірленушіге (пайда алушыға) немесе оның өкіліне сақтандыру төлемін жүзеге асыру үшін қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="85"/>
+    <w:bookmarkStart w:name="z58" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандырушы осы бапқа сәйкес айқындалған зиян мөлшерінде сақтандыру төлемін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z59" w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z59" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сақтандырушы пайда алушыға тиесілі сақтандыру төлемінен зиян мөлшерін айқындауға байланысты меншікті шығыстарды ұстап қалуға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z87" w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сақтандыру жағдайын қасақана жасау, сондай-ақ сақтандыру төлемін заңсыз алуға бағытталған өзге де алаяқтық әрекеттер Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19461,131 +20631,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19809,70 +20979,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-2-бап. Сақтандыру жағдайын реттеудің оңайлатылған тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="88"/>
+    <w:bookmarkStart w:name="z197" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көлік оқиғасы жасалған кезде өміріне және (немесе) денсаулығына зиян келтірілген жәбірленушілер болмаған жағдайда, оған қатысушылар бір мезгілде мынадай талаптар сақталған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) көлік оқиғасы екі көлік құралының (тіркемелері (жартылай тiркемелерi) бар көлік құралдарын қоса алғанда) өзара жанасуы (соқтығысуы) салдарынан болса, осы көлік оқиғасы жасалған кезде иелерінің азаматтық-құқықтық жауапкершілігі осы Заңға сәйкес сақтандырылған болса; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19919,360 +21089,360 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлік оқиғасына қатысушылар уәкілетті органның нормативтік құқықтық актісінде белгіленген, әрбір жеке сақтандыру жағдайы бойынша сақтандыру сомасының мөлшері шегінде сақтандыру төлемінің мөлшеріне келіссе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көлік оқиғасы туралы құжаттар мен мәліметтерді ресімдеуді көлік оқиғасына қатысушылар уәкілетті органның нормативтік құқықтық актісінде айқындалған тәртіппен, сақтандыру компаниясының ақпараттық жүйесін және дерекқорды қалыптастыру және жүргізу жөніндегі ұйымның ақпараттық жүйесін пайдалана отырып, декларация жасау арқылы жүзеге асырса, сақтандыру жағдайын реттеудің оңайлатылған тәртібі туралы декларация (бұдан әрі – декларация) жасау арқылы көлік оқиғасын оңайлатылған ресімдеуді өздері келіскен шарттармен жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="89"/>
+    <w:bookmarkStart w:name="z198" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Көлік оқиғасына қатысушылар дерекқорды қалыптастыру және жүргізу жөніндегі ұйымнан сақтандырушының декларацияны қабылдағаны туралы хабарламаны өздері алғанға дейін көлік оқиғасы болған жерден кетпеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер көлік оқиғасына қатысушылар декларацияға қоса берген фотоматериалдар көлік оқиғасына қатысқан көлік құралының маркасын, моделін, сәйкестендіру нөмірін, мемлекеттік тіркеу нөмірлік белгісін, сондай-ақ зиян келтіру мән-жайларын, көлік оқиғасы салдарынан көлік құралдарының көрінетін бүлінуінің сипаты мен тізбесін айқындауға мүмкіндік бермеген жағдайда, сақтандырушы көлік оқиғасына қатысушылардан сақтандыру компаниясының ақпараттық жүйесін және дерекқорды қалыптастыру және жүргізу жөніндегі ұйымның ақпараттық жүйесін пайдалана отырып не басқа да қолжетімді тәсілмен фотоматериалдарды қайта жіберуді сұратуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың екінші бөлігінде көрсетілген мән-жайлар сақтандырушының декларацияны қабылдаудан бас тартуына негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="90"/>
+    <w:bookmarkStart w:name="z199" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көлік оқиғасына қатысушылардың бірі сақтандыру жағдайын реттеудің оңайлатылған тәртібін ресімдеумен келіспеген жағдайда сақтандыру төлемі осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z200" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сақтандыру жағдайын реттеудің тәртібі мен оңайлатылған тәртібінің шарттары, декларацияның нысаны мен оған қоса берілетін құжаттарға қойылатын талаптар уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z201" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сақтандыру жағдайын реттеудің оңайлатылған тәртібі сақтандыру жағдайы бойынша көлік оқиғасына қатысушылар арасында келіспеушіліктер болмаған кезде осы Заңның 26-1-бабында айқындалған тәртіппен тікелей реттеу арқылы жүзеге асырылуы мүмкін, бұл туралы декларацияда тиісті белгі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z202" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сақтандырушы сақтандыру жағдайының фактісі мен мән-жайларын анықтау және зиян мөлшерін есептеу үшін көлік оқиғасына қатысушылардың көлік құралдарын қарап-тексеруді жүргізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z200" w:id="91"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлік оқиғасына қатысушылар сақтандырушының талап етуі бойынша қарап-тексеру жүргізу үшін көлік құралдарын беруге және сақтандыру төлемін жүзеге асырғанға немесе сақтандырушы уәжді бас тартуды жібергенге дейін бүлінген мүлікті көлік оқиғасынан кейінгі күйінде сақтауға міндетті. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру жағдайын реттеудің оңайлатылған тәртібі кезінде көлік құралдарын сақтандырушының қарап-тексеру тәртібі, шарттары, мерзімдері уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="94"/>
+    <w:bookmarkStart w:name="z203" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сақтандыру жағдайын реттеудің оңайлатылған тәртібі кезінде сақтандыру төлемін сақтандырушы уәкілетті органның нормативтік құқықтық актісінде айқындалған тәртіппен және мерзімдерде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бапқа сәйкес сақтандыру төлемі жүзеге асырылғаннан кейін сақтандырушының сақтандыру төлемін жүзеге асыру жөніндегі міндеттемесі тиісінше орындалған болып есептеледі және пайда алушы сақтандырушыға сақтандыру жағдайын оңайлатылған тәртіппен реттеу кезінде әрбір жекелеген сақтандыру жағдайы бойынша сақтандыру сомасының шекті мөлшерінен асатын бөлігінде зиянды өтеу туралы қосымша талаптар қоюға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="95"/>
+    <w:bookmarkStart w:name="z204" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сақтандырушының осы Заңда және (немесе) Қазақстан Республикасының өзге де заңдарында белгіленген жағдайларда сақтандыру төлемін жүзеге асырудан бас тартуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z205" w:id="96"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z205" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Сақтандыру жағдайын реттеудің оңайлатылған тәртібіне сәйкес сақтандыру төлемін жүзеге асырған сақтандырушының осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төленген сома шегінде сақтанушыға (сақтандырылушыға) кері талап қоюға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z206" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z206" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сақтандыру жағдайын реттеудің оңайлатылған тәртібінің рәсімімен және салдарымен келіспеген жағдайда сақтанушы (жәбірленуші, пайда алушы) дауды осы Заңның 29-1-бабына сәйкес реттеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20797,151 +21967,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерту енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
@@ -21592,151 +22762,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгертулер енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
@@ -21752,191 +22922,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 10.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22336,223 +23506,223 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-1-бап. Тікелей реттеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="98"/>
+    <w:bookmarkStart w:name="z88" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көлік оқиғасы кезінде жәбірленуші немесе жәбірленушінің қайтыс болуына байланысты зиянды өтетуге Қазақстан Республикасының заңдарына сәйкес құқығы бар адам келтірілген зиянның өтемін алу үшін, кінәсінен көлік оқиғасы болған адамды көлiк құралдары иелерiнiң жауапкершілігiн мiндеттi сақтандыру шарты болған жағдайда, көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты бойынша жәбірленушінің жауапкершілігін сақтандырған сақтандырушыға жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z90" w:id="99"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z90" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандырушы осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 1), 2), 3), 4), 4-1), 4-2) және 6) тармақшаларында көзделген құжаттарды алған күннен бастап жеті жұмыс күні ішінде келтірілген зиянды өтейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z91" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тікелей реттеу шеңберінде сақтандырушы жүзеге асыратын жәбiрленушiнiң өмiрiне, денсаулығына және (немесе) мүлкiне келтiрiлген зиянды өтеу ол үшін жәбірленушімен жасасқан көлiк құралдары иелерiнiң азаматтық-құқықтық жауапкершiлiгiн мiндеттi сақтандыру шарты және сақтандыру төлемі бойынша міндеттемелердің орындалуы болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z92" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кінәсінен сақтандыру жағдайы туындаған адамның сақтандыру компаниясы сақтандыру жағдайын реттеген сақтандырушыға нақты төлеген сомасын өтеп береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z143" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тікелей реттеуді жүзеге асыру тәртібі мен шарттары осы Заңда және уәкілетті органның нормативтік құқықтық актілерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z91" w:id="100"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-1-баппен толықтырылды - ҚР 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); жаңа редакцияда - ҚР 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
@@ -22568,51 +23738,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -22628,51 +23798,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22970,151 +24140,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 28-бапқа өзгерту енгізілді - ҚР 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23399,160 +24569,270 @@
         <w:t xml:space="preserve"> үшінші бөлігінің, 22-2-баптың 6-тармағының екінші бөлігінің талаптарын бұзуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сақтандыру жағдайын реттеудің оңайлатылған тәртібі жөніндегі құжаттар мен мәліметтердің осы Заңда және уәкілетті органның нормативтік құқықтық актісінде белгіленген талаптарға сәйкес келмеуі негiз болуы мүмкiн.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сақтандыру төлемiн жүзеге асырудан бас тарту үшiн негiздер бар кезде сақтандырушы өтінішті және осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағында көзделген барлық құжаттарды алған күннен бастап жеті жұмыс күні ішінде өтініш берушіге бас тарту себептерiнiң уәжді негіздемесімен және сақтанушының (сақтандырылушының, пайда алушының) Қазақстан Республикасы заңнамасының ерекшеліктерін ескере отырып, келіспеушіліктерді реттеу үшін сақтандыру омбудсманына жүгіну құқығы туралы хабарламамен сақтандыру төлемiнен толық немесе iшiнара бас тарту туралы тиiстi шешiмдi жазбаша нысанда жiберуге мiндеттi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">Алынып тасталды - ҚР 2009.12.30 </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Алып тасталды - ҚР 30.12.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сақтандырушы, егер сақтандыру жағдайы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23651,151 +24931,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерту енгізілді - ҚР 2006.02.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2007.05.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 03.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227-V</w:t>
       </w:r>
       <w:r>
@@ -23831,64 +25111,162 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29-1-бап жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -24040,98 +25418,98 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="103"/>
+    <w:bookmarkStart w:name="z35" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  6-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">30-бап. Дауларды қараудың тәртібі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24395,70 +25773,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының көлiк құралдары иелерінің жауапкершiлiгін мiндеттi сақтандыру туралы заңдарын бұзуға кiнәлi тұлғалар Қазақстан Республикасының заңдарында көзделген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-бап. Көлік құралдары иелерінің жауапкершілігін міндетті сақтандырудың халықаралық жүйелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="104"/>
+    <w:bookmarkStart w:name="z142" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Трансшекаралық қозғалысқа қатысатын көлік құралдары иелері үшінші тұлғаларға келтірген зиянды өтеуді қамтамасыз ету, сондай-ақ мемлекеттік шекара арқылы көлік құралдары иелерінің жүріп-тұру режимін жеңілдету мақсатында Қазақстан Республикасының заңнамасында көзделген тәртіппен көлік құралдары иелерінің жауапкершілігін міндетті сақтандырудың халықаралық жүйелерінде Қазақстан Республикасының қатысуына жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24645,55 +26023,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>