--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca92c74" w14:textId="ca92c74">
+    <w:p w14:paraId="4b9b86c" w14:textId="4b9b86c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2956,51 +2956,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6576,51 +6576,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6723,7706 +6723,7820 @@
         <w:t>
       3) уәкілетті органның қарауына элиталық тұқым өсіру шаруашылықтарының элиталық тұқымдарды өндіру мен өткізу көлемі жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z130" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тұқым шаруашылығы субъектілеріне уәкілетті орган айқындайтын тәртіппен тиісті куәлік бере отырып, оларды аттестаттауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z132" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) облыс, республикалық маңызы бар қала және астана бойынша тұқымдар баланстарын жасайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
-[...15 lines deleted...]
-      6) облыс, республикалық маңызы бар қала және астана бойынша тұқымдар баланстарын жасайды;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ауыл шаруашылығы саласындағы уәкілетті органға ауыл шаруашылығы дақылдарының тұқым шаруашылығы саласындағы қажетті ақпарат беруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
-[...15 lines deleted...]
-      7) ауыл шаруашылығы саласындағы уәкілетті органға ауыл шаруашылығы дақылдарының тұқым шаруашылығы саласындағы қажетті ақпарат беруді қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) құзыреті шегінде ауыл шаруашылығы тауарларын өндірушілердің сақтық және ауыспалы тұқым қорларын қалыптастыруына жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z134" w:id="120"/>
-[...15 lines deleted...]
-      8) құзыреті шегінде ауыл шаруашылығы тауарларын өндірушілердің сақтық және ауыспалы тұқым қорларын қалыптастыруына жәрдемдеседі;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бастапқы, элиталық тұқым шаруашылығын жүргізу және ауыл шаруашылығы дақылдарының тұқымдарын жаппай көбейту схемалары мен әдістері бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z135" w:id="121"/>
-[...15 lines deleted...]
-      9) бастапқы, элиталық тұқым шаруашылығын жүргізу және ауыл шаруашылығы дақылдарының тұқымдарын жаппай көбейту схемалары мен әдістері бойынша ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сұрыптық және тұқымдық бақылауды жүзеге асыру, сұрыптық егiстіктердi байқаудан өткiзуді, жерге егiп бағалауды, зертханалық сұрыптық сынақтарды, тұқым сапасына сараптама жүргізу тәртібінің орындалуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z136" w:id="122"/>
-[...15 lines deleted...]
-      10) сұрыптық және тұқымдық бақылауды жүзеге асыру, сұрыптық егiстіктердi байқаудан өткiзуді, жерге егiп бағалауды, зертханалық сұрыптық сынақтарды, тұқым сапасына сараптама жүргізу тәртібінің орындалуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z277" w:id="123"/>
+    <w:bookmarkStart w:name="z292" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2) тиісті аумақта тұқым ресурстарының мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осы Заңның 6-1-бабының 12) тармақшасына сәйкес айқындалатын квоталар шегінде субсидиялауға жататын тұқымдарды өткізудің шекті бағасын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) субсидиялауға жататын тұқымдардың әрбір түрі бойынша жыл сайынғы квоталарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z259" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқым шаруашылығы саласында аттестатталған әрбір субъект үшін – бірегей тұқымдар бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z278" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әрбір әкімшілік-аумақтық бірлік үшін элиталық тұқымдар бойынша айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z280" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) субсидияланған бiрегей және элиталық тұқымдардың мақсатты пайдаланылуын бақылайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z281" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) байқаудан өткiзушiлер мен тұқым сарапшылары кадрларын даярлауды және олардың бiлiктiлiгiн арттыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z282" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ауыл шаруашылығы өсiмдiктерi тұқымдарының сұрыптық және егістік сапасына сараптама жүргiзу жөнiндегi нормативтiк құқықтық актiлердiң сақталуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z283" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10-1) </w:t>
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">16) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z284" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тұқым шаруашылығы жөнiндегi мемлекеттiк инспектордың ұсынысы негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z285" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субъектiнiң тұқым шаруашылығы саласындағы қызметтi жүзеге асыруға құқығын куәландыратын аттестаттау туралы куәлігінің қолданысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z286" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқымдардың сұрыптық және егістік сапаларына сараптама жүргiзу жөніндегі қызметті тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z287" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-1-баппен толықтырылды - ҚР 2006.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2006 қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 435-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...166 lines deleted...]
-    <w:bookmarkStart w:name="z283" w:id="132"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бап. &lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-бап алып тасталды - Қазақстан Республикасының 2004.12.20. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бап. Тұқым шаруашылығы жөніндегі мемлекеттiк инспекторлар және олардың өкiлеттiктерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-баптың тақырыбы жаңа редакцияда - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1. Облыс, республикалық маңызы бар қала және астана әкімдері Қазақстан Республикасының заңнамасында белгiленген тәртiппен мемлекеттiк әкiмшiлiк қызметшiлердің тиiстi лауазымдарына "Тұқым шаруашылығы жөнiндегi мемлекеттiк инспектор" деген қосымша арнаулы атау беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұқым шаруашылығы жөніндегі мемлекеттiк инспекторлардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z140" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұқым шаруашылығы субъектілерінің уәкілеттік орган бекіткен бастапқы, элиталық және өнеркәсіптік (жаппай) тұқым шаруашылығын жүргізудің схемалары мен әдістерін, тұқым шаруашылығы саласындағы әдістемелік және технологиялық талаптарды сақтауына мемлекеттік бақылауды, оның ішінде сорттық және тұқымдық бақылауды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының сақталуы тұрғысынан мемлекеттік бақылау мақсатында тұқым шаруашылығының субъектілеріне баруға және олардан Қазақстан Республикасының заңнамасында белгіленген тәртіппен тұқым шаруашылығы саласындағы қызметті жүзеге асыру мәселелері бойынша ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z142" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) аттестатталған тұқым шаруашылығы субъектiлерi көрсететiн қызметтердiң сапасын тексеруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z143" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) аттестатталған тұқым өндiрушiлердiң қызметiне олардың бiлiктiлiк талаптарына сәйкестiгi нысанында инспекция жүргiзудi жүзеге асыруға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z144" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тұқым шаруашылығы саласында қызметтi жүзеге асыру кезiнде Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының бұзылғаны туралы нұсқама беруге және әкiмшiлiк құқық бұзушылық туралы хаттамалар жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z145" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z260" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субъектiнiң тұқым шаруашылығы саласындағы қызметтi жүзеге асыруға құқығын куәландыратын аттестаттау туралы куәлігінің қолданысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z261" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқымдардың сұрыптық және егістік сапаларына сараптама жүргiзу жөніндегі қызметті тоқтата тұру туралы ұсыныстар енгiзуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z146" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) тұқым сапасына мемлекеттiк бақылауды жүзеге асыру үшiн тұқым топтарынан сынамалар iрiктеп алуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z147" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) субсидия бөлiнген тұқымның нысаналы пайдаланылуын бақылауды жүзеге асыруға құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">16) </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап қолданысқа енгiзiледi), 2006.01.10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгiзiледi), 2009.07.17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2011.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...85 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-бап. Тұқым шаруашылығы саласындағы мемлекеттiк бақылау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұқым шаруашылығы саласындағы мемлекеттiк бақылауды тұқым шаруашылығы жөнiндегi мемлекеттiк инспекторлар жүзеге асырады және ол Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының, тұқым шаруашылығы саласындағы ұлттық стандарттар мен өзге де нормативтiк құжаттардың сақталуын қамтамасыз етуге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұқым шаруашылығы саласындағы мемлекеттiк бақылау: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сорттық және тұқымдық бақылауды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аттестатталған тұқым шаруашылығы субъектiлерiнiң қызметiн олардың уәкілетті орган бекіткен рұқсат беру талаптарына сәйкестігі тұрғысынан бақылауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) ауыл шаруашылығы өсiмдiктерiнiң сорттарын мемлекеттiк сынауды бақылау. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сорттық және тұқымдық бақылау: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұқымдарды өндіру, дайындау, өңдеу, сақтау, өткізу, тасымалдау және пайдалану жөніндегі іс-шаралардың жүзеге асырылуын мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқым себу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ауыл шаруашылығы өсiмдiктерiнiң вегетациясы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жинау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқым құю; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқым сақтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өткiзу (тұқымдардың өткiзуге дайындалған және өткiзiлген партияларын, оның iшiнде экспорт және импорт кезiнде, олардың сапасының растаушы құжаттарға сәйкестiгiне тексеру) кезеңдерiнде тұқым шаруашылығы ережелерi мен нормаларын сақтау нысанында бақылауды қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 6-1-баппен толықтырылды - ҚР 2006.01.10 </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Белгiленген тәртiппен аттестатталған тұқым өндiрушiлердiң тұқым өндiруiн бақылау, ол мынадай кезеңдердi қамтиды: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқым себуге дайындалған егiстiктердi тексеру - тұқым себудiң алдында жылына бiр рет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      вегетация кезеңiнде сорттық егiстердi тексеру - жылына үш рет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сорттық және гибридтiк егiстердi байқау және егiстiк зерттеудi бақылау - байқау кезеңiнде бiр рет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқымдарды жинау (жинап алу), тасымалдау, өңдеу (тазарту) және сақтауды, тұқым қоймаларының дайындығын бақылау - бақылаудың әрбiр түрi бойынша жылына екi рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұқым сапасына сараптама жасау жөнiндегi зертханалардың тұқымдардың сорттық және егу сапасына сараптама жүргiзуiн, олардың тұқым шаруашылығы саласындағы нормативтiк құқықтық актiлер мен стандарттау жөніндегі құжаттарды сақтауын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқым сапасын сараптау кезеңiнде жылына екi рет, сондай-ақ бақылау тәртiбiмен тұқым сапасына сараптама жасау жөнiндегi қызметтердi мемлекеттiк сатып алуды жүзеге асыру кезiнде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұқым өндiрушiлерге шағым жасалған, сондай-ақ тұқым сапасына сараптама жасау жөнiндегi зертханалар берген тұқымдардың сорттық және егу сапасына зерттеулердің нәтижелерiмен келiспеген жағдайлардағы бақылауды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) байқаудан өткізу кезеңінде байқаудан өткізушілердің жұмысын, сондай-ақ тұқым өндірушілердің осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының нормаларын сақтау нысанасына оларды тексеруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұқым шаруашылығы субъектiлерiнiң тұқым шаруашылығы саласындағы нормативтiк құқықтық актiлердi, стандарттау жөніндегі құжаттарды және өзге де нормативтік құжаттарды сақтауын бақылауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z236" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұқым шаруашылығы саласындағы мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 2006.01.31. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.07.17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-бап. Тұқым шаруашылығы субъектiлерiн аттестаттау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) алып тасталды - ҚР 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) бiрегей және элиталық тұқымдарды өндiрушiлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сатуға арналған бiрiншi, екiншi, үшiншi көбейтiлген тұқымдарды өндiрушiлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тұқым өткізушілер аттестатталуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Аттестаттау мерзiмi бiткеннен кейiн тұқым шаруашылығының субъектiлерi қайта аттестаттаудан өтуге мiндеттi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2006.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2006 қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 13.06.2013 </w:t>
+        <w:t xml:space="preserve"> (01.01.2006 бастап қолданысқа енгiзiледi), 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3-тарау. Тұқым шаруашылығын ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Тұқым шаруашылығы жүйесi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ауыл шаруашылық өсiмдiктерiнiң тұқым шаруашылығы жүйесi - сорт алмастыру және сорт жаңарту мақсаты үшiн сорттардың шығарылуын, мемлекеттiк сорттық сынағын, жаппай көбейтiлуiн, тұқымдардың өндiрiлуiн, дайындалуын, өңделуiн, сақталуын, тасымалдануын, сатылуы мен пайдаланылуын, сорттық егiстердi байқаудан өткiзудi, тұқым сапасына сараптама жасауды, мемлекеттiк сорттық және тұқымдық бақылауды қамтамасыз ететiн, функционалдық жағынан өзара байланысты мемлекеттiк органдардың, ғылыми ұйымдардың, тұқым шаруашылығы субъектiлерiнiң жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ауыл шаруашылық өсiмдiктерiнiң тұқым шаруашылығы жүйесiне: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) уәкілеттік орган мен оның аумақтық органдары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1) облыстардың (республикалық маңызы бар қалалардың, астананың) жергілікті атқарушы органдары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) тұқым өндiру, дайындау, өңдеу, сақтау, сату және тасымалдау жөнiндегi қызметтi жүзеге асыратын аттестатталған жеке және заңды тұлғалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z186" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұқым сапасына сараптама жасау жөнiндегi зертханалар кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2006.01.10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2006 бастап қолданысқа енгiзiледi), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-бап. &lt;*&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 12-бап алып тасталды – ҚР 2004.12.20. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2005 бастап қолданысқа енгiзiледi). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тұқымдарды өндіру, дайындау, өңдеу, сақтау, тасымалдау, сату және пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-бап. Тұқымдарды өндiру мен пайдалануға қойылатын талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ауыл шаруашылық өсiмдiктерiнiң тұқымдары: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) карантиндiк объектiлерден ауру жұққызған болса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда белгiленген тәртiппен егу сапасына сараптамадан өтпесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) гендік инженерия (генетикалық жағынан түрлендірілу) негізінде алынса, оларды өткізуге және егу (отырғызу) үшiн пайдалануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сұрыптық және егу сапалары бойынша Қазақстан Республикасы заңнамасының талаптарына сәйкес келмейтiн тұқымдарды өткізуге, сондай-ақ егу (отырғызу) үшiн пайдалануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Тұқым шаруашылығы саласындағы ұлттық стандарттардың және стандарттау жөніндегі өзге де құжаттардың талаптарына сәйкес келмейтiн тұқымдарды егу (отырғызу) үшiн өткiзуге және пайдалануға жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z248" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-2. Осы Заңның 6-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті органмен келісу бойынша тұқым шаруашылығы саласындағы ұлттық стандарттарда және стандарттау жөніндегі өзге де құжаттарда белгіленген көрсеткіштерге қарағанда сапа көрсеткіштері төмендетілген ауыл шаруашылығы өсімдіктерінің тұқымдарын өткізуге және егу (отырғызу) үшін пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z195" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z196" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Заңда белгіленген тәртіппен аттестатталмаған жеке және заңды тұлғалар тұқымдарды өткізу құқығынсыз өз қажеттіліктері үшін ғана өндіру мен пайдалануды жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2006.12.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2011.07.15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012.01.30 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Тұқым өндiрушiлердiң құқықтары мен мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұқым өндiрушiлер тұқым өндiру көлемдерiн өз бетiнше айқындауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұқым өндiрушiлер: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) уәкілеттік орган бекiткен технологиялық талаптарды, өндiрiс схемаларын, тұқымды сақтау және сату ережелерiн сақтауға, олардың саны мен сапасы жағынан сақталуын қамтамасыз етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z199" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) элиталық тұқымдарды алдағы уақытта сату, соның iшiнде мемлекеттен тыс жерлерге сату мақсатымен оларды өндiру кезiнде бiрегей тұқым сорттарын және будандардың шыққан тегiнiң нысандарын сатып алуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z200" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) тұқымдарды сату кезiнде олардың сорттық және егу сапасын, сондай-ақ сорттың сипаттамасын (суреттемесiн) растайтын құжаттарды табыс етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z201" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) уәкілеттік орган белгiлеген тәртiппен сорттық егiстерге байқау өткiзуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z202" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сатуға, егу үшiн пайдалану мен сақтық және ауыспалы қорлар жасауға арналған тұқымдардың егу сапасына сараптама жүргiзуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z203" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) егiстi (отырғызылған екпелердi), аумақтарды, тұқым тазалағыш машиналар мен механизмдердi, қоймаларды карантиндiк объектiлердi анықтау үшiн үнемi тексерiп отыруды қамтамасыз етуге және оларға қарсы күрес жөніндегі іс-шараларды жүргізуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z204" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) өз қаражаты есебiнен ауыл шаруашылық өсiмдiктерiнiң сақтық және ауыспалы қорларын құруға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z205" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - 2009.07.17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z206" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) уәкілеттік орган белгiленген тәртiп пен мерзiмде сорттың жаңартылуын және сорттың алмастырылуын жүргiзуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z207" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) сатылуға тиiстi тұқымның тұқым құжатында көрсетiлген сорттық және егу сапасына сәйкестiгiне кепiлдiк беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z208" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сатылған және өз қажетiне пайдаланылған тұқымдардың мөлшерiне, шыққан тегiне, олардың сорттық және егу сапасына есеп жүргiзуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2011.07.15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012.01.30 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-1-бап. Ауыл шаруашылығы өсiмдiктерiнiң сорттық егiстерiн байқаудан өткiзу және тұқымдардың сорттық және егістік сапасына сараптама жасау жөніндегі қызметке қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жеке тұлғалар ауыл шаруашылығы өсiмдiктерiнiң сорттық егiстерiн байқаудан өткізу жөніндегі қызметті және тұқымдардың сорттық және егістік сапасына сараптаманы жүзеге асыру үшін хабарламамен бірге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z265" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) байқаудан өткізушілер үшін – агрономия, жеміс-көкөніс шаруашылығы, топырақтану және агрохимия, өсімдіктерді қорғау және олардың карантині, тұқым сарапшылары үшін – агрономия, жеміс-көкөніс шаруашылығы, қайта өңдеу өндірістерінің технологиясы (ауыл шаруашылығы), стандарттау және сертификаттау (ауыл шаруашылығы) мамандықтары бойынша жоғары немесе орта білімнен кейінгі білімінің бар екенін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z266" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы даярлықтан өткендігін (байқаудан өткізушілер үшін – байқаудан өткізушілер курстары);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z267" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұқым сапасына сараптама жасау жөнiндегi зертханадағы (тұқым сарапшылары үшін) жұмысы немесе тағылымдамасы (кемінде екі ай) туралы мәліметтерді растайтын құжаттардың көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z268" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Байқаудан өткізушілер және (немесе) тұқым сарапшылары мынадай талаптарға сай болуға тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z269" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) байқаудан өткізушілер үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z270" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агрономия, жеміс-көкөніс шаруашылығы, топырақтану және агрохимия, өсімдіктерді қорғау және олардың карантині мамандықтары бойынша жоғары немесе орта білімнен кейінгі білімінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z271" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнайы даярлығы (байқаудан өткізушілер курстары) туралы құжаттың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z272" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұқым сарапшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z273" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агрономия, жеміс-көкөніс шаруашылығы, қайта өңдеу өндірістерінің технологиясы (ауыл шаруашылығы), стандарттау және сертификаттау (ауыл шаруашылығы) мамандықтары бойынша жоғары немесе орта білімнен кейінгі білімінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z274" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқым сапасына және екпе материалына сараптама жасау жөнiндегi зертханадағы жұмысы немесе тағылымдамасы (кемінде екі ай) туралы құжаттың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тарау 14-1-баппен толықтырылды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Ауыл шаруашылық өсiмдiктерiнiң тұқымдарын өндiруге арналған агроэкологиялық аймақтар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 15-бап алынып тасталды - ҚР 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16-бап. Тұқым топтарын сату мен тасымалдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұқым топтарын сату мен тасымалдау Қазақстан Республикасының заңдарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұқым топтарын сатқан және тасымалдаған кезде олар ыдысқа салынған (буып-түйiлген) немесе ыдысқа салынбаған (үйiлген) күйде болуы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z210" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Тұқым топтарын ыдысқа салынған (буып-түйiлген) күйiнде сатқан және тасымалдаған кезде олардың ыдыстары мен бумаларында белгiленген нысанда этикетка болуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z211" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Бiрегей және элиталық тұқымдарды ыдысқа салынған (буып-түйiлген) күйде ғана сату мен тасымалдауға рұқсат етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z212" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Тұқымдарды ыдысқа салынбаған (үйiлген) күйiнде сатқан және тасымалдаған кезде осы тұқым топтарына тұқымдардың әрбiр тобы сортының атауы, тұқымдардың өсiрiлген жерi мен сапасы туралы деректер көрсетiлген iлеспе құжаттарды ресiмдеу талап етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z213" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Химиялық және биологиялық препараттармен өңделген тұқым топтары ыдысқа салынған (буып-түйiлген) жағдайда болуға тиiс. Осы тұқымдардың ыдыстары мен бумаларында мұндай тұқымдардың ұсталу тәртiбiн анықтайтын және адамның денсаулығы мен қоршаған ортаға жағымсыз әсер ету мүмкiндiгi туралы мәлiметтер қамтылған тиiстi жазбалар болуы керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z214" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Тұқым топтарын сатқан және тасымалдаған кезде ыдыстар мен бумаларда, этикеткаларда және iлеспе құжаттарда сорттың атауы, тұқымдардың өсiрiлген жері мен сапасы туралы шындыққа сәйкес келмейтiн мәлiметтер көрсетуге, сондай-ақ бұқаралық ақпарат құралдарында тұқым топтары туралы көрiнеу жалған жарнама таратуға тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бап. Тұқымдардың сақтандыру және өтпелi қорлары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 17-баптың тақырыбы жаңа редакцияда - ҚР 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z216" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сақтық тұқым қорлары ауыл шаруашылық өсiмдiктерiнiң тұқым қорлары болып табылады және астық шықпай қалған жағдайда тұқым себудi қамтамасыз ету үшiн оларды ауыл шаруашылық тауар өндiрушiлерi дербес қалыптастырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z217" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өтпелi тұқым қорлары күздiк ауыл шаруашылық өсiмдiктерiнiң қорлары болып табылады және оларды ауыл шаруашылық тауар өндiрушiлерi дербес қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерістер енгізілді - ҚР 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18-бап. Тұқымдарды дайындау, өңдеу, сақтау және пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ауыл шаруашылық өсiмдiктерiнiң тұқымдарын дайындауды, өңдеудi, сақтауды және пайдалануды ұйымдастыру тәртiбiн уәкілеттік орган белгiлейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Патент иесiнiң ерекше құқық объектiсi болып табылатын тұқымдарды пайдалануға Қазақстан Республикасының заңдарында көзделген тәртiппен рұқсат етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19-бап. Тұқым топтарын Қазақстан Республикасына әкелу және Қазақстан Республикасынан әкету </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тұқым топтарын Қазақстан Республикасына әкелу және Қазақстан Республикасынан әкету Қазақстан Республикасының заңдарында белгiленген тәртiппен жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z220" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z221" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 27.11.2015 </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z222" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасына әкелiнетiн және Қазақстан Республикасынан әкетiлетiн тұқым партияларымен олардың сұрыптық және егістік сапаларын куәландыратын құжаттар бірге жүруге және ол тұқым шаруашылығы саласындағы техникалық регламенттерде және стандарттау жөнiндегi құжаттарда белгiленген талаптарға сәйкес келуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z223" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z224" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасына әкелiнетiн тұқым топтарына Қазақстан Республикасының заңнамасында белгiленген тәртiппен мемлекеттік карантиндік фитосаниятариялық бақылау мен қадағалау және тұқымдық сараптама жасалуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z294" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазақстан Республикасына әкелінетін тұқым партияларымен бірге патент иеленуші құқықтарының сақталуын растайтын құжат (лицензиялық немесе сублицензиялық шарт) жүруге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 2006.12.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Тұқым сапасына кепiлдiктер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұқым өткізушілер тұқымдардың сорттық және егу сапасы олардың сапасын растайтын iлеспе құжаттарда көрсетiлген мәлiметтерге сәйкестiгiне кепiлдiк бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұқымдардың сорттық және егу сапасы iлеспе құжаттарда көрсетiлген мәлiметтерге сәйкес келмеген жағдайда тұқым өткізушілер Қазақстан Республикасының заңдарында белгiленген тәртiппен жауапты болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z226" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сатып алынған тұқымдарға кепiлдiктер тұқым шаруашылығы саласындағы нормативтiк құқықтық актiлерде, ұлттық стандарттарда және басқа да нормативтiк құжаттарда белгiленген мерзiм iшiнде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5-тарау. Тұқымның сорттық және егу сапаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>анықтау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21-бап. Ауыл шаруашылық өсiмдiктерi тұқымдарының сорттық сапасын анықтау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ауыл шаруашылығы өсiмдiктерi тұқымдарының сұрыптық сапаларын анықтау нормативтік құқықтық актілерде, стандарттау жөніндегі құжаттарда белгiленген талаптарға сәйкес егiстердi байқаудан өткiзу, жерге егiп бағалау және зертханалық сұрыптық сынақтар арқылы жүргiзiледi және аттестатталған тұқым өндiрушiлер үшiн мiндеттi болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұқымдары тұқым шаруашылығы субъектiлерiнiң сатуына нeмece өздерiнiң тұқымдық егiстерiне пайдалануына арналған ауыл шаруашылық өсiмдiктерiнiң сорттық егiстерiне мiндеттi түрде байқау өткiзiлуге тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z228" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ауыл шаруашылық өсiмдiктерiнiң Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiне енгiзiлген сорттарының бiрегей және элиталық тұқымдары жерге егiп бағалануға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z229" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ауыл шаруашылық өсiмдiктерiнiң Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiне енгiзiлген сорттарының кейiннен сатылуға арналған элиталық тұқымдары мен бiрiншi көбейтiлген тұқымдары зертханалық сорттық сынақтан өткiзiлуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22-бап. Тұқымдардың егу сапасын анықтау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Өткізуге және егу үшін пайдаланылуға жататын тұқымдардың егу сапасын айқындау "Сәйкестікті бағалау саласындағы аккредиттеу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен аккредиттелген тұқым сапасына сараптама жасау жөніндегі зертханаларда тұқымдардың сынамаларын іріктеп алу және оларға кейіннен талдау жасау арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өткізілуге тиiс тұқым топтарынан сынамалар iрiктеп алуды тұқым өндiрушi өкiлiнiң қатысуымен облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының тұқым шаруашылығы жөнiндегi мемлекеттiк инспекторлары жүргiзедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z231" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тек қана егуге арналған тұқымдар топтарынан сынамаларды iрiктеп алуды тұқым өндiрушілердiң өтiнiмi бойынша тұқым сарапшылары және (немесе) тұқым сапасына сараптама жасау жөнiндегi зертханаларда тиiстi даярлықтан өткен тұқым өндiрушiлер (олардың өкiлдерi) жүргiзедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-бап. &lt;*&gt;</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi). </w:t>
+        <w:t xml:space="preserve">23-бап. Тұқымдарға құжаттама жасау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тұқымдардың сорттық және егу сапасын куәландыратын тиiстi құжаттарсыз оларды iшкi рынокта, экспорт және импорт кезiнде сатуға, сондай-ақ тұқымдарды егу үшiн пайдалануға жол берiлмейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сату және тасымалдау кезiнде бiрегей, суперэлиталық және элиталық тұқымдарға - тұқым аттестаты, бiрiншi және одан кейiнгi көбейтiлген тұқымдарға тұқым куәлiгi қоса берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z233" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Тұқым шаруашылығы субъектiлерi егу үшiн өзi өсiрген тұқымды пайдаланған жағдайда байқаудан өткiзу актiсi мен тұқымдардың кондициялылығы туралы куәлiк не байқаудан өткiзу aктici мен тұқымдарға талдау жасау нәтижесi олардың сорттық және егу сапасын растайтын құжаттар болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z234" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Байқаудан өткiзушiлер мен тұқым сапасына сараптама жасау жөнiндегi зертханалар берген, олардың сорттық және егу сапасын растайтын құжаттар (сорттық егiстердi байқаудан өткiзу актiсi, тұқымдардың кондициялығы туралы куәлiк, тұқымдарға талдау жасау нәтижелерi) негiзiнде тұқым өндірушілер тұқым аттестатын немесе тұқым куәлiгін бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-бап. Тұқым шаруашылығы жөніндегі мемлекеттiк инспекторлар және олардың өкiлеттiктерi</w:t>
-[...27 lines deleted...]
-        <w:t>№ 102-V</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-1-бап. Тұқымдарды кәдеге жарату және жою кезiндегi қауiпсiздiктiң жалпы талаптары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тұқымдық сараптау нәтижелерi бойынша мақсатына қарай пайдалану үшiн жарамсыз деп танылған тұқымдар техникалық регламенттерде белгiленген тәртiппен қосымша өңделуге, кәдеге жаратылуға және (немесе) жойылуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сараптама жүргiзуге және оларды одан әрi пайдалану мүмкiндiгi немесе жою қажеттiгi туралы шешiм қабылдауға қажеттi кезеңде тұқымдар қауiпсiздiктi қамтамасыз ететiн жағдайлар сақтала отырып, жеке үй-жайларда сақталуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мақсатына қарай пайдалануға жарамсыз тұқымдарды тасымалдауға, сақтауға, сараптауға, пайдалануға немесе жоюға байланысты шығындарды олардың иесi төлейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-1-баппен толықтырылды - Қазақстан Республикасының 2006.12.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-2-бап. Тұқымдардың қауiпсiздiгi мен сапасы туралы ақпаратқа қойылатын талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұқымдардың қауiпсiздiгiне және оның өмiрлiк циклi процестерiне қатысты тұтынушыларды жаңылыстыратын әрекеттердiң алдын алу мақсатында тұқым өндiрушiлер сатып алушыларға және (немесе) тұтынушыларға тұқымдардың қауiпсiздiгi мен сапасының көрсеткiштерi туралы толық және дәйектi ақпарат беруге мiндеттi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-2-баппен толықтырылды - Қазақстан Республикасының 2006.12.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5-1-тарау. Ауыл шаруашылығы өсімдіктерінің сорт сынағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Заң 5-1-тараумен толықтырылды - ҚР 2009.12.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-3-бап. Сұрыптардың патентке қабілеттілігі мен шаруашылыққа пайдалылығына сараптама және сынақ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ауыл шаруашылығы өсімдіктері сұрыптарының патентке қабілеттілігі мен шаруашылыққа пайдалылығы уәкілетті орган бекітетін өсімдіктер тектері мен түрлерінің тізбелеріне сәйкес мемлекеттік сынақтың және (немесе) өтініш берушінің деректері бойынша бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z296" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дақылдар бөлінісінде шаруашылыққа пайдалылығына, ерекшелігіне, біртектілігіне және тұрақтылығына сұрып сынағын өткізу әдістемелерін Ауыл шаруашылығы дақылдарына сұрып сынағын өткізу жөніндегі мемлекеттік комиссия бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z297" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ауыл шаруашылығы дақылдарына сұрып сынағын өткізу жөніндегі мемлекеттік комиссия сұрыптың шаруашылыққа пайдалылығына сынақ өткізумен бір мезгілде ерекшелігіне, біртектілігіне, тұрақтылығына сынақ өткізеді және морфологиялық белгілері бойынша ресми сипаттама жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-3-бап жаңа редакцияда - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-4-бап. Ауыл шаруашылығы өсімдіктерінің сорт сынағын қаржыландыру көздері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауыл шаруашылығы өсімдіктерінің сорт сынағы бойынша шығыстарды қаржыландыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z151" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бюджет қаражаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z152" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік сорт сынағы саласындағы қызмет көрсетулерге ақы төлеу тәртібімен түсетін қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z153" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ауыл шаруашылығы өсімдіктерінің сорт сынағы нәтижесінде алынған өнімдерді өткізуден түсетін қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z244" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) бiрегей, элиталық тұқымдарға және кейiнгi көбейтiлген тұқымдарға зертханалық сұрыптық сынақтар жүргізу жөніндегі қызметтерге ақы төлеу тәртібімен түсетін қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z245" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) ауыл шаруашылығы өсімдіктерінің сұрып сынағы саласында баспа өнімдерін және ақпараттық бюллетеньдерді өткізуден түсетін қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z154" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де көздер есебінен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-4-бапқа өзгеріс енгізілді - ҚР 2011.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
-    </w:p>
-[...275 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...235 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6-тарау. Тұқым шаруашылығы саласындағы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1105 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t>дауларды шешу және жауапкершілік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10-бап. Тұқым шаруашылығы субъектiлерiн аттестаттау </w:t>
-[...477 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve">24-бап. Тұқым шаруашылығы саласындағы қызметтi жүзеге асыру кезiндегi дауларды шешу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұқым шаруашылығы саласындағы қызметтi жүзеге асыру кезiнде туындайтын даулар Қазақстан Республикасының заңдарына сәйкес шешiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4610 lines deleted...]
-        <w:t>дауларды шешу және жауапкершілік</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:p>
-[...70 lines deleted...]
-    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15004,31 +15118,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>