--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ba038a" w14:textId="2ba038a">
+    <w:p w14:paraId="5b3da61" w14:textId="5b3da61">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,50 +121,146 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңның күшін жою көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 255-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Кодексімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң электрондық цифрлық қолтаңбалар арқылы куәландырылған, құқықтық қатынастардың орнатылуын, өзгертiлуiн немесе тоқтатылуын көздейтiн электрондық құжаттарды жасау және пайдалану кезiнде туындайтын қатынастарды, сондай-ақ азаматтық-құқықтық мәмiлелер жасауды қоса алғанда, құқықтық қатынастарға қатысушылардың электрондық құжаттар айналымы саласында туындайтын құқықтары мен мiндеттерiн реттеуге бағытталған. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5800,603 +5896,593 @@
         <w:t>
       Куәландырушы орталықта электрондық цифрлық қолтаңбаның жабық кілттерін жасау, пайдалану және сақтау қағидаларына сәйкес куәландырушы орталықта электрондық цифрлық қолтаңбаның жабық кілттерін сақтауға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z66" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заңды тұлғаның басшысы немесе оны алмастыратын адам осы заңды тұлғаның жұмыскеріне немесе өзі тағайындаған адамға электрондық құжатқа қол қоюға өкілеттіктер беруге құқылы. Бұл ретте әрбір қызметкер тіркеу куәлігін және өз атына алынған электрондық цифрлық қолтаңбаның өзіне сәйкес келетін жабық кілтін пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z186" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрондық цифрлық қолтаңбаның жабық кілттерін құжатқа немесе электрондық құжатқа қол қоятын, электрондық цифрлық қолтаңбаның жабық кілтін заңды түрде иеленетін және оны өз өкілеттіктері не мемлекеттік қызметтерді көрсету нәтижелеріне, анықтамаларға, құжаттарға немесе электрондық құжаттарға қол қоюдың автоматтандырылған процесі үшін тиісті тіркеу куәлігі берілген ақпараттық жүйе шеңберінде пайдаланатын жеке немесе заңды тұлға пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәландырушы орталық ақпараттық жүйеге берген тіркеу куәлігінен алынған электрондық цифрлық қолтаңба заңды тұлғаның бірінші басшысының – ақпараттық жүйе иесінің немесе жеке тұлғаның – ақпараттық жүйе иесінің қолтаңбасына теңестіріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - 2010.07.15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t>) Заңымен.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Электрондық цифрлық қолтаңба құралдары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық цифрлық қолтаңба құралдарының Қазақстан Республикасының техникалық реттеу саласындағы заңнамасында белгiленген жағдайларда және тәртіппен сәйкестігі расталуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - 2010.07.15 </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-бап. Электрондық құжат айналымы жүйесiндегi электрондық цифрлық қолтаңба </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Электрондық цифрлық қолтаңбаны мемлекеттiк органдардың лауазымды адамдары өздерiнiң өкiлеттiгi шегiнде өздерi шығаратын электрондық құжаттарды куәландыру кезiнде пайдалана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электрондық құжат айналымының мемлекеттiк емес жүйелерiнде электрондық цифрлық қолтаңба Қазақстан Республикасының азаматтық заңдарында белгiленген тәртiппен пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерту енгізілді - 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 337-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз); 24.11.2015 </w:t>
-[...79 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-бап. Электрондық цифрлық қолтаңба құралдары</w:t>
-[...254 lines deleted...]
-        </w:rPr>
         <w:t>13-бап. Шетелдiк электрондық цифрлық қолтаңбаны тану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік тіркеу куәлігі бар шетелдік электрондық цифрлық қолтаңба Қазақстан Республикасының аумағында мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының сенім білдірілген үшінші тарапы шетелдік электрондық цифрлық қолтаңбаның төлнұсқалығын куәландырса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6487,105 +6573,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="94"/>
+    <w:bookmarkStart w:name="z17" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ТIРКЕУ КУӘЛIГI </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Тіркеу куәлігін беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу куәлігі он алты жасқа толған адамға ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6621,150 +6707,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-1-бап. Тіркеу куәлігін беруден бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәландырушы орталық:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z123" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұсынылған құжаттар толық болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z124" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анық емес мәліметтер ұсынылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z125" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соттың заңды күшіне енген шешіміне сәйкес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z126" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) адам он алты жасқа толмаған жағдайларда, тіркеу куәлігін беруден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6970,70 +7056,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) электрондық цифрлық қолтаңбаны қолдану салалары мен оны қолдануды шектеу туралы ақпарат; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) тиiстi куәландырушы орталықтың реквизиттерi болуға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="101"/>
+    <w:bookmarkStart w:name="z68" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Куәландырушы орталық электрондық құжат айналымы жүйесiне қатысушымен келiсе отырып, электрондық құжат айналымы үшiн қажеттi қосымша ақпаратты тiркеу куәлiгiне енгiзеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7117,145 +7203,145 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16-бап. Тiркеу куәлiктерiн куәландырушы орталықтарда сақтау тәртiбi мен мерзiмi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тiркеу куәлiктерiнiң көшiрмелерi уәкiлеттi орган белгiлеген тәртiппен тиiстi куәландырушы орталықтарда сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="102"/>
+    <w:bookmarkStart w:name="z69" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Керi қайтарып алынған тiркеу куәлiктерiн куәландырушы орталықтарда сақтау мерзiмi - кемiнде бес жыл. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z70" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z70" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Керi қайтарып алынған тiркеу куәлiктерi осы баптың 2-тармағында аталған мерзiм өткеннен кейiн Қазақстан Республикасының заңдарында белгiленген тәртiппен мұрағаттық сақтауға түседi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Тiркеу куәлiгi иесiнiң құқықтары мен мiндеттерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Егер тiркеу куәлiгiнiң иесi тiркеу куәлiгiнде аталған ашық кiлтке сәйкес электрондық цифрлық қолтаңбаның жабық кiлтiне қол жеткiзу режимi бұзылады деп санаса, ол куәландырушы орталықтан тiркеу куәлiгiн керi қайтарып алуды талап етуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="104"/>
+    <w:bookmarkStart w:name="z71" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тiркеу куәлiгiнiң иесi: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) куәландырушы орталыққа дұрыс ақпарат беруге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7483,70 +7569,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-бап. Тiркеу куәлiгiн керi қайтарып алу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="105"/>
+    <w:bookmarkStart w:name="z154" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тіркеу куәлігін берген куәландырушы орталық оны тиісті хабарлама негізінде мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тіркеу куәлігі иесінің не оның өкілінің талап етуі бойынша; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7629,90 +7715,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) куәландырушы орталық пен тіркеу куәлігінің иесі арасындағы келісімде көзделген жағдайларда; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) соттың заңды күшіне енген шешімі бойынша кері қайтарып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="106"/>
+    <w:bookmarkStart w:name="z155" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Куәландырушы орталық тіркеу куәлігін Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде кері қайтарып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z156" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z156" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тіркеу куәлігін кері қайтарып алу кезінде куәландырушы орталық тиісті ақпарат алынған кезден бастап бір күн ішінде тіркеу куәліктерінің тіркеліміне өзгерістер енгізуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7786,123 +7872,123 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 19-бап алып тасталды – ҚР 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="108"/>
+    <w:bookmarkStart w:name="z24" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5-тарау. КУӘЛАНДЫРУШЫ ОРТАЛЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Куәландырушы орталықтың қызметi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Куәландырушы орталық Қазақстан Республикасының заңнамасына сәйкес құрылған заңды тұлға болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="109"/>
+    <w:bookmarkStart w:name="z40" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Куәландырушы орталық электрондық құжат айналымының бiрнеше жүйесiне қызмет көрсете алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8013,110 +8099,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-2-бап. Куәландырушы орталықтарды аккредиттеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Куәландырушы орталықтарды аккредиттеу куәландырушы орталықтардың (Қазақстан Республикасының негізгі куәландырушы орталығын қоспағанда) өз қызметін Қазақстан Республикасының аумағында жүзеге асыруы үшін міндетті шарт болып табылады. Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган аккредиттеуді Қазақстан Республикасының заңды тұлғалары болып табылатын куәландырушы орталықтарға қатысты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z133" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер куәландырушы орталықтың өтінішінде анағұрлым қысқа мерзім көрсетілмесе, куәландырушы орталықты аккредиттеу үш жыл мерзімге тегін негізде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z157" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z157" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Арнайы куәландырушы орталықтарды аккредиттеу арнайы куәландырушы орталықтардың (Қазақстан Республикасының арнайы негізгі куәландырушы орталығын қоспағанда) өз қызметін Қазақстан Республикасының аумағында жүзеге асыруы үшін міндетті шарт болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8318,130 +8404,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) куәландырушы орталық Қазақстан Республикасының заңдарында белгiленген тәртiппен тiркеген электрондық цифрлық қолтаңба ашық кiлтiнiң тиесiлiлiгiн және жарамдылығын растайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) &lt;*&gt; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="113"/>
+    <w:bookmarkStart w:name="z76" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Куәландырушы орталық сақтауда тұрған электрондық цифрлық қолтаңбаның ашық кiлттерi және (немесе) жабық кілттері жоғалуының, модификациялануының және қолдан жасалуының алдын алу үшiн қажеттi барлық шараларды қолдануға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z77" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z77" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Куәландырушы орталық осы баптың 2-тармағында көзделген міндеттi орындамағаны үшін Қазақстан Республикасының заңдарына сәйкес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z140" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z140" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы мемлекеттік органдарының куәландырушы орталығының, Қазақстан Республикасы ұлттық куәландырушы орталығының және Қазақстан Республикасы негізгі куәландырушы орталығының функцияларын жүзеге асыруды "Ақпараттандыру туралы" Қазақстан Республикасының Заңына сәйкес айқындалған "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z158" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z158" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы арнайы негізгі куәландырушы орталығы функцияларының жүзеге асырылуын Қазақстан Республикасының Ұлттық қауіпсіздік комитеті қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8555,110 +8641,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22-бап. Куәландырушы орталықтың қызметiн тоқтату </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Куәландырушы орталықтың қызметi Қазақстан Республикасының заңдарында белгiленген тәртiппен тоқтатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="117"/>
+    <w:bookmarkStart w:name="z78" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Куәландырушы орталық өз қызметiн тоқтату туралы шешім қабылдаған жағдайда қызметiн тоқтатқанға дейін күнтізбелік отыз күн бұрын бұл туралы өздерi қызмет көрсететiн электрондық құжат айналымы жүйелерiне қатысушылардың барлығын және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкiлеттi органды хабардар етуге мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z79" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z79" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Куәландырушы орталықтың қызметiн тоқтату кезiнде ол берген тiркеу куәлiктерi мен электрондық цифрлық қолтаңбаның тиiстi кiлттерi, тiркеу куәлiктерiнің иелерi туралы мәлiметтер тiркеу куәлігінің иесiмен келiсiле отырып, басқа куәландырушы орталықтарға берiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z80" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z80" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы баптың 2-тармағында аталған мерзiм өткеннен кейiн басқа куәландырушы орталықтарға берiлмеген тiркеу куәлiктерi мен электрондық цифрлық қолтаңбаның тиiстi кiлттерi қолданылуын тоқтатады және Қазақстан Республикасының заңдарына сәйкес сақталуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8712,88 +8798,88 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23-бап. Тiркеу куәліктерiнiң иелерi, электрондық цифрлық қолтаңбаның жабық және ашық кiлттерi туралы мәлiметтердi қорғау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Куәландырушы орталық тiркеу куәлiктерiнің иелерi туралы мәлiметтердiң қорғалуын қамтамасыз етедi және оларды Қазақстан Республикасының заң актiлерiнде көзделген жағдайларда ашады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="120"/>
+    <w:bookmarkStart w:name="z81" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тараптардың келiсiмiне сәйкес жасырын болып табылатын тiркеу куәлiктерiнiң иелерi туралы мәлiметтер тiркеу куәлiктерiнiң жалпы қол жететiн тiркелiмiне енгiзiлмейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z29" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z29" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">24-бап. Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңдарын бұзғаны үшiн жауаптылық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9113,55 +9199,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>