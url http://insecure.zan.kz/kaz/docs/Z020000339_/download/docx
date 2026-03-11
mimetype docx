--- v0 (2025-10-18)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b7b313" w14:textId="7b7b313">
+    <w:p w14:paraId="7d2490a" w14:textId="7d2490a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8061,50 +8061,156 @@
       3) осы облыстың аумағында орналасқан екі және одан көп ауданда пайда болған жануарлардың жұқпалы ауруларының ошақтарын жою жөнінде ветеринариялық іс-шаралар кешені жүргізілгеннен кейін тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша шектеу іс-шараларын немесе карантинді тоқтату туралы шешімдер қабылдау; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптаманы лицензиялау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан ветеринария саласындағы кәсіпкерлік қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламалар қабылдау, сондай-ақ рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9223,150 +9329,62 @@
       17-6) Қазақстан Республикасының ветеринария саласындағы заңнамасында белгіленген талаптарға сәйкестігін анықтау үшін ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды оларды беру процесінде ішінара іріктеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-7) ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттар қорын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...98 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-8) эпизоотиялық мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z222" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9463,372 +9481,724 @@
         <w:t>
       3) республикалық маңызы бар қаланың, астананың аумағында пайда болған жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешені жүргізілгеннен кейін бас мемлекеттік ветеринариялық-санитариялық инспектордың ұсынуы бойынша шектеу іс-шараларын немесе карантинді алып тастау туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z226" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптаманы лицензиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z543" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалардан ветеринария саласындағы кәсіпкерлік қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламалар қабылдау, сондай-ақ рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z227" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган белгілеген тәртіппен аумақты аймақтарға бөлу туралы шешім шығару;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z227" w:id="193"/>
-[...15 lines deleted...]
-      5) уәкілетті орган белгілеген тәртіппен аумақты аймақтарға бөлу туралы шешім шығару;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уәкілетті органмен келісім бойынша тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z228" w:id="194"/>
-[...15 lines deleted...]
-      6) уәкілетті органмен келісім бойынша тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын бекіту;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар ұйымдастыруды және жүргізуді үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z229" w:id="195"/>
-[...15 lines deleted...]
-      7) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар ұйымдастыруды және жүргізуді үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ветеринариялық препараттардың республикалық қорын қоспағанда, жануарлардың аса қауіпті ауруларының профилактикасы бойынша ветеринариялық препараттарды сақтауды, тасымалдауды (жеткізуді) ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z230" w:id="196"/>
-[...15 lines deleted...]
-      8) ветеринариялық препараттардың республикалық қорын қоспағанда, жануарлардың аса қауіпті ауруларының профилактикасы бойынша ветеринариялық препараттарды сақтауды, тасымалдауды (жеткізуді) ұйымдастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) алып тасталды - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды тасымалдау (жеткізу) жөнінде көрсетілетін қызметтерді мемлекеттік сатып алуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z268" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқордың жүргізілуін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9) алып тасталды - ҚР 13.06.2013 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">11-1) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-      11) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқордың жүргізілуін ұйымдастыру;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-3) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z476" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-4) эпизоотия ошақтары пайда болған жағдайда оларды зерттеп-қарауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-1) алып тасталды - ҚР 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-5) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z480" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-6) эпизоотологиялық зерттеп-қарау актісін беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-2) алып тасталды - ҚР 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-7) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -9838,1427 +10208,1101 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-3) алып тасталды - ҚР 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-8) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-9) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z565" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-10) мал қорымдарының (биотермиялық шұңқырлардың) тізіліміне енгізу үшін мал қорымдары (биотермиялық шұңқырлар) туралы деректерді (мәліметтерді) жинауды ұйымдастыру және жинақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z269" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ветеринариялық есепке алу мен есептiлiктi жинақтау, талдау және оларды уәкiлеттi органға ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-5) алып тасталды - ҚР 28.10.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 268-VI</w:t>
+        <w:t xml:space="preserve">13) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="200"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z311" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жануарлардың энзоотиялық ауруларының профилактикасы және диагностикасы бойынша ветеринариялық препараттарды мемлекеттік сатып алуды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z328" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ветеринариялық препараттарды сақтауды және тасымалдауды (жеткізуді) жүзеге асыру, жануарлардың энзоотиялық ауруларының профилактикасы мен диагностикасы жөнінде ветеринариялық іс-шаралар жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z332" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уәкілетті орган бекіткен тізбе бойынша жануарлардың аса қауіпті ауруларының, сондай-ақ жануарлардың энзоотиялық және басқа да ауруларының профилактикасы, биологиялық материал сынамаларын алу және оларды диагностикалау үшін жеткізу бойынша ветеринариялық іс-шаралардың орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-7) алып тасталды - ҚР 28.10.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 268-VI</w:t>
+        <w:t xml:space="preserve">17) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-8) алып тасталды - ҚР 28.10.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 268-VI</w:t>
+        <w:t xml:space="preserve">18) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z335" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ветеринария мәселелері бойынша халық арасында ағарту жұмысын ұйымдастыру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z336" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілікті айқындау және процессингтік орталыққа ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-9) алып тасталды - ҚР 28.10.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 268-VI</w:t>
+        <w:t xml:space="preserve">21) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2015 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z338" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі іс-шаралар жүргізуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z339" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) жануарларды аулауды, уақытша ұстауды және жансыздандыруды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z340" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) мал қорымдарын (биотермиялық шұңқырларды) салуды ұйымдастыру және оларды күтіп-ұстауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="202"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z343" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) республикалық маңызы бар қалалардың, астананың жергілікті өкілді органына бекіту үшін жануарларды асырау қағидаларын, үй жануарларын ұстау және серуендету қағидаларын, жануарларды аулау, уақытша ұстау және жансыздандыру қағидаларын, жануарларды асыраудың санитариялық аймақтарының шекараларын белгілеу жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z344" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) мүдделі тұлғаларға өткізіліп жатқан ветеринариялық іс-шаралар туралы ақпарат беруді ұйымдастыру және қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z345" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (малды союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерін, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарды пайдалануға қабылдау жөніндегі мемлекеттік комиссияларды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z346" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты алып қоймай залалсыздандыру (зарарсыздандыру) және қайта өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z347" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">13) алып тасталды - ҚР 17.01.2014 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">32) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="203"/>
-[...579 lines deleted...]
-      31) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтеу;</w:t>
+    <w:bookmarkStart w:name="z430" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) жануарлар өсiрудi, жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты дайындауды (союды), сақтауды, қайта өңдеудi және өткiзудi жүзеге асыратын өндiрiс объектiлерiн, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндiру, сақтау және өткiзу жөнiндегi ұйымдарды пайдалануға қабылдайтын мемлекеттiк комиссияларға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:p>
-[...87 lines deleted...]
-      32-1) жануарлар өсiрудi, жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты дайындауды (союды), сақтауды, қайта өңдеудi және өткiзудi жүзеге асыратын өндiрiс объектiлерiн, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндiру, сақтау және өткiзу жөнiндегi ұйымдарды пайдалануға қабылдайтын мемлекеттiк комиссияларға қатысу;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) профилактикасы мен диагностикасы бюджет қаражаты есебiнен жүзеге асырылатын жануарлардың энзоотиялық ауруларының тiзбесiн бекiту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z431" w:id="217"/>
-[...15 lines deleted...]
-      32-2) профилактикасы мен диагностикасы бюджет қаражаты есебiнен жүзеге асырылатын жануарлардың энзоотиялық ауруларының тiзбесiн бекiту;</w:t>
+    <w:bookmarkStart w:name="z490" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-3) ауру малдарды санитариялық союды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z490" w:id="218"/>
-[...15 lines deleted...]
-      32-3) ауру малдарды санитариялық союды ұйымдастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-4) мемлекеттік сатып алу, оның нәтижелері бойынша өнім берушілермен өнім беру шарттарын жасасу, сондай-ақ тапсырыс берушілерге ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды сақтау және тасымалдау (жеткізу) бойынша көрсетілетін қызметтерді қамтамасыз ету, ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-5) Қазақстан Республикасының ветеринария саласындағы заңнамасында белгіленген талаптарға сәйкестігін анықтау үшін ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды оларды беру процесінде ішінара іріктеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-6) ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттар қорын қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-7) эпизоотиялық мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:p>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z400" w:id="220"/>
+    <w:bookmarkStart w:name="z400" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының құзыретіне: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z401" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) облыстың жергілікті атқарушы органына жануарларды асырау қағидаларын, жануарларды асыраудың санитариялық аймақтарының шекараларын белгілеу жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z401" w:id="221"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11611,1803 +11655,1803 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z409" w:id="222"/>
+    <w:bookmarkStart w:name="z409" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) ауданның (облыстық маңызы бар қаланың) аумағында жануарлардың жұқпалы аурулары пайда болған жағдайда, тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша карантинді немесе шектеу iс-шараларын белгілеу туралы шешімдер қабылдау; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z410" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ауданның (облыстық маңызы бар қаланың) аумағында жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешені жүргізілгеннен кейін тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша шектеу іс-шараларын немесе карантинді тоқтату туралы шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z410" w:id="223"/>
-[...15 lines deleted...]
-      10) ауданның (облыстық маңызы бар қаланың) аумағында жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешені жүргізілгеннен кейін тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша шектеу іс-шараларын немесе карантинді тоқтату туралы шешімдер қабылдау;</w:t>
+    <w:bookmarkStart w:name="z566" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) облыстардың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдарға олар тиісті әкімшілік-аумақтық бірлікте ветеринария саласындағы функцияларды орындаған кезде жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z566" w:id="224"/>
-[...15 lines deleted...]
-      10-1) облыстардың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдарға олар тиісті әкімшілік-аумақтық бірлікте ветеринария саласындағы функцияларды орындаған кезде жәрдем көрсету;</w:t>
+    <w:bookmarkStart w:name="z567" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2) облыстардың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдарды Қазақстан Республикасының заңнамасында белгіленген тәртіппен қызметтік үй-жайлармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z567" w:id="225"/>
-[...15 lines deleted...]
-      10-2) облыстардың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдарды Қазақстан Республикасының заңнамасында белгіленген тәртіппен қызметтік үй-жайлармен қамтамасыз ету;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-1) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-3) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-4) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-5) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-6) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-7) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-1) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-1) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-2) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-3) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-4) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-5) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-6) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-7) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z568" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-8) мал қорымдарының (биотермиялық шұңқырлардың) тізіліміне енгізу үшін мал қорымдары (биотермиялық шұңқырлар) туралы деректерді (мәліметтерді) облыстардың жергілікті атқарушы органдарына ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z422" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), өзгерістер енгізілді - ҚР 2011.03.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.04.27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">11-1) алып тасталды - ҚР 28.10.2019 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...1562 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13432,50 +13476,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13951,1244 +14035,1244 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-бап. Мемлекеттік ветеринариялық ұйымдар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Үкіметі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="228"/>
+    <w:bookmarkStart w:name="z355" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мынадай функцияларды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z356" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті орган бекітетін тізбеге енгізілген жануарлардың аса қауіпті ауруларының ошақтарын жоюды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z356" w:id="229"/>
-[...15 lines deleted...]
-      уәкілетті орган бекітетін тізбеге енгізілген жануарлардың аса қауіпті ауруларының ошақтарын жоюды;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық бақылау бекеттерінде көлік құралдарын дезинфекциялауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z357" w:id="230"/>
-[...15 lines deleted...]
-      ветеринариялық бақылау бекеттерінде көлік құралдарын дезинфекциялауды;</w:t>
+    <w:bookmarkStart w:name="z358" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық препараттардың республикалық қорын сақтауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z358" w:id="231"/>
-[...15 lines deleted...]
-      ветеринариялық препараттардың республикалық қорын сақтауды;</w:t>
+    <w:bookmarkStart w:name="z359" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аса қауіпті аурулармен ауыратын жануарларды мемлекеттік органдардың шешімі бойынша алып қоюды және жоюды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z359" w:id="232"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z492" w:id="233"/>
+    <w:bookmarkStart w:name="z492" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-1-тармағына сәйкес процессингтік орталықтың функцияларын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z569" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шұғыл шаралар жүргізуді жүзеге асыру мақсатында мемлекеттік мекеме;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z569" w:id="234"/>
-[...15 lines deleted...]
-      шұғыл шаралар жүргізуді жүзеге асыру мақсатында мемлекеттік мекеме;</w:t>
+    <w:bookmarkStart w:name="z360" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттiк монополияға жатқызылған мынадай функцияларды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z360" w:id="235"/>
-[...15 lines deleted...]
-      2) мемлекеттiк монополияға жатқызылған мынадай функцияларды:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті орган бекітетін тізбеге енгізілген жануарлардың аса қауіпті ауруларының диагностикасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы бекiтетiн тiзбеге енгiзiлген жануарлардың энзоотиялық ауруларының диагностикасын жүзеге асыру мақсатында республикалық мемлекеттiк кәсiпорын нысанында мемлекеттік ветеринариялық ұйымдар құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган бекітетін тізбеге енгізілген жануарлардың аса қауіпті ауруларының диагностикасына және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы бекітетін тізбеге енгізілген жануарлардың энзоотикалық ауруларының диагностикасына технологиялық байланысты қызметке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зертханалық зерттеулер мен ветеринариялық-санитариялық сараптама жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өлшем құралдарын салыстырып тексеру және сынақ жабдығын аттестаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дезинфекцияның сапасын бактериологиялық зерттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биологиялық қалдықтарды кәдеге жарату мен жою жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z363" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мынадай функцияларды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:p>
-[...141 lines deleted...]
-      3) мынадай функцияларды:</w:t>
+    <w:bookmarkStart w:name="z364" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар ауруларының диагностикасы жөніндегі референттік функцияны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z364" w:id="237"/>
-[...15 lines deleted...]
-      жануарлар ауруларының диагностикасы жөніндегі референттік функцияны;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпизоотиялық мониторингті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясын жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:p>
-[...51 lines deleted...]
-      Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясын жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық препараттарды, жемшөп қоспаларын тіркеу сынақтарын, байқаудан өткізуді, сондай-ақ препараттарға шағым түскен кезде олардың серияларын (партияларын) бақылауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z367" w:id="239"/>
-[...15 lines deleted...]
-      ветеринариялық препараттарды, жемшөп қоспаларын тіркеу сынақтарын, байқаудан өткізуді, сондай-ақ препараттарға шағым түскен кезде олардың серияларын (партияларын) бақылауды;</w:t>
+    <w:bookmarkStart w:name="z368" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақ өнімдерінің қауіпсіздігін қамтамасыз ету жөніндегі мемлекеттік мониторингті, референцияны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z368" w:id="240"/>
-[...15 lines deleted...]
-      тамақ өнімдерінің қауіпсіздігін қамтамасыз ету жөніндегі мемлекеттік мониторингті, референцияны;</w:t>
+    <w:bookmarkStart w:name="z369" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының қауіпсіздік мониторингін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z369" w:id="241"/>
-[...15 lines deleted...]
-      ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының қауіпсіздік мониторингін;</w:t>
+    <w:bookmarkStart w:name="z570" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроорганизмдердің штамдарын депонирлеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z570" w:id="242"/>
-[...15 lines deleted...]
-      микроорганизмдердің штамдарын депонирлеуді;</w:t>
+    <w:bookmarkStart w:name="z571" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлардың Қазақстан Республикасының аумағында алғаш рет анықталған аса қауіпті және экзотикалық ауруларының диагностикасын жүзеге асыру мақсатында республикалық мемлекеттік кәсіпорын нысанында мемлекеттік ветеринариялық ұйымдар құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z571" w:id="243"/>
-[...15 lines deleted...]
-      жануарлардың Қазақстан Республикасының аумағында алғаш рет анықталған аса қауіпті және экзотикалық ауруларының диагностикасын жүзеге асыру мақсатында республикалық мемлекеттік кәсіпорын нысанында мемлекеттік ветеринариялық ұйымдар құрады.</w:t>
+    <w:bookmarkStart w:name="z423" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Мемлекеттік монополия субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша уәкілетті орган белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z423" w:id="244"/>
-[...15 lines deleted...]
-      1-1. Мемлекеттік монополия субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша уәкілетті орган белгілейді.</w:t>
+    <w:bookmarkStart w:name="z610" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік ветеринариялық ұйымдар қызметтің лицензияланатын түрлерін Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес берілген лицензия негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z610" w:id="245"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z609" w:id="246"/>
+    <w:bookmarkStart w:name="z609" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мемлекеттік ветеринариялық ұйымдар ветеринариялық есеп пен есептілікті жүргізеді және оларды Қазақстан Республикасының ветеринария саласындағы заңнамасында белгіленген тәртіппен табыс етеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z608" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары мынадай функцияларды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z608" w:id="247"/>
-[...15 lines deleted...]
-      4. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары мынадай функцияларды:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлардың аса қауіпті, жұқпалы емес және энзоотиялық ауруларына қарсы ветеринариялық іс-шаралар жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы жануарларын қолдан ұрықтандыру бойынша қызметтер көрсетуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлардың аса қауіпті және энзоотиялық ауруларына қарсы ветеринариялық препараттарды тасымалдау (жеткізу), сақтау, сондай-ақ ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды тасымалдау (жеткізу) бойынша қызметтер көрсетуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрылысын тиісті әкімшілік-аумақтық бірліктердің жергілікті атқарушы органдары ұйымдастырған мал қорымдарын (биотермиялық шұңқырларды), мал сою алаңдарын (ауыл шаруашылығы жануарларын сою алаңдарын) күтіп-ұстауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарларды аулауды, уақытша ұстауды және жансыздандыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық анықтама беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқорды жүргізуді және одан үзінді көшірме беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биологиялық материалдың сынамаларын алуды және оларды ветеринариялық зертханаға жеткізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауру жануарларды санитариялық союға тасымалдау бойынша қызмет көрсетуді жүзеге асыру мақсатында Қазақстан Республикасының заңнамасында белгiленген тәртiппен мемлекеттiк ветеринариялық ұйымдар құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың жергілікті атқарушы органдары құратын мемлекеттік ветеринариялық ұйымдар аудандарда, облыстық маңызы бар қалаларда ветеринариялық пункттерімен құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдар құратын мемлекеттік ветеринариялық ұйымдар Қазақстан Республикасының заңнамасында белгіленген тәртіппен осы Заңның 13-бабында көрсетілген ветеринария саласындағы кәсіпкерлік қызмет түрлерін жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңымен, өзгерістер енгізілді - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-бап. Ветеринария саласындағы қызметті лицензиялау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы қызметті лицензиялау Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-1-бап. Ветеринария саласындағы қызметке арналған лицензияның және (немесе) лицензияға қосымшаның қолданылуын тоқтата тұру, қайта бастау, одан айыру (оны кері қайтарып алу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z587" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ветеринария саласындағы қызметке арналған лицензияның және (немесе) лицензияға қосымшаның қолданылуы мынадай негіздердің бірі бойынша тоқтатыла тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:p>
-[...610 lines deleted...]
-    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ветеринария саласындағы лицензияланатын қызметті жүзеге асыру кезінде жануарлар саулығы мен адам денсаулығының қауіпсіздігіне қатер төндіретін, біліктілік, ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларды бұзушылықтың (бұзушылықтардың) белгіленуі (мәлім болуы, анықталуы); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15199,90 +15283,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңдарында көзделген өзге де негіздер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринария саласындағы қызметке арналған лицензияның және (немесе) лицензияға қосымшаның қолданылуын ветеринария саласындағы қызметке арналған лицензияны және (немесе) лицензияға қосымшаны беруді жүзеге асыратын мемлекеттік орган тоқтата тұрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z588" w:id="249"/>
+    <w:bookmarkStart w:name="z588" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ветеринария саласындағы қызметке арналған лицензияның және (немесе) лицензияға қосымшаның қолданылуын тоқтата тұрған негіздер алты ай ішінде жойылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z589" w:id="250"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z589" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ветеринария саласындағы қызметке арналған лицензиядан және (немесе) лицензияға қосымшадан айыру (оны кері қайтарып алу) мынадай негіздердің бірі бойынша жүзеге асыралады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицензияның және (немесе) лицензияға қосымшаның қолданылуын тоқтата тұруға негіз болған мән-жайлардың, себептердің белгіленген мерзімдерде жойылмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15329,189 +15413,189 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) соңғы екі жыл ішінде лицензиялық қызметтің жүзеге асырылмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңдарында көзделген өзге де негіздер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z590" w:id="251"/>
+    <w:bookmarkStart w:name="z590" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ветеринария саласындағы қызметке арналған лицензияның және (немесе) лицензияға қосымшаның қолданылуын тоқтата тұру, қайта бастау, одан айыру (оны кері қайтарып алу) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 12-1-баппен толықтырылды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-2-бап. Ветеринария саласындағы екінші санаттағы рұқсатты және (немесе) оған қосымшаны беруден бас тарту, одан айыру (оны кері қайтарып алу), ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтата тұру, қайта бастау, тоқтату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z592" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заңда көзделмеген, ветеринария саласындағы екінші санаттағы рұқсатты және (немесе) оған қосымшаны беруден бас тарту, одан айыру (оны кері қайтарып алу), ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтата тұру, қайта бастау, тоқтату Қазақстан Республикасының заңдарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Осы Заңда көзделмеген, ветеринария саласындағы екінші санаттағы рұқсатты және (немесе) оған қосымшаны беруден бас тарту, одан айыру (оны кері қайтарып алу), ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтата тұру, қайта бастау, тоқтату Қазақстан Республикасының заңдарына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z593" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтата тұру үшін мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z593" w:id="253"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жануарлардың аса қауіпті және жұқпалы аурулары бойынша мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау объектісінің шығу (болу), жүру (бағыты) және (немесе) келу (межелі пункт) орнының эпизоотиялық ахуалының нашарлауы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15540,146 +15624,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау нәтижелері бойынша жануарлар саулығы мен адам денсаулығының қауіпсіздігіне қатер төндіретін, Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарын бұзушылықтың анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарында көзделген өзге де жағдайлар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z594" w:id="254"/>
+    <w:bookmarkStart w:name="z594" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы баптың 2-тармағы 1) тармақшасының күші ветеринария саласындағы мынадай екінші санаттағы рұқсаттарға қолданылмайды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік тіркелуімен жемшөп қоспаларына арналған тіркеу куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ветеринариялық препараттарға арналған тіркеу куәлігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z595" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ветеринария саласындағы екінші санаттағы рұқсаттар және (немесе) оларға қосымшалар иелерінің осы қолданылуы тоқтатыла тұрған, жүзеге асырылуына ветеринария саласындағы екінші санаттағы рұқсат және (немесе) оған қосымша берілген қызметті немесе әрекеттерді (операцияларды) жүзеге асыруына жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:p>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z596" w:id="256"/>
+    <w:bookmarkStart w:name="z596" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ветеринария саласындағы екінші санаттағы рұқсаттан және (немесе) оған қосымшадан айыру (оны кері қайтарып алу) үшін мыналар негіз болып табылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтата тұруға негіз болған бұзушылықтың белгіленген мерзімде жойылмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15726,70 +15810,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарында көзделген өзге де жағдайлар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринария саласындағы екінші санаттағы рұқсаттан және (немесе) оған қосымшадан айыру (оны кері қайтарып алу) соттың шешімі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z597" w:id="257"/>
+    <w:bookmarkStart w:name="z597" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның қолданылуын тоқтату үшін мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринария саласындағы екінші санаттағы рұқсаттың және (немесе) оған қосымшаның оларға берілген қолданылу мерзімінің өтуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16084,210 +16168,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Ветеринария саласындағы кәсiпкерлiк қызмет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ветеринария саласындағы кәсiпкерлiк қызметтi Қазақстан Республикасының ветеринария саласындағы заңдарына сәйкес жеке және заңды тұлғалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="258"/>
+    <w:bookmarkStart w:name="z55" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Жеке және заңды тұлғалардың ветеринария саласындағы жүзеге асыратын кәсіпкерлік қызметінің түрлеріне:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z394" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ветеринариялық емдеу-профилактикалық қызметі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z394" w:id="259"/>
-[...15 lines deleted...]
-      1) ветеринариялық емдеу-профилактикалық қызметі;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ветеринариялық мақсаттарға арналған дәрiлiк заттарды, биологиялық препараттарды, ветеринариялық және зоогигиеналық мақсаттағы бұйымдар мен атрибуттарды өткiзу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z395" w:id="260"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="261"/>
+    <w:bookmarkStart w:name="z396" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) дезинфекция, дезинсекция, дератизация, дегельминтизация жүргізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z397" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ветеринариялық мақсаттағы препараттарды өндiру мен өткiзу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z397" w:id="262"/>
-[...15 lines deleted...]
-      4) ветеринариялық мақсаттағы препараттарды өндiру мен өткiзу;</w:t>
+    <w:bookmarkStart w:name="z398" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жануарлардан алынатын өнімдер мен шикізаттарға ветеринариялық-санитариялық сараптама жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z398" w:id="263"/>
-[...15 lines deleted...]
-      5) жануарлардан алынатын өнімдер мен шикізаттарға ветеринариялық-санитариялық сараптама жасау;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасымен тыйым салынбаған ветеринария саласындағы өзге де қызмет түрлері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z399" w:id="264"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасының заңнамасымен тыйым салынбаған ветеринария саласындағы өзге де қызмет түрлері кіреді.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринария мамандықтары бойынша жоғары, орта білімнен кейінгі немесе техникалық және кәсіптік білімі бар адамдардың ветеринария саласындағы кәсіпкерлік қызметпен айналысуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z164" w:id="265"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғалар осы Заңның 13-1-бабында көзделген тәртіппен өз қызметінің басталғаны немесе тоқтатылғаны туралы хабарлама жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16354,313 +16438,313 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="266"/>
+    <w:bookmarkStart w:name="z166" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жеке және заңды тұлғалар өзiнiң кәсiпкерлiк қызметiнiң нәтижелерi бойынша ветеринариялық есеп пен есептiлiк жүргiзедi және оларды Қазақстан Республикасының ветеринария саласындағы заңдарында белгiленген тәртiппен табыс етедi. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2007.07.27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2011.07.15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012.01.30 бастап қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-1-бап. Ветеринария саласындағы кәсіпкерлік қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламалар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z545" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ветеринария саласындағы кәсіпкерлік қызметтің мынадай түрлері хабарлама жасауға жатады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...237 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринариялық емдеу-профилактикалық қызметі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16685,292 +16769,420 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) жануарларға арналған парфюмерия немесе косметика құралдары ретінде пайдаланылатын ветеринариялық препараттарды шығару;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дезинфекция, дезинсекция, дератизация, дегельминтизация жүргізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z546" w:id="268"/>
+    <w:bookmarkStart w:name="z546" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жеке және заңды тұлғалар ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыру басталғанға немесе тоқтатылғанға дейін бұл жөнінде облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z547" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын ветеринариялық емдеу-профилактикалық қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалардың:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z547" w:id="269"/>
-[...15 lines deleted...]
-      3. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын ветеринариялық емдеу-профилактикалық қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалардың:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметті жүзеге асыру үшін қажетті жабдық жиынтығын иеленуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) штатында ветеринария саласындағы тиісті мамандықтар бойынша қызметкерлерінің болуы (заңды тұлғалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ветеринария саласындағы тиісті мамандық бойынша білімі туралы дипломының болуы (жеке тұлғалар) міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z548" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын ветеринариялық емдеу-профилактикалық қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалар хабарламаға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметті жүзеге асыру үшін қажетті жабдық жиынтығын иеленуі;</w:t>
+      1) тегін, атын, әкесінің атын, білімін, дипломның нөмірі мен берілген күнін қамтитын, ұйымның бірінші басшысы қол қойған және мөрімен бекемделген жиынтық кестені (заңды тұлғалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ветеринария саласындағы тиісті мамандық бойынша білімі туралы дипломның көшірмесін (жеке тұлғалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мамандандырудан немесе біліктілігін жетілдіруден және оны арттырудың басқа да түрлерінен өткені туралы сертификатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ветеринариялық-санитариялық қорытындының көшірмесін қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z549" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын ветеринариялық мақсаттарға арналған дәрiлiк заттарды, биологиялық препараттарды, ветеринариялық және зоогигиеналық мақсаттағы бұйымдар мен атрибуттарды өткiзу, жануарларға арналған парфюмерия немесе косметика құралдары ретінде пайдаланылатын ветеринариялық препараттарды шығару жөніндегі қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметті жүзеге асыру үшін меншік құқығында немесе өзге де заңды негізде үй-жайларының және жабдық жиынтығын иеленуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) штатында ветеринария саласындағы тиісті мамандықтар бойынша қызметкерлерінің болуы (заңды тұлғалар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ветеринария саласындағы тиісті мамандық бойынша білімі туралы дипломының болуы (жеке тұлғалар) міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z548" w:id="270"/>
-[...107 lines deleted...]
-      5. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын ветеринариялық мақсаттарға арналған дәрiлiк заттарды, биологиялық препараттарды, ветеринариялық және зоогигиеналық мақсаттағы бұйымдар мен атрибуттарды өткiзу, жануарларға арналған парфюмерия немесе косметика құралдары ретінде пайдаланылатын ветеринариялық препараттарды шығару жөніндегі қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалардың:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаға осы баптың 4-тармағының 1), 2) және 3) тармақшаларында көзделген құжаттар, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объектіге есептік нөмір берілгені туралы растаудың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меншік құқығында немесе өзге де заңды негізде тиісті үй-жайлардың болуын растайтын құқық белгілейтін құжаттардың көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z550" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органын дезинфекция, дезинсекция, дератизация, дегельминтизация жүргізу жөніндегі қызметтің басталғаны туралы хабардар еткен жеке және заңды тұлғалардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметті жүзеге асыру үшін меншік құқығында немесе өзге де заңды негізде үй-жайларының және жабдық жиынтығын иеленуі;</w:t>
+      1) қызметті жүзеге асыру үшін меншік құқығында немесе өзге де заңды негізде қажетті үй-жайларының, жабдық жиынтығының және техникасын иеленуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) штатында ветеринария саласындағы тиісті мамандықтар бойынша қызметкерлерінің болуы (заңды тұлғалар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16980,201 +17192,187 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ветеринария саласындағы тиісті мамандық бойынша білімі туралы дипломының болуы (жеке тұлғалар) міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Хабарламаға осы баптың 4-тармағының 1), 2) және 3) тармақшаларында көзделген құжаттар, сондай-ақ:</w:t>
-[...126 lines deleted...]
-        <w:t>
       Хабарламаға осы баптың 4-тармағының 1), 2), 3) және 4) тармақшаларында көзделген құжаттар, сондай-ақ меншік құқығында немесе өзге де заңды негіздерде тиісті үй-жайлардың болуын растайтын құқық белгілейтін құжаттардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z551" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы бапта көзделген құжаттарды ұсыну оларда қамтылған ақпаратты мемлекеттік ақпараттық жүйелерден және (немесе) мәліметтер нысанынан алу мүмкін болған кезде талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17330,184 +17528,184 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-2-бап. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағаны немесе тоқтатқаны туралы хабарламалар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z598" w:id="274"/>
+    <w:bookmarkStart w:name="z598" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруы хабардар етуге жатады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z599" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелерінің ветеринариялық дәрігерлері ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағанға немесе тоқтатқанға дейін "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен бұл туралы уәкілетті орган ведомствосының аумақтық бөлімшесін хабардар етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z600" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уәкілетті орган ведомствосының аумақтық бөлімшесін ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағаны туралы хабардар еткен жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z599" w:id="275"/>
-[...15 lines deleted...]
-      2. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелерінің ветеринариялық дәрігерлері ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағанға немесе тоқтатқанға дейін "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен бұл туралы уәкілетті орган ведомствосының аумақтық бөлімшесін хабардар етуге міндетті.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ветеринария саласындағы мамандықтар бойынша жоғары немесе орта білімнен кейінгі, немесе техникалық, немесе кәсіптік білімі болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс субъектісімен, жемшөпті өндіру, сақтау және өткізу жөніндегі ұйыммен еңбек қатынастары болуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаға осы тармақтың бірінші бөлігінде көрсетілген құжаттар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z601" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағаны туралы хабарламаның қолданылуы мынадай негіздердің бірі бойынша тоқтатыла тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z600" w:id="276"/>
-[...92 lines deleted...]
-    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыру кезінде ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларды бұзушылықтың (бұзушылықтардың) белгіленуі (мәлім болуы, анықталуы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17522,102 +17720,208 @@
       2) осы баптың 3-тармағында көрсетілген талаптарға сәйкес келмеудің анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау нәтижелері бойынша жануарлар саулығы мен адамның денсаулығына қауіп төндіретін, Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын бұзушылықтардың анықталуы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Рұқсаттар және хабарламалар туралы", "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының заңдарында көзделген өзге де негіздер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағаны туралы хабарламаның қолданылуы осы тармақта көрсетілген негіздер бойынша уәкілетті орган ведомствосы аумақтық бөлімшесінің шешімімен алты айға тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z602" w:id="278"/>
+    <w:bookmarkStart w:name="z602" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жануарлардың, жануарлардан алынатын өнім мен шикізаттың ветеринариялық нормативтерге сәйкестігін айқындау жөніндегі өндірістік бақылау бөлімшелері ветеринариялық дәрігерлерінің ветеринариялық анықтама беру жөніндегі қызметті жүзеге асыруды бастағаны туралы хабарламаның қолданылуын қайта бастау "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен және растайтын құжаттардың көшірмелерін қоса бере отырып, бұзушылықтардың жойылғаны туралы өтініш берілген кезден бастап жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган ведомствосының аумақтық бөлімшесі бұзушылықтардың жойылғаны туралы өтініш берілген күннен бастап он жұмыс күні ішінде "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен олардың жойылғанын тексереді және соның нәтижелері бойынша бір жұмыс күні ішінде хабарламаның қолданылуын қайта бастау туралы шешім қабылдайды не хабарламаның қолданылуын қайта бастаудан бас тарту туралы уәжді жауап ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17654,68 +17958,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="279"/>
+    <w:bookmarkStart w:name="z16" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. МЕМЛЕКЕТТIК ВЕТЕРИНАРИЯЛЫҚ-САНИТАРИЯЛЫҚ БАҚЫЛАУ ЖӘНЕ ҚАДАҒАЛАУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17745,1391 +18049,1391 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау – уәкілетті органның лауазымды адамдарының Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын жеке және заңды тұлғалардың сақтауын қамтамасыз етуге бағытталған әрекеттерінің жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="280"/>
+    <w:bookmarkStart w:name="z330" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Мемлекеттік ветеринариялық-санитариялық бақылау тексеру, бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау, бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау және тергеп-тексеру нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік ветеринариялық-санитариялық қадағалау осы Заңға және Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z331" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Тексеру және бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тергеп-тексеру Қазақстан Республикасының Кәсіпкерлік кодексіне, осы Заңға және Қазақстан Республикасының ветеринария саласындағы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z612" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3. Патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:p>
-[...33 lines deleted...]
-      1-2. Тексеру және бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z167" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:p>
-[...33 lines deleted...]
-      1-3. Патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын орындау жөнiндегi қызметiн бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z167" w:id="283"/>
-[...15 lines deleted...]
-      2. Мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау:</w:t>
+    <w:bookmarkStart w:name="z169" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бюджеттiк бағдарламалар бойынша сатып алынған ветеринариялық препараттарды, олардың республикалық қорын қоса алғанда, бөлудi және оларды сақтауға, тасымалдау (жеткiзу) мен пайдалануға бақылау жасауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z168" w:id="284"/>
-[...15 lines deleted...]
-      1) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын орындау жөнiндегi қызметiн бақылауды және қадағалауды;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелiнуi мен таралуынан қорғау жөнiндегi ветеринариялық іс-шаралардың жүзеге асырылуын бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z169" w:id="285"/>
-[...15 lines deleted...]
-      2) бюджеттiк бағдарламалар бойынша сатып алынған ветеринариялық препараттарды, олардың республикалық қорын қоса алғанда, бөлудi және оларды сақтауға, тасымалдау (жеткiзу) мен пайдалануға бақылау жасауды және қадағалауды;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының ветеринария саласындағы заңдарында белгiленген тәртiппен ветеринариялық есеп пен есептiлiк жүргiзудi және оларды табыс етудi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z170" w:id="286"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелiнуi мен таралуынан қорғау жөнiндегi ветеринариялық іс-шаралардың жүзеге асырылуын бақылауды және қадағалауды;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ветеринариялық iс-шаралардың ұйымдастырылуын және орындалуын бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z171" w:id="287"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасының ветеринария саласындағы заңдарында белгiленген тәртiппен ветеринариялық есеп пен есептiлiк жүргiзудi және оларды табыс етудi;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілерінің қауіпсіздігін, ветеринариялық-санитариялық жағдайды бақылауды және қадағалауды; жануарлар ауруларының пайда болуы мен таралуы және жануарлардың азықтан улануы себептері мен жағдайларын ашып, анықтауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z172" w:id="288"/>
-[...15 lines deleted...]
-      5) ветеринариялық iс-шаралардың ұйымдастырылуын және орындалуын бақылауды және қадағалауды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-1) алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) тексерілетін субъектілердің Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауын, сондай-ақ соларға қатысты бұзушыларға заңнамада көзделген шараларды қолдана отырып, бақылауды және қадағалау жүзеге асырылатын субъектілерге кедергісіз баруды қоса алғанда, техникалық регламенттерде белгіленген талаптарды орындауын бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z173" w:id="289"/>
-[...15 lines deleted...]
-      6) мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілерінің қауіпсіздігін, ветеринариялық-санитариялық жағдайды бақылауды және қадағалауды; жануарлар ауруларының пайда болуы мен таралуы және жануарлардың азықтан улануы себептері мен жағдайларын ашып, анықтауды;</w:t>
+    <w:bookmarkStart w:name="z574" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің қызметін бақылау мен қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z575" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-4) ауыл шаруашылығы жануарларын сәйкестендірудің ұйымдастырылуын және өткізілуін, ауыл шаруашылығы жануарларын сәйкестендіру жөніндегі дерекқордың жүргізілуін және ондағы ақпараттың жаңартылып отырылуын бақылау мен қадағалауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z174" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заң актiлерiне сәйкес әкiмшiлiк құқық бұзушылық туралы iстердi қарауды көздейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-1) алып тасталды - ҚР 24.05.2018 </w:t>
+        <w:t xml:space="preserve">2-1. Алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк ветеринариялық-санитариялық бақылауды және қадағалауды Қазақстан Республикасының заңнамасына сәйкес уәкілетті орган белгiлеген бiлiктiлiк талаптарына сай келетiн мемлекеттік ветеринариялық-санитариялық инспекторлар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. Алынып тасталды - ҚР 17.04.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау туралы ереженi уәкілетті орган әзiрлейді және бекiтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерістер енгізілді - ҚР 2006.01.31 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="290"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-1-бап. Мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уәкілетті органның лауазымды адамдары жүзеге асыратын Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын сақтау тұрғысынан мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерінде, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z576" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) ішкі сауда объектілерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z178" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ветеринария саласындағы кәсіпкерлік, оның ішінде лицензияланатын қызметті жүзеге асыратын тұлғаларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z179" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік ветеринариялық ұйымдарда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z180" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ветеринариялық бақылау бекеттерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z181" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау (орнын ауыстыру), тиеу, түсіру кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z182" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жануарлар ауруларының қоздырушыларын тарататын факторлар болуы мүмкін көлік құралдарының барлық түрлерінде, ыдыстың, буып-түю материалдарының барлық түрлері бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z183" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тасымалдау (орнын ауыстыру) маршруттары өтетін, мал айдалатын жолдарда, маршруттарда, мал жайылымдары мен суаттардың аумақтарында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z519" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) орны ауыстырылатын (тасымалданатын) объектілерді өсіретін, сақтайтын, қайта өңдейтін, өткізетін немесе пайдаланатын, сондай-ақ ветеринария саласындағы қызметті жүзеге асыратын жеке және заңды тұлғалардың аумақтарында, өндірістік үй-жайларында және қызметіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z577" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) мал қорымдарын (биотермиялық шұңқырларды), күтіп-ұстауға, көбейтуге, пайдалануға, өндіруге, дайындауға (союға), сақтауға, қайта өңдеуге және өткізуге байланысты мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау объектілерін орналастыру, салу, реконструкциялау және пайдалануға беру кезінде, сондай-ақ орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау (орнын ауыстыру) кезінде зоогигиеналық және ветеринариялық (ветеринариялық-санитариялық) талаптардың сақталуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z520" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің функцияларын орындауына жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-1. Алып тасталды - ҚР 28.10.2019 </w:t>
+        <w:t xml:space="preserve">2. Алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="294"/>
-[...744 lines deleted...]
-      8-1) мал қорымдарын (биотермиялық шұңқырларды), күтіп-ұстауға, көбейтуге, пайдалануға, өндіруге, дайындауға (союға), сақтауға, қайта өңдеуге және өткізуге байланысты мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау объектілерін орналастыру, салу, реконструкциялау және пайдалануға беру кезінде, сондай-ақ орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау (орнын ауыстыру) кезінде зоогигиеналық және ветеринариялық (ветеринариялық-санитариялық) талаптардың сақталуына;</w:t>
+    <w:bookmarkStart w:name="z529" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 5-тармағында көрсетілген объектілерді қоспағанда, осы баптың 1-тармағында көрсетілген объектілерде мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды тиісті аумақтардың мемлекеттік ветеринариялық-санитариялық инспекторлары, мемлекеттік ветеринариялық дәрігерлері тергеп-тексеру, тексеру және профилактикалық бақылау нысанында, оның ішінде ветеринариялық ілеспе құжаттарды қарау арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z520" w:id="306"/>
-[...15 lines deleted...]
-      9) жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің функцияларын орындауына жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z578" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Жануарлар ауруларының пайда болуы мен таралуының және олардың тамақтан улануының себептері мен жағдайларын анықтау және белгілеу үшін аумақ пен объектілерге зерттеп-қарауды жүргізу мақсатында бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу туралы шешімді уәкілетті орган ведомствосының облыстық (республикалық маңызы бар қаланың, астананың) аумақтық бөлімшесінің басшысы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жеке және заңды тұлғалар ветеринария саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдардың бөлімшелеріне, жергілікті атқарушы органдар құрған мемлекеттік ветеринариялық ұйымдарға, мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау органдарына жануарлар қырылған, бірнеше жануар бір мезгілде ауырған немесе олар әдеттен тыс мінез көрсеткен жағдайлар туралы хабарлаған; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19158,70 +19462,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жануарлардың жұқпалы ауруларының, оның ішінде тиісті әкімшілік-аумақтық бірліктен әкетілген орны ауыстырылатын (тасымалданатын) объектілердің партиясында анықталғаны туралы нотификациялар, хабарлар, хабарламалар келіп түскен; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) орны ауыстырылатын (тасымалданатын) объектілерді әкетуге немесе әкелуге тыйым салулар мен шектеулерді, уақытша ветеринариялық-санитариялық шараларды бұзу фактілері анықталған кезде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z652" w:id="309"/>
+    <w:bookmarkStart w:name="z652" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Тергеп-тексеру жүргізу туралы шешімді тиісті әкімшілік-аумақтық бірліктің уәкілетті органы ведомствосының аумақтық бөлімшесінің басшысы қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс аумағында орналасқан екі және одан да көп аудандарда (облыстық маңызы бар қалаларда) тергеп-тексеру жүргізілген жағдайда тергеп-тексеру жүргізу туралы шешімді уәкілетті орган ведомствосының облыстық аумақтық бөлімшесінің басшысы қабылдайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19286,70 +19590,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z531" w:id="310"/>
+    <w:bookmarkStart w:name="z531" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының ветеринария саласындағы заңнамасы, Қазақстан Республикасының халықаралық шарттары және Еуразиялық экономикалық одақтың жануарлардың жұқпалы ауруларының өршуіне, таралуына жол бермеу, жануарлардан алынатын өнімдер мен шикізаттың ветеринариялық-санитариялық қауіпсіздігін қамтамасыз ету және Қазақстан Республикасының аумағын жануарлардың жұқпалы және экзотикалық ауруларының басқа мемлекеттерден әкелінуі мен таралуынан қорғау жөніндегі құқығын құрайтын актілер талаптарының сақталуы тұрғысынан мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау осы Заңға сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тірі жануарларды, жануарлардан алынатын өнімдер мен шикізатты өткізетін сауда базарларында;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19360,150 +19664,256 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Еуразиялық экономикалық одақтың кедендік шекарасын және (немесе) Қазақстан Республикасының Мемлекеттік шекарасын кесіп өткен кезде және (немесе) жеткізу орындарында, кедендік тазартуды аяқтау орындарында, сондай-ақ ветеринариялық бақылау бекеттерінде; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) карантиндік аймақтарда және қолайсыз пункттерде, жануарлардың аса қауіпті аурулары бойынша ошақтарда күн сайын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z653" w:id="311"/>
+    <w:bookmarkStart w:name="z653" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Жануарларды, жануарлардан алынатын өнімдер мен шикізатты бірыңғай технологиялық циклде өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді жүзеге асыратын өндіріс объектілерінде Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарының сақталуы тұрғысынан мемлекеттік ветеринариялық-санитариялық бақылау олардың аумағында жануарлардың аса қауіпті аурулары пайда болған және (немесе) оны қолайсыз аймаққа жатқызған жағдайларды қоспағанда, жылына кемінде екі рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z532" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің функцияларын орындауды мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау осы Заңда айқындалған тәртіппен жылына кемінде екі рет бару арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z533" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарының сақталуын тексеру нәтижелері бойынша тексеруші мемлекеттік ветеринариялық-санитариялық инспектор тексеру актісін жасайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z532" w:id="312"/>
-[...15 lines deleted...]
-      6. Жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің функцияларын орындауды мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау осы Заңда айқындалған тәртіппен жылына кемінде екі рет бару арқылы жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z534" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық-санитариялық бақылау және қадағалау объектілерін мемлекеттік ветеринариялық-санитариялық бақылаудың және қадағалаудың нәтижелері бойынша Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын бұзушылықтар анықталған жағдайда, тексеруші мемлекеттік ветеринариялық-санитариялық инспектор, мемлекеттік ветеринариялық дәрігер Қазақстан Республикасы заңнамасының талаптарын анықталған бұзушылықтарға қарай нұсқама жасайды, бақылау және қадағалау субъектісін әкімшілік жауаптылыққа тартпастан, оған бұзушылықтарды жою тәртібін міндетті түрде түсіндіре отырып, жануарлар мен адамның денсаулығына аса қауіпті жануарларды, жануарлардан алынған өнімдер мен шикізатты алып қою туралы қаулы шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z533" w:id="313"/>
-[...15 lines deleted...]
-      7. Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарының сақталуын тексеру нәтижелері бойынша тексеруші мемлекеттік ветеринариялық-санитариялық инспектор тексеру актісін жасайды.</w:t>
+    <w:bookmarkStart w:name="z552" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылауды мемлекеттік ветеринариялық-санитариялық инспектор:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z534" w:id="314"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық жүйелерден;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19766,150 +20176,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұзушылықтарды жою туралы ұсынымды белгіленген мерзімдерде орындамау бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелерін уәкілетті органның ведомствосы және оның аумақтық бөлімшелері есепке алуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z535" w:id="316"/>
+    <w:bookmarkStart w:name="z535" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын бұзушылықтар анықталған жағдайда, мемлекеттік ветеринариялық-санитариялық инспектор тексеру нәтижелері бойынша айқындалған бұзушылықтардың сипатына қарай нұсқама жасайды, әкімшілік жаза қолдану туралы қаулы шығарады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z536" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тексеру нәтижелері туралы акт Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z539" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау актісі тексеру нәтижелері туралы актілерді тіркеудің арнайы журналында тіркеледі, ол нөмірленген, тігілген және уәкілетті орган ведомствосы аумақтық бөлімшелерінің мөрімен бекемделген болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z536" w:id="317"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z654" w:id="319"/>
+    <w:bookmarkStart w:name="z654" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Мемлекеттік ветеринариялық-санитариялық қадағалау уәкілетті орган ведомствосының, уәкілетті орган ведомствосының аумақтық бөлімшелерінің осы Заңға және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жедел ден қою шараларын қолдануға бағытталған қызметі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20085,71 +20495,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-2-бап. Ветеринария саласындағы жедел ден қою шаралары және оларды қолдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z656" w:id="320"/>
+    <w:bookmarkStart w:name="z656" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік бақылауды жүзеге асыру барысында және (немесе) оның нәтижелері бойынша мемлекеттік ветеринариялық-санитариялық инспекторлар адамдардың өмірі мен денсаулығына, жануарлардың өмірі мен саулығына, қоршаған ортаға, сондай-ақ Қазақстан Республикасының азық-түлік қауіпсіздігіне тікелей қатер төндіретін талаптарды бұзушылықтар анықталған жағдайларда жедел ден қою шараларын қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z657" w:id="321"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z657" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бапта көзделген, тексеруді, бақылау және қадағалау субъектісіне бару арқылы профилактикалық бақылауды және тергеп-тексеруді, сондай-ақ Қазақстан Республикасы Кәсіпкерлік кодексінің 129-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20184,91 +20594,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылауды жүргізуді жүзеге асыру барысында және (немесе) оның нәтижелері бойынша қолданылатын бақылау және қадағалау субъектілеріне (объектілеріне) әсер ету тәсілдері жедел ден қою шаралары болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z658" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жедел ден қою шараларына мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z659" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарына, Қазақстан Республикасының халықаралық шарттарына және Еуразиялық экономикалық одақ құқығын құрайтын актілерге сәйкес келмейтін орны ауыстырылатын (тасымалданатын) объектілерді әкелуге, әкетуге, транзиттеуге, тасымалдауға, (орын ауыстыруға), өндіруге, қолдануға және өткізуге тыйым салу, орны ауыстырылатын (тасымалданатын) объектілерді қайтару;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z658" w:id="322"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ветеринария саласындағы рұқсат беру құжатының қолданысын тоқтата тұру, одан айыру (оны кері қайтарып алу), тоқтату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20297,51 +20707,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты алып қою және жою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көлік құралын тоқтату және орны ауыстырылатын (тасымалданатын) объектілерді ұстау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z660" w:id="324"/>
+    <w:bookmarkStart w:name="z660" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасының заңнамасында белгіленген, Қазақстан Республикасы Кәсіпкерлік кодексінің 129-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20396,128 +20806,128 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>143-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау нысанасы болып табылатын талаптарды бұзу жедел ден қою шараларын қолдануға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңнамасы талаптарының бұзылу себептерін анықтау және көрсетілген талаптардың бұзылуына жол берген бақылау және қадағалау субъектілерін (объектілерін) айқындау үшін тергеп-тексеру жүргізу кезінде жедел ден қою шаралары тексеру парақтарында белгіленген талаптардың бұзылуына қатысты ғана қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z661" w:id="325"/>
+    <w:bookmarkStart w:name="z661" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік ветеринариялық-санитариялық инспекторлар жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды бұзушылықтар анықталған кезде уәкілетті орган бекіткен нысан бойынша қадағалау актісін ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қадағалау актісі Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>153-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ресімделіп, бақылау және қадағалау субъектісіне табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="326"/>
+    <w:bookmarkStart w:name="z662" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасы Кәсіпкерлік кодексінің 129-бабы 4-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20552,285 +20962,285 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде мемлекеттік бақылау нәтижелері бойынша қадағалау актісі ресімделгеннен кейін ветеринариялық-санитариялық инспектор жедел ден қою шарасын қолдануды тікелей жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z663" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қадағалау актісі қолма-қол табыс етілген кезде оны қабылдаудан бас тартылған жағдайда, оған тиісті жазба жасалады және қадағалау актісін қабылдаудан бас тарту фактісін тіркейтін бейнежазу жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қадағалау актісі бақылау және қадағалау субъектісінің заңды мекенжайы, тұрған жері немесе нақты мекенжайы бойынша табыс етілгені туралы хабарламасы бар тапсырысты хатпен жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z664" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қадағалау актісін алудан бас тарту оны орындамауға негіз болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z663" w:id="327"/>
-[...15 lines deleted...]
-      7. Қадағалау актісі қолма-қол табыс етілген кезде оны қабылдаудан бас тартылған жағдайда, оған тиісті жазба жасалады және қадағалау актісін қабылдаудан бас тарту фактісін тіркейтін бейнежазу жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z665" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік бақылауды жүзеге асыру барысында және (немесе) оның нәтижелері бойынша анықталған, жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды бұзушылықтар бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және (немесе) тексеру, тергеп-тексеру нәтижелері туралы актілерде, сондай-ақ Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарының анықталған бұзушылықтарын жою туралы нұсқамада көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:p>
-[...33 lines deleted...]
-      8. Қадағалау актісін алудан бас тарту оны орындамауға негіз болып табылмайды.</w:t>
+    <w:bookmarkStart w:name="z666" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бақылау және қадағалау субъектісі жедел ден қою шарасын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтарды тергеп-тексеру актісінде, сондай-ақ Қазақстан Республикасының ветеринария саласындағы заңнамасының анықталған бұзушылықтарын жою туралы нұсқамада көрсетілген мерзімдерде жоюға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z665" w:id="329"/>
-[...15 lines deleted...]
-      9. Мемлекеттік бақылауды жүзеге асыру барысында және (немесе) оның нәтижелері бойынша анықталған, жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды бұзушылықтар бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және (немесе) тексеру, тергеп-тексеру нәтижелері туралы актілерде, сондай-ақ Қазақстан Республикасының ветеринария саласындағы заңнамасы талаптарының анықталған бұзушылықтарын жою туралы нұсқамада көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z667" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тергеп-тексеру актісінде, Қазақстан Республикасының ветеринария саласындағы заңнамасының анықталған бұзушылықтарын жою туралы нұсқамада көрсетілген талаптарды бұзушылықтарды жою мерзімдері өткеннен кейін жедел ден қою шарасын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтарды жоюды бақылау бойынша жоспардан тыс тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z666" w:id="330"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қадағалау актісінің қолданысы уәкілетті орган ведомствосының аумақтық бөлімшесі Қазақстан Республикасы Кәсіпкерлік кодексінің 144-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-1) тармақшасына сәйкес жоспардан тыс тексеру нәтижелері туралы актінің негізінде жедел ден қою шарасын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтардың жойылғанын растаған жағдайда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z668" w:id="332"/>
+    <w:bookmarkStart w:name="z668" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жедел ден қою шарасын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтар жойылмаған жағдайда, бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген тәртіппен жауаптылыққа тарту жөнінде шаралар қабылданады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z669" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Анықталған бұзушылықтарды жою туралы нұсқамада, тергеп-тексеру актісінде көзделген мерзімдер өткенге дейін бақылау және қадағалау субъектісі бұзушылықтың жойылу фактісін дәлелдейтін материалдарды (қажет болған кезде) қоса бере отырып, анықталған бұзушылықтардың жойылғаны туралы ақпаратты ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көзделген ақпарат ұсынылған жағдайда, осы баптың 10-тармағының екінші бөлігіне сәйкес жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z670" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жедел ден қою шараларын қолдануға алып келген мемлекеттік бақылау нәтижелерімен келіспеген жағдайда бақылау және қадағалау субъектісі қадағалау актісін жарамсыз деп тану және оның күшін жою туралы шағым бере алады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z669" w:id="333"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шағым Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20843,521 +21253,521 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен жоғары тұрған мемлекеттік органға не Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым беру қадағалау актісінің орындалуын тоқтата тұрмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z671" w:id="335"/>
+    <w:bookmarkStart w:name="z671" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қадағалау актісін жарамсыз деп тану және оның күшін жою үшін мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жедел ден қою шараларын қолдануға негіздің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы шараға сәйкес келмейтін негіз бойынша жедел ден қою шараларын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік ветеринариялық-санитариялық инспекторлардың өздерінің құзыретіне кірмейтін мәселелер бойынша жедел ден қою шараларын қолдануы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z672" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жедел ден қою шараларын қолдану туралы ақпарат өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға Қазақстан Республикасының Бас прокуратурасы айқындаған тәртіппен жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-2-баппен толықтырылды – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналар мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерi болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарлар, жануарлардың жыныс және дене жасушалары;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:p>
-[...69 lines deleted...]
-      16. Жедел ден қою шараларын қолдану туралы ақпарат өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға Қазақстан Республикасының Бас прокуратурасы айқындаған тәртіппен жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z198" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарлар ауруларының қоздырушылары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:p>
-[...132 lines deleted...]
-      1) жануарлар, жануарлардың жыныс және дене жасушалары;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануарлардан алынатын өнiмдер мен шикiзат, ветеринариялық препараттар, жемшөп пен жемшөптiк қоспалар, патологиялық материал немесе олардан диагностика және ветеринариялық-санитариялық сараптама үшiн алынатын сынамалар, сондай-ақ судың, ауаның, топырақтың, өсiмдiктердiң сынамалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z198" w:id="338"/>
-[...15 lines deleted...]
-      2) жануарлар ауруларының қоздырушылары;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарларға профилактика жасау, оларды емдеу, дауалау және бірдейлендіру, жануарлар ауруларының диагностикасы, ветеринариялық-санитариялық сараптама үшiн пайдаланылатын ветеринариялық және зоогигиеналық мақсаттағы бұйымдар мен атрибуттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z199" w:id="339"/>
-[...15 lines deleted...]
-      3) жануарлардан алынатын өнiмдер мен шикiзат, ветеринариялық препараттар, жемшөп пен жемшөптiк қоспалар, патологиялық материал немесе олардан диагностика және ветеринариялық-санитариялық сараптама үшiн алынатын сынамалар, сондай-ақ судың, ауаның, топырақтың, өсiмдiктердiң сынамалары;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жануарлар ауруларының қоздырушыларын тарататын факторлар болуы мүмкiн көлiк құралдары, ыдыстың барлық түрлерi, буып-түю материалдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z200" w:id="340"/>
-[...15 lines deleted...]
-      4) жануарларға профилактика жасау, оларды емдеу, дауалау және бірдейлендіру, жануарлар ауруларының диагностикасы, ветеринариялық-санитариялық сараптама үшiн пайдаланылатын ветеринариялық және зоогигиеналық мақсаттағы бұйымдар мен атрибуттар;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеринария саласындағы жеке және заңды тұлғалардың, жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z201" w:id="341"/>
-[...15 lines deleted...]
-      5) жануарлар ауруларының қоздырушыларын тарататын факторлар болуы мүмкiн көлiк құралдары, ыдыстың барлық түрлерi, буып-түю материалдары;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) орны ауыстырылатын (тасымалданатын) объектілерді өсiретiн, дайындайтын, сақтайтын, өңдейтiн, өткiзетiн немесе пайдаланатын, сондай-ақ ветеринария саласындағы ғылыми қызметтi жүзеге асыратын жеке және заңды тұлғалардың аумақтары, өндiрiстiк үй-жайлары мен қызметi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z202" w:id="342"/>
-[...15 lines deleted...]
-      6) ветеринария саласындағы жеке және заңды тұлғалардың, жергілікті атқарушы органдардың және олардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелерінің қызметі;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мал айдалатын жолдар, маршруттар, мал жайылымдары мен суаттардың аумақтары, оларды бiрдейлендiрудiң рәсiмдерi мен нысандары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z203" w:id="343"/>
-[...15 lines deleted...]
-      7) орны ауыстырылатын (тасымалданатын) объектілерді өсiретiн, дайындайтын, сақтайтын, өңдейтiн, өткiзетiн немесе пайдаланатын, сондай-ақ ветеринария саласындағы ғылыми қызметтi жүзеге асыратын жеке және заңды тұлғалардың аумақтары, өндiрiстiк үй-жайлары мен қызметi;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ветеринариялық есепке алу мен есептiлiк жөнiндегi құжаттама, ветеринариялық анықтама, ветеринариялық-санитариялық қорытынды, сараптама актiсi (сынақ хаттамасы), орны ауыстырылатын (тасымалданатын) объектілерді өндiру, дайындау (сою), сақтау және қайта өңдеу жөнiндегi нормативтiк-техникалық құжаттама мен ветеринария саласындағы өзге де нормативтiк құжаттама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z204" w:id="344"/>
-[...15 lines deleted...]
-      8) мал айдалатын жолдар, маршруттар, мал жайылымдары мен суаттардың аумақтары, оларды бiрдейлендiрудiң рәсiмдерi мен нысандары;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) мал қорымдары (биотермиялық шұңқырлар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z205" w:id="345"/>
-[...15 lines deleted...]
-      9) ветеринариялық есепке алу мен есептiлiк жөнiндегi құжаттама, ветеринариялық анықтама, ветеринариялық-санитариялық қорытынды, сараптама актiсi (сынақ хаттамасы), орны ауыстырылатын (тасымалданатын) объектілерді өндiру, дайындау (сою), сақтау және қайта өңдеу жөнiндегi нормативтiк-техникалық құжаттама мен ветеринария саласындағы өзге де нормативтiк құжаттама;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ішкі сауда объектілері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z378" w:id="346"/>
-[...15 lines deleted...]
-      9-1) мал қорымдары (биотермиялық шұңқырлар);</w:t>
+    <w:bookmarkStart w:name="z579" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) мемлекеттік ветеринариялық ұйымдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z58" w:id="347"/>
-[...15 lines deleted...]
-      10) ішкі сауда объектілері;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) процессингтік орталық.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z579" w:id="348"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22366,286 +22776,286 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік ветеринариялық-санитариялық инспекторлардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="350"/>
+    <w:bookmarkStart w:name="z232" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының ветеринария саласындағы заңнамасы нормаларының орындалуын тексеру, сондай-ақ ветеринария саласындағы жеке және заңды тұлғалардың қызметi туралы ақпарат алу мақсатында мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерiне Қазақстан Республикасының заңнамасында белгiленген тәртiппен кедергiсiз кiруiне;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z233" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерiне диагностика немесе ветеринариялық-санитариялық сараптама жасау үшiн, зерттеу жүргiзу мерзiмi туралы мүдделi тараптарға хабарлай отырып, олардың сынамаларын iрiктеп алуды жүргiзуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z234" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау жүргiзуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z233" w:id="351"/>
-[...15 lines deleted...]
-      2) мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерiне диагностика немесе ветеринариялық-санитариялық сараптама жасау үшiн, зерттеу жүргiзу мерзiмi туралы мүдделi тараптарға хабарлай отырып, олардың сынамаларын iрiктеп алуды жүргiзуге;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ветеринариялық құжаттар беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z234" w:id="352"/>
-[...15 lines deleted...]
-      3) мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау жүргiзуге;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы заңда берiлген өкiлеттiктер шегiнде актiлер шығаруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z235" w:id="353"/>
-[...15 lines deleted...]
-      4) ветеринариялық құжаттар беруге;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеринариялық-санитариялық қолайлы аумақтарда, сондай-ақ қолайсыз пункттерде жануарлардың және адамның денсаулығына қауіп төндіретін орны ауыстырылатын (тасымалданатын) объектілер анықталған жағдайда Қазақстан Республикасының заңдарында белгiленген тәртiппен оларды алып қоюға және жоюға, оларды залалсыздандыруды (зарарсыздандыруды)немесе өңдеудi ұйымдастыру iсiне қатысуға, сондай-ақ аталған фактiлер туралы денсаулық сақтау саласындағы уәкілетті мемлекеттік органға хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z236" w:id="354"/>
-[...15 lines deleted...]
-      5) осы заңда берiлген өкiлеттiктер шегiнде актiлер шығаруға;</w:t>
+    <w:bookmarkStart w:name="z580" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) ветеринариялық жете тексеруді, қарап-тексеруді, диагностиканы немесе ветеринариялық-санитариялық сараптаманы жүргізу кезеңінде, сондай-ақ олар ветеринариялық құжаттарсыз тасымалданған кезде немесе ветеринариялық (ветеринариялық-санитариялық) қағидаларға, талаптарға сәйкес келмеген жағдайларда, ветеринариялық бақылау бекеттерінде көлік құралдарын тоқтатуға және орны ауыстырылатын (тасымалданатын) объектілерді кідіртуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z237" w:id="355"/>
-[...15 lines deleted...]
-      6) ветеринариялық-санитариялық қолайлы аумақтарда, сондай-ақ қолайсыз пункттерде жануарлардың және адамның денсаулығына қауіп төндіретін орны ауыстырылатын (тасымалданатын) объектілер анықталған жағдайда Қазақстан Республикасының заңдарында белгiленген тәртiппен оларды алып қоюға және жоюға, оларды залалсыздандыруды (зарарсыздандыруды)немесе өңдеудi ұйымдастыру iсiне қатысуға, сондай-ақ аталған фактiлер туралы денсаулық сақтау саласындағы уәкілетті мемлекеттік органға хабарлауға;</w:t>
+    <w:bookmarkStart w:name="z605" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z580" w:id="356"/>
-[...15 lines deleted...]
-      6-1) ветеринариялық жете тексеруді, қарап-тексеруді, диагностиканы немесе ветеринариялық-санитариялық сараптаманы жүргізу кезеңінде, сондай-ақ олар ветеринариялық құжаттарсыз тасымалданған кезде немесе ветеринариялық (ветеринариялық-санитариялық) қағидаларға, талаптарға сәйкес келмеген жағдайларда, ветеринариялық бақылау бекеттерінде көлік құралдарын тоқтатуға және орны ауыстырылатын (тасымалданатын) объектілерді кідіртуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фото- және бейнетүсірілім үшін техникалық құралдарды уәкілетті орган айқындаған тәртіппен пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге де техникалық құралдарды (жабдықтар, аспаптар, өлшем құралдары, құрылғылар, құралдар және өзге де техникалық құралдар) оларды пайдалану (қолдану) жөніндегі нұсқаулықтарға және өзге де құжаттарға сәйкес пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының ветеринария саласындағы заңдары бұзылған жағдайда сотқа талап қоюға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z605" w:id="357"/>
-[...15 lines deleted...]
-      6-2) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау жүргізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z239" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жеке және заңды тұлғалар мемлекеттік ветеринариялық-санитариялық инспекторлардың әрекеттерiне (әрекетсiздiгiне) жоғары тұрған мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау органдарына, сотқа Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:p>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22897,70 +23307,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау нәтижелерi бойынша ықпал етудiң құқықтық шараларын қолдану мақсатында, Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын анықталған бұзушылықтарға қарай мемлекеттік ветеринариялық-санитариялық инспекторлар мынадай актiлер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="360"/>
+    <w:bookmarkStart w:name="z240" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нұсқамалар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының ветеринария саласындағы заңдары талаптарының бұзылуын жою туралы нұсқама; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23081,1640 +23491,1640 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ветеринариялық паспорт беру ережелерін бұзушылық туралы нұсқама; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауру жануарларды санитариялық тазалау, санитариялық сою туралы нұсқама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="361"/>
+    <w:bookmarkStart w:name="z380" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) эпизоотиялық зерттеу актісі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z241" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының ветеринария саласындағы заңнамасы бұзылған жағдайда Қазақстан Республикасының заңдарына сәйкес әкімшілік жауаптылыққа тарту туралы қаулы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z242" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануарлар мен адамның денсаулығына ерекше қауiп төндiретiн жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты алып қою туралы қаулы шығарады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z241" w:id="362"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының ветеринария саласындағы заңнамасы бұзылған жағдайда Қазақстан Республикасының заңдарына сәйкес әкімшілік жауаптылыққа тарту туралы қаулы;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нұсқамалардың нысандарын, оларды жасау мен беру тәртiбiн уәкілетті орган бекiтедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z242" w:id="363"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z244" w:id="365"/>
+    <w:bookmarkStart w:name="z244" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мемлекеттік ветеринариялық-санитариялық инспекторлардың актiлерi жеке және заңды тұлғалардың орындауы үшiн мiндеттi. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);05.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бап. Мемлекеттік ветеринариялық-санитариялық инспекторлардың, мемлекеттік ветеринариялық дәрігерлердің тәуелсiздiгi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік ветеринариялық-санитариялық инспекторлар, мемлекеттік ветеринариялық дәрігерлер өз қызметiнде тәуелсiз болып табылады және Қазақстан Республикасының заңнамасын басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелiнуi мен таралуынан қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z673" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орны ауыстырылатын (тасымалданатын) объектілер Еуразиялық экономикалық одақтың кедендік шекарасын және (немесе) Қазақстан Республикасының Мемлекеттік шекарасын кесіп өткен кезде және (немесе) жеткізу орындарында, кедендік тазартуды аяқтау орындарында, сондай-ақ ветеринариялық бақылау бекеттерінде міндетті мемлекеттік ветеринариялық-санитариялық бақылауға және қадағалауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z245" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уәкілетті орган белгiлейтiн ветеринариялық (ветеринариялық-санитариялық) қағидалар, Қазақстан Республикасының халықаралық шарттары және Еуразиялық экономикалық одақтың құқығын құрайтын актілер сақтала отырып, Қазақстан Республикасының аумағына эпизоотикалық тұрғыдан қолайлы басқа мемлекеттерден орны ауыстырылатын (тасымалданатын) объектілердің әкелiнуiне, сондай-ақ транзитiне жол берiледi.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z246" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орны ауыстырылатын (тасымалданатын) объектілердің әкелiнуi, әкетiлуi және транзитi тиiстi аумақтардың iндеттілік жағдайын бағалауға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z247" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті орган Қазақстан Республикасының аумағына басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуының алдын алу мақсатында мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру үшін уәкілетті орган айқындаған тәртіппен ветеринариялық бақылау бекеттерін ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z248" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жануарлардың аса қауiптi ауруларының шығуы тiркелген шектес мемлекеттердiң шекаралық аумағынан Қазақстан Республикасының аумағына келетiн көлiк құралдары Қазақстан Республикасының ветеринария саласындағы заңдарында белгiленген кезең мен тәртiп бойынша мiндеттi түрде дезинфекциялануға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z249" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторлар қызметтік міндеттерін атқару кезінде нысанды киім (погонсыз) киіп жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторларды нысанды киіммен (погонсыз) қамтамасыз етудің заттай нормаларын бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанды киiм (погонсыз) үлгiлерiн, оны киiп жүру тәртiбiн уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Орны ауыстырылатын (тасымалданатын) объектілердің экспортына, импортына және транзитiне шарттар жасасудың алдында жеке немесе заңды тұлғаның уәкілетті орган мен оның аумақтық бөлiмшелерiнен экспорт, импорт және транзит елiндегi iндеттiлiк жағдайы туралы, жануарлар ауруларының қоздырушыларын әкелу мен әкетудi болдырмайтын ветеринариялық (ветеринариялық-санитариялық) ережелер туралы ақпарат алуға құқығы бар. Жасырын сипаттағы ақпарат орны ауыстырылатын (тасымалданатын) объекті иесiнiң жазбаша келiсiмiнсiз жария етiлмеуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z251" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ветеринариялық бақылау бекеттерінде мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асыру тәртібі Қазақстан Республикасының заңдарына, Қазақстан Республикасының халықаралық шарттарына және Еуразиялық экономикалық одақ құқығын құрайтын актілерге сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық бақылау бекеттерінде мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау құжаттық, физикалық және зертханалық ветеринариялық-санитариялық бақылау мен қадағалау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z674" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Құжаттық бақылау орны ауыстырылатын (тасымалданатын) объектілердің қауіпсіздігін; орны ауыстырылатын (тасымалданатын) объектілерді әкелуге (әкетуге) немесе транзиттеуге рұқсаттардың болуын; ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларға сәйкестігін, шектеулер мен тыйымдардың болмауын растайтын құжаттарды тексеруден тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физикалық бақылау орны ауыстырылатын (тасымалданатын) объектілерді жете тексеруді (қарап-тексеруді); орны ауыстырылатын (тасымалданатын) объектілердің ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларға, ашып көрсетілген құжаттарда көрсетілген деректерге сәйкестігін, оның ішінде ілеспе құжаттарда көрсетілмеген орны ауыстырылатын (тасымалданатын) объектілердің болуын жоққа шығару және үйлеспейтін орны ауыстырылатын (тасымалданатын) объектілердің бірлесіп орын ауыстыруын болғызбау мақсатында тексеруді; көлік құралының орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау үшін қажетті белгіленген ветеринариялық (ветеринариялық-санитариялық) талаптарға сәйкестігін бақылауды; орын ауыстыру (тасымалдау) шарттары мен режимін бақылауды; ораманың және таңбалаудың белгіленген талаптарға сәйкестігін бақылауды қамтиды. Жете тексеру (қарап-тексеру) нәтижелері бойынша тиісті акт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зертханалық бақылау орны ауыстырылатын (тасымалданатын) объектілерді жете тексеру (қарап-тексеру) кезінде көрінетін органолептикалық өзгерістер анықталған және жануарлардың жұқпалы ауруларын жоққа шығару жағдайларында зерттеулер жүргізу жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген бақылау түрлерін жүзеге асыру нәтижелері бойынша орны ауыстырылатын (тасымалданатын) объектілерге қатысты: рұқсат беру (өткізу) туралы; қозғалысты тоқтата тұру туралы; әкелуге тыйым салу туралы; қайтару туралы шешімдердің бірі қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z675" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Еуразиялық экономикалық одаққа мүше елдерден әкелу кезін қоса алғанда, орны ауыстырылатын (тасымалданатын) объектінің импорты кезінде оның түпкілікті межелі пунктінде сынамалар алуды және ветеринариялық-санитариялық сараптаманы қоса алғанда, орны ауыстырылатын (тасымалданатын) объектіні толық жете тексере отырып, мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 190-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
-[...66 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> қараңыз), 2010.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 238-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
-[...46 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 03.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 243-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19-бап. Мемлекеттік ветеринариялық-санитариялық инспекторлардың, мемлекеттік ветеринариялық дәрігерлердің тәуелсiздiгi</w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">21-бап. Орны ауыстырылатын (тасымалданатын) объектілерді Қазақстан Республикасының аумағында тасымалдау (орнын ауыстыру) кезiндегi мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орны ауыстырылатын (тасымалданатын) объектілер Қазақстан Республикасының аумағында тасымалданған (орны ауыстырылған) кезде мiндеттi мемлекеттiк ветеринариялық-санитариялық бақылауға және қадағалауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау (орнын ауыстыру), тиеу, түсiру кезiнде оларға мемлекеттiк ветеринариялық-санитариялық бақылауды және қадағалауды тиеу, түсiру жүргiзiлетiн аумақтардың, сондай-ақ тасымалдау (орнын ауыстыру) маршруты өтетiн аумақтардың мемлекеттік ветеринариялық-санитариялық инспекторлары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z253" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ауыл шаруашылық жануарларын тасымалдау (орнын ауыстыру) маршруттарын (мал айдау жолдарын) тиiстi аумақтардың бас мемлекеттiк ветеринариялық-санитариялық инспекторларымен келiсе отырып ауданның (қаланың) жергiлiктi атқарушы органдары белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z254" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Орны ауыстырылатын (тасымалданатын) объектілерді тасымалдау (орнын ауыстыру) үшiн пайдаланылатын және пайдаланылған көлiк құралдары Қазақстан Республикасының ветеринария саласындағы заңдарының талаптарына сәйкес мiндеттi түрде дезинфекциялануға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z255" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Орны ауыстырылатын (тасымалданатын) объектілерді Қазақстан Республикасының аумағында тасымалдауды (орнын ауыстыруды) жүзеге асыру тәртiбiн уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20-бап. Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелiнуi мен таралуынан қорғау </w:t>
-[...309 lines deleted...]
-    <w:bookmarkEnd w:id="375"/>
+        <w:t xml:space="preserve">22-бап. Ішкі сауда объектілеріндегі мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ішкі сауда объектілеріндегі мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау мiндеттi болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орны ауыстырылатын (тасымалданатын) объектілер ішкі сауда объектілеріндегі мемлекеттiк ветеринариялық-санитариялық бақылауға және қадағалауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z257" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ішкі сауда объектілеріндегі мемлекеттiк ветеринариялық-санитариялық бақылауға және қадағалауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z258" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орны ауыстырылатын (тасымалданатын) объектілердің қоса жiберiлетiн ветеринариялық құжаттарға сәйкестiгiн тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z259" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты ветеринариялық тексеріп қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z260" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарын сақтауын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z261" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарлардың және адамның денсаулығына ерекше қауiп төндiретiн жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты Қазақстан Республикасының заңдарына сәйкес алып қою және жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z262" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарына сәйкес келмейтiн, орны ауыстырылатын (тасымалданатын) объектілерді залалсыздандыруды (зарарсыздандыруды), өңдеудi ұйымдастыру кiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z263" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ішкі сауда объектілерінде орны ауыстырылатын (тасымалданатын) объектілердің ветеринариялық нормативтерге сәйкестiгiн айқындауды ветеринариялық-санитариялық сараптама зертханалары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z264" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жануарлардан алынатын өнiмдер мен шикiзаттарды ветеринариялық-санитариялық сараптамасыз сатуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
-[...219 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...457 lines deleted...]
-      4. Ішкі сауда объектілерінде орны ауыстырылатын (тасымалданатын) объектілердің ветеринариялық нормативтерге сәйкестiгiн айқындауды ветеринариялық-санитариялық сараптама зертханалары жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ішкі сауда объектілерінің әкімшіліктері Қазақстан Республикасының ветеринария саласындағы заңнамасында көзделген жағдайларда, мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды және ветеринариялық-санитариялық сараптаманы жүзеге асыру үшін мемлекеттік ветеринариялық-санитариялық инспекторларға, ветеринариялық-санитариялық сараптама зертханаларына Қазақстан Республикасының заңнамасында белгіленген тәртіппен шарт негізінде, ветеринариялық нормативтерге сәйкес келетін қызметтік үй-жайлар береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z264" w:id="388"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25016,759 +25426,759 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z677" w:id="390"/>
+    <w:bookmarkStart w:name="z677" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Экспорттаушыларды (импорттаушыларды) қоса алғанда, жануарларды өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (мал союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріндегі мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау Қазақстан Республикасының ветеринария саласындағы заңнамасының, Қазақстан Республикасы халықаралық шарттарының және Еуразиялық экономикалық одақтың, Қазақстан Республикасының Кәсіпкерлік кодексін, осы Заңды, Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтай отырып, импорттаушы елдердің құқығын құрайтын актілердің талаптарын сақтау тұрғысынан жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkEnd w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асыру кезеңі тексеру басталған кезден бастап бес күннен аспауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z678" w:id="391"/>
+    <w:bookmarkStart w:name="z678" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жануарларды, жануарлардан алынатын өнімдер мен шикізатты бірыңғай технологиялық циклде өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді жүзеге асыратын өндіріс объектілеріндегі мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың қауіпсіздігін, жануарларды, жануарлардан алынатын өнімдер мен шикізатты өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді жүзеге асыратын өндіріс объектісінің ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларға сәйкестігін; экспорттаушыларды (импорттаушыларды) қоса алғанда, жануарларды, жануарлардан алынатын өнімдер мен шикізатты өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектісінің ветеринариялық (ветеринариялық-санитариялық) талаптарға және қағидаларға сәйкестігін; Қазақстан Республикасының ветеринария саласындағы заңнамасында белгіленген тәртіппен ветеринарлық есепке алу есебін жүргізуді және ұсынуды; ветеринариялық іс-шаралар жүргізуді; дезинфекция, дератизация, дезинсекция жүргізуді ұйымдастыруды; жануарларды, жануарлардан алынатын өнімдер мен шикізатты өндіріп-өсіру, дайындау (мал сою), сақтау, қайта өңдеу және өткізу кезінде ветеринариялық (ветеринариялық-санитариялық) талаптар мен қағидаларды, техникалық регламенттерді сақтауды; биологиялық қалдықтарды кәдеге жаратуды және (немесе) жоюды растайтын құжаттарды тексеруден тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды, жануарлардан алынатын өнімдер мен шикізатты бірыңғай технологиялық циклде өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді жүзеге асыратын өндіріс объектілерінде мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жүргізу туралы шешімді осы Заңның 14-1-бабының 5-1-тармағына сәйкес тиісті әкімшілік-аумақтық бірліктің уәкілетті органы ведомствосының аумақтық бөлімшесінің басшысы қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау нәтижелері бойынша осы Заңға, Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес құжаттар жасалады, сондай-ақ осы Заңға сәйкес жедел ден қою шаралары қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау және қадағалау субъектілері құжаттарда көрсетілген бұзушылықтармен келіспеген жағдайда, табыс етілген күннен бастап күнтізбелік бес күн ішінде тиісті әкімшілік-аумақтық бірліктің уәкілетті органы ведомствосының аумақтық бөлімшесіне қарсылық жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z679" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Экспорттаушыларды мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау импорттаушы елдің ветеринариялық заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспорттаушылар болып табылатын, жануарларды өсіруді, жануарлардан алынатын өнімдер мен шикізатты өсіріп-өндіруді, дайындауды (мал союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілері импорттаушы елдердің талаптарын сақтау тұрғысынан оларды алдын ала хабардар етпестен, жылына кемінде екі рет инспекциялауға, осы объектінің орны ауыстырылатын (тасымалданатын) объектілерінің қауіпсіздігін мониторингтеуге жатады. Мониторинг Қазақстан Республикасының заңнамасына және импорттаушы елдердің талаптарына сәйкес жүргізіледі және зертханалық мониторингті, клиникалық мониторингті (тек жануарларды әкеткен кезде), ветеринариялық құжаттарды ресімдеудің дұрыстығына және айналымдағы орны ауыстырылатын (тасымалданатын) объектілерді таңбалаудың дұрыстығына мониторингті қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инспекциялау аяқталғаннан кейін экспорттаушы болып табылатын, жануарларды өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (мал союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектісінің басшылығына анықталған сәйкессіздіктер туралы мәліметтер және мерзімдерін көрсете отырып, оларды түзету жөнінде шаралар қабылдау бойынша ұсынымдар беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъектілер ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, ұсыным табыс етілген күннен бастап күнтізбелік бес күн ішінде тиісті әкімшілік-аумақтық бірлік ведомствосының аумақтық бөлімшесіне қарсылық жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инспекциялауды жүзеге асырған мемлекеттік ветеринариялық-санитариялық инспектор инспекциялау аяқталғаннан кейін жүргізілген инспекциялау туралы есепті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-бап. Ветеринариялық препараттар, жемшөп пен жемшөптiк қоспалар айналысын мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасында ветеринариялық препараттарды, жемшөп қоспаларын тiркеу сынақтарын жүргiзу үшiн қажеттi көлемде өндiру, әкелу (импорттау) жағдайларын қоспағанда, оларды мемлекеттiк тiркеуден өткiзгеннен кейiн ғана өндiруге, әкелуге (импорттауға), өткiзу мен қолдануға (пайдалануға) рұқсат етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган айқындаған тәртіппен, жануарлардың Қазақстан Республикасының аумағында алғаш рет анықталған, таралуы эпизоотиялық жағдайдың нашарлауына алып келуі мүмкін аса қауіпті және экзотикалық аурулары бойынша ветеринариялық іс-шаралар жүргізу үшін ветеринариялық препараттарды екі жылдан аспайтын мерзімге уақытша тіркеуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық препараттарды уақытша тіркеу қолданылатын кезеңде ветеринариялық препараттарды мемлекеттік тіркеу үшін қажетті тіркеу сынақтары өткізілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z270" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринариялық препараттарды, жемшөп пен жемшөптiк қоспаларды өндiрудi, әкелудi (импорттауды), тасымалдауды (орнын ауыстыруды), өткiзудi, қолдануды (пайдалануды) қоса алғанда, олардың айналысы мiндеттi мемлекеттiк ветеринариялық-санитариялық бақылауға және қадағалауға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:p>
-[...69 lines deleted...]
-      8. Экспорттаушыларды мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау импорттаушы елдің ветеринариялық заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z271" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ветеринариялық препараттар, жемшөп пен жемшөп қоспалары қауіпсіздігінің мониторингі олардың уәкілетті орган белгілеген тәртіппен ветеринариялық нормативтердің талаптарына сәйкестігін айқындау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ветеринариялық препараттар, жемшөп пен жемшөптiк қоспалар өндiру жөнiндегi ұйымдар ветеринариялық препараттардың, жемшөп пен жемшөптiк қоспалардың ветеринариялық нормативтердiң талаптарына сәйкестiгiн анықтау жөнiндегi өндiрiстiк бақылау бөлiмшелерiн құруға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z273" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының және (немесе) антибиотиктерi, гормондары және биологиялық стимуляторлары бар ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының серияларының (топтарының) ветеринариялық нормативтердің талаптарына сәйкестiгiн айқындау тәртiбiн уәкiлеттi орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда - ҚР 2009.07.24 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (2005.01.01 бастап қолданысқа енгiзiледi), 2009.07.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 190-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
+        <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
-[...39 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z47" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...114 lines deleted...]
-      4. Ветеринариялық препараттар, жемшөп пен жемшөптiк қоспалар өндiру жөнiндегi ұйымдар ветеринариялық препараттардың, жемшөп пен жемшөптiк қоспалардың ветеринариялық нормативтердiң талаптарына сәйкестiгiн анықтау жөнiндегi өндiрiстiк бақылау бөлiмшелерiн құруға мiндеттi.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1-тарау. Адамдар үшiн тағам ретiнде қолданылмайтын жануарларға арналған ветеринариялық препараттарға, жемшөптерге және жемшөп қоспаларына қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қауiпсiздiктiң жалпы талаптары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z273" w:id="396"/>
-[...190 lines deleted...]
-    <w:bookmarkEnd w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-1-тараумен толықтырылды - ҚР 29.12.2006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25808,90 +26218,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">24-1-бап. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндiру және өлшеп орау кезiндегi қауiпсiздiк талаптары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндiру және өлшеп орау кезiнде техникалық регламенттердiң талаптары сақталуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="398"/>
+    <w:bookmarkStart w:name="z274" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өлшеп орау сақтау, тасымалдау (орнын ауыстыру) және өткiзу кезiнде қауiпсiздiктi қамтамасыз етуге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z275" w:id="399"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z275" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Орау материалы ветеринарлық препараттардың, жемшөп пен жемшөп қоспаларының қауiпсiздiгi мен сапасына әсер етпеуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkEnd w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26238,1186 +26648,1186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 190-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">24-4-бап. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын қолдану кезiндегi қауiпсiздiк талаптары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z623" w:id="400"/>
+    <w:bookmarkStart w:name="z623" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын пайдалану кезінде техникалық регламенттерге, Қазақстан Республикасының ветеринария саласындағы заңнамасына, Қазақстан Республикасының халықаралық шарттарына және Еуразиялық экономикалық одақ құқығын құрайтын актілерге сәйкес оларды қолдану технологиясының талаптары ескерілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z624" w:id="401"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z624" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жануарлардан алынған, оларға қатысты қолданылған өнiмдегi заттардың және ветеринариялық препараттар құрамдас бөлiктерiнің қалдықтары техникалық регламенттерде, Қазақстан Республикасының ветеринария саласындағы заңнамасында, Қазақстан Республикасының халықаралық шарттарында және Еуразиялық экономикалық одақ құқығын құрайтын актілерде белгiленген нормативтерден аспауға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z625" w:id="402"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z625" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жарамдылық мерзiмi өтiп кеткен ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын қолдануға рұқсат етiлмейдi. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-4-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-5-бап. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын ішкі сауда объектісіне орналастыру кезiндегi қауiпсiздiк талаптары </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z626" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын ішкі сауда объектісіне орналастыру кезiнде өндiрушiлер мен сатушылар ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының қауiпсiздiк және сапа көрсеткiштерi туралы толық және дұрыс ақпарат беруге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z276" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z277" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Заңның, техникалық регламенттердің, Қазақстан Республикасының ветеринария саласындағы заңнамасының, Қазақстан Республикасы халықаралық шарттарының және Еуразиялық экономикалық одақ құқығын құрайтын актілердің талаптарына сәйкес келмейтін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z278" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бүлiнудiң анық белгiлерi бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z279" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) олардың шығарылу тегiн растайтын өндiрушiнiң құжаттары жоқ және оларға қатысты ветеринариялық препараттар мен жемшөп қоспаларының мемлекеттiк тiркелуi туралы ақпараты жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z280" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) берiлген ақпаратқа сәйкес келмейтiн және оларға қатысты олардың шығарылу тегiн растайын құжаттардың жалғандығы туралы негiзделген күмәнi бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z281" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) белгiленген жарамдылық мерзiмi жоқ немесе жарамдылық мерзiмi өтiп кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z282" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеринария саласындағы техникалық регламенттерде, Қазақстан Республикасының ветеринария саласындағы заңнамасында, Қазақстан Республикасының халықаралық шарттарында және Еуразиялық экономикалық одақ құқығын құрайтын актілерде көзделген мәлiметтермен таңбаланбаған не оларға қатысты осындай ақпараты жоқ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын ішкі сауда объектісіне шығаруға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-4-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-5-бапқа өзгеріс енгізілді - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">24-5-бап. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын ішкі сауда объектісіне орналастыру кезiндегi қауiпсiздiк талаптары </w:t>
-[...138 lines deleted...]
-      5) белгiленген жарамдылық мерзiмi жоқ немесе жарамдылық мерзiмi өтiп кеткен;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-6-бап. Ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын кәдеге жарату және жою кезiндегi қауiпсiздiк талаптары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Зертханалық зерттеу нәтижелерi бойынша мақсатына қарай пайдалануға жарамсыз деп танылған ветеринариялық препараттарға, жемшөп пен жемшөп қоспаларына уәкілетті орган белгiлеген тәртiппен олардың бұдан әрi пайдаланылуы немесе кәдеге жаратылуы, жойылуы тұрғысынан сараптама жасалуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сараптама жасауға және оны бұдан әрi пайдалану немесе кәдеге жарату, жою ықтималдығы туралы шешiм қабылдауға қажеттi кезеңде ветеринариялық препараттар, жемшөп және жемшөп қоспалары партиясының көлемi көрсетiлiп және ветеринариялық препараттарға, жемшөпке және жемшөп қоспаларына қол жеткiзуге мүмкiндiк бермейтiн жағдайларды сақтай отырып жеке үй-жайларда сақталуға тиiс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z282" w:id="410"/>
-[...226 lines deleted...]
-    <w:bookmarkStart w:name="z284" w:id="412"/>
+    <w:bookmarkStart w:name="z284" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ветеринарлық препараттар, жемшөп және жемшөп қоспалары иiсi күштi шығатын заттармен (керосин, мұнай, фенол, хлорлы әк) немесе осы өнiмге тән емес рең беретiн бояғышпен жарамсыздандырылуға тиiс. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-6-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4-тарау. ЖАНУАРЛАР АУРУЛАРЫНЫҢ, ОНЫҢ IШIНДЕ ЖАНУАРЛАР МЕН АДАМҒА ОРТАҚ АУРУЛАРДЫҢ АЛДЫН АЛУ ЖӘНЕ ОЛАРДЫ ЖОЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25-бап. Жеке және заңды тұлғалардың жануарлар ауруларының, оның iшiнде жануарлар мен адамға ортақ аурулардың алдын алу жөнiндегi мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және заңды тұлғалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының ветеринария саласындағы заңдарымен белгiленген жануарлар ауруларының алдын алуды және орны ауыстырылатын (тасымалданатын) объектілердің қауiпсiздiгiн қамтамасыз ететiн ветеринариялық (ветеринариялық-санитариялық) ережелердi сақтай отырып, ветеринариялық және әкiмшiлiк-шаруашылық iс-шараларды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z286" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зоопарктердегi, цирктердегi, омарталардағы, аквариумдардағы жануарларды қоса алғанда, жануарлардың ветеринариялық (ветеринариялық-санитариялық) ережелер мен ветеринариялық нормативтерге сәйкес ұсталуын, өсiрiлуiн және пайдаланылуын жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z287" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аумақты, мал шаруашылығы қора-жайларын, сондай-ақ жемшөптi, жануарлардан алынатын өнiмдер мен шикiзатты сақтауға және өңдеуге арналған ғимараттарды ветеринариялық (ветеринариялық-санитариялық) ережелер мен ветеринариялық нормативтерге сәйкес ұстауға, қоршаған ортаның ластануына жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z288" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) орны ауыстырылатын (тасымалданатын) объектілерді ұстауға, өсiруге, пайдалануға, өндiруге, дайындауға (союға), сақтауға, өңдеу мен өткiзуге байланысты мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау объектiлерiн орналастыру, салу, қайта жаңғырту және пайдалануға беру кезiнде, сондай-ақ оларды тасымалдау (орнын ауыстыру) кезiнде зоогигиеналық және ветеринариялық (ветеринариялық-санитариялық) талаптарды сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z289" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ауыл шаруашылығы жануарларын бiрдейлендiрудi қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z290" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелеріне, жергілікті атқарушы органдар құрған мемлекеттiк ветеринариялық ұйымдарға, мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау органдарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жаңадан сатып алынған жануар (жануарлар), алынған төл, оның (олардың) сойылғаны мен өткізілгені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар қырылған, бiрнеше жануар бiр мезгiлде ауырған немесе олар әдеттен тыс мiнез көрсеткен жағдайлар туралы хабарлауға және ауру деп күдiк келтiрiлген кезде, ветеринария саласындағы мамандар, мемлекеттiк ветеринариялық-санитариялық инспекторлар келгенге дейiн жануарларды оқшаулап ұстау жөнінде шаралар қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету үшін өз жануарларына уақтылы вакцина егуге және олардың диагностикасын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-6-бапқа өзгерістер енгізілді - ҚР 2009.07.24 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="413"/>
-[...168 lines deleted...]
-      6) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелеріне, жергілікті атқарушы органдар құрған мемлекеттiк ветеринариялық ұйымдарға, мемлекеттiк ветеринариялық-санитариялық бақылау және қадағалау органдарына:</w:t>
+    <w:bookmarkStart w:name="z293" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік ветеринариялық-санитариялық инспекторларға орны ауыстырылатын (тасымалданатын) объектілерді ветеринариялық тексеру үшiн кедергiсiз беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:p>
-[...51 lines deleted...]
-      7) ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету үшін өз жануарларына уақтылы вакцина егуге және олардың диагностикасын қамтамасыз етуге;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік ветеринариялық-санитариялық инспекторлардың актілерін орындауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:p>
-[...87 lines deleted...]
-      9) мемлекеттік ветеринариялық-санитариялық инспекторларға орны ауыстырылатын (тасымалданатын) объектілерді ветеринариялық тексеру үшiн кедергiсiз беруге;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) союдың алдында ветеринариялық тексеру жүргiзбей жануарларды өткiзу үшiн союға және сойғаннан кейiн ұшалары мен мүшелерiне ветеринариялық-санитариялық сараптама жасамай өткiзуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z294" w:id="422"/>
-[...15 lines deleted...]
-      10) мемлекеттік ветеринариялық-санитариялық инспекторлардың актілерін орындауға;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) кейiннен өткiзуге арналған ауыл шаруашылығы жануарларын ет өңдейтiн кәсiпорындарда, сою пункттерiнде немесе сою алаңдарында (ауыл шаруашылығы жануарларын сою алаңдарында) союды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z295" w:id="423"/>
-[...15 lines deleted...]
-      11) союдың алдында ветеринариялық тексеру жүргiзбей жануарларды өткiзу үшiн союға және сойғаннан кейiн ұшалары мен мүшелерiне ветеринариялық-санитариялық сараптама жасамай өткiзуге жол бермеуге;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ветеринария саласындағы мамандардың ветеринариялық іс-шаралар өткізу бойынша қызметтiк мiндеттерiн орындауы кезінде оларға жәрдем көрсетуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z59" w:id="424"/>
-[...15 lines deleted...]
-      11-1) кейiннен өткiзуге арналған ауыл шаруашылығы жануарларын ет өңдейтiн кәсiпорындарда, сою пункттерiнде немесе сою алаңдарында (ауыл шаруашылығы жануарларын сою алаңдарында) союды жүзеге асыруға;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) жануарларды карантиндеуді жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z296" w:id="425"/>
-[...15 lines deleted...]
-      12) ветеринария саласындағы мамандардың ветеринариялық іс-шаралар өткізу бойынша қызметтiк мiндеттерiн орындауы кезінде оларға жәрдем көрсетуге;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жаңа, жетілдірілген ветеринариялық препараттарға, тамақ өнімін, жемшөп, жемшөп қоспаларын өндіруге арналған нормативтік-техникалық құжаттаманы уәкілетті органмен келісуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z381" w:id="426"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27579,90 +27989,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ветеринариялық iс-шаралар: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жануарлар мен адамға ортақ ауруларды қоса алғанда, жануарлар ауруларының пайда болуы мен азықтан улануының алдын алу, жануарлардың, жануарлардан алынатын өнiмдер мен шикiзаттың, ветеринариялық препараттардың, жемшөп пен жемшөптiк қоспалардың ұсталуының Қазақстан Республикасының ветеринария саласындағы заңдарының талаптарына сәйкестiгiн қамтамасыз ету мақсатында ветеринариялық-санитариялық тұрғыдан қолайлы аумақта өткiзiлетiн iс-шаралар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="428"/>
+    <w:bookmarkStart w:name="z298" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шектеу iс-шараларын немесе карантиндi қоса алғанда, жануарлардың аса қауiптi және энзоотиялық ауруларын жою және олардың таралуының алдын алу мақсатымен бақылау аймағын, буфер (қорғаныш) аймағын қоса алғанда, iндет ошағында және қолайсыз пунктте жүргiзiлетiн iс-шаралар болып бөлiнедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z299" w:id="429"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z299" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ветеринариялық iс-шараларды өткізу тәртiбi, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасының талаптары ескеріле отырып әзірленетін және қолданылатын ветеринариялық (ветеринариялық-санитариялық) қағидалармен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27798,170 +28208,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26-1-бап. Ветеринариялық-санитариялық шараларды қолдану </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z627" w:id="430"/>
+    <w:bookmarkStart w:name="z627" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қатерді талдау және бағалау кезінде адамның өмірі мен денсаулығына зиянды әсердің ықтималдығы сәйкестендірілген, бірақ қолдағы ғылыми деректер оның дәрежесін айқындау үшін жеткіліксіз болған жағдайларда, уәкілетті орган қатерді басқару жөнінде қажетті ветеринариялық-санитариялық шараларды қолдануға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z628" w:id="431"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z628" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ветеринариялық-санитариялық шаралар ветеринариялық-санитариялық қауіпсіздік саласындағы халықаралық стандарттар мен ұсынымдар, биологиялық тәуекелдерді басқару әдістемесі ескеріле отырып анықталатын ғылыми деректерге, жануарлар мен адамның өмірі мен денсаулығы үшін қатерді объективті бағалауға негізделуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z629" w:id="432"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z629" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қолданылатын ветеринариялық-санитариялық шаралардың ветеринариялық-санитариялық қауіпсіздік саласындағы халықаралық стандарттар мен ұсынымдарға баламалылығын бағалау кезінде ғылыми деректер, зерттеулердің (оның ішінде зертханалық зерттеулердің), нақты аурулардың таралу мониторингінің нәтижелері және аймақтардың, компартменттің болуы, өңірлендіру ескерілуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z630" w:id="433"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z630" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Басқа мемлекеттердің ветеринариялық-санитариялық шаралары мынадай шарттар болған: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z631" w:id="434"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z631" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) қолданылатын ветеринариялық-санитариялық шаралар ветеринариялық-санитариялық қауіпсіздік саласындағы халықаралық стандарттар мен ұсынымдарға сәйкес келген; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z632" w:id="435"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z632" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуынан Қазақстан Республикасы аумағының ветеринариялық-санитариялық қауіпсіздігінің тиісті деңгейі қамтамасыз етілген кезде, баламалы деп танылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28115,270 +28525,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 26-баптың тақырыбы жаңа редакцияда - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z633" w:id="436"/>
+    <w:bookmarkStart w:name="z633" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аумақты аймақтарға, компартментке бөлу және өңірлендіру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z634" w:id="437"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z634" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуының алдын алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z635" w:id="438"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z635" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) ветеринариялық іс-шараларды жоспарлау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z636" w:id="439"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z636" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) халықаралық сауданы жүзеге асыру үшін жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z637" w:id="440"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z637" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жануарлардың жұқпалы ауруларының таралуына және өткізілетін ветеринариялық іс-шараларға қарай аймақтардың мынадай түрлері анықталады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z638" w:id="441"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z638" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) қолайлы аймақ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z639" w:id="442"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z639" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) бақылау аймағы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z640" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) буфер (қорғаныш) аймағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z641" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қолайсыз аймақ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z640" w:id="443"/>
-[...15 lines deleted...]
-      3) буфер (қорғаныш) аймағы;</w:t>
+    <w:bookmarkStart w:name="z642" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес айқындалған өзге де аймақтар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z641" w:id="444"/>
-[...15 lines deleted...]
-      4) қолайсыз аймақ;</w:t>
+    <w:bookmarkStart w:name="z643" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аумақты аймақтарға, компартмент пен олардың шекараларына бөлу және өңірлендіру уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z642" w:id="445"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28522,70 +28932,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       1. Алынып тасталды - ҚР 2006.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="447"/>
+    <w:bookmarkStart w:name="z300" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жануарлардың шектеу iс-шаралары немесе карантин белгiленетiн жұқпалы ауруларының тiзбесiн уәкілетті орган бекiтедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkEnd w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28604,641 +29014,641 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="448"/>
+    <w:bookmarkStart w:name="z301" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тиiстi аумақтардың бас мемлекеттiк ветеринариялық-санитариялық инспекторларының ұсынуы бойынша тиiстi әкiмшiлiк-аумақтық бiрлiктiң жергiлiктi атқарушы органдарының шешiмiмен карантин тоқтатылғаннан кейiн Қазақстан Республикасының ветеринария саласындағы заңдарында көзделген жағдайларда, уәкілетті орган шектеу iс-шараларын белгілейді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (2005.01.01 бастап қолданысқа енгiзiледi), 2006.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгiзiледi), 2011.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28-бап. Ветеринариялық препараттардың республикалық қоры </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Эпизоотика ошақтарын жою және уәкілетті орган бекiтетiн тiзбеге енгiзілген жануарлардың аса қауiптi ауруларының таралу қаупінің алдын алу кезiнде пайдаланылатын, үнемi жаңартылып отыратын ветеринариялық препараттардың белгiлi бiр көлемi ветеринариялық препараттардың республикалық қоры болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринариялық препараттардың республикалық қоры бюджеттiк бағдарламалар шеңберiнде сатып алынған ветеринариялық препараттар көлемiнен жасалады. Ветеринариялық препараттардың түрлерi бойынша қордың нормативiн уәкілетті орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z303" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ветеринариялық препараттардың республикалық қорын қалыптастыру мен пайдалану тәртiбiн уәкілетті орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 27-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-бапқа өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">28-бап. Ветеринариялық препараттардың республикалық қоры </w:t>
-[...36 lines deleted...]
-      2. Ветеринариялық препараттардың республикалық қоры бюджеттiк бағдарламалар шеңберiнде сатып алынған ветеринариялық препараттар көлемiнен жасалады. Ветеринариялық препараттардың түрлерi бойынша қордың нормативiн уәкілетті орган белгiлейдi.</w:t>
+        <w:t xml:space="preserve">29-бап. Ветеринариялық нормативтер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ветеринариялық нормативтер (ветеринариялық, ветеринариялық-санитариялық немесе зоогигиеналық нормалар) ветеринариялық немесе ветеринариялық-санитариялық факторды жануарлардың және адамның денсаулығына, қоршаған ортаға қауiпсiздiгi тұрғысынан сипаттайтын көрсеткiштердiң жол беруге болатын сандық немесе сапалық мәнiн белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z304" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринариялық нормативтер Қазақстан Республикасының ветеринария саласындағы заңдарына сәйкес жүргiзiлетiн зерттеулер негiзiнде белгiленедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z303" w:id="450"/>
-[...15 lines deleted...]
-      3. Ветеринариялық препараттардың республикалық қорын қалыптастыру мен пайдалану тәртiбiн уәкілетті орган белгiлейдi.</w:t>
+    <w:bookmarkStart w:name="z305" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ветеринариялық нормативтер iндеттердiң объективтi және негізделген эпизоотиялық мониторингін жүргiзу, ветеринариялық-санитариялық қолайлы жағдайға қол жеткiзуге арналған ветеринариялық iс-шаралардың көлемi мен сипатын жоспарлау, сондай-ақ жануарлар ауруларының пайда болу, таралу және оларды жою мүмкiндiктерiн болжау үшiн негiз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z306" w:id="453"/>
+    <w:bookmarkStart w:name="z306" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Ветеринариялық нормативтерді уәкілетті орган бекітеді және ветеринария саласындағы қызметтi жүзеге асыратын жеке және заңды тұлғалар үшiн мiндеттi болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 2006.12.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.07.24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30-бап. Орны ауыстырылатын (тасымалданатын) объектілерді алып қою, жою, залалсыздандыру (зарарсыздандыру) және өңдеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жануарлардың және адамның денсаулығына қауiп төндiретiн жануарлар, жануарлардан алынатын өнiм мен шикiзат, олардың қауiптілік дәрежесiне қарай, уәкілетті орган бекiткен тәртiппен мiндеттi түрде алып қоюға және жойылуға не алып қоймай, мiндеттi түрде залалсыздандырылуға (зарарсыздандырылуға) және өңделуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z307" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жануарлардың және адамның денсаулығына қауiп төндiретiн жануарларды, жануарлардан алынатын өнiм мен шикiзатты мiндеттi түрде алып қою және жою жүргiзiлетiн жануарлардың аса қауiптi ауруларының тiзбесiн уәкілетті орган бекiтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z308" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жануарлардың және адамның денсаулығына қауiп төндiретiн жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты, ветеринариялық препараттарды, жемшөп пен жемшөптiк қоспаларды алып қоймай-ақ, мiндеттi түрде залалсыздандыру (зарарсыздандыру) және өңдеу жүргiзiлетiн жануарлар ауруларының тiзбесiн уәкілетті орган бекiтедi.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:p>
-[...172 lines deleted...]
-      2. Жануарлардың және адамның денсаулығына қауiп төндiретiн жануарларды, жануарлардан алынатын өнiм мен шикiзатты мiндеттi түрде алып қою және жою жүргiзiлетiн жануарлардың аса қауiптi ауруларының тiзбесiн уәкілетті орган бекiтедi.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жеке және заңды тұлғалардың уәкілетті орган айқындайтын тәртіппен және жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z308" w:id="455"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29507,450 +29917,450 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">32-бап. Ауыл шаруашылығы жануарларын бірдейлендіру және есептік нөмірлер беру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="457"/>
+    <w:bookmarkStart w:name="z644" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ауыл шаруашылығы жануарлары уәкілетті орган белгілеген тәртіппен жануарлар ауруларының профилактикасы мен диагностикасы жөніндегі ветеринариялық дауалаудың жүзеге асырылуын бақылау және қадағалау мақсатында әрбір жануарға қадағалау жүргізуге мүмкіндік беретін міндетті сәйкестендіруге жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z645" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Процессингтік орталық:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z382" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке нөмірлердің эмиссиясын;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z645" w:id="458"/>
-[...15 lines deleted...]
-      1-1. Процессингтік орталық:</w:t>
+    <w:bookmarkStart w:name="z383" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лазерлік станцияларды, ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін бұйымдар (құралдар) мен атрибуттарды оларды өндірушілерді эмиссия жөніндегі дерекқорда тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z382" w:id="459"/>
-[...15 lines deleted...]
-      1) жеке нөмірлердің эмиссиясын;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін бұйымдар (құралдар) мен атрибуттардың Қазақстан Республикасының ветеринария туралы заңнамасында белгіленген талаптарға сәйкестігін айқындауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z383" w:id="460"/>
-[...15 lines deleted...]
-      2) лазерлік станцияларды, ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін бұйымдар (құралдар) мен атрибуттарды оларды өндірушілерді эмиссия жөніндегі дерекқорда тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке нөмірлердің эмиссиясы жөнінде дерекқор жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z384" w:id="461"/>
-[...15 lines deleted...]
-      3) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін бұйымдар (құралдар) мен атрибуттардың Қазақстан Республикасының ветеринария туралы заңнамасында белгіленген талаптарға сәйкестігін айқындауды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды – ҚР 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z370" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ауыл шаруашылығы жануарларын бірдейлендіру мониторингін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z385" w:id="462"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z646" w:id="464"/>
+    <w:bookmarkStart w:name="z646" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының ветеринария саласындағы заңнамасының талаптарына сәйкестікті бақылау және қадағалау мақсатында есептік нөмірлер беруге жануарлар өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілері, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдар жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30129,80 +30539,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="465"/>
+    <w:bookmarkStart w:name="z45" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5-тарау. ВЕТЕРИНАРИЯ САЛАСЫНДАҒЫ ҒЫЛЫМИ ЗЕРТТЕУЛЕР ЖӘНЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ВЕТЕРИНАРИЯ САЛАСЫНДАҒЫ МАМАНДАРДЫ, ВЕТЕРИНАРИЯ САЛАСЫНДАҒЫ КӘСІПКЕРЛІК ҚЫЗМЕТТІ ЖҮЗЕГЕ АСЫРАТЫН ЖЕКЕ ЖӘНЕ ЗАҢДЫ ТҰЛҒАЛАРДЫ ДАЯРЛАУ МЕН ОЛАРДЫҢ БIЛIКТIЛIГIН АРТТЫРУ ЖӨНIНДЕГI ҚЫЗМЕТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkEnd w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбына өзгеріс енгізілді - ҚР 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30214,536 +30624,536 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">33-бап. Ветеринария саласындағы ғылыми зерттеулер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z647" w:id="466"/>
+    <w:bookmarkStart w:name="z647" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарларды пайдалану рәсiмдерiн, сондай-ақ ветеринария саласындағы ғылыми зерттеулер жүргiзiлетiн үй-жайлар мен аумақтарды қоса алғанда, ветеринария саласындағы ғылыми зерттеулер Қазақстан Республикасының ветеринария саласындағы заңдарының талаптарына сай болуға тиiс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z312" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ғылыми зерттеулер нәтижесiнде әзiрленген немесе жетiлдiрiлген ветеринариялық препараттардың және жемшөп қоспаларының ветеринариялық нормативтерге сәйкестiгiн анықтау мақсатымен олар байқаудан өткiзiлуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z313" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Микроорганизмдердiң Қазақстан Республикасында бар, сондай-ақ ғылыми зерттеулер нәтижесiнде, жануарлар ауруларының диагностикасы кезiнде алынған штаммдары ветеринарияда пайдаланылатын Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясында сақталуға тиiс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z312" w:id="467"/>
-[...15 lines deleted...]
-      2. Ғылыми зерттеулер нәтижесiнде әзiрленген немесе жетiлдiрiлген ветеринариялық препараттардың және жемшөп қоспаларының ветеринариялық нормативтерге сәйкестiгiн анықтау мақсатымен олар байқаудан өткiзiлуге тиiс.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-бапқа өзгеріс енгізілді - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-бап. Ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды даярлау мен олардың бiлiктiлiгiн арттыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды даярлау мен олардың бiлiктiлiгiн арттыру жөнiндегi бағдарламалар мiндеттi түрде уәкiлеттi органмен келiсiлуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-бап жаңа редакцияда - ҚР 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-1-бап. Әлеуметтік қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ауылдық жерлерде жұмыс істейтін ветеринария саласындағы мамандарға, оның ішінде ветеринариялық пункттердің мамандарына әлеуметтік қолдаудың мынадай қосымша шаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z313" w:id="468"/>
-[...15 lines deleted...]
-      3. Микроорганизмдердiң Қазақстан Республикасында бар, сондай-ақ ғылыми зерттеулер нәтижесiнде, жануарлар ауруларының диагностикасы кезiнде алынған штаммдары ветеринарияда пайдаланылатын Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясында сақталуға тиiс.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жергілікті өкілді органдар айқындаған мөлшерде лауазымдық айлықақыға қосымша ақы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z390" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті өкілді органдар бекіткен тәртіппен және мөлшерде бюджет қаражаты есебінен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z391" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) малы барларды жергілікті өкілді және атқарушы органдардың шешімі бойынша жемшөппен және мал жаюға және шөп шабуға арналған жер учаскелерімен қамтамасыз ету ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z392" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының заңдарында көзделген жеңілдіктерден басқа, ветеринария қызметкерлеріне жергілікті өкілді органдар жергілікті бюджет қаражаты есебінен қосымша жеңілдіктер белгілей алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-бапқа өзгеріс енгізілді - ҚР 17.01.2014 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 34-1-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z38" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...187 lines deleted...]
-      3) малы барларды жергілікті өкілді және атқарушы органдардың шешімі бойынша жемшөппен және мал жаюға және шөп шабуға арналған жер учаскелерімен қамтамасыз ету ұсынылады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. ВЕТЕРИНАРИЯНЫ ҚАРЖЫЛАНДЫРУ ЖӘНЕ ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ВЕТЕРИНАРИЯ САЛАСЫНДАҒЫ ЗАҢНАМАСЫН БҰЗҒАНЫ YШIН ЖАУАПТЫЛЫҚ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z392" w:id="473"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда - ҚР 2009.07.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30775,706 +31185,706 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">35-бап. Ветеринарияны қаржыландыру көздерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="475"/>
+    <w:bookmarkStart w:name="z648" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналарды қаржыландыру бюджет қаражаты есебiнен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z314" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті органды ұстауға арналған шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z315" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттiк ветеринариялық мекемелердi ұстауға арналған шығыстар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z314" w:id="476"/>
-[...15 lines deleted...]
-      1) уәкілетті органды ұстауға арналған шығыстар;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ветеринария саласындағы қызметтi жүзеге асыратын мемлекеттiк органдар бөлiмшелерiн ұстауға арналған шығыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z315" w:id="477"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z371" w:id="479"/>
+    <w:bookmarkStart w:name="z371" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік ветеринариялық ұйымдарға бекітіп берілген функцияларды орындауға арналған шығыстар;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z317" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ветеринариялық бақылау бекеттерiнде көлiк құралдарын дезинфекциялауды және ветеринариялық препараттардың республикалық қорын сақтауды қоса алғанда, уәкілетті орган бекiткен тiзбе бойынша жануарлардың аса қауiптi ауруларының профилактикасы, диагностикасы және оларды жою, сондай-ақ жануарлардың энзоотиялық ауруларының профилактикасы мен диагностикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z581" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) импорттаушы ел өкілдерінің ауру таралмаған немесе ауру аз таралған аумақты немесе оның бір бөлігін инспекциялауын және мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау жүйесінің аудитін қоса алғанда, осы аумақтардан экспортталатын орны ауыстырылатын (тасымалданатын) объектілерге мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру рәсімін ұйымдастыру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z317" w:id="480"/>
-[...15 lines deleted...]
-      4) ветеринариялық бақылау бекеттерiнде көлiк құралдарын дезинфекциялауды және ветеринариялық препараттардың республикалық қорын сақтауды қоса алғанда, уәкілетті орган бекiткен тiзбе бойынша жануарлардың аса қауiптi ауруларының профилактикасы, диагностикасы және оларды жою, сондай-ақ жануарлардың энзоотиялық ауруларының профилактикасы мен диагностикасы;</w:t>
+    <w:bookmarkStart w:name="z582" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) импорттаушы ел өкілдерінің орны ауыстырылатын (тасымалданатын) объектілердің экспортын жүзеге асыру мақсатында жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерін, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарды инспекциялауын ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z581" w:id="481"/>
-[...15 lines deleted...]
-      4-1) импорттаушы ел өкілдерінің ауру таралмаған немесе ауру аз таралған аумақты немесе оның бір бөлігін инспекциялауын және мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалау жүйесінің аудитін қоса алғанда, осы аумақтардан экспортталатын орны ауыстырылатын (тасымалданатын) объектілерге мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру рәсімін ұйымдастыру және жүргізу;</w:t>
+    <w:bookmarkStart w:name="z583" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) жануарлардың Қазақстан Республикасының аумағында алғаш рет анықталған аса қауіпті, экзотикалық ауруларының профилактикасы, диагностикасы және оларды жою;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z582" w:id="482"/>
-[...15 lines deleted...]
-      4-2) импорттаушы ел өкілдерінің орны ауыстырылатын (тасымалданатын) объектілердің экспортын жүзеге асыру мақсатында жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерін, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарды инспекциялауын ұйымдастыру және жүргізу;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жануарлардың және адамның денсаулығына ерекше қауiп төндiретiн алып қойылған жануарларды, жануарлардан алынатын өнiмдер мен шикiзатты жою;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z583" w:id="483"/>
-[...15 lines deleted...]
-      4-3) жануарлардың Қазақстан Республикасының аумағында алғаш рет анықталған аса қауіпті, экзотикалық ауруларының профилактикасы, диагностикасы және оларды жою;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мыналардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z318" w:id="484"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="486"/>
+    <w:bookmarkStart w:name="z321" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) ветеринарияда пайдаланылатын Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруды, жүргізуді және күтіп-бағуды қамтамасыз етуге арналған шығыстар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkEnd w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>&lt;*&gt;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="487"/>
+    <w:bookmarkStart w:name="z62" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) ауыл шаруашылығы жануарларын электрондық тәсілмен сәйкестендіру үшін пайдаланылатындарды қоспағанда, ауыл шаруашылығы жануарларын сәйкестендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды сатып алуға арналған шығыстар.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z320" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының заңнамасында белгілеген тәртіппен мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілері иелерінің есебінен мыналар орындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z322" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткiзу, серияларын бақылау және оларға тiркеу сынағын жүргiзу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z320" w:id="488"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасының заңнамасында белгілеген тәртіппен мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілері иелерінің есебінен мыналар орындалады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ветеринариялық-санитариялық сараптама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z322" w:id="489"/>
-[...15 lines deleted...]
-      1) ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткiзу, серияларын бақылау және оларға тiркеу сынағын жүргiзу;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дегельминтизация, дезинсекция, деразитация, дезинфекция (ветеринариялық-санитариялық бақылау және қадағалау бекеттерiндегi дезинфекцияны қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:p>
-[...87 lines deleted...]
-      3) ветеринариялық-санитариялық сараптама;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган бекiтетiн тiзбеге енгiзiлген жануарлардың аса қауiптi ауруларын және жануарлардың энзоотиялық ауруларын қоспағанда, инвазиялық ауруларды қоса алғанда, жануарлар ауруларын емдеу, олардың профилактикасы, диагностикасы және оларды жою;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z325" w:id="491"/>
-[...15 lines deleted...]
-      4) дегельминтизация, дезинсекция, деразитация, дезинфекция (ветеринариялық-санитариялық бақылау және қадағалау бекеттерiндегi дезинфекцияны қоспағанда);</w:t>
+    <w:bookmarkStart w:name="z327" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеринариялық-санитариялық қорытындының, ветеринариялық сертификаттың бланкілерін түсетін қаражатты Қазақстан Республикасының заңнамасында белгіленген тәртіппен бюджет кірісіне есепке жатқыза отырып беру, ауыл шаруашылығы жануарларын электрондық тәсілмен сәйкестендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z326" w:id="492"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z372" w:id="494"/>
+    <w:bookmarkStart w:name="z372" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6-1) тиісті қаржы жылына арналған бюджет қаражаты есебінен жүзеге асырылатын, осы баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген көлемінен тыс іс-шаралар өткізу (өтініш жасалған жағдайда);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z584" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) ветеринарияда пайдаланылатын, Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясында сақталуға жатпайтын микроорганизмдердің штамдарын депонирлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z585" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) тамақ қауіпсіздігін қамтамасыз ету бойынша референцияларды тиісті қаржы жылына арналған бюджет қаражаты есебінен жүзеге асырылатын олардың көлемінен асыра жүргізу (өтініш жасалған жағдайда);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z584" w:id="495"/>
-[...15 lines deleted...]
-      6-2) ветеринарияда пайдаланылатын, Патогенді және (немесе) өнеркәсіптік микроорганизмдердің ұлттық коллекциясында сақталуға жатпайтын микроорганизмдердің штамдарын депонирлеу;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жануарларды карантиндеу кезінде диагностикалық зерттеулерді және ветеринариялық дауалауды жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z585" w:id="496"/>
-[...15 lines deleted...]
-      6-3) тамақ қауіпсіздігін қамтамасыз ету бойынша референцияларды тиісті қаржы жылына арналған бюджет қаражаты есебінен жүзеге асырылатын олардың көлемінен асыра жүргізу (өтініш жасалған жағдайда);</w:t>
+    <w:bookmarkStart w:name="z586" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 1-тармағының 4-2) тармақшасында көзделген іс-шараларды тиісті қаржы жылына арналған бюджет қаражаты есебінен оларды қаржыландыру көлемінен асыра қаржыландыру Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздерден жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z393" w:id="497"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31563,51 +31973,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
@@ -31740,51 +32150,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-бап жаңа редакцияда - ҚР 2009.07.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 190-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -31825,90 +32235,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">37-бап. Осы заңды қолданысқа енгiзу тәртiбi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Заң ресми жарияланған күнiнен бастап қолданысқа енгiзiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="499"/>
+    <w:bookmarkStart w:name="z329" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Президентiнiң "Мал дәрiгерлiгi туралы" 1995 жылғы 25 шiлдедегi № 2376 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заң күшi бар Жарлығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Жоғарғы Кеңесiнiң Жаршысы, 1995 ж., № 14, 94-құжат; Қазақстан Республикасы Парламентінің Жаршысы, 1998 ж., № 17-18, 225-құжат; № 24, 443-құжат; № 23, 931-құжат) күші жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkEnd w:id="497"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -32013,55 +32423,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>