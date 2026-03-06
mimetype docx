--- v0 (2025-11-15)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="36c2e6d" w14:textId="36c2e6d">
+    <w:p w14:paraId="46b195d" w14:textId="46b195d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -829,291 +829,291 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2006.12.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен; өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2011.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2508,251 +2508,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгерістер енгізілді - ҚР 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3209,131 +3209,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi), 2006.01.31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3662,111 +3662,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерту енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 05.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 236-V</w:t>
       </w:r>
       <w:r>
@@ -4189,111 +4189,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2006 бастап қолданысқа енгiзiледi) Заңымен, өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-VІ</w:t>
       </w:r>
       <w:r>
@@ -4556,171 +4556,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 584</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5255,50 +5255,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бап. Өсімдіктерді қорғау саласындағы қызметті лицензиялау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-баптың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Өсімдіктерді қорғау саласындағы қызметті лицензиялау Еуразиялық экономикалық одақтың тарифтік емес реттеу саласындағы заңнамасына сәйкес, сондай-ақ Қазақстан Республикасының рұқсаттар және хабарламалар туралы, мемлекеттік қызметтер көрсету саласындағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес алынатын тиісті лицензиясы болмаса, жеке және заңды тұлғалардың пестицидтерді өндіру (формуляциялау), пестицидтерді өткізу, пестицидтерді аэрозольдік және фумигациялық тәсілдермен қолдану жөніндегі, сондай-ақ өсімдіктерді қорғау құралдарын (пестицидтерді) импорттау жөніндегі қызметіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5465,111 +5561,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-1-бап жаңа редакцияда - ҚР 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5652,95 +5748,95 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-2-бапқа өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5970,71 +6066,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-4-бапқа өзгерту енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6267,71 +6363,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-5-бапқа өзгерістер енгізілді - ҚР 2006.12.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6406,50 +6502,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу үшін мәлімделген пестицидтердің химиялық құрамының, рецептурасы мен өндіру технологиясының (формуляциясының) пестицидтерді мемлекеттік тіркеуге ұсынылған пестицидтердің химиялық құрамына, рецептурасы мен өндіру технологиясына (формуляциясына) сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пестицидтерге жататын өнертабыстарға патент иеленушілер құқықтарының бұзылуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Мемлекеттік көрсетілетін қызметтер туралы", "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының заңдарында көзделген өзге де негіздер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6712,91 +6914,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 14-6-баппен толықтырылды - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен; жаңа редакцияда - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -7025,91 +7227,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7208,106 +7410,196 @@
         </w:rPr>
         <w:t>
       Тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z417" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Патогенді биологиялық агенттермен жұмыс істеу жүзеге асырылатын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік фитосанитариялық бақылау мен қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z404" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау және тергеп-тексеру Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z405" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылауды уәкілетті органның ведомствосы және (немесе) оның аумақтық бөлімшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық жүйелерден;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7552,70 +7844,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісі ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, ұсынымды жіберген уәкілетті орган ведомствосына және (немесе) оның аумақтық бөлімшелеріне ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсынымды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу жолымен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындауға алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z413" w:id="119"/>
+    <w:bookmarkStart w:name="z413" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Зиянды және (немесе) аса қауіпті зиянды организмдердің пайда болуы мен таралуының себептерін анықтау және белгілеу, сондай-ақ мемлекеттік тіркеуден өтпеген пестицидтерді, жалған пестицидтерді өткізу, сақтау, қолдану және (немесе) әкелу фактілерін анықтау үшін аумақ пен объектілерге зерттеп-қарау жүргізу мақсатында бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу туралы шешімді уәкілетті орган ведомствосының облыстық (республикалық маңызы бар қаланың, астананың) аумақтық бөлімшесінің басшысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстың (республикалық маңызы бар қаланың, астананың) аумағында бұрын тіркелмеген зиянды және (немесе) аса қауіпті зиянды организмнің таралуы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7694,151 +7986,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 15-1-баппен толықтырылды - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7934,283 +8226,283 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Мемлекеттiк фитосанитариялық бақылаудың мiндеттерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттiк фитосанитариялық бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="120"/>
+    <w:bookmarkStart w:name="z351" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фитосанитариялық мониторинг пен фитосанитариялық iс-шаралардың жүргiзiлуiне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z352" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z352" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пестицидтерді өндіру (формуляциялау), сақтау, өткізу және қолдану кезінде өсімдіктерді қорғау құралдарының (пестицидтердің) қауіпсіздігі туралы техникалық регламент, сондай-ақ пестицидтер тізімінде көрсетілген пестицидтерді қолдану регламенттері талаптарының сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z353" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z353" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фитосанитарлық есепке алу мен есептiлiктiң жүргiзiлуiне және табыс етiлуiне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z354" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z354" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізіуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z355" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z355" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) пестицидтерді залалсыздандыруға және арнаулы сақтау орындарының (көмінділердің) тиісті жай-күйде күтіп-ұсталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z356" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z356" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасында белгіленген талаптардың сақталуына бақылаудан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2011.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2012.01.30 бастап қолданысқа енгізіледі); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8231,70 +8523,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-бап. Фитосанитариялық мониторинг пен фитосанитариялық iс-шаралардың жүргiзiлуiн бақылау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Фитосанитариялық мониторинг пен фитосанитариялық iс-шаралардың жүргiзiлуiн бақылау зиянды және ерекше қауiптi зиянды организмдердiң тiршiлiк ететiн орындары болып табылатын ауыл шаруашылығына арналған объектiлерде, автомобиль жолдарының, темiр жолдардың бөлiнген белдеулерi мен күзет аймақтарында және өзге де аумақтарда, сондай-ақ өсiмдiктен алынатын өнiмдерде зиянды және ерекше қауiптi зиянды организмдердiң болуын анықтау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="126"/>
+    <w:bookmarkStart w:name="z357" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Фитосанитариялық мониторинг пен фитосанитариялық iс-шаралардың жүргiзiлуiн бақылау жылына үш реттен аспайтын кезеңдiлiкпен және ұзақтығы екi күннен асырылмай, зиянды және ерекше қауiптi зиянды организмдердiң дамуы мен таралуының оңтайлы мерзiмдерi басталған кезеңде жүргiзiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Пестицидтердің сақталуын, өткізілуін және қолданылуын бақылау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8336,51 +8628,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8401,220 +8693,220 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19-1-бап. Фитосанитариялық есепке алу мен есептiлiктiң жүргiзiлуiн және табыс етiлуiн бақылау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Фитосанитариялық есептiлiктi табыс етудiң толықтылығы мен уақтылылығы тұрғысында фитосанитариялық есепке алу мен есептiлiктiң жүргiзiлуiн және табыс етiлуiн бақылау ұдайы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="127"/>
+    <w:bookmarkStart w:name="z358" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Фитосанитариялық есепке алу мен есептiлiктiң жүргiзiлуiн және табыс етiлуiн бақылау есептiлiктi табыс етудiң белгiленген мерзiмдерiнде үш реттен аспайтын кезеңдiлiкпен және ұзақтығы екi күннен асырылмай жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-2-бап. Пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізуді бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="128"/>
+    <w:bookmarkStart w:name="z414" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізуді бақылау әдістемелік орындылық, сондай-ақ пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және мемлекеттік тіркеу қағидаларының сақталуы тұрғысынан жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z415" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z415" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізуді бақылау олар өткізілген кезеңде жылына екі реттен аспайтын мерзімділікпен және ұзақтығы бес жұмыс күнінен асырылмай және бес жұмыс күніне дейін ұзартылып жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-2-бапқа өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен; жаңа редакцияда - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8707,143 +8999,143 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="130"/>
+    <w:bookmarkStart w:name="z362" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Пестицидтердi залалсыздандыруды бақылау жылына екi реттен көп емес кезеңдiлiкпен және екi күннен көп емес ұзақтылықпен дала жұмыстары аяқталғаннан соң жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-3-бапқа өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -8959,68 +9251,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 19-5-бап алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="131"/>
+    <w:bookmarkStart w:name="z224" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-1-тарау. Пестицидтер айналымы саласындағы қауiпсiздiктiң жалпы талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 4-1-тараумен толықтырылды - ҚР 2006.12.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9102,51 +9394,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9412,68 +9704,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 19-10-бап алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="132"/>
+    <w:bookmarkStart w:name="z24" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ӨСIМДIКТЕРДI ҚОРҒАУ САЛАСЫНДАҒЫ ІС-ШАРАЛАРДЫ ҚАРЖЫЛАНДЫРУ КӨЗДЕРI ЖӘНЕ ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ӨСІМДІКТЕРДІ ҚОРҒАУ ТУРАЛЫ ЗАҢНАМАСЫН БҰЗҒАНЫ ҮШIН ЖАУАПТЫЛЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбына өзгерту енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9523,525 +9815,525 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-бап. Өсiмдiктердi қорғау жөнiндегi iс-шараларды қаржыландыру көздерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бюджет қаражаты есебiнен жүзеге асырылатын iс-шаралар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="133"/>
+    <w:bookmarkStart w:name="z388" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зиянды және ерекше қауiптi зиянды организмдер мекендейтiн орындарды анықтау жөнiндегi фитосанитариялық мониторинг жүргiзудi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z389" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z389" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) саны зиян тигізудің экономикалық шегінен жоғары үйірлі көк қасқа шегірткелерге (азиялық, марокколық және итальяндық прус) қарсы химиялық өңдеу жүргізу үшін пестицидтер сатып алуды, сондай-ақ пестицидтер қорын қалыптастыруды, сақтау мен жаңартып отыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z390" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z390" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) саны зиян тигізудің экономикалық шегінен жоғары үйірлі көк қасқа шегірткелерге (азиялық, марокколық және итальяндық прус) қарсы пестицидтерді кедендік декларациялауды, сақтау мен тасымалдау жөніндегі көрсетілетін қызметтерді сатып алуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z391" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z391" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) саны зиян тигізудің экономикалық шегінен жоғары үйірлі көк қасқа шегірткелерге (азиялық, марокколық және итальяндық прус) қоныстанған орындарға химиялық өңдеу жүргізу жөніндегі көрсетілетін қызметтерді сатып алуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z392" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z392" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет қаражаты есебiнен сатып алынған пестицидтердi залалсыздандыруды жүргiзудi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z393" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z393" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өсiмдiктердi қорғау саласында қолданбалы ғылыми зерттеулер жүргiзудi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z394" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z394" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) арнаулы сақтау орындарын (көмiндiлердi) ұстауды, салу мен жөндеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z416" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z416" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) пестицидтерді, оларды сақтау, тасымалдау, саны зиян тигізудің экономикалық шегінен жоғары саяқ көк қасқа шегірткелерге қарсы қоныстанған орындарды химиялық өңдеу жөніндегі көрсетілетін қызметтерді сатып алуды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Алынып тасталды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="141"/>
+    <w:bookmarkStart w:name="z395" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қызметі мемлекеттік фитосанитариялық бақылау объектілерімен байланысты жеке және заңды тұлғалардың қаражаты есебінен жүзеге асырылатын іс-шаралар мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z396" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z396" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз қаражаты есебiнен сатып алынған пестицидтердi өсiмдiктердi қорғау жөнiндегi мемлекеттiк инспекторлардың нұсқамасы бойынша залалсыздандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z397" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z397" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы баптың 1-тармағының 2), 3), 4) және 8) тармақшаларында көрсетілген іс-шараларды қоспағанда, зиянды, аса қауіпті зиянды организмдерге қарсы фитосанитариялық іс-шаралар жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z398" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z398" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауыл шаруашылық өнімін пестицидтердің қалдық мөлшерінің бар-жоғы тұрғысынан талдау және оған сараптама жасау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z399" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z399" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтары пестицидтерді тіркеушілердің (өтініш берушілердің) қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгерістер енгізілді - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 584</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, (01.01.2005 бастап қолданысқа енгiзiледi), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2010.06.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 297-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2010.07.01 бастап қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10094,71 +10386,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бап жаңа редакцияда - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10292,55 +10584,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10666,31 +10958,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>