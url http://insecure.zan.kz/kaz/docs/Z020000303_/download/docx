--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b26bb68" w14:textId="b26bb68">
+    <w:p w14:paraId="849f369" w14:textId="849f369">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -838,344 +838,328 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізделеді және осы Заң мен Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер Қазақстан Республикасы бекіткен халықаралық шартта осы Заңда көзделгеннен өзгеше ережелер белгіленсе, халықаралық шарттың ережелері қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z5" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. БАЛ АРА ШАРУАШЫЛЫҒЫ САЛАСЫНДАҒЫ ҚЫЗМЕТТІ ЖҮЗЕГЕ АСЫРУ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3-бап. Бал ара шаруашылығымен айналысу құқығы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке және заңды тұлғалардың бал ара шаруашылығымен айналысуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="19"/>
+    <w:bookmarkStart w:name="z47" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Бал ара шаруашылығымен айналысу үшін мемлекеттік органның қандай да бір рұқсатын алу талап етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4-бап. Омарталарды орналастыру үшін жер учаскелерін беру тәртібі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Омарталарды орналастыру үшін жеке және заңды тұлғаларға Қазақстан Республикасының жер заңдарында белгіленген тәртіп пен жағдайларда жер учаскелері беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="20"/>
+    <w:bookmarkStart w:name="z48" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орман қорының жеріне омарталар орналастыру орман ортасына зиян келтірілмей, Қазақстан Республикасының орман заңдарында белгіленген тәртіп пен жағдайларда жүзеге асырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z49" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ерекше қорғалатын табиғи аумақтардың жерінде омарталарды орналастыру Қазақстан Республикасының ерекше қорғалатын табиғи аумақтар туралы заңдарына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5-бап. Омартаны құру және жерді пайдалану </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бал ара шаруашылығымен айналысу үшін жеке немесе заңды тұлға бал ара ұяларын омарта құрады, оның қосалқы үй-жайы мен құралдары болады және өзінің пайдалануындағы жер учаскесінде орналастырылады. Бал ара шаруашылығымен айналысатын жеке немесе заңды тұлға жер туралы заңдарға сәйкес жер учаскесінің меншік иелерімен және жерді пайдаланушылармен келісе отырып, басқа жер учаскесін пайдалана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="22"/>
+    <w:bookmarkStart w:name="z50" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жеке және заңды тұлғалар күтіп ұстай алатын бал ара ұяларының санына шек қойылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z51" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z51" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Омарталарда асыл тұқымды мал шаруашылығы саласындағы уәкілетті мемлекеттік орган бекіткен бал араларының Қазақстан Республикасында тұқымдық аудандастыру жоспарына сәйкес белгілі бір жерде аудандастырылған тұқымдардың бал аралары ғана ұсталуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-бап. Омарталарды орналастыру </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке және заңды тұлғалар омарталарды адамдардың қауіпсіздігі қамтамасыз етілетін орындарда орналастырады. Омарталарды қауіпсіз орналастыруды реттеу тәртібін аудандық (қалалық) атқарушы органдар белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="24"/>
+    <w:bookmarkStart w:name="z52" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Көшпелі омарталар бір-бірінен кем дегенде бір жарым километр және тұрақты омарталардан үш километр қашықтықта бал жинау көздерінің жанында орналастырылуға тиіс. Тұрақты және көшпелі омарталарды бал аралардың басқа бұрын орналастырылған омартадан бал жинау көздеріне қарай ұшатын жолына орналастыруға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1239,263 +1223,263 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7-бап. Бал ара шаруашылығымен айналысатын жеке және заңды тұлғаларға салық салу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бал ара шаруашылығымен айналысатын жеке және заңды тұлғаларға салық салу Қазақстан Республикасының салық заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="25"/>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының салық заңдарында белгіленбеген салықтар мен басқа да төлемдерді енгізуге және жинауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z11" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z11" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. БАЛ АРАЛАРДЫ ҚОРҒАУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8-бап. Бал араларды қорғау және молықтыру </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бал араларын қорғауды және молықтыруды меншік иесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="27"/>
+    <w:bookmarkStart w:name="z54" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бал аралардың мекендеу ортасын, олардың көбею жағдайларын, көшу орындары мен орын ауыстыру жолдарын қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z55" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z55" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) омарталарға ветеринариялық-санитариялық қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z56" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z56" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бал аралар орналасқан ареалдарда бал ара ұяларының оңтайлы санын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z57" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z57" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бал араларын ғылыми негізделген түрде және ұтымды пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z58" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бал ара ұяларын бұзып қирату мен қасақана жоюдың алдын алу жөнінде шаралар қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z59" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өсімдіктерді қорғау құралдарын, минералдық тыңайтқыштар мен басқа да препараттарды қолдану кезінде бал араларын қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бал араларын сақтауға бағытталған қызметке жәрдемдесу арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9-бап. Бал аралардың мекендеу ортасын, олардың көбею жағдайларын, көшу орындарын және орын ауыстыру жолдарын қорғау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1540,70 +1524,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Бал шырынды өсімдіктерді өңдеу үшін өсімдіктерді қорғау құралдарын, минералдық тыңайтқыштар мен басқа да препараттарды қолдану Қазақстан Республикасының заңдарында белгіленген тәртіппен жүзеге асырылуға тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бал шырынды өсімдіктерді өңдеу үшін қолданылатын өсімдіктерді қорғау құралдарының, минералдық тыңайтқыштар мен басқа да препараттардың тізбесін бал ара шаруашылығы саласындағы уәкілетті мемлекеттік орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="34"/>
+    <w:bookmarkStart w:name="z61" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Бал шырынды өсімдіктерді өңдеу үшін өсімдіктерді қорғау құралдарын, минералдық тыңайтқыштар мен басқа да препараттарды қолданатын жеке және заңды тұлғалар жұмыстардың басталуынан бес күн бұрын осы жайында өңделетін учаскелерден жеті километрге дейінгі радиуста омарталары бар омарташылары бар омарташыларға жазбаша ескертуге, қолданылатын препарат, оның уыттылығы және оқшаулау мерзімдері туралы хабарлауға міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-бап. Орман шаруашылығы жұмыстарын жүргізу кезінде бал араларын қорғау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1630,227 +1614,211 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12-бап. Бал араларын мекендеу ортасы жағдайында қорғау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бал араларының пайдалы қасиеттерін пайдалану, сондай-ақ олар мекендейтін орта жағдайында бал ара шаруашылығы өнімдерін алу жөніндегі қызмет Қазақстан Республикасының жануарлар дүниесін қорғау, молықтыру және пайдалану туралы заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="35"/>
+    <w:bookmarkStart w:name="z62" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бал аралар мекендеген орта жағдайларында ұяларды және бал ара ұялары орналасқан басқа да жерлерді бұзып қиратуға, сондай-ақ бал ара ұяларынан бал алуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z63" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z63" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер бал ара ұясы өзі мекендейтін орта жағдайында адамның тіршілігін қиындатса, мұндай бал ара ұясын көшіру мүмкін болмаған кезде, көшіру немесе жою бал ара шаруашылығы саласындағы мамандардың қатысуымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Бал ара ұяларын тасымалдау (көшіру) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бал ара ұяларын тасымалдау (көшіру) ветеринариялық-санитариялық ережелерді сақтай отырып жүзеге асырылуға тиіс. Тасымалдауды (көшіруді) жүзеге асыратын көлік құралдарын кідірту бал ара ұяларына құрып кету қауіптерін төндірмей жүргізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="37"/>
+    <w:bookmarkStart w:name="z18" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. БАЛ АРА ШАРУАШЫЛЫҒЫ САЛАСЫНДАҒЫ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бап. Бал ара шаруашылығы саласындағы уәкілетті мемлекеттік органның құзыреті </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бал ара шаруашылығы саласындағы уәкілетті мемлекеттік орган:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бал ара шаруашылығы саласындағы мемлекеттік саясатты қалыптастыруды және іске асыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z65" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1865,52 +1833,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z66" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z66" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1925,72 +1893,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - 2006.01.10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z67" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z67" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) берілген өкілеттіктер шегінде бал ара шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлеу мен бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z68" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z68" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2005,52 +1973,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - 2006.01.10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z69" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z69" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2065,52 +2033,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - 2006.01.10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z70" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z70" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2125,131 +2093,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - 2006.01.10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z71" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z71" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) бал ара шаруашылығы саласындағы халықаралық ынтымақтастықты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z72" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z72" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) бал араларды қорғау мен молықтыруға бағытталған ғылыми-зерттеулерді ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z73" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z73" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2431,110 +2399,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-1-бап. Облыстардың (республикалық маңызы бар қалалардың, астананың) жергілікті атқарушы органдарының құзыреті </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстардың (республикалық маңызы бар қалалардың, астананың) жергілікті атқарушы органдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="47"/>
+    <w:bookmarkStart w:name="z74" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті әкімшілік-аумақтық бірлік аумағында бал ара шаруашылығының дамуын және қорғалуын бақылауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z75" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z75" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңнамасына сәйкес селекциялық-асыл тұқымдық жұмысты үйлестіруді және бал ара шаруашылығындағы асыл тұқымдық істерді мемлекеттік қолдауды ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z76" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z76" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бал ара шаруашылығы саласында мамандарды даярлау және қайта даярлау жөніндегі қызметті үйлестіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2696,90 +2664,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР 2011.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="50"/>
+    <w:bookmarkStart w:name="z77" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бал аралар ауруларының алдын алу, оларды емдеу, бал ара ұяларының зиянкестеріне қарсы күресу, сондай-ақ балауыз тетіктерін өндіру Қазақстан Республикасының ветеринария туралы заңдарына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z78" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z78" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бал ара шаруашылығымен айналысатын жеке және заңды тұлғалар ветеринария саласындағы уәкілетті орган бекiткен аса қауiптi аурулар тiзбесiне енгiзілген ауруларға қарсы күресу мақсатында ветеринариялық препараттармен қамтамасыз етiлуге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2918,90 +2886,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Бал ара шаруашылығы саласындағы селекциялық-асыл тұқым алу жұмысы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке және заңды тұлғалардың асыл тұқымды бал ара ұяларын өсіру және пайдалану жөніндегі қызметі Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="52"/>
+    <w:bookmarkStart w:name="z79" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бал араларының тұқымдарын сақтау және жақсарту мақсатында жеке және заңды тұлғалар бал аралар мекендейтін ареалдарда таза тұқымды асыл тұқымды бал араларын өсірумен және өткізумен айналысатын шаруашылықтарын құра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z80" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z80" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Шаруашылықтардың төңірегінде жеті километр радиуста қорғау учаскелері белгіленеді, олардың аумағына басқа тұқымды бал аралар мен аналық бал араларды, сондай-ақ шығу тегі белгісіз бал аралар мен аналық бал араларды әкелуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3040,80 +3008,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="54"/>
+    <w:bookmarkStart w:name="z23" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ БАЛ АРА ШАРУАШЫЛЫҒЫ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ТУРАЛЫ ЗАҢДАРЫН БҰЗҒАНЫ ҮШІН ЖАУАПКЕРШІЛІК</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-бап. Қазақстан Республикасының бал ара шаруашылығы туралы заңдарын бұзу салдарынан келтірілген зиянды өтеу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3309,55 +3277,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>