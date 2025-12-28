--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dff924e" w14:textId="dff924e">
+    <w:p w14:paraId="bc2ddab" w14:textId="bc2ddab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1021,375 +1021,375 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22) алып тасталды - ҚР 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 112-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 380-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 18.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 126-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1482,51 +1482,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгерту енгізілді - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1935,51 +1935,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2006.01.10. № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r>