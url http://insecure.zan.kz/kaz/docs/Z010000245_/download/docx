--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc2ddab" w14:textId="bc2ddab">
+    <w:p w14:paraId="bacad38" w14:textId="bacad38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -247,1129 +247,1471 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автоматтандырылған өлшеу станциясы – метрологиялық салыстырып тексеруден өткен, фото- және бейнетүсірілімді жүзеге асыратын, автоматты режимде жұмыс істейтін, автомобиль көлігі құралдарының түрін, маркасын, мемлекеттік тіркеу белгісін, салмақтық және габариттік параметрлерін, осьтік жүктемелерін және жүру жылдамдығын тіркейтін сертификатталған арнаулы бақылау-өлшеу техникалық құралдарының, аспаптар мен жабдықтардың зияткерлік көлік жүйесімен интеграцияланған кешені;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z217" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) Автомобиль жолдарын басқару жөніндегі ұлттық оператор (бұдан әрі – Ұлттық оператор) – осы Заңда белгіленген өкілеттіктерді жүзеге асыратын, жарғылық капиталына мемлекет жүз пайыз қатысатын акционерлік қоғам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z217" w:id="2"/>
-[...15 lines deleted...]
-      1-1) Автомобиль жолдарын басқару жөніндегі ұлттық оператор (бұдан әрі – Ұлттық оператор) – осы Заңда белгіленген өкілеттіктерді жүзеге асыратын, жарғылық капиталына мемлекет жүз пайыз қатысатын акционерлік қоғам;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) автомобиль жолдарын басқарушылар – автомобиль жолдарының меншік иелері болып табылатын немесе мемлекеттік тапсырманы орындау шеңберінде шарттардың, мемлекеттік-жекешелік әріптестік шарттарының, мүлікті сенімгерлік басқару, жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз пайдалану шарттарының негізінде шаруашылық жүргізу немесе жедел басқару құқығында автомобиль жолдарын басқару жөніндегі қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z316" w:id="3"/>
-[...15 lines deleted...]
-      1-2) автомобиль жолдарын басқарушылар – автомобиль жолдарының меншік иелері болып табылатын немесе мемлекеттік тапсырманы орындау шеңберінде шарттардың, мемлекеттік-жекешелік әріптестік шарттарының, мүлікті сенімгерлік басқару, жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз пайдалану шарттарының негізінде шаруашылық жүргізу немесе жедел басқару құқығында автомобиль жолдарын басқару жөніндегі қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автомобиль жолдарын пайдаланушылар – жол қозғалысына қатысушылар болып табылатын немесе автомобиль жолдарына бөлiнген белдеу мен жол бойындағы белдеу шегiнде өзге де қызметтi жүзеге асыратын жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z41" w:id="4"/>
-[...15 lines deleted...]
-      2) автомобиль жолдарын пайдаланушылар – жол қозғалысына қатысушылар болып табылатын немесе автомобиль жолдарына бөлiнген белдеу мен жол бойындағы белдеу шегiнде өзге де қызметтi жүзеге асыратын жеке және заңды тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) автомобиль жолы – автомобильдердiң және басқа да көлiк құралдарының белгiленген жылдамдықпен, жүктемелермен, габаритпен үздiксiз, қауiпсiз жүрiсiн қамтамасыз ететiн, автомобильдер жүрiсiне арналған инженерлiк құрылыстар кешенi, сондай-ақ осы кешендi орналастыру үшiн берiлген жер учаскелерi (көлiк жерлерi) және олардың үстiндегi белгiленген габарит шегiндегi әуе кеңiстiгi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z42" w:id="5"/>
-[...15 lines deleted...]
-      3) автомобиль жолы – автомобильдердiң және басқа да көлiк құралдарының белгiленген жылдамдықпен, жүктемелермен, габаритпен үздiксiз, қауiпсiз жүрiсiн қамтамасыз ететiн, автомобильдер жүрiсiне арналған инженерлiк құрылыстар кешенi, сондай-ақ осы кешендi орналастыру үшiн берiлген жер учаскелерi (көлiк жерлерi) және олардың үстiндегi белгiленген габарит шегiндегi әуе кеңiстiгi;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) автомобиль жолын ағымдағы жөндеу - маршруттық тәсілмен орындалатын, бұзылған учаскелерді жөндеу жөніндегі іс-шараларды қоса алғанда, бүкіл жыл бойы жүргізілетін, автомобиль жолдарында авариялық жағдайлар, ақаулар туындауының алдын алу, сондай-ақ автомобиль жолын шұғыл қалпына келтіру және жөндеу тәртібімен орындалатын жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z43" w:id="6"/>
-[...15 lines deleted...]
-      4) автомобиль жолын ағымдағы жөндеу - маршруттық тәсілмен орындалатын, бұзылған учаскелерді жөндеу жөніндегі іс-шараларды қоса алғанда, бүкіл жыл бойы жүргізілетін, автомобиль жолдарында авариялық жағдайлар, ақаулар туындауының алдын алу, сондай-ақ автомобиль жолын шұғыл қалпына келтіру және жөндеу тәртібімен орындалатын жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) автомобиль жолын жөндеу – ағымдағы, орташа және күрделі жөндеулерді қамтитын, автомобиль жолы ақауларының алдын алу және оларды жою, сондай-ақ көліктік-пайдалану сапаларын қалпына келтіру және жақсарту жөніндегі жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z44" w:id="7"/>
-[...15 lines deleted...]
-      5) автомобиль жолын жөндеу – ағымдағы, орташа және күрделі жөндеулерді қамтитын, автомобиль жолы ақауларының алдын алу және оларды жою, сондай-ақ көліктік-пайдалану сапаларын қалпына келтіру және жақсарту жөніндегі жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) автомобиль жолын күрделі жөндеу – қолданыстағы техникалық санатын өзгертпей, автомобиль жолының көліктік-пайдалану сипаттамаларын қалпына келтіру және (немесе) жақсарту жөніндегі жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z45" w:id="8"/>
-[...15 lines deleted...]
-      6) автомобиль жолын күрделі жөндеу – қолданыстағы техникалық санатын өзгертпей, автомобиль жолының көліктік-пайдалану сипаттамаларын қалпына келтіру және (немесе) жақсарту жөніндегі жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) автомобиль жолын күтіп ұстау – автомобиль жолын тиісті техникалық жай-күйде ұстау, оның техникалық жай-күйін бағалау жөніндегі, сондай-ақ жолда жүру қауіпсіздігін ұйымдастыру және қамтамасыз ету жөніндегі жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z46" w:id="9"/>
-[...15 lines deleted...]
-      7) автомобиль жолын күтіп ұстау – автомобиль жолын тиісті техникалық жай-күйде ұстау, оның техникалық жай-күйін бағалау жөніндегі, сондай-ақ жолда жүру қауіпсіздігін ұйымдастыру және қамтамасыз ету жөніндегі жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) автомобиль жолын орташа жөндеу – автомобиль жолының бастапқы пайдалану сапаларын және жол құрылыстарын қалпына келтіруге байланысты жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z47" w:id="10"/>
-[...15 lines deleted...]
-      8) автомобиль жолын орташа жөндеу – автомобиль жолының бастапқы пайдалану сапаларын және жол құрылыстарын қалпына келтіруге байланысты жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) автомобиль жолын реконструкциялау – автомобиль жолын немесе оның жекелеген учаскесін неғұрлым жоғары техникалық санатқа ауыстыра отырып, көліктік-пайдалану сапаларын, қозғалыс қауіпсіздігі мен қолайлылығын арттыруды қамтамасыз ететін жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z48" w:id="11"/>
-[...15 lines deleted...]
-      9) автомобиль жолын реконструкциялау – автомобиль жолын немесе оның жекелеген учаскесін неғұрлым жоғары техникалық санатқа ауыстыра отырып, көліктік-пайдалану сапаларын, қозғалыс қауіпсіздігі мен қолайлылығын арттыруды қамтамасыз ететін жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) автомобиль жолының учаскесі (бұдан әрі – жол учаскесі) – автомобиль жолының жалпы ұзындығы шегіндегі жол кесіндісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z218" w:id="12"/>
-[...15 lines deleted...]
-      9-1) автомобиль жолының учаскесі (бұдан әрі – жол учаскесі) – автомобиль жолының жалпы ұзындығы шегіндегі жол кесіндісі;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) автомобиль жолының ұзындығы – километрлiк белгiлер бойынша нақты (жергiлiктi жерде) көрсетiлген, объектiлердiң немесе елдi мекендердiң арасындағы жолдың нақты ұзындығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z49" w:id="13"/>
-[...15 lines deleted...]
-      10) автомобиль жолының ұзындығы – километрлiк белгiлер бойынша нақты (жергiлiктi жерде) көрсетiлген, объектiлердiң немесе елдi мекендердiң арасындағы жолдың нақты ұзындығы;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ақылы автомобиль жолдары (жол учаскелері) – ақылы негізде пайдалану туралы шешім қабылданған және жүріп өту үшін ақы алынатын автомобиль жолдары (жол учаскелері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z50" w:id="14"/>
-[...15 lines deleted...]
-      11) ақылы автомобиль жолдары (жол учаскелері) – ақылы негізде пайдалану туралы шешім қабылданған және жүріп өту үшін ақы алынатын автомобиль жолдары (жол учаскелері);</w:t>
+    <w:bookmarkStart w:name="z285" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) ақылы қозғалысты ұйымдастыру – жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешендерін енгізу және орнату, сондай-ақ ақылы автомобиль жолын басқару арқылы ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту үшін ақы алу жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z285" w:id="15"/>
-[...15 lines deleted...]
-      11-1) ақылы қозғалысты ұйымдастыру – жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешендерін енгізу және орнату, сондай-ақ ақылы автомобиль жолын басқару арқылы ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту үшін ақы алу жөніндегі іс-шаралар;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ауыр салмақты көлiк құралы – толық массасы немесе жүктеменiң оның осi бойынша бөлiнуi осы жол санаты мен ондағы құрылыстар үшiн рұқсат етiлген шектi жүктеме мөлшерiнен асатын, жүгi бар немесе жүксiз көлiк құралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z51" w:id="16"/>
-[...15 lines deleted...]
-      12) ауыр салмақты көлiк құралы – толық массасы немесе жүктеменiң оның осi бойынша бөлiнуi осы жол санаты мен ондағы құрылыстар үшiн рұқсат етiлген шектi жүктеме мөлшерiнен асатын, жүгi бар немесе жүксiз көлiк құралы;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) габариті iрi көлiк құралы – нормативтiк құқықтық актiлерде белгiленген габарит мөлшерiнен асатын, жүгi бар немесе жүксiз көлiк құралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z52" w:id="17"/>
-[...15 lines deleted...]
-      13) габариті iрi көлiк құралы – нормативтiк құқықтық актiлерде белгiленген габарит мөлшерiнен асатын, жүгi бар немесе жүксiз көлiк құралы;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) жол активтері – нақты көліктік-пайдалану жай-күйі мен құн бағасы ескерілген автомобиль жолдары мен ондағы құрылысжайлар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z295" w:id="18"/>
-[...15 lines deleted...]
-      13-1) жол активтері – нақты көліктік-пайдалану жай-күйі мен құн бағасы ескерілген автомобиль жолдары мен ондағы құрылысжайлар;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) жол активтерін басқару – автомобиль жолдарын жөндеуге және күтіп-ұстауға бюджет шығыстарын тиімді жоспарлауға бағытталған, жол активтерінің диагностикасы және аспаптық зерттеп-қарау, сондай-ақ жол инфрақұрылымы қауіпсіздігінің мониторингі жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z296" w:id="19"/>
-[...15 lines deleted...]
-      13-2) жол активтерін басқару – автомобиль жолдарын жөндеуге және күтіп-ұстауға бюджет шығыстарын тиімді жоспарлауға бағытталған, жол активтерінің диагностикасы және аспаптық зерттеп-қарау, сондай-ақ жол инфрақұрылымы қауіпсіздігінің мониторингі жөніндегі қызмет;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) Жол активтерінің сапасы ұлттық орталығы – жұмыстар мен материалдардың сапасына сараптама жүргізу, жол активтерін басқару, халықаралық және республикалық маңызы бар автомобиль жолдарында жұмылдыру дайындығын ұйымдастыру жөніндегі функциялар, сондай-ақ автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттамаға ведомстволық сараптама жүргізу, жаңа технологияларды енгізу және тәжірибелік учаскелерді қолдау жөніндегі функциялар жүктелген, автомобиль жолдары жөніндегі уәкілетті мемлекеттік органның қарамағындағы заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z297" w:id="20"/>
-[...15 lines deleted...]
-      13-3) Жол активтерінің сапасы ұлттық орталығы – жұмыстар мен материалдардың сапасына сараптама жүргізу, жол активтерін басқару, халықаралық және республикалық маңызы бар автомобиль жолдарында жұмылдыру дайындығын ұйымдастыру жөніндегі функциялар, сондай-ақ автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттамаға ведомстволық сараптама жүргізу, жаңа технологияларды енгізу және тәжірибелік учаскелерді қолдау жөніндегі функциялар жүктелген, автомобиль жолдары жөніндегі уәкілетті мемлекеттік органның қарамағындағы заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жол бойындағы белдеулер – көлiк жүрісін және халықтың қауiпсiздiгiн қамтамасыз ету үшiн шекарасында жер пайдаланудың ерекше шарттары белгiленетiн, автомобиль жолдарына бөлiнген белдеуге жалғасып жатқан жер учаскелерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z53" w:id="21"/>
-[...15 lines deleted...]
-      14) жол бойындағы белдеулер – көлiк жүрісін және халықтың қауiпсiздiгiн қамтамасыз ету үшiн шекарасында жер пайдаланудың ерекше шарттары белгiленетiн, автомобиль жолдарына бөлiнген белдеуге жалғасып жатқан жер учаскелерi;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) жол бойындағы сервис объектілері – жол бойындағы белдеуде орналасқан және жол жүрісіне қатысушыларға жүру жолында қызмет көрсетуге арналған ғимараттар мен құрылысжайлар (мотельдер, қонақүйлер, кемпингтер, техникалық қызмет көрсету станциялары, автожанармай құю станциялары, электрқуаттау станциялары, тамақтану, сауда, байланыс, медициналық көмек пункттері, сыртқы (көрнекі) жарнама объектілері және өзге де қызметтер көрсету объектілері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z313" w:id="22"/>
-[...15 lines deleted...]
-      14-1) жол бойындағы сервис объектілері – жол бойындағы белдеуде орналасқан және жол жүрісіне қатысушыларға жүру жолында қызмет көрсетуге арналған ғимараттар мен құрылысжайлар (мотельдер, қонақүйлер, кемпингтер, техникалық қызмет көрсету станциялары, автожанармай құю станциялары, электрқуаттау станциялары, тамақтану, сауда, байланыс, медициналық көмек пункттері, сыртқы (көрнекі) жарнама объектілері және өзге де қызметтер көрсету объектілері);</w:t>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жолға бөлiнген белдеу – автомобиль жолдары алып жатқан, автомобиль жолының тиiстi құрастырмалы элементтерi мен инженерлiк құрылыстарын, сондай-ақ оларды пайдалану үшiн қажеттi ғимараттарды, құрылыстарды, қорғаныштық және әсемдiк орман екпелерiн отырғызуға және жол байланысы құрылғыларын орналастыруға арналған көлiк жерлерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z54" w:id="23"/>
-[...15 lines deleted...]
-      15) жолға бөлiнген белдеу – автомобиль жолдары алып жатқан, автомобиль жолының тиiстi құрастырмалы элементтерi мен инженерлiк құрылыстарын, сондай-ақ оларды пайдалану үшiн қажеттi ғимараттарды, құрылыстарды, қорғаныштық және әсемдiк орман екпелерiн отырғызуға және жол байланысы құрылғыларын орналастыруға арналған көлiк жерлерi;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1) жол дерекқоры – автомобиль жолдары жөніндегі уәкілетті мемлекеттік органның автомобиль жолдарын пайдаланушылар үшін ашық, автомобиль жолдарының көліктік-пайдалану жай-күйі туралы ақпаратты қамтитын ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z299" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-2) жол инфрақұрылымы қауіпсіздігінің мониторингі – автомобиль жолдарының қолданыстағы жол инфрақұрылымының қауіпсіз жұмыс істеуін, оларды ұстап-тұру және жақсартуды қамтамасыз етуге бағытталған іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z298" w:id="24"/>
-[...15 lines deleted...]
-      15-1) жол дерекқоры – автомобиль жолдары жөніндегі уәкілетті мемлекеттік органның автомобиль жолдарын пайдаланушылар үшін ашық, автомобиль жолдарының көліктік-пайдалану жай-күйі туралы ақпаратты қамтитын ақпараттық жүйесі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-3) жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасы – жол органының жол-құрылыс материалдары мен жаңа технологиялар жөніндегі ақпаратты қамтитын ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) жол қызметі – автомобиль жолдары мен олардағы құрылысжайларды жобалау, салу, реконструкциялау мен жөндеу, күтіп-ұстау және пайдалану, жол активтерін басқару, сондай-ақ ақылы жол жүрісін ұйымдастыру жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z299" w:id="25"/>
-[...15 lines deleted...]
-      15-2) жол инфрақұрылымы қауіпсіздігінің мониторингі – автомобиль жолдарының қолданыстағы жол инфрақұрылымының қауіпсіз жұмыс істеуін, оларды ұстап-тұру және жақсартуды қамтамасыз етуге бағытталған іс-шаралар кешені;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) жол қызметiн басқару – жолдардағы қозғалысты ұйымдастыруға және қауiпсiздiк пен қолайлылықты қамтамасыз етуге, автомобиль жолдары мен құрылыстардың көлiктiк-пайдалану жай-күйiн арттыруға, оларды қорғау тәртiбiн қамтамасыз етуге, ұлттық стандарттар мен озық технологияларды енгiзу негiзiнде автомобиль жолдарын жобалауды, салуды, реконструкциялауды, жөндеудi, күтiп ұстауды және пайдалануды ұйымдастыруға бағытталған iс-шаралар кешенi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z327" w:id="26"/>
-[...15 lines deleted...]
-      15-3) жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасы – жол органының жол-құрылыс материалдары мен жаңа технологиялар жөніндегі ақпаратты қамтитын ақпараттық жүйесі;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) жол қызметінің объектілері – жол-пайдалану кешендері, пайдалану қызметінің жұмыскерлеріне арналған тұрғын үйлер, автобус аялдамалары, павильондар, демалыс алаңдары, автомобильдердің аз уақытқа аялдауына арналған алаңдар, автомобильдерді техникалық қарауға арналған құрылғылар, жол қозғалысының қауіпсіздігін қамтамасыз етуге арналған құрылыстар мен құрылғылар, орман белдеулері, көпірлерге қызмет көрсету және оларды күзету пункттері, технологиялық және авариялық-шақыру байланысының құрылғылары, жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z177" w:id="27"/>
-[...15 lines deleted...]
-      16) жол қызметі – автомобиль жолдары мен олардағы құрылысжайларды жобалау, салу, реконструкциялау мен жөндеу, күтіп-ұстау және пайдалану, жол активтерін басқару, сондай-ақ ақылы жол жүрісін ұйымдастыру жөніндегі қызмет;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жол органы – жалпыға ортақ пайдаланылатын мемлекеттiк автомобиль жолдарын басқаруды жүзеге асыратын автомобиль жолдары жөнiндегi уәкiлеттi мемлекеттiк орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z178" w:id="28"/>
-[...15 lines deleted...]
-      17) жол қызметiн басқару – жолдардағы қозғалысты ұйымдастыруға және қауiпсiздiк пен қолайлылықты қамтамасыз етуге, автомобиль жолдары мен құрылыстардың көлiктiк-пайдалану жай-күйiн арттыруға, оларды қорғау тәртiбiн қамтамасыз етуге, ұлттық стандарттар мен озық технологияларды енгiзу негiзiнде автомобиль жолдарын жобалауды, салуды, реконструкциялауды, жөндеудi, күтiп ұстауды және пайдалануды ұйымдастыруға бағытталған iс-шаралар кешенi;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1) жұмыстар мен материалдардың сапасына сараптама – автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау кезіндегі техникалық зерттеп-қарау жөніндегі сараптама жұмыстарының түрі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z179" w:id="29"/>
-[...15 lines deleted...]
-      18) жол қызметінің объектілері – жол-пайдалану кешендері, пайдалану қызметінің жұмыскерлеріне арналған тұрғын үйлер, автобус аялдамалары, павильондар, демалыс алаңдары, автомобильдердің аз уақытқа аялдауына арналған алаңдар, автомобильдерді техникалық қарауға арналған құрылғылар, жол қозғалысының қауіпсіздігін қамтамасыз етуге арналған құрылыстар мен құрылғылар, орман белдеулері, көпірлерге қызмет көрсету және оларды күзету пункттері, технологиялық және авариялық-шақыру байланысының құрылғылары, жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешені;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) алып тасталды - ҚР 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешені – жүріп өту үшін ақы алуға арналған, автомобиль жолы жабдығының, бағдарламалық жасақтамасының және элементтерінің жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z180" w:id="30"/>
-[...15 lines deleted...]
-      19) жол органы – жалпыға ортақ пайдаланылатын мемлекеттiк автомобиль жолдарын басқаруды жүзеге асыратын автомобиль жолдары жөнiндегi уәкiлеттi мемлекеттiк орган;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) көше (көшенiң көлiк жүретiн бөлiгi) – елдi мекендер шекарасының шегiндегi автомобиль жолы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z317" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20) алып тасталды - ҚР 19.04.2019 </w:t>
+        <w:t xml:space="preserve">22) алып тасталды - ҚР 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...294 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 18.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 126-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -1430,70 +1772,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының автомобиль жолдары туралы заңдары Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізделеді және осы Заңнан, Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="34"/>
+    <w:bookmarkStart w:name="z57" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасы бекіткен халықаралық шарттарда осы Заңда көзделгеннен өзгеше ережелер белгіленсе, онда халықаралық шарттардың ережелері қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1547,111 +1889,111 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3-бап. Автомобиль жолдарының жіктелімі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының автомобиль жолдары жалпыға ортақ пайдаланылатын автомобиль жолдары, шаруашылық автомобиль жолдары, сондай-ақ елді мекендердің көшелері болып бөлінеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="35"/>
+    <w:bookmarkStart w:name="z58" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жалпыға ортақ пайдаланылатын автомобиль жолдары өздерінің маңызы бойынша халықаралық, республикалық, облыстық және аудандық маңызы бар жолдар болып бөлінеді: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z59" w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) халықаралық маңызы бар автомобиль жолдарына көршілес мемлекеттердің астаналарын жалғастырып жатқан, сондай-ақ мемлекетаралық келісімдерге сәйкес халықаралық автомобиль жолдары желісіне кіретін автомобиль жолдары жатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z60" w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) республикалық маңызы бар автомобиль жолдарына, осы баптың 1) тармақшасында көрсетілген жолдарды қоспағанда, республиканың және көршілес мемлекеттердің әкімшілік, мәдени және экономикалық орталықтары арасында көлік қатынасын қамтамасыз ететін автомобиль жолдары, сондай-ақ қорғаныстық маңызы бар автомобиль жолдары жатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z61" w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z61" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1666,152 +2008,152 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z62" w:id="39"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z62" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) облыстық маңызы бар автомобиль жолдарына, осы баптың 1) және 2) тармақшаларында көрсетілген жолдарды қоспағанда, республиканың әкімшілік орталықтарын облыс, аудан орталықтарымен және елді мекендерден тыс жердегі туристік қызмет объектілерімен, сондай-ақ аудан орталықтарын республикалық маңызы бар жолдармен жалғастырып жатқан автомобиль жолдары жатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z63" w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z63" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) аудандық маңызы бар автомобиль жолдарына аудан орталықтарын ауылдық елдi мекендермен және елді мекендерден тыс жердегі туристік қызмет объектілерімен жалғастырып жатқан автомобиль жолдары жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z64" w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z64" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Шаруашылық автомобиль жолдарына шаруашылық жүргізуші субъектілердің өндірістік-шаруашылық тасымалдарына қызмет көрсететін, солардың аумағындағы автомобиль жолдары, жалпыға ортақ пайдаланылатын автомобиль жолдарынан оларға кірме жолдар, ауыл шаруашылық ұйымдарының шаруашылық ішіндегі жолдары, қызметтік, патрульдік және жеке меншік автомобиль жолдары жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z65" w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z65" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Елді мекендердің көшелеріне, осы баптың 2-тармағының 1)-4) тармақшаларында көрсетілген жолдарды қоспағанда, тиісті әкімшілік-аумақтық бірлік шегіндегі автомобиль жолдары жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z66" w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Автомобиль жолдары геометриялық параметрлерiне, сондай-ақ жол жүрiсiнiң жиiлiгiне қарай автомобиль жолдары саласындағы техникалық регламенттерге сәйкес жiктеледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z67" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1826,160 +2168,160 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z68" w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z68" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Облыстық маңызы бар автомобиль жолдарының тізбелерін автомобиль жолдары жөніндегі уәкілетті мемлекеттік органмен келісе отырып, облыстың жергілікті атқарушы органдары бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қала көшелерінің тізбесін қаланың жергілікті атқарушы органы бекітеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудандық маңызы бар автомобиль жолдарының тiзбелерiн аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары облыстардың жергілікті атқарушы органдарымен келісім бойынша бекiтедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="46"/>
+    <w:bookmarkStart w:name="z69" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жалпыға ортақ пайдаланылатын автомобиль жолдары, шаруашылық автомобиль жолдары, елді мекендердің көшелері автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган белгілеген тәртіппен мемлекеттік есепке алынуға жатады. Есепке алу деректері автомобиль жолдары жөніндегі уәкілетті мемлекеттік органмен келісу бойынша жарияланатын Қазақстан Республикасы автомобиль жолдарының карталары мен атластарын жасау үшін пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2006.01.10. № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r>
@@ -2095,51 +2437,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2160,51 +2502,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4-бап. Автомобиль жолдарына меншік құқығы және өзге де заттық құқықтар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Автомобиль жолдары мемлекеттік меншікте және жеке меншікте болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2219,112 +2561,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z71" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Жалпыға ортақ пайдаланылатын автомобиль жолдары немесе олардың учаскелері Қазақстан Республикасының мемлекеттік-жекешелік әріптестік саласындағы заңнамасына сәйкес мемлекеттік-жекешелік әріптестік жобасын іске асыру үшін берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z183" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдары немесе олардың учаскелері Қазақстан Республикасының заңды тұлғаларына (несие алушыларға) жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалану шартына сәйкес өтеусіз уақытша пайдалануға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z208" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3. Жалпыға ортақ пайдаланылатын республикалық автомобиль жолдары немесе олардың учаскелері Қазақстан Республикасы Үкіметінің шешімі негізінде мемлекеттік ислам бағалы қағаздарын шығару талаптарына сәйкес оларды кері сатып алу міндеттемесімен мемлекеттік ислам арнайы қаржы компаниясына сатылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z71" w:id="48"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="51"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2339,1126 +2681,1126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z73" w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жеке меншік автомобиль жолдары жеке және заңды тұлғалардың меншігі болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z74" w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Елді мекендердің көшелері тиісті жергілікті атқарушы органдардың қарамағында болады және коммуналдық меншік болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Шаруашылық автомобиль жолдарын жекешелендіру "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына және осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z286" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдары және жол қызметінің объектілері оларды салу, реконструкциялау, жөндеу, ақылы қозғалысты ұйымдастыру үшін Ұлттық операторға сенімгерлік басқаруға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.03.01 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2011.07.22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-бап. Жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын өтеусіз уақытша пайдалануға беру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалануға беру туралы шешімді несие алушы өтінішінің негізінде тиісінше облыстың немесе ауданның жергілікті атқарушы органы (несие беруші) қабылдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z75" w:id="54"/>
-[...15 lines deleted...]
-      6. Шаруашылық автомобиль жолдарын жекешелендіру "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына және осы Заңға сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалану құқығы бес жылға дейінгі мерзімге беріледі. Өз міндеттерін тиісті түрде атқарған несие алушы шарттың мерзімі өткеннен кейін талаптар тең болған өзге жағдайда жаңа мерзімге шарт жасасуға басқа тұлғаларға қарағанда басым құқыққа ие болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z286" w:id="55"/>
-[...15 lines deleted...]
-      7. Жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдары және жол қызметінің объектілері оларды салу, реконструкциялау, жөндеу, ақылы қозғалысты ұйымдастыру үшін Ұлттық операторға сенімгерлік басқаруға берілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жалпыға ортақ пайдаланылатын облыстық немесе аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз пайдалану шартына сәйкес несие алушы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z188" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы заңнамасының талаптарына сәйкес көрсетілген автомобиль жолдарын жарамды техникалық жай-күйде ұстауға және оларға жөндеу жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z189" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз есебінен жалпы қауіпсіздік талаптарын сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z190" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оның өн бойында көлік құралдары қозғалысының жол берілетін жылдамдық режимін қамтамасыз ете отырып, кедергісіз, қауіпсіз, тегін жол жүруді қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z191" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Облыстық немесе аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын реконструкциялау және жөндеу жөніндегі жұмыстарды жүргізуге жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның келісуімен облыстың немесе ауданның жергілікті атқарушы органы берген рұқсат болған кезде жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z192" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Облыстық немесе аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалануға беру автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган бекіткен үлгі шарттың негізінде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, 2010.12.28 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 4-1-баппен толықтырылды - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.03.01 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бап. Ақылы автомобиль жолдары (жол учаскелері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасында осы Заңда немесе Қазақстан Республикасының мемлекеттік-жекешелік әріптестік саласындағы заңнамасында белгіленген тәртіппен ақылы автомобиль жолдары (жол учаскелері, көпірлер, өткерме жолдар) салынуы мүмкін. Ақылы автомобиль жолдарының (жол учаскелерінің) салынуы мен пайдаланылуын бақылауды автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жолдың бүкіл ұзындығы бойында көлік қозғалысының жоғары, қауіпсіз жылдамдығы қамтамасыз етіле отырып, жүріп өтудің жоғары сапада болу шарты орындалған кезде автомобиль жолдарымен (жол учаскелерімен) жүріп өту үшін ақы төлеу енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ақылы автомобиль жолдары (жол учаскелері) республикалық және жергілікті бюджеттердің қаражаты, Ұлттық оператордың тартқан қаражаты, жеке және заңды тұлғалардың меншікті және (немесе) қарыз қаражаты есебінен немесе мемлекеттік-жекешелік әріптестік шарттарының негізінде салынуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпыға ортақ пайдаланылатын республикалық маңызы бар автомобиль жолы (жол учаскесі) ақылы қозғалысты ұйымдастыру үшін Қазақстан Республикасының заңнамасында белгіленген тәртіппен Ұлттық операторға немесе автомобиль жолдарын өзге басқарушыларға сенімгерлік басқаруға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпыға ортақ пайдаланылатын республикалық маңызы бар ақылы автомобиль жолымен (жол учаскесімен) жүріп өту үшін ақы автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган айқындайтын тәртіппен және мөлшерлемелер бойынша алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ақылы автомобиль жолымен (жол учаскесімен) жүріп өту Қазақстан Республикасының заңнамасында белгіленген тәртіппен автомобиль жолын (жол учаскесін) пайдаланушының Ұлттық оператормен немесе автомобиль жолдарын өзге басқарушылармен жасасқан шарты негізінде жүзеге асырылады. Ақылы автомобиль жолына (жол учаскесіне) кірген кез шартты жасасу кезі болып табылады. Ұлттық оператор немесе автомобиль жолдарын өзге басқарушылар мен ақылы автомобиль жолдарын (жол учаскелерін) пайдаланушылар арасындағы ақылы автомобиль жолдарын (жол учаскелерін) пайдалануға арналған шарт Қазақстан Республикасының заңнамасында белгіленген тәртіппен жария болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z214" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту үшін ақы алудан түскен ақша, мемлекеттік-жекешелік әріптестік шарты негізінде алынатын ақшаны қоспағанда, Ұлттық оператордың жеке шотында есепке алынады және мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақылы автомобиль жолдарын (жол учаскелерін) жөндеуге және күтіп-ұстауға, жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешенін күтіп-ұстауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жүріп өту үшін ақы алудың бағдарламалық-аппараттық кешенін енгізу және орнату мақсаты үшін тартылған инвестицияларды қайтаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) автомобиль жолдарында (жол учаскелерінде) ақылы қозғалысты ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ақылы автомобиль жолдарын (жол учаскелерін) күтіп-ұстау үшін жол-пайдалану техникасын сатып алуға және оған қызмет көрсетуге байланысты шығыстарды қаржыландыруға бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 3) және 4) тармақшаларында көрсетілген мақсаттарға бағытталатын шығыстар, осы тармақтың бірінші бөлігінің 1) және 2) тармақшаларында көрсетілген шығыстарды өтеп болғаннан кейін жүріп өту үшін ақыдан алынған ақша есебінен өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ақылы автомобиль жолдарын (жол учаскелерін) салу үшін Қазақстан Республикасының заңнамалық актілерінде тыйым салынбаған кез келген қаржыландыру көздері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z216" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жергілікті атқарушы органдарға автомобиль жолдарын пайдаланушылардан алынатын, қолданылуы Қазақстан Республикасының заңдарында көзделмеген және жүктерді алып өту мен жолаушылардың еркін жүріп-тұруын тікелей немесе жанама түрде шектейтін салықтар, алымдар және төлемдер белгілеуіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-бап жаңа редакцияда - ҚР 02.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 380-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 29.12.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...781 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
@@ -4026,90 +4368,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-2-баптың тақырыбы жаңа редакцияда - ҚР 31.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 380-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="70"/>
+    <w:bookmarkStart w:name="z318" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ақылы автомобиль жолдарын (учаскелерін) пайдаланғаны үшін ақы төлеуден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z319" w:id="71"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z319" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтік міндеттерін орындаған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жедел медициналық жәрдем ұйымдарының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4225,73 +4567,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес айқындалған, тиісті ақылы автомобиль жолында (учаскесінде) күтіп-ұстауды және техникалық қызмет көрсетуді тікелей жүзеге асыратын жекеше әріптестің;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті органның арнаулы автокөлік құралдары;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z320" w:id="72"/>
+      жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті органның;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық шаруашылығы саласындағы уәкілетті мемлекеттік органның арнаулы автокөлік құралдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қала маңындағы қатынастарда және ақылы автомобиль жолына (жол учаскесіне) іргелес елді мекендерді: кенттерді, ауылдарды аудан немесе облыс орталықтарымен, астанамен немесе республикалық маңызы бар қалалармен қосатын қатынастарда жолаушылар мен багажды тұрақты тасымалдауды жүзеге асыратын автобустар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ақылы автомобиль жолына іргелес аудандардың аталған әкімшілік-аумақтық бірлік аумағында белгіленген тәртіппен тіркелген автобустары бір аудан шегінде жүріп-тұру үшін; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4320,70 +4680,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақылы автомобиль жолына іргелес аудандардың жеке және заңды тұлғаларының аталған әкімшілік-аумақтық бірлік аумағында белгіленген тәртіппен тіркелген жеңіл автомобильдері бір аудан шегінде жүріп-тұру үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Ұлы Отан соғысы ардагерлерінің жеңіл автомобильдері босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="73"/>
+    <w:bookmarkStart w:name="z260" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік-жекешелік әріптестік шарты негізінде салынған (реконструкцияланған) және пайдаланылатын ақылы автомобиль жолдарын (жол учаскелерін) пайдаланғаны үшін төлемақыдан осы баптың 1-тармағының 2) тармақшасында көзделген автокөлік құралдары босатылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4532,131 +4892,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
@@ -4665,50 +5025,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4717,90 +5117,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-3-бап. Ақылы автомобиль жолын (жол учаскесін) пайдалануды тоқтату және тоқтата тұру</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ақылы автомобиль жолын (жол учаскесін) пайдалануды тоқтату автомобиль жолын (жол учаскесін) ақылы негізде пайдалану туралы шешімде көрсетілген мерзім аяқталғаннан кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="74"/>
+    <w:bookmarkStart w:name="z221" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ақылы автомобиль жолын (жол учаскесін) пайдалануды тоқтата тұру соғыс немесе төтенше жағдай кезеңінде, сондай-ақ экологиялық, табиғи немесе техногендік сипаттағы төтенше жағдай туындаған жағдайларда белгілі бір мерзімге жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z222" w:id="75"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z222" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ақылы автомобиль жолын (жол учаскесін) пайдалануды тоқтата тұру туралы шешімді автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган осы баптың 2-тармағында көрсетілген мән-жайлар туындаған кезден бастап қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4932,70 +5332,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының жалпыға ортақ пайдаланылатын барлық автомобиль жолдарының атауы мен индексі болуға тиіс. Автомобиль жолдарының атауына - бастапқы және соңғы елді мекеннің, ал қажет болған жағдайда аралық мекендердің атауы кіреді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Автомобиль жолдарының индексі латын әліпбиінің әріптерінен және цифрлар тобынан тұрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Автомобиль жолдарының атаулары мен индекстері автомобиль жолдарының карталары мен атластарында, сондай-ақ арнаулы белгілер және таңбалар қою арқылы автомобиль жолында көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағы арқылы өтетін халықаралық автомобиль жолдарының атаулары мен индекстері халықаралық келісімдермен белгіленеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5006,70 +5406,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалпыға ортақ пайдаланылатын облыстық маңызы бар автомобиль жолдарының атаулары мен индекстерiн облыстардың жергілікті атқарушы органдары автомобиль жолдары жөніндегі уәкілетті мемлекеттік органмен келісім бойынша бекiтедi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалпыға ортақ пайдаланылатын аудандық маңызы бар автомобиль жолдарының атаулары мен индекстерiн аудандардың жергілікті атқарушы органдары облыстардың жергілікті атқарушы органдарымен келісім бойынша бекiтедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="77"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Республикалық, облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының қашықтығы бастапқы және соңғы елді мекендер аралығымен есептеледі. Жалпыға ортақ пайдаланылатын автомобиль жолдарының километрін есептеу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының астанасынан шығатын автомобиль жолдары үшін - Қазақстан Республикасы Парламентінің үйінен; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5236,183 +5636,183 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="78"/>
+    <w:bookmarkStart w:name="z8" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. АВТОМОБИЛЬ ЖОЛДАРЫНЫҢ ЖЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7-бап. Автомобиль жолдарын орналастыру үшін жер беру </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалпыға ортақ пайдаланылатын автомобиль жолдарын салу және күтіп-ұстау үшін жер пайдаланушыларға автомобиль жолының санатына қарай белгіленген нормалар негізінде жолға бөлінген белдеу үшін жер және жобалау құжаттамасына сәйкес жол бойындағы белдеу учаскелері беріледі. Мемлекеттік-жекешелік әріптестік жобасын іске асыру үшін немесе Ұлттық операторға сенімгерлік басқаруға берілген автомобиль жолдарын немесе олардың учаскелерін қоса алғанда, жалпыға ортақ пайдаланылатын автомобиль жолдарының қажеттеріне арналған жер Қазақстан Республикасының заңнамасында белгіленген тәртіппен жол органына – жерді тұрақты пайдалануға, автомобиль жолдарын салуды, реконструкциялау мен жөндеуді жүзеге асыратын қызмет көрсетушілерге жерді уақытша пайдалануға бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жобаланатын жалпыға ортақ пайдаланылатын автомобиль жолдарына бөлінген белдеудің мөлшері жалпыға ортақ пайдаланылатын автомобиль жолдары үшін жер бөлу нормаларына сәйкес оның санатына байланысты белгіленеді, атап айтқанда: I техникалық санаттағы жолдар үшін - жолдардың осінен 35 метрден, II техникалық санаттағы жолдар үшін - 20 метрден, III техникалық санаттағы жолдар үшін - 15 метрден, IV техникалық санаттағы жолдар үшін - 13 метрден, V техникалық санаттағы жолдар үшін - 12 метрден болып белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жалпыға ортақ пайдаланылатын автомобиль жолдарына арналған жерлер тиісті жергілікті атқарушы органның шешімімен беріледі және оны жергілікті жерде жер қатынастары жөніндегі уәкілетті органдар бөледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жалпыға ортақ пайдаланылатын автомобиль жолдары алып жатқан жерлер (Қазақстан Республикасы Үкіметінің шешімі бойынша мемлекеттік ислам арнайы қаржы компаниясына сатылған жерлерді қоспағанда) мемлекеттік меншікке жатады, бөлінбейді және жеке меншікке берілмеуге тиіс. Жалпыға ортақ пайдаланылатын автомобиль жолдарының жерінде, осы жерлерді пайдаланудың белгіленген келісу тәртібін бұза отырып салынған кез келген құрылыстар заңсыз деп танылады және заңдарда белгіленген тәртіппен оларды өз еркімен құрылыс салуды жүзеге асырған тұлға бұзады не соның есебінен бұзылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Шаруашылық және жеке меншік автомобиль жолдары үшін жерлер Қазақстан Республикасының жер туралы заңдарында белгіленген тәртіппен беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5646,992 +6046,992 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8-бап. Жол бойындағы белдеулер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жол бойындағы белдеулер халықтың қауіпсіздігін қамтамасыз ету үшін және жол жүрісі қауіпсіздігі талаптарын, сондай-ақ оларды реконструкциялауды, жөндеуді және күтіп ұстауды, жол инфрақұрылымдарының объектілерін орналастыруды жүзеге асыру мүмкіншілігін ескере отырып, автомобиль жолдарын пайдалануға жағдай жасау үшін белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жалпыға ортақ пайдаланылатын халықаралық және республикалық автомобиль жолдары үшін жол бойындағы белдеудің ені жолға бөлінген белдеудің шекарасынан есептегенде әрбір жағынан 50 метрден кем болмауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыстық және аудандық маңызы бар, жалпыға ортақ пайдаланылатын автомобиль жолдары үшін жолдың әрбір жағынан жол бойы белдеуінің ені жолға бөлінген белдеудің шекарасынан есептегенде 40 метрден кем болмауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жол қызметi мен жол бойындағы сервис объектiлерiн қоспағанда, жалпыға ортақ пайдаланылатын автомобиль жолының жол бойындағы белдеуінде ғимараттар мен құрылысжайлар салуға тыйым салынады. Жол бойындағы сервис объектілерін салу ұлттық стандарттарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жол бойындағы сервис объектілерін жол бойындағы белдеулерге немесе объектілерді олардың шегінен тыс жерлерде, егер оған кіру үшін кірме жолдар қажет болса, орналастыру үшін жер учаскелерін беру туралы шешімдерді тиісті жергілікті атқарушы орган Ұлттық оператормен келісу бойынша белгіленген тәртіппен қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісу тәртібі Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі туралы заңнамасына сәйкес бекітілген құрылыс салудың үлгілік қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Жалпыға ортақ пайдаланылатын автомобиль жолдарының бойындағы белдеулерде орналасқан кірме жолдарды (құлама жолдарды, қосылған жолдарды) және басқа объектілерді жайғастыру, жөндеу және күтіп ұстау жөніндегі шығыстарды осы объектілердің иелері көтереді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2006.01.10. № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгiзiледi), 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.12.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 152-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2014 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-бап. Автомобиль жолдарына бөлінген белдеуді пайдалану тәртібі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпыға ортақ пайдаланылатын автомобиль жолдарына бөлінген белдеудің жері жол органдарының немесе өзге тұлғалардың иелігінде және пайдалануында болады және автомобиль жолдарын дамытуға, абаттандыруға және олардың қауіпсіздігін қамтамасыз етуге ғана арналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жол қызметі, сыртқы (көрнекі) жарнама объектілерін, полиция, санитариялық-эпидемиологиялық бақылау, кедендік, шекаралық, көліктік бақылау бекеттерін, ветеринариялық және фитосанитариялық бақылау бекеттерін, ұялы немесе спутниктік байланыс жабдығына арналған антенна-діңгекті құрылысжайларды және (немесе) тіреуіштерді, талшықты-оптикалық байланыс желілерін, автоматтандырылған өлшеу станцияларын қоспағанда, жалпыға ортақ пайдаланылатын автомобиль жолы бойынан бөлiнген белдеу шегінде ғимараттар мен құрылысжайлар салуға, сондай-ақ инженерлік коммуникациялар тартуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық, республикалық, облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын реконструкциялау жөніндегі жұмыстар жүргізілген кезде ұялы немесе спутниктік байланыс жабдығына арналған антенна-діңгекті құрылыстардың және (немесе) тіреуіштердің иелері оларды ауыстыруды өз қаражаты есебінен қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінің жер учаскелері жолдың көліктік-пайдалану сапаларының төмендеуіне жол бермеу, көлік құралдарының жол жүрісі қауіпсіздігі және қоршаған ортаны қорғау талаптарын сақтау шарттарымен сыртқы (көрнекі) жарнама объектілерін орналастыру үшін Қазақстан Республикасының заңнамасында белгіленген тәртіппен уақытша ұзақ мерзімді жер пайдалануға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда - ҚР 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); 02.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Жалпыға ортақ пайдаланылатын автомобиль жолдарының бойында сыртқы (көрнекі) жарнаманы орналастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінде сыртқы (көрнекі) жарнама Қазақстан Республикасының жарнама туралы заңнамасында көзделген тәртіппен орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бөлiнген белдеудiң шекараларында орнатылатын сыртқы (көрнекi) жарнама объектілері, өзге де ақпараттық белгiлер мен нұсқағыштар Қазақстан Республикасының заңнамасына сәйкес орындалуға және орнатылуға тиiс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2006.01.10. № </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгiзiледi), 2010.12.28 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда - ҚР 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.12.2013 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді 05.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 152-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2014 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z13" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...38 lines deleted...]
-      2. Жол қызметі, сыртқы (көрнекі) жарнама объектілерін, полиция, санитариялық-эпидемиологиялық бақылау, кедендік, шекаралық, көліктік бақылау бекеттерін, ветеринариялық және фитосанитариялық бақылау бекеттерін, ұялы немесе спутниктік байланыс жабдығына арналған антенна-діңгекті құрылысжайларды және (немесе) тіреуіштерді, талшықты-оптикалық байланыс желілерін, автоматтандырылған өлшеу станцияларын қоспағанда, жалпыға ортақ пайдаланылатын автомобиль жолы бойынан бөлiнген белдеу шегінде ғимараттар мен құрылысжайлар салуға, сондай-ақ инженерлік коммуникациялар тартуға тыйым салынады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. АВТОМОБИЛЬ ЖОЛДАРЫН МЕМЛЕКЕТТІК РЕТТЕУ ЖӘНЕ БАСҚАРУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...567 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-бап. Қазақстан Республикасы Үкіметінің автомобиль жолдары мен жол қызметі саласындағы құзыретi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6685,101 +7085,101 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) орталық және жергілікті атқарушы органдардың автомобиль жолдары мен жол қызметі саласындағы қызметіне жалпы басшылық жасау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z96" w:id="92"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6794,52 +7194,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z97" w:id="93"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6854,52 +7254,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z98" w:id="94"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6914,52 +7314,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z209" w:id="95"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z209" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6974,51 +7374,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7047,51 +7447,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7106,92 +7506,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z197" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z197" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z198" w:id="98"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z198" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7206,52 +7606,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z223" w:id="99"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z223" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7266,72 +7666,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z224" w:id="100"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z224" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) Ұлттық операторды және Жол активтерінің сапасы ұлттық орталығын құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z225" w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z225" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7346,51 +7746,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7409,151 +7809,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-5) мемлекеттік ислам бағалы қағаздарын шығару туралы шешімдерді қабылдау, олардың негізінде жалпыға ортақ пайдаланылатын республикалық автомобиль жолдарын немесе олардың учаскелерін мемлекеттік ислам бағалы қағаздарын шығару талаптарына сәйкес оларды кері сатып алу міндеттемесімен мемлекеттік ислам арнайы қаржы компаниясының меншігіне сату жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="102"/>
+    <w:bookmarkStart w:name="z199" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының Конституциясында, осы Заңда, өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап қолданысқа енгiзiледi), 2006.07.07 № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>168</w:t>
       </w:r>
       <w:r>
@@ -7569,71 +7969,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2009.07.17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -7789,51 +8189,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
@@ -7894,333 +8294,333 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алып тасталды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="103"/>
+    <w:bookmarkStart w:name="z101" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Автомобиль жолдары жөнiндегi уәкілетті мемлекеттік органның қарауына: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автомобиль жолдары және жол қызметі саласындағы бірыңғай мемлекеттік және ғылыми-техникалық саясатты қалыптастыру және іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z212" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) автомобиль жолдары және жол қызметі саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z324" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) Қазақстан Республикасының аумағында автомобиль жолдары және жол қызметі саласындағы бірыңғай мемлекеттік саясатты үйлестіру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:p>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="107"/>
+    <w:bookmarkStart w:name="z103" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жалпыға ортақ пайдаланылатын автомобиль жолдарын мемлекеттік есепке алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z104" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z104" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Республикасының заңдарына сәйкес жол саласын қаржыландыру көздері мен мөлшерін анықтау жөнінде ұсыныстар әзірлеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z105" w:id="109"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z105" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасының экономикасы мен қорғаныс қабілетін нығайту міндеттеріне сәйкес жалпыға ортақ пайдаланылатын автомобиль жолдарын дамытуды мемлекеттік жоспарлау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z106" w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z106" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) автомобиль жолдарын дамыту және пайдалану бөлігінде Қазақстан Республикасының халықаралық шарттарын жасасуға қатысу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z107" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) меншік нысандарына қарамастан, жол секторының жұмыс істеу тәртібін айқындайтын нормативтік құқықтық актілердің жобаларын, сондай-ақ жол қызметіндегі ұлттық стандарттарды, халықаралық және республикалық маңызы бар автомобиль жолдарын салу мен реконструкциялау жөніндегі және облыстық және аудандық маңызы бар автомобиль жолдарын салу, реконструкциялау, сондай-ақ күрделі және орташа жөндеу жөніндегі жобалардың басымдығы критерийлерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z227" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу, күтіп-ұстау, диагностикалау, паспорттау және аспаптық зерттеп-қарау жөніндегі жұмыстарды іске асыру мен қаржыландыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z300" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарау, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z107" w:id="111"/>
-[...15 lines deleted...]
-      7) меншік нысандарына қарамастан, жол секторының жұмыс істеу тәртібін айқындайтын нормативтік құқықтық актілердің жобаларын, сондай-ақ жол қызметіндегі ұлттық стандарттарды, халықаралық және республикалық маңызы бар автомобиль жолдарын салу мен реконструкциялау жөніндегі және облыстық және аудандық маңызы бар автомобиль жолдарын салу, реконструкциялау, сондай-ақ күрделі және орташа жөндеу жөніндегі жобалардың басымдығы критерийлерін әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) автомобиль жолдарын жөндеу және күтіп ұстау жөніндегі жұмыстарға жұмсалатын шығындарды қаржыландырудың ғылыми негізделген нормативтерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z227" w:id="112"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z228" w:id="115"/>
+    <w:bookmarkStart w:name="z228" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8235,52 +8635,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z109" w:id="116"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z109" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8295,249 +8695,249 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 02.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 112-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z110" w:id="117"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z110" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдары желісін құру және дамыту жөніндегі қызметті үйлестіру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z111" w:id="118"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z111" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) жол саласында инвестициялық және әлеуметтік саясатты іске асыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алып тасталды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="119"/>
+    <w:bookmarkStart w:name="z112" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) жол қызметі саласында ғылыми зерттеулер жүргізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z113" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) мемлекеттік тапсырманы орындау шеңберінде Ұлттық операторды қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z229" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау кезінде көлік инфрақұрылымын дамытуға бағытталған жұмыстар мен материалдар сапасына Жол активтерінің сапасы ұлттық орталығының сараптама жүргізуін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z301" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-2) Қазақстан Республикасының бюджет заңнамасына сәйкес Жол активтерінің сапасы ұлттық орталығының жұмыстары мен қызметтер көрсетуін қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z113" w:id="120"/>
-[...15 lines deleted...]
-      14) мемлекеттік тапсырманы орындау шеңберінде Ұлттық операторды қаржыландыру;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жобалау саласында қабылданған нормалар мен ұлттық стандарттардың, автомобиль жолдарын салу, реконструкциялау, жөндеу және күтiп-ұстау кезiнде талап етiлетiн сапаның сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z229" w:id="121"/>
-[...15 lines deleted...]
-      14-1) жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау кезінде көлік инфрақұрылымын дамытуға бағытталған жұмыстар мен материалдар сапасына Жол активтерінің сапасы ұлттық орталығының сараптама жүргізуін ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) автомобиль жолдарының (көпiр өткелдерiнiң) учаскелерін мемлекеттік-жекешелік әріптестік жобасын іске асыру үшін беру жөнiндегі ұсыныстарды, оларды пайдалану тәртібі мен талаптарын, олармен жүрiп өту үшiн мөлшерлемелер мөлшерiн әзiрлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z301" w:id="122"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8646,715 +9046,715 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алып тасталды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="125"/>
+    <w:bookmarkStart w:name="z116" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) автомобиль жолдарын салу, жөндеу және күтiп ұстау мәселелерi бойынша халықаралық ынтымақтастықты жүзеге асыру және кеңейту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z117" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z117" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) автокөлiк жолдарын дамытуды, сақтауды, жөндеудi және күтiп ұстауды қамтамасыз ету мақсатында жүзеге асырылатын жол қызметiн басқару; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z118" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) автомобиль жолдары саласындағы техникалық регламенттердi әзiрлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z200" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) автомобиль жолдары саласындағы нормативтік-техникалық құжаттарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z201" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) автомобиль жолдарын күтіп-ұстау, ағымдағы, орташа және күрделі жөндеу және жол автивтерін басқару кезінде орындалатын жұмыс түрлерінің сыныптамасын бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z118" w:id="127"/>
-[...15 lines deleted...]
-      23) автомобиль жолдары саласындағы техникалық регламенттердi әзiрлеу;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) мемлекеттік ислам бағалы қағаздарын шығару талаптарына сәйкес, жалға алушы ретінде жалдау шарттарын, сондай-ақ сервистік агент ретінде сервистік агенттің қызмет көрсетуі шартын, сондай-ақ жалпыға ортақ пайдаланылатын республикалық автомобиль жолдарына немесе олардың учаскелерiне қатысты өзге де шарттарды жасасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z200" w:id="128"/>
-[...15 lines deleted...]
-      24) автомобиль жолдары саласындағы нормативтік-техникалық құжаттарды бекіту;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында жол бойындағы сервис объектілерін дамытуды үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z201" w:id="129"/>
-[...15 lines deleted...]
-      25) автомобиль жолдарын күтіп-ұстау, ағымдағы, орташа және күрделі жөндеу және жол автивтерін басқару кезінде орындалатын жұмыс түрлерінің сыныптамасын бекіту;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын сыныптау тәртібі мен шарттарын, тізбесін, олардың атаулары мен индекстерін, оның ішінде қорғаныстық мақсатта пайдаланылатын автомобиль жолдарының тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z210" w:id="130"/>
-[...15 lines deleted...]
-      26) мемлекеттік ислам бағалы қағаздарын шығару талаптарына сәйкес, жалға алушы ретінде жалдау шарттарын, сондай-ақ сервистік агент ретінде сервистік агенттің қызмет көрсетуі шартын, сондай-ақ жалпыға ортақ пайдаланылатын республикалық автомобиль жолдарына немесе олардың учаскелерiне қатысты өзге де шарттарды жасасу;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолын (жол учаскесін) ақылы негізде пайдалану туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z259" w:id="131"/>
-[...15 lines deleted...]
-      27) республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында жол бойындағы сервис объектілерін дамытуды үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) автомобиль жолдарын, қорғаныстық маңызы бар жолдарды пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z263" w:id="132"/>
-[...15 lines deleted...]
-      28) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын сыныптау тәртібі мен шарттарын, тізбесін, олардың атаулары мен индекстерін, оның ішінде қорғаныстық мақсатта пайдаланылатын автомобиль жолдарының тізбесін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын жөндеуді, күтіп-ұстауды және жол қызметін басқаруды қаржыландыру нормативтерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z264" w:id="133"/>
-[...15 lines deleted...]
-      29) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолын (жол учаскесін) ақылы негізде пайдалану туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Қазақстан Республикасының аумағы арқылы автокөлік құралдарымен жүріп өту үшін алымдарды төлеу тәртібі мен олардың мөлшерлемелерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z265" w:id="134"/>
-[...15 lines deleted...]
-      30) автомобиль жолдарын, қорғаныстық маңызы бар жолдарды пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z268" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын ақылы автомобиль жолдарын және көпiр өткелдерiн пайдалану тәртiбi мен шарттарын әзірлеу және бекiту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z266" w:id="135"/>
-[...15 lines deleted...]
-      31) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын жөндеуді, күтіп-ұстауды және жол қызметін басқаруды қаржыландыру нормативтерін әзірлеу және бекіту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34) алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z270" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) автомобиль жолдары саласындағы техникалық регламенттерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z267" w:id="136"/>
-[...15 lines deleted...]
-      32) Қазақстан Республикасының аумағы арқылы автокөлік құралдарымен жүріп өту үшін алымдарды төлеу тәртібі мен олардың мөлшерлемелерін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Жол активтерінің сапасы ұлттық орталығының жұмыстар мен материалдардың сапасына сараптама жүргізуін ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z268" w:id="137"/>
-[...15 lines deleted...]
-      33) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын ақылы автомобиль жолдарын және көпiр өткелдерiн пайдалану тәртiбi мен шарттарын әзірлеу және бекiту;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-1) автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттамаға ведомстволық сараптама жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:p>
-[...87 lines deleted...]
-      35) автомобиль жолдары саласындағы техникалық регламенттерді әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-2) автомобиль жолдары жол инфрақұрылымы қауіпсіздігінің мониторингі қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z271" w:id="139"/>
-[...15 lines deleted...]
-      36) Жол активтерінің сапасы ұлттық орталығының жұмыстар мен материалдардың сапасына сараптама жүргізуін ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу, күтіп-ұстау, диагностикалау, паспорттау және аспаптық зерттеп-қарау жөніндегі жұмыстарды іске асыру мен қаржыландыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z302" w:id="140"/>
-[...15 lines deleted...]
-      36-1) автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттамаға ведомстволық сараптама жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) астананың, республикалық маңызы бар қалалардың көшелерін, облыстық және аудандық маңызы бар автомобиль жолдарын жөндеу мен күтіп-ұстауды қаржыландыру нормативтерін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z303" w:id="141"/>
-[...15 lines deleted...]
-      36-2) автомобиль жолдары жол инфрақұрылымы қауіпсіздігінің мониторингі қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-1) жұмыстар мен материалдардың сапасына сараптама жүргізу жөніндегі жұмыстар мен көрсетілетін қызметтер құнын айқындау, сондай-ақ автомобиль жолдарының жол активтерін басқару әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z272" w:id="142"/>
-[...15 lines deleted...]
-      37) Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу, күтіп-ұстау, диагностикалау, паспорттау және аспаптық зерттеп-қарау жөніндегі жұмыстарды іске асыру мен қаржыландыру қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) халықаралық және республикалық маңызы бар автомобиль жолдарының техникалық-экономикалық негіздемелерін әзірлеу, диагностикалау және паспорттау, сондай-ақ Қазақстан Республикасының мемлекеттік сатып алу туралы және мемлекеттік-жекешелік әріптестік саласындағы заңнамасына сәйкес автожол саласының нормативтік-техникалық базасын жетілдіру жұмыстарын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z273" w:id="143"/>
-[...15 lines deleted...]
-      38) астананың, республикалық маңызы бар қалалардың көшелерін, облыстық және аудандық маңызы бар автомобиль жолдарын жөндеу мен күтіп-ұстауды қаржыландыру нормативтерін бекіту;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Қазақстан Республикасының бюджет заңнамасына сәйкес халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын және ақылы автомобиль жолдарын (учаскелерін) жөндеу және күтіп-ұстау жөніндегі жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z304" w:id="144"/>
-[...15 lines deleted...]
-      38-1) жұмыстар мен материалдардың сапасына сараптама жүргізу жөніндегі жұмыстар мен көрсетілетін қызметтер құнын айқындау, сондай-ақ автомобиль жолдарының жол активтерін басқару әдістемесін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдары жол инфрақұрылымы қауіпсіздігінің мониторингі жөніндегі жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z78" w:id="145"/>
-[...15 lines deleted...]
-      39) халықаралық және республикалық маңызы бар автомобиль жолдарының техникалық-экономикалық негіздемелерін әзірлеу, диагностикалау және паспорттау, сондай-ақ Қазақстан Республикасының мемлекеттік сатып алу туралы және мемлекеттік-жекешелік әріптестік саласындағы заңнамасына сәйкес автожол саласының нормативтік-техникалық базасын жетілдіру жұмыстарын ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) жол дерекқорын қалыптастыру және жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z305" w:id="146"/>
-[...15 lines deleted...]
-      40) Қазақстан Республикасының бюджет заңнамасына сәйкес халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын және ақылы автомобиль жолдарын (учаскелерін) жөндеу және күтіп-ұстау жөніндегі жұмыстарды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-1) жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасын қалыптастыру және жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z306" w:id="147"/>
-[...15 lines deleted...]
-      41) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдары жол инфрақұрылымы қауіпсіздігінің мониторингі жөніндегі жұмыстарды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-2) жол саласы жұмыскерлерінің біліктілігін міндетті арттыру тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z307" w:id="148"/>
-[...15 lines deleted...]
-      42) жол дерекқорын қалыптастыру және жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттамаға ведомстволық сараптама жасау жөніндегі жұмыстарды ұйымдастыру жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z328" w:id="149"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="152"/>
+    <w:bookmarkStart w:name="z202" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Автомобиль жолдары жөніндегі уәкiлеттi мемлекеттік орган осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап қолданысқа енгiзiледi), 2006.01.10. № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r>
@@ -9710,91 +10110,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
@@ -9850,51 +10250,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9915,51 +10315,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Жергiлiктi өкiлдi және атқарушы органдардың құзыретi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Облыстық (республикалық маңызы бар қалалық, астаналық) және аудандық (облыстық маңызы бар қалалық) өкiлдi органдардың автомобиль жолдары және жол қызметi саласындағы құзыретiне: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="153"/>
+    <w:bookmarkStart w:name="z119" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9974,112 +10374,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z120" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) облыстық (республикалық маңызы бар қалалық, астаналық) және аудандық (облыстық маңызы бар қалалық) атқарушы органдары басшыларының облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын, елдi мекендердiң көшелерiн дамыту және күтiп ұстау мәселелерi жөнiндегi есептерiн тыңдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z203" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес азаматтардың құқықтары мен заңды мүдделерін қамтамасыз ету жөніндегі өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z121" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Автомобиль жолдары және жол қызметі саласындағы облыстық (республикалық маңызы бар қалалық, астаналық) атқарушы органдардың қарауына:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z120" w:id="154"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="157"/>
+    <w:bookmarkStart w:name="z122" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10094,230 +10494,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z213" w:id="158"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z213" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) автомобиль жолдары және жол қызметі саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z123" w:id="159"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z123" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облыстық маңызы бар, жалпыға ортақ пайдаланылатын автомобиль жолдарын, республикалық маңызы бар қаладағы, астанадағы көшелерді салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1) елді мекендерден тыс жердегі туристік қызмет объектілеріне дейін облыстық маңызы бар кірме автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="160"/>
+    <w:bookmarkStart w:name="z124" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) облыстық маңызы бар, жалпыға ортақ пайдаланылатын автомобиль жолдарының желісін, елді мекендер көшелерін басқару; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z125" w:id="161"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z125" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) облыстың (республикалық маңызы бар қаланың, астананың) коммуналдық меншігіндегі жолдарды және жол кәсіпорындарын басқару; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z126" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) облыстық маңызы бар автомобиль жолдарын, республикалық маңызы бар қалалардағы, астанадағы көшелерді салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды жүргізу кезінде мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z309" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) елді мекендердің көшелерін салу, реконструкциялау, жөндеу және күтіп-ұстау кезінде Жол активтерінің сапасы ұлттық орталығының жұмыстар мен материалдардың сапасына сараптама жүргізуін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z310" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) Қазақстан Республикасының заңнамасына сәйкес Жол активтерінің сапасы ұлттық орталығының жұмыстары мен қызметтер көрсетуін қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z126" w:id="162"/>
-[...15 lines deleted...]
-      5) облыстық маңызы бар автомобиль жолдарын, республикалық маңызы бар қалалардағы, астанадағы көшелерді салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды жүргізу кезінде мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жалпыға ортақ пайдаланылатын облыстық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалануға беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z309" w:id="163"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z274" w:id="166"/>
+    <w:bookmarkStart w:name="z274" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10332,82 +10732,82 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z314" w:id="167"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z314" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-2) облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын сыныптау тәртібі мен шарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z276" w:id="168"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z276" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10422,51 +10822,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10495,51 +10895,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z278" w:id="169"/>
+    <w:bookmarkStart w:name="z278" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10554,52 +10954,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z279" w:id="170"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z279" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10614,52 +11014,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z280" w:id="171"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z280" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10674,211 +11074,211 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z79" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-8) елді мекендердің көшелерін күтіп-ұстау, ағымдағы, орташа және күрделі жөндеу кезінде орындалатын жұмыстар түрлерінің сыныптамасын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z261" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-9) жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарының, байланыс және электр беру арналарымен, желілерімен, мұнай құбырларымен, газ құбырларымен, су құбырларымен және теміржолдармен, басқа да инженерлік желілермен, коммуникациялармен қиылысуын жобалау үшін, сондай-ақ кірме жолдарды және жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарына жалғасатын жолдарды салу үшін техникалық шартты беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z311" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-10) сыртқы (көрнекі) жарнама объектілерін облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінде орналастыруды келісу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z79" w:id="172"/>
-[...15 lines deleted...]
-      6-8) елді мекендердің көшелерін күтіп-ұстау, ағымдағы, орташа және күрделі жөндеу кезінде орындалатын жұмыстар түрлерінің сыныптамасын бекіту;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-11) облыстық және аудандық маңызы бар автомобиль жолдарында жол бойындағы сервис объектілерін ұйымдастыру және дамыту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z261" w:id="173"/>
-[...15 lines deleted...]
-      6-9) жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарының, байланыс және электр беру арналарымен, желілерімен, мұнай құбырларымен, газ құбырларымен, су құбырларымен және теміржолдармен, басқа да инженерлік желілермен, коммуникациялармен қиылысуын жобалау үшін, сондай-ақ кірме жолдарды және жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарына жалғасатын жолдарды салу үшін техникалық шартты беру;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-12) жол органымен келісу бойынша жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларын орнату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z311" w:id="174"/>
-[...15 lines deleted...]
-      6-10) сыртқы (көрнекі) жарнама объектілерін облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінде орналастыруды келісу;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-13) автоматтандырылған өлшеу станцияларының жұмысын ұйымдастыру қағидаларында айқындалған тәртіппен жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z315" w:id="175"/>
-[...15 lines deleted...]
-      6-11) облыстық және аудандық маңызы бар автомобиль жолдарында жол бойындағы сервис объектілерін ұйымдастыру және дамыту;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жергілікті мемлекеттік басқару мүдделерінде Қазақстан Республикасының заңнамасына сәйкес жергiлiктi атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z321" w:id="176"/>
-[...15 lines deleted...]
-      6-12) жол органымен келісу бойынша жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларын орнату;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдарының қарауына сондай-ақ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z325" w:id="177"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республикалық маңызы бар қаланың, астананың ақылы көшелерін (учаскелерін) пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10889,71 +11289,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республикалық маңызы бар қаланың, астананың көшелерін (учаскелерін) ақылы негізде пайдалану туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақылы жүріп өтудің енгізілуіне қарай республикалық маңызы бар қаланың, астананың ақылы көшелерімен жүріп өту үшін ақы және мөлшерлемелер алу қағидаларын әзірлеу және бекіту жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="180"/>
+    <w:bookmarkStart w:name="z127" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Автомобиль жолдары және жол қызметі саласындағы аудандық (қалалық) атқарушы органдарының қарауына: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z128" w:id="181"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z128" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10968,280 +11368,280 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z129" w:id="182"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z129" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының мемлекеттік сатып алу туралы, мемлекеттік-жекешелік әріптестік саласындағы заңнамасына сәйкес жалпыға ортақ пайдаланылатын аудандық маңызы бар автомобиль жолдарын, елдi мекендердiң көшелерiн салу, реконструкциялау, жөндеу және күтiп-ұстау жұмыстарын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z130" w:id="183"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z130" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) автомобиль жолдарының (көпір өткелдерінің) учаскелерін мемлекеттік-жекешелік әріптестік жобасын іске асыру үшін беру жөніндегі ұсыныстарды, оларды пайдалану тәртібі мен талаптарын, олармен жүріп өту үшін мөлшерлемелер мөлшерін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) елді мекендерден тыс жердегі туристік қызмет объектілеріне дейін аудандық маңызы бар кірме автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="184"/>
+    <w:bookmarkStart w:name="z131" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдары желiсiн, елдi мекендердiң көшелерiн басқару; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z132" w:id="185"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z132" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) аудандардың (облыстық маңызы бар қалалардың) коммуналдық меншігіндегі жолдарды және жол кәсіпорындарын басқару; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="186"/>
+    <w:bookmarkStart w:name="z133" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудандық маңызы бар, жалпыға ортақ автомобиль жолдарын, облыстық маңызы бар қалалардағы және аудандар шегіндегі өзге де елді мекендердегі көшелерді салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды жүргізу кезінде мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z206" w:id="187"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z206" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аудандық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалануға беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z207" w:id="188"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z207" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) жергілікті мемлекеттік басқару мүдделерінде Қазақстан Республикасының заңнамасына сәйкес жергiлiктi атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi), 2006.01.10. № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r>
@@ -11477,91 +11877,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11582,243 +11982,243 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бап. Автомобиль жолдарын дамыту iсiн жоспарлау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Автомобиль жолдарын дамыту ісін жоспарлауды мемлекеттік органдар, шаруашылық және жеке меншік автомобиль жолдарын басқарушылар бекітілген республикалық және өңірлік бағдарламаларға сәйкес жүзеге асырады. Елді мекендердің көше-жол желісін дамыту ісін жоспарлауды тиісті жергілікті атқарушы органдар көлік құралдарының тұрақтары мен орынтұрақтарын ұйымдастыру үшін, сондай-ақ автомобиль жолдары бойында талшықты-оптикалық байланыс желілерін салу үшін міндетті түрде жер бөле отырып, жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="189"/>
+    <w:bookmarkStart w:name="z134" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жол саласындағы ғылыми зерттеулерді мемлекеттік сатып алу Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z135" w:id="190"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z135" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Автомобиль жолдарын жобалауды және салуды тиiстi қызмет түрлерiн жүзеге асыруға лицензиялары бар жеке және заңды тұлғалар конкурстық негiзде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z136" w:id="191"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z136" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жаңа автомобиль жолдарын салу немесе бұрыннан барын реконструкциялау және күрделі жөндеу үшін әзірленген техникалық-экономикалық негіздемелер және жобалау-сметалық құжаттама Қазақстан Республикасының заңнамасында айқындалған тәртіппен жүзеге асырылатын құрылыс жобаларына ведомстводан тыс кешенді сараптамаға жатады. Автомобиль жолдарын орташа жөндеуге арналған техникалық құжаттама бойынша автомобиль жолдары жөніндегі уәкілетті мемлекеттік орган айқындаған тәртіппен ведомстволық сараптама жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z326" w:id="192"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z326" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жалпыға ортақ пайдаланылатын автомобиль жолдарын дамытуды, реконструкциялауды және жөндеуді жоспарлау кезінде автомобиль жолдары жөніндегі уәкілетті мемлекеттік органмен келісу бойынша, кейіннен байланыс саласындағы уәкілетті органның күтіп-ұстауына бере отырып, талшықты-оптикалық байланыс желілері салынуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi), 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 112-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
@@ -11854,91 +12254,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11959,564 +12359,564 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15-бап. Жол қызметiн жүзеге асыру кезiндегi жұмыстың сапасы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Автомобиль жолдарын жобалау, салу, реконструкциялау, жөндеу және күтiп ұстау автомобиль жолдарының жоғары көлiктiк-пайдалану көрсеткiштерiне (жылдамдық, тегiстiк, ұзақ мерзiмдiлiк, автокөлiк жүрiсiнiң жоғары қауiпсiздiк жағдайларына) жету мақсатында, белгiленген талаптар мен нормаларға сәйкес, пайдалануға рұқсат етiлген материалдарды, аспаптарды, жабдықтар және өлшеу құралдарын қолдану арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="193"/>
+    <w:bookmarkStart w:name="z137" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жол қызметін жүзеге асыратын жеке және заңды тұлғалар жұмыстарды Қазақстан Республикасы заңнамасының талаптарын сақтай отырып орындауға міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z230" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автомобиль жолдарын салу, реконструкциялау және жөндеу жөніндегі жұмыстарды жүргізу кезінде авторлық қадағалауды – жобалау құжаттамасын әзірлеуші, өндірістік қадағалауды – жұмыстарды орындаушы және автомобиль жолдарын салуды, реконструкциялауды, күрделі, орташа және ағымдағы жөндеуді техникалық қадағалауды – тапсырыс беруші өз бетінше не ұйымдар мен тиісті аттестаты бар сарапшыларды тарту арқылы жүзеге асырады. Автомобиль жолдарын ағымдағы және орташа жөндеу жөніндегі жұмыстардан басқа, аяқталған жол жұмыстарын пайдалануға қабылдау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z138" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы заңнамасының талаптарын бұза отырып, автомобиль жолдарын жобалау, салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды орындау, сондай-ақ техникалық және авторлық қадағалау жөніндегі қызметтерді көрсету Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi), 2006.01.10 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2006 бастап қолданысқа енгiзiледi), 2006.12.29 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 02.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16-бап. Жол қызметiн лицензиялау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жол қызметiн лицензиялау Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жеке және заңды тұлғалардың жол қызметiн лицензиясыз не лицензия шарттарын бұза отырып жүзеге асыруы Қазақстан Республикасының заң актiлерiнде белгiленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z230" w:id="194"/>
-[...15 lines deleted...]
-      Автомобиль жолдарын салу, реконструкциялау және жөндеу жөніндегі жұмыстарды жүргізу кезінде авторлық қадағалауды – жобалау құжаттамасын әзірлеуші, өндірістік қадағалауды – жұмыстарды орындаушы және автомобиль жолдарын салуды, реконструкциялауды, күрделі, орташа және ағымдағы жөндеуді техникалық қадағалауды – тапсырыс беруші өз бетінше не ұйымдар мен тиісті аттестаты бар сарапшыларды тарту арқылы жүзеге асырады. Автомобиль жолдарын ағымдағы және орташа жөндеу жөніндегі жұмыстардан басқа, аяқталған жол жұмыстарын пайдалануға қабылдау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. Жол қызметiн қаржыландыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпыға ортақ пайдаланылатын автомобиль жолдарын қаржыландыру жол жүрiсi қауiпсiздiгi, қоршаған ортаны қорғау және автокөлiк тасымалдарын қамтамасыз ету талаптары негiзге алына отырып, оларды жөндеу мен күтiп ұстауды қамтамасыз ететiн бекiтiлген нормалар бойынша жүзеге асырылады және бюджет заңдарымен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Мемлекеттік-жекешелік әріптестік шарттарын орындауға байланысты шығындарды өтеу Қазақстан Республикасының мемлекеттік-жекешелік әріптестік саласындағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z138" w:id="195"/>
-[...373 lines deleted...]
-    <w:bookmarkStart w:name="z293" w:id="198"/>
+    <w:bookmarkStart w:name="z293" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алып тасталды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z141" w:id="199"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z141" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Шаруашылық автомобиль жолдарын дамыту, жөндеу және күтiп ұстау осы жолдар қарауына жататын ұйымдар мен жеке адамдардың қаражаттары есебiнен қамтамасыз етiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z294" w:id="200"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z294" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12688,70 +13088,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жол органы жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органмен және төтенше жағдайлар жөнiндегi уәкiлеттi органмен бiрлесiп: қысылтаяң жағдайларда (қолайсыз ауа райы-климат жағдайлары, дүлей зілзалалар, өрт, автомобиль жолдарының көтергіштік қабiлетiнiң жойылуы), сондай-ақ жөндеу-құрылыс жұмыстары жүргiзiлген кезде тиiстi жол белгiлерiн қойып және бұқаралық ақпарат құралдары арқылы бұл жөнiнде жергiлiктi атқарушы органдарды және автомобиль жолдарын пайдаланушыларды хабардар ете отырып, көлiк құралдарының жол жүрiсiн шектеуге немесе тоқтатуға, автомобиль жолдарын пайдалану қағидаларының сақталуын бақылауға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="201"/>
+    <w:bookmarkStart w:name="z142" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жол органының қызметкерлерi жол элементтерiн бүлдiретiн немесе ластайтын не жүрiп өтуге арнайы рұқсаты жоқ iрi көлемдi және (немесе) ауыр салмақты көлiк құралдарын автомобиль жолының көлiк құралдары жүретiн бөлiгiнiң шегiнен шығаруды талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12883,190 +13283,190 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Жол органы және автомобиль жолдарын басқарушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="202"/>
+    <w:bookmarkStart w:name="z143" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызмет көрсететiн автомобиль жолдары және олардағы құрылыстар көлiк құралдарының үздiксiз және қауiпсiз жүруiн қамтамасыз ететiн жағдайда күтiп ұсталуы үшiн және табиғат қорғау заңдары талаптарының сақталуы қамтамасыз етiлуi үшiн;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z144" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заң актiлерiне сәйкес автомобиль жолдарын пайдаланушыларға залалдың орнын толтыра отырып, жол жағдайларына байланысты туындаған жол-көлiк оқиғалары салдарынан келтiрiлген залал үшiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z145" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заң актiлерiне сәйкес автомобиль жолдарына бөлiнген белдеудiң фитосанитариялық жағдайы үшiн жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1-тарау. Қауiпсiздiктiң жалпы талаптары</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z144" w:id="203"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-1-тараумен толықтырылды - ҚР 2006.12.29. № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13128,71 +13528,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-1-бап жаңа редакцияда - ҚР 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13213,346 +13613,346 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19-2-бап. Автомобиль жолдарын жобалау кезiндегi қауiпсiздiк талаптары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Автомобиль жолдарын жобалау жылдамдықты барынша шектеу және өзгерту, қозғалыс қауiпсiздiгiн қамтамасыз ету шарттары және перспективалы кезеңнен кейiн жолды реконструкциялау мүмкiндiгiн ескере отырып жүзеге асырылуға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="206"/>
+    <w:bookmarkStart w:name="z146" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Автомобиль жолдарының жобалық шешiмдерi: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z147" w:id="207"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z147" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) көлiк құралдарының есептелген жылдамдықпен ұйымдасқан, қауiпсiз қозғалысын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z148" w:id="208"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z148" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жүргiзушiлердiң көзбен шолып бағдарлау шарттарын сақтауын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z152" w:id="209"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z152" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) қосылатын жолдар мен қиылысатын жолдардың қауiпсiз орналасуын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z149" w:id="210"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z149" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) автомобиль шиналарының жүру жолының беткi қабатына қажеттi жанасуын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z150" w:id="211"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z150" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) автомобиль жолдарының, оның iшiнде қорғағыш жол ғимараттарымен қажеттi жайластырылуын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z151" w:id="212"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z151" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) жол және автокөлiк қызметтерiн қажеттi ғимараттармен және құрылыстармен қамтамасыз етуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z153" w:id="213"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z153" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Өндiрiстiк базаларды, жол және автокөлiк қызметтерiнiң ғимараттары мен құрылыстарын жобалау кезiнде атмосфералық ауадағы, су объектiлерiндегi және топырақтағы ластаушы заттардың рұқсат етiлетiн шектi концентрациясының сақталуын қамтамасыз ететiн iс-шаралар әзiрленуге және жүзеге асырылуға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z154" w:id="214"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z154" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жобалау-сметалық құжаттаманы әзiрлеген кезде жол және жол қозғалысының: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) адамдарға және қоршаған ортаға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="215"/>
+    <w:bookmarkStart w:name="z155" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) табиғат көрiнiстерiне, жолдағы объектiлерге және тарихи-мәдени мұраға тiкелей және жанама әсерiн бағалау қажет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орман екпелерiн (жол бойындағы) отырғызу қандай да бiр басқа қауiп-қатердiң туындауын болғызбау шартымен көзбен шолып бағдарлауды жақсартуға және жолдың көзбен бiркелкi көруiн бұзуға жәрдемдесуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="216"/>
+    <w:bookmarkStart w:name="z56" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жолдарды жобалау кезiнде жол белгiлерiн оларды орнататын орындар мен орнату әдiстерiн көрсете отырып, орналастыру схемасын және жолды белгiлеу схемасын әзiрлеу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z330" w:id="217"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z330" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Автомобиль жолдарын жобалау жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасы ескеріле отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z55" w:id="218"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z55" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Автомобиль жолдарын жобалау кезiнде қойылатын қауiпсiздiк талаптары техникалық регламенттерде белгiленедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13561,51 +13961,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13626,241 +14026,241 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19-3-бап. Автомобиль жолдарын салу, реконструкциялау және жөндеу кезiндегi қауiпсiздiк талаптары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Автомобиль жолдарын салу, реконструкциялау және жөндеу кезiнде жобалау-сметалық құжаттаманың, осы Заңның, Қазақстан Республикасының жол жүрісі туралы заңнамасының және автомобиль жолдары саласындағы техникалық регламенттердiң талаптарына сәйкестiгi қамтамасыз етiлуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="219"/>
+    <w:bookmarkStart w:name="z156" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Салу, реконструкциялау және жөндеу кезiнде қауiпсiздiк және қоршаған ортаны қорғау жөнiндегi шараларды қолдану қажет. Жұмыс жүргiзу әдiстерiн және механикаландыру құралдарын таңдау кезiнде тиiстi санитарлық нормаларды, атмосферадағы ластаушы заттардың рұқсат етiлетiн шектi нормаларын сақтау қажеттiгi ескерiлгенi жөн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолдарды салу, реконструкциялау және жөндеу кезiнде жасыл екпелердi сақтау немесе оларды қалпына келтiру қамтамасыз етiлуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="220"/>
+    <w:bookmarkStart w:name="z157" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жол жұмысшыларының және жол қозғалысына қатысушылардың қауiпсiздiгi қозғалысты ұйымдастыру және жұмыстар жүргiзiлетiн орынды қоршау шараларын қолдану арқылы қамтамасыз етiлуге тиiс, олар жұмыстарды жоспарлау барысында қарастырылуға және оларды жүргiзу кезiнде ұдайы тексерiлуге тиiс. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z158" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жер төсемiн тұрақтандыру мерзiмi құрылыстың белгiленген мерзiмiнен едәуiр асып кететiн күрделi инженерлiк-геологиялық жағдайларда жол салу, реконструкциялау және жөндеу кезiнде суды бұруды және әр сатыдағы қозғалыс қауiпсiздiгiн қамтамасыз ете отырып жол жабындысын сатылап салуды көздеуге рұқсат етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z331" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Автомобиль жолдарын салу, реконструкциялау және жөндеу жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасы ескеріле отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z159" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Автомобиль жолдарын салу, реконструкциялау және жөндеу кезiндегi қауiпсiздiк талаптары техникалық регламенттерде және Қазақстан Республикасының жол жүрісі туралы заңнамасында белгiленедi.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z158" w:id="221"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-3-бапқа өзгерістер енгізілді - ҚР 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13935,70 +14335,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық нұсқағыштар мен белгiлер жол жүрісі қауiпсiздiгiн қамтамасыз етуге және ұлттық стандарттардың талаптарына сәйкес келуге тиiс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолдардың құрамы өңiрдiң климаттық ерекшелiктерi мен көлiктiк-пайдалану жүктемесiн ескере отырып, оларды пайдалану кезiндегi қауiпсiздiктi қамтамасыз етуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="224"/>
+    <w:bookmarkStart w:name="z160" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Автомобиль жолдарының және елдi мекендер көшелерiнiң жүргiншiлер бөлiгi, жаяу жүргiншiлер мен велосипед жолдары тротуарларының, отырғызу алаңдарының, аялдама пункттерiнiң жабыны, сондай-ақ бөлу жолақтарының, жол жиектерiнің және жер төсемі еңістерінің беті Қазақстан Республикасының жол жүрісі туралы заңнамасының талаптарына сәйкес жол жүрісі қауiпсiздiгiн қамтамасыз ететін жағдайда болуға тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жол жамылғыларында есептiк жылдамдықты және қозғалыс қауiпсiздiгiн қамтамасыз етуге қажеттi беткi қабат болуы керек. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14009,658 +14409,658 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүргiншi бөлiктiң жамылғысында отырып қалған жерлер, ой-шұңқырлар, көлiк құралдары қозғалысын қиындататын өзге де ақаулары болмауға тиiс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қыс кезiнде жол қозғалысы қауiпсiздiгiн және оны тиiстi шаралар қабылдау арқылы ұйымдастыру барынша қамтамасыз етiлуi қажет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="225"/>
+    <w:bookmarkStart w:name="z161" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жол-көлiк оқиғаларының және жол жұмыстарын жүргiзу  орындарындағы көлiк құралдары кiдiрiстерiнiң алдын алу үшiн жұмыстарды жүргiзетiн орындарда қоршау қондырғыларын, белгiлер және таңбалар орнату көзделуi, сонымен бiрге олардың тәулiктiң кез келген уақытында көрiнiп тұруы қамтамасыз етiлуi керек. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жол қозғалысын ұйымдастыруда қолданылатын техникалық құралдар (қоршаулар, белгiлер, таңбалар, бағыттаушы қондырғылар, жарықтандыру жүйелерi, бағдаршамдар, қозғалысты басқарудың автоматтандырылған жүйелерi) тәулiктiң кез келген уақытында жақсы көрiнiп тұруға және ажырататындай болуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жол қозғалысы, жолға күтiм жасау және оны ұстау салдарынан болған шу, дiрiл және ауа мен судың ластану деңгейiн автомобиль жолдары саласындағы техникалық регламенттермен белгiленген талаптар негiзiнде тиiстi шаралармен шектеп отырған жөн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-4-бапқа өзгерістер енгізілді - ҚР 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19-5-бап. Жол-құрылыс материалдарына қойылатын қауiпсiздiк талаптары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жол-құрылыс материалдары қоршаған ортаның әсерiне төзiмдi болуға, сондай-ақ олардың құрамындағы зиянды құрамдас бөлiктерi мен қоспалар жол берiлетiн нормадан аспауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жол-құрылыс материалдары жол-құрылыс материалдары мен жаңа технологиялардың бірыңғай базасы ескеріле отырып қолданылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-5-бапқа өзгеріс енгізілді - ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 204-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. АВТОМОБИЛЬ ЖОЛДАРЫН ПАЙДАЛАНУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Жалпыға ортақ пайдаланылатын автомобиль жолдарын пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, жеке және заңды тұлғалардың жалпыға ортақ пайдаланылатын автомобиль жолдарын пайдалану құқығы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Автомобиль жолдарын пайдаланушылардың:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:p>
-[...33 lines deleted...]
-      4. Жол қозғалысы, жолға күтiм жасау және оны ұстау салдарынан болған шу, дiрiл және ауа мен судың ластану деңгейiн автомобиль жолдары саласындағы техникалық регламенттермен белгiленген талаптар негiзiнде тиiстi шаралармен шектеп отырған жөн.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жол органының, табиғи және техногендік сипаттағы төтенше жағдайлар саласындағы уәкілетті органның немесе оның бөлімшелерінің лауазымды адамдарынан, сондай-ақ жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлімшелерінен автомобиль жолдары бойындағы жол жүрiсiн тоқтатудың немесе шектеудің себептері туралы түсіндірме алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:p>
-[...270 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. АВТОМОБИЛЬ ЖОЛДАРЫН ПАЙДАЛАНУ</w:t>
+    <w:bookmarkStart w:name="z232" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қозғалыстың шарттары туралы толық және анық ақпарат алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:p>
-[...50 lines deleted...]
-      2. Автомобиль жолдарын пайдаланушылардың:</w:t>
+    <w:bookmarkStart w:name="z233" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту құны мен олардың ұзақтығы туралы, ақылы автомобиль жолын (жол учаскесін) пайдалану тәртібі, жүріп өту ақысының мөлшерлемелері, төлеу тәртібі мен тәсілдері, жүріп өтуге ақы төлеу бойынша жеңілдіктер мен басқа да шарттар туралы толық және анық ақпарат алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z231" w:id="229"/>
-[...15 lines deleted...]
-      1) жол органының, табиғи және техногендік сипаттағы төтенше жағдайлар саласындағы уәкілетті органның немесе оның бөлімшелерінің лауазымды адамдарынан, сондай-ақ жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның бөлімшелерінен автомобиль жолдары бойындағы жол жүрiсiн тоқтатудың немесе шектеудің себептері туралы түсіндірме алуға;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңның 5-2-бабына сәйкес ақылы автомобиль жолдарымен (жол учаскелерімен) тегін жүріп өтуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z232" w:id="230"/>
-[...15 lines deleted...]
-      2) қозғалыстың шарттары туралы толық және анық ақпарат алуға;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жол органының лауазымды адамдарының іс-әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағымдануға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z233" w:id="231"/>
-[...15 lines deleted...]
-      3) ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту құны мен олардың ұзақтығы туралы, ақылы автомобиль жолын (жол учаскесін) пайдалану тәртібі, жүріп өту ақысының мөлшерлемелері, төлеу тәртібі мен тәсілдері, жүріп өтуге ақы төлеу бойынша жеңілдіктер мен басқа да шарттар туралы толық және анық ақпарат алуға;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Автомобиль жолдарын пайдаланушылар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z234" w:id="232"/>
-[...15 lines deleted...]
-      4) осы Заңның 5-2-бабына сәйкес ақылы автомобиль жолдарымен (жол учаскелерімен) тегін жүріп өтуге;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) автомобиль жолдары мен жол құрылыстарының сақталуын және олармен қауіпсіз жүріп өтуді қамтамасыз ететін көлік құралдарын пайдалануға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z235" w:id="233"/>
-[...15 lines deleted...]
-      5) жол органының лауазымды адамдарының іс-әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағымдануға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z238" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемдері, массасы және (немесе) осьтік жүктемесі бойынша Қазақстан Республикасының автомобиль жолдарымен жүріп-тұруға арналған, автокөлік құралдарының рұқсат етілген параметрлерінен асатын көлік құралдарымен арнайы рұқсатсыз жүріп өтуді жүзеге асырмауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z236" w:id="234"/>
-[...15 lines deleted...]
-      3. Автомобиль жолдарын пайдаланушылар:</w:t>
+    <w:bookmarkStart w:name="z239" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жол қозғалысы қауіпсіздігін төмендететін, қозғалыста іркілістердің пайда болуына, көлік құралдары жылдамдығының, автомобиль жолдары мен құрылыстардың сенімділігінің төмендеуіне, олардың бұзылуына ықпал ететін іс-әрекеттерді жасамауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z237" w:id="235"/>
-[...15 lines deleted...]
-      1) автомобиль жолдары мен жол құрылыстарының сақталуын және олармен қауіпсіз жүріп өтуді қамтамасыз ететін көлік құралдарын пайдалануға;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту ақысын төлеуді жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z238" w:id="236"/>
-[...15 lines deleted...]
-      2) көлемдері, массасы және (немесе) осьтік жүктемесі бойынша Қазақстан Республикасының автомобиль жолдарымен жүріп-тұруға арналған, автокөлік құралдарының рұқсат етілген параметрлерінен асатын көлік құралдарымен арнайы рұқсатсыз жүріп өтуді жүзеге асырмауға;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) төлеу тәсілдері және (немесе) көлік құралының техникалық сипаттамалары бойынша сараланған, белгіленген ақпараттық таблоға сәйкес көлік құралдарының тиісті жол жүру белдеуімен жүріп өтуін жүзеге асыруға, Қазақстан Республикасының заңнамасында белгіленген тәртіппен Ұлттық оператор немесе автомобиль жолдарын өзге басқарушылар белгілеген жылдамдық режимін және жүріп өту қашықтығын сақтауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z239" w:id="237"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14944,130 +15344,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23-бап. Автомобиль жолдары маңындағы жер учаскелерi меншiк иелерiнің мiндеттерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Автомобиль жолдарына аумақтары жалғасатын жер учаскелерiнiң меншiк иелерi мен жер пайдаланушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="240"/>
+    <w:bookmarkStart w:name="z164" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кiрме жолдардың және халықаралық және республикалық маңызы бар ортақ пайдаланылатын жолдарға жалғасатын жолдардың құрылысын жобалау үшін Ұлттық оператордан техникалық шартты алуға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z165" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалпыға ортақ пайдаланылатын жолдарға жалғасатын жолдарды және оларға кiрме жолдарды техникалық жағынан дұрыс және тиiстi санитариялық жағдайда ұстауға, қоқыстан, ластан және қардан тазартып отыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z166" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрудi қиындататын және жол жүрiсi қауiпсiздiгiн нашарлататын материалдар мен конструкцияларды жол бойындағы белдеуге жиып қоюға жол бермеуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z167" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-тармақта көрсетiлген талаптарды орындамау Қазақстан Республикасының заң актiлерiнде белгiленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z165" w:id="241"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15181,165 +15581,165 @@
         </w:rPr>
         <w:t>
       1. Жұмылдыру кезеңi мен соғыс уақытындағы төтенше жағдайларда пайдалану үшiн автомобиль жолдарын жұмылдыру дайындығын, меншiк нысандарына қарамастан, Қазақстан Республикасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заңдарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалар жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="244"/>
+    <w:bookmarkStart w:name="z168" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстанның бүкiл аумағында немесе оның жекелеген жерлерiнде төтенше немесе соғыс жағдайы енгiзiлген жағдайда және iшiнара немесе жаппай жұмылдыру жарияланған кезде жеке меншiк жолдарды жол жүрiсiне қатысушылардың барлығы меншiк иесiнiң келiсiмiнсiз пайдаланады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25-бап. Автомобиль жолдарын пайдаланушылардың жауапкершiлiгi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жолдың үстiңгi қабатының, жер қыртысының, көпiрлердiң, өткерме жолдардың, суағар құрылыстарының, автопавильондардың, жол белгiлерiнiң, жол бойындағы екпелердiң, қорғаныш құрылғылардың және автомобиль жолдарын жайғастырудың басқа да элементтерiнiң бұзылуына жол берген, сондай-ақ Автомобиль жолдарын пайдалану қағидасын бұзған автомобиль жолдарын пайдаланушылар Қазақстан Республикасының заң актiлерiне сәйкес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пайдаланушылар автомобиль жолдары мен жол құрылыстарына келтiрген залалды Қазақстан Республикасының заңдарында белгiленген тәртiппен өтейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z170" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Автомобиль жолдарын жобалау, салу, күтiп ұстау, жөндеу, реконструкциялау және пайдалану процесiнде жол органымен туындайтын даулар Қазақстан Республикасының заңнамасында белгiленген тәртiппен қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z287" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Автокөлік құралын пайдаланушы ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өткені үшін ақы төлемеген жағдайда, берешек автокөлік құралының иесінен өндіріп алынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:p>
-[...93 lines deleted...]
-    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15468,129 +15868,129 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Қоршаған ортаны қорғау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Автомобиль жолдарын салу, реконструкциялау, жөндеу, күтiп ұстау және оларды пайдалану кезiнде қоршаған ортаны қорғау саласындағы заңдар талаптарының сақталуы қамтамасыз етiлуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="248"/>
+    <w:bookmarkStart w:name="z171" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Автомобиль жолдарын жобалау және оларды реконструкциялау мен салуға арналған жобаларды әзiрлеу кезiнде қоршаған ортаны қорғау, карьерлердi, жол бойындағы белдеулердi, еңiстердi, орларды, бүлiнген жерлердi көп жылдық шөп егiп және ағаштар мен бұталар отырғызып өңдеу жөнiндегi шаралар көзделуi керек. Су көздерi пайдаланылатын жерлердегi жобалық-сметалық құжаттамада санитариялық аймақ, уақытша автотұрақтар, эстакадалар және мұнай өнiмдерiнiң қалдықтарын жинауға арналған қорғаныш құрылысын салу көзделуге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z172" w:id="249"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z172" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Автомобиль жолдары бойындағы қорғаныш екпелерді олардың иелері немесе пайдаланушылары тиісті түрде күтіп ұстауға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z173" w:id="250"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z173" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қоршаған ортаны қорғау талаптарын сақтамағаны үшін кінәлі тұлғалар Қазақстан Республикасының заң актілеріне сәйкес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z32" w:id="251"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z32" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z33" w:id="252"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z33" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тарау алып тасталды - ҚР 2009.07.17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15605,69 +16005,69 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z242" w:id="253"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z242" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Автомобиль жолдарын басқару жөніндегі ұлттық оператор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 6-тараумен толықтырылды - ҚР 02.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15679,946 +16079,946 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бап. Ұлттық оператордың құқықтық жағдайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="254"/>
+    <w:bookmarkStart w:name="z244" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ұлттық оператордың қызметі осы Заңмен, Қазақстан Республикасының өзге де нормативтік құқықтық актілерімен, сондай-ақ өзінің ішкі құжаттарымен реттеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z245" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұлттық оператордың мүлкі Қазақстан Республикасының заңнамасына сәйкес қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z246" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау, оларда ақылы жол жүруді ұйымдастыру жөніндегі жобаларды іске асыру, сондай-ақ жол бойындағы сервис объектілерін дамыту мақсаттарында Ұлттық оператор Қазақстан Республикасының заңдарында тыйым салынбаған кез келген қаржыландыру көздерін тартуға және пайдалануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z288" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік тапсырманы орындау және тартылған инвестициялар шеңберінде жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарын салу және реконструкциялау, жөндеу және күтіп-ұстау сапасына Ұлттық оператор жауапты болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z245" w:id="255"/>
-[...15 lines deleted...]
-      2. Ұлттық оператордың мүлкі Қазақстан Республикасының заңнамасына сәйкес қалыптастырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30-бап. Ұлттық оператордың өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық оператордың өкілеттіктеріне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z246" w:id="256"/>
-[...15 lines deleted...]
-      3. Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау, оларда ақылы жол жүруді ұйымдастыру жөніндегі жобаларды іске асыру, сондай-ақ жол бойындағы сервис объектілерін дамыту мақсаттарында Ұлттық оператор Қазақстан Республикасының заңдарында тыйым салынбаған кез келген қаржыландыру көздерін тартуға және пайдалануға құқылы.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік тапсырма негізінде жалпыға ортақ пайдаланылатын республикалық және халықаралық маңызы бар автомобиль жолдарының желісін дамыту жөніндегі бюджеттік инвестициялық жобаларды және (немесе) Қазақстан Республикасының мемлекет кепілдігімен берілетін мемлекеттік емес қарыздар есебінен қаржыландырылатын инвестициялық жобаларды іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z288" w:id="257"/>
-[...15 lines deleted...]
-      4. Мемлекеттік тапсырманы орындау және тартылған инвестициялар шеңберінде жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарын салу және реконструкциялау, жөндеу және күтіп-ұстау сапасына Ұлттық оператор жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z250" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік тапсырманы орындау шеңберінде не тартылған инвестициялар есебінен жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар, оның ішінде сенімгерлік басқаруға берілген автомобиль жолдарын салуды, реконструкциялауды, жөндеуді және күтіп-ұстауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z289" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарын ағымдағы жөндеу және күтіп-ұстау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z322" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінің көлік инфрақұрылымын дамыту жөніндегі жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z251" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік тапсырманы орындауды ұйымдастыру шеңберінде жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарын салудың, реконструкциялаудың, жөндеудің және күтіп-ұстаудың барысы мен сапасын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z290" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы Қазақстан Республикасының заңнамасына сәйкес жобаларды басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z252" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі ұсыныстарды әзірлеу және оларды жол органына енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 27.10.2015 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-2) алып тасталды – ҚР 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z312" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) сыртқы (көрнекі) жарнама объектілерін халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуінде орналастыруды келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z253" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өту үшін ақы жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z254" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ақылы автомобиль жолдарының (жол учаскелерінің) қызметін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z291" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу, ақылы жол жүруді ұйымдастыру және жол бойындағы сервис объектілерін дамыту мақсаттары үшін инвестициялар тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z255" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) автомобиль жолдарымен жүріп өтуге арнайы рұқсаты жоқ габариті ірі және (немесе) ауыр салмақты көлік құралдары туралы ақпаратты есепке алу және автомобиль көлігі саласындағы уәкілетті мемлекеттік органға ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z323" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) жол органымен келісу бойынша жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарында автоматтандырылған өлшеу станцияларын орнату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) автоматтандырылған өлшеу станцияларының жұмысын ұйымдастыру қағидаларында айқындалған тәртіппен жалпыға ортақ пайдаланылатын халықаралық және республикалық маңызы бар автомобиль жолдарында автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ақылы автомобиль жолымен (жол учаскесімен) көлік құралдарының іркіліссіз және қауіпсіз жүріп өтуіне кедергі келтіретін ақауларды жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z257" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ақылы автомобиль жолын (жол учаскесін) пайдаланушыларға ақылы автомобиль жолдарымен (жол учаскелерімен) жүріп өтудің құны мен олардың ұзындығы туралы, ақылы автомобиль жолын (жол учаскесін) пайдаланудың тәртібі, жүріп өту ақысының мөлшерлемелері, төлеу тәртібі мен тәсілдері, жүріп өтуге ақы төлеу бойынша жеңілдіктер мен басқа да шарттар туралы ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z281" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарымен ауыр салмақты және (немесе) iрi көлемдi көлiк құралдарына (шетелдіктерді қоса алғанда) жүріп өту үшін арнайы рұқсат беруді келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z282" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) халықаралық және республикалық маңызы бар ортақ пайдаланылатын автомобиль жолдарын байланыс және электр беру арналарының, желілерінің, мұнай құбырларының, газ құбырларының, су құбырларының және теміржолдардың, басқа да инженерлік желілердің, коммуникациялардың кесіп өтуін жобалау үшін, сондай-ақ кiрме жолдарды және халықаралық және республикалық маңызы бар ортақ пайдаланылатын автомобиль жолдарына жалғасатын жолдарды салу үшін техникалық шартты беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z292" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) республикалық және халықаралық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында жол бойындағы сервис объектілерін дамытуды ұйымдастыруға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z258" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қызмет түрлері жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2014 бастап қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...701 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 15.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
@@ -16792,55 +17192,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>