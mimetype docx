--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ff6707" w14:textId="6ff6707">
+    <w:p w14:paraId="3abf058" w14:textId="3abf058">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -822,50 +822,156 @@
       Интегралдық микросхемалар топологияларының мемлекеттік тізілімінен үзінді көшірмелер беру қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       апелляциялық кеңестің қарсылықтарды қарау қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаның жетінші абзацы жаңа редакцияда көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аттестаттау комиссиясы туралы ережені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -894,68 +1000,280 @@
       апелляциялық комиссия туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тіркелген топологиялар туралы мәліметтерді бюллетеньде жариялау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау, оларды патенттік сенім білдірілген өкілдердің тізілімінде тіркеу, патенттік сенім білдірілген өкілдердің тізілімінен шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізілімінде мәліметтердің күшін жою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаны алып тастау көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аттестаттау комиссиясының, апелляциялық кеңестің және апелляциялық комиссияның қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -976,51 +1294,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -1281,51 +1599,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 4-1-баппен толықтырылды - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
@@ -1885,51 +2203,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2095,71 +2413,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2830,115 +3148,115 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Алып тасталды - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005.11.22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -3396,290 +3714,720 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер лицензиялық шартта көзделсе, айрықша құқықты бұзушыға лицензиат та талап мәлiмдеуi мүмкiн. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Патенттiк сенiм бiлдiрiлген өкiлдер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағында тұрақты тұратын, жоғары бiлiмi бар, аттестаттаудан өткен және патенттік сенім білдірілген өкілдердің тізілімінде тiркелген Қазақстан Республикасының әрекетке қабiлеттi азаматы патенттiк сенiм білдірілген өкiл болуға құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау зияткерлік меншік саласындағы Қазақстан Республикасының заңнамасын және Қазақстан Республикасы ратификациялаған халықаралық шарттарды білуге арналған тестілеу нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның жанынан құрылатын аттестаттау комиссиясы уәкілетті орган қызметкерлерінің тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзгерістер енгізу тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдердің тізілімі уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аттестаттауға мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау зияткерлік меншік саласындағы Қазақстан Республикасының заңнамасын және Қазақстан Республикасы ратификациялаған халықаралық шарттарды білуге арналған тестілеу нысанында өткізіледі.</w:t>
-[...72 lines deleted...]
-      2. Аттестаттауға мынадай:</w:t>
+      1) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлері, сондай-ақ олардың жақын туыстары, жұбайы (зайыбы) болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыс жасағаны үшін заңда белгіленген тәртіппен жойылмаған немесе алынбаған сотталғандығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңға сәйкес патенттік сенім білдірілген өкілдердің тізілімінен шығарылған адамдар жiберiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аттестаттауға зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар не патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен адамдар жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...87 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="56"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың бірінші абзацына өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Патенттік сенім білдірілген өкілдің қызметі аттестаттау комиссиясының хаттамалық шешімімен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) патенттік сенім білдірілген өкілдің аттестаттау комиссиясына берілген өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын адамдарға, уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлеріне жатқызу кезеңіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3698,560 +4446,1080 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мән-жайларды анықтау мақсатында тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың екінші бөлігін алып тастау көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінің 3) тармақшасында көрсетілген жағдайда патенттік сенім білдірілген өкілдің қызметі аттестаттау комиссиясы тиісті шешім қабылдағанға дейін үш ай бойы тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Патенттік сенім білдірілген өкілдің қызметі оның қызметін тоқтата тұру үшін себеп болған негіздер жойылған жағдайда, аттестаттау комиссиясының хаттамалық шешімімен қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="57"/>
+    <w:bookmarkStart w:name="z135" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Өтініш берушінің, құқық иеленушінің өкілі ретінде патенттік сенім білдірілген өкіл уәкілетті органмен және сараптама ұйымымен іс жүргізуге байланысты қызметті жүзеге асырады. Уәкілетті органмен және сараптама ұйымымен іс жүргізуді өтініш беруші және (немесе) патент иеленуші де дербес жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шегінен тысқары жерде тұратын жеке тұлғалар немесе шетелдік заңды тұлғалар уәкілетті органда өзінің өтініш беруші, құқық иеленуші құқықтарын, сондай-ақ мүдделі тұлға құқықтарын патенттік сенім білдірілген өкілдер арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында тұрақты тұратын, бірақ оның шегінен тысқары жерде уақытша жүрген жеке тұлғалар Қазақстан Республикасының шегінде хат алмасу үшін мекенжайын көрсеткен кезде патенттік сенім білдірілген өкілсіз өзінің өтініш беруші, құқық иеленуші құқықтарын, сондай-ақ мүдделі тұлға құқықтарын жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл сенім білдірушіден оның тапсырмасын орындауға байланысты алатын ақпарат Қазақстан Республикасының заңдарында құпия ақпаратқа немесе заңмен қорғалатын өзге де құпияға қойылатын талаптар сақталған кезде құпия деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-1-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенім білдірілген өкіл мыналарға құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интегралдық микросхемалар топологияларын қорғау, интегралдық микросхемалар топологияларына құқықтарды иелену немесе беру мәселелері бойынша консультация беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тапсырыс берушінің, сенім білдірушінің, жұмыс берушінің атынан және оның тапсырмасы бойынша интегралдық микросхемалар топологиясын тіркеуге арналған өтінімдерді ресімдеу және жасау жөніндегі жұмыстарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) интегралдық микросхемалар топологияларын тіркеу мәселелері бойынша уәкілетті органмен және (немесе) сараптама ұйымымен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицензиялық (қосалқы лицензиялық) шарттарды және (немесе) басқаға беру шарттарын жасауға, қарауға, сондай-ақ сараптама ұйымында құқықтарды беруді және ұсынуды кейіннен тіркеуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенім білдірілген өкілдер палатасының мүшесі болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасында тыйым салынбаған, зияткерлік меншікті сақтау және қорғау мәселелерімен байланысты басқа да қызмет түрлерін жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдің өкілеттіктері сенімхатпен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының шегінен тысқары жерде тұратын жеке тұлғалар немесе шетелдік заңды тұлғалар уәкілетті органда өзінің өтініш беруші, құқық иеленуші құқықтарын, сондай-ақ мүдделі тұлға құқықтарын патенттік сенім білдірілген өкілдер арқылы жүзеге асырады.</w:t>
-[...37 lines deleted...]
-    </w:p>
+      Апелляциялық кеңеске қарсылық беруге байланысты істерді жүргізу кезінде патенттік сенім білдірілген өкіл уәкілетті органға сенімхаттың түпнұсқасын ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер сенімхат шет тілінде жасалса, онда қарсылық берілген тілге байланысты сенімхаттың қазақ немесе орыс тіліне нотариус куәландырған аудармасы міндетті түрде ұсынылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z138" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкіл, егер бұрын осы іс бойынша мүдделері іс жүргізу туралы өтінішпен жүгінген адамның мүдделеріне қайшы келетін адамдардың атынан өкiлдiк етсе немесе оларға консультация берсе немесе оны қарауға өзгеше қатысса, сондай-ақ егер істі қарауға патенттік сенім білдірілген өкілдің жақын туысы, жұбайы (зайыбы) немесе жекжаты болып табылатын лауазымды адам қатысса, тапсырманы қабылдамауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 15-1-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-2-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-1-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
-[...207 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+        <w:t>15-2-бап. Патенттік сенім білдірілген өкілдердің тізілімінен шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген   өкілдердің тізіліміндегі мәліметтердің күшін жою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың бірінші абзацына өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенiм білдірілген өкіл патенттік сенім білдірілген өкілдердің тізілімінен аттестаттау комиссиясының шешімімен:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Заң 15-1-баппен толықтырылды - ҚР 2012.01.12 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) патенттік сенім білдірілген өкілдің аттестаттау комиссиясына берілген жеке өтініші негізінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4266,50 +5534,156 @@
       2) Қазақстан Республикасының азаматтығы тоқтатылған кезде немесе Қазақстан Республикасының шегінен тыс тұрақты тұрғылықты жерге кеткен кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) патенттік сенiм білдірілген өкілдің кәсіптік қызметінде бес жылдан астам үзіліс болған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) патенттік сенiм білдірілген өкіл қылмыс жасағаны үшін сотталып, соттың айыптау үкімі күшіне енген кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4334,215 +5708,857 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) патенттік сенiм білдірілген өкіл әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жеке және (немесе) заңды тұлғалардың шағымдарын, сондай-ақ патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аттестаттау комиссиясының шешімі немесе соттың заңды күшіне енген шешімі не айыптау үкімі негізінде патенттік сенім білдірілген өкілдің куәлігі жарамсыз деп танылады және тиісті мәліметтер патенттік сенім білдірілген өкілдердің тізіліміне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z140" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Патенттік сенiм білдірілген өкілдердің тізілімінен шығарылған патенттік сенім білдірілген өкіл бұл жөнінде мәліметтер енгізілген күннен бастап патенттік сенiм білдірілген өкілдің қызметін жүзеге асыру құқығынан айырылады, ал оны патенттік сенім білдірілген өкіл ретінде тіркеу туралы куәліктің күші жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z141" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган патенттік сенім білдірілген өкілдің әрекеттеріне жеке және (немесе) заңды тұлғаның шағымы не патенттік сенім білдірілген өкілдер палатасының ұсынуы келіп түскен жағдайда уәкілетті орган қызметкерлерінің тақ санынан апелляциялық комиссия құрады. Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау кезеңінде патенттік сенім білдірілген өкіл куәлігінің қолданылуы тоқтатыла тұрады, бұл туралы патенттік сенім білдірілген өкілдердің тізіліміне белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша мынадай шешімдердің бірі қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) патенттік сенім білдірілген өкілдің куәлігін кері қайтарып алу және патенттік сенім білдірілген өкілдердің тізіліміне тиісті жазба енгізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қанағаттандырудан бас тарту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың үшінші бөлігін алып тастау көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық комиссияның шешімі жай көпшілік дауыспен қабылданады, хаттамамен ресімделеді және оған сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақпен толықтыру көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 15-2-баппен толықтырылды - ҚР 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -4593,244 +6609,223 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16-бап. Шетелдiктердiң, шетелдiк заңды тұлғалар мен азаматтығы жоқ адамдардың құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Шетелдiктер мен шетелдiк заңды тұлғалар осы Заңда көзделген құқықтарды Қазақстан Республикасы қатысушы болып табылатын халықаралық шарттарға байланысты немесе өзара принцип негізінде Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең пайдаланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер осы Заңнан және Қазақстан Республикасының өзге де заң актілерінен өзгеше туындамаса, Қазақстан Республикасында тұратын азаматтығы жоқ адамдар осы Заңда және топологияларды құқықтық қорғауға қатысты өзге де актілерде көзделген құқықтарды Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Президенті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5156,31 +7151,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>