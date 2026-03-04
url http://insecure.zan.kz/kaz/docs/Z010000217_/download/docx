--- v1 (2025-12-30)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3abf058" w14:textId="3abf058">
+    <w:p w14:paraId="a1c8829" w14:textId="a1c8829">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -822,556 +822,322 @@
       Интегралдық микросхемалар топологияларының мемлекеттік тізілімінен үзінді көшірмелер беру қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       апелляциялық кеңестің қарсылықтарды қарау қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия туралы ережені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      апелляциялық кеңес туралы ережені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      апелляциялық комиссия туралы ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тіркелген топологиялар туралы мәліметтерді бюллетеньде жариялау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау, оларды патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тіркеу, патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) мәліметтердің күшін жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      5) алып тасталды – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...439 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3714,2965 +3480,1523 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер лицензиялық шартта көзделсе, айрықша құқықты бұзушыға лицензиат та талап мәлiмдеуi мүмкiн. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Патенттiк сенiм бiлдiрiлген өкiлдер</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z131" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында тұрақты тұратын, жоғары бiлiмi бар, аттестаттаудан өткен және патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тiркелген Қазақстан Республикасының әрекетке қабiлеттi азаматы патенттiк сенiм білдірілген өкiл болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өту және оларға патенттік сенім білдірілген өкіл куәлігін беру нәтижелері бойынша патенттік сенім білдірілген өкіл қызметін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласында мамандануына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның жанынан құрылатын патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия уәкілетті орган қызметкерлерінің тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тіркеу және оған өзгерістер енгізу тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдердің тізілімдері уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аттестаттауға мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлері, сондай-ақ олардың жақын туыстары, жұбайы (зайыбы) болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыс жасағаны үшін заңда белгіленген тәртіппен жойылмаған немесе алынбаған сотталғандығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңға сәйкес патенттік сенім білдірілген өкілдердің тізілімінен шығарылған адамдар жiберiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аттестаттауға зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар не патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен адамдар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z134" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкілдің қызметі патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның хаттамалық шешімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияға берілген өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын адамдарға, уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлеріне жатқызу кезеңіне тоқтатыла тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдің қызметі оның қызметін тоқтата тұру үшін себеп болған негіздер жойылған жағдайда, патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның хаттамалық шешімімен қайта басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өтініш берушінің, құқық иеленушінің өкілі ретінде патенттік сенім білдірілген өкіл уәкілетті органмен және сараптама ұйымымен іс жүргізуге байланысты қызметті жүзеге асырады. Уәкілетті органмен және сараптама ұйымымен іс жүргізуді өтініш беруші және (немесе) патент иеленуші де дербес жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шегінен тысқары жерде тұратын жеке тұлғалар немесе шетелдік заңды тұлғалар уәкілетті органда өзінің өтініш беруші, құқық иеленуші құқықтарын, сондай-ақ мүдделі тұлға құқықтарын патенттік сенім білдірілген өкілдер арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында тұрақты тұратын, бірақ оның шегінен тысқары жерде уақытша жүрген жеке тұлғалар Қазақстан Республикасының шегінде хат алмасу үшін мекенжайын көрсеткен кезде патенттік сенім білдірілген өкілсіз өзінің өтініш беруші, құқық иеленуші құқықтарын, сондай-ақ мүдделі тұлға құқықтарын жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл сенім білдірушіден оның тапсырмасын орындауға байланысты алатын ақпарат Қазақстан Республикасының заңдарында құпия ақпаратқа немесе заңмен қорғалатын өзге де құпияға қойылатын талаптар сақталған кезде құпия деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-1-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенім білдірілген өкіл мыналарға құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интегралдық микросхемалар топологияларын қорғау, интегралдық микросхемалар топологияларына құқықтарды иелену немесе беру мәселелері бойынша консультация беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тапсырыс берушінің, сенім білдірушінің, жұмыс берушінің атынан және оның тапсырмасы бойынша интегралдық микросхемалар топологиясын тіркеуге арналған өтінімдерді ресімдеу және жасау жөніндегі жұмыстарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) интегралдық микросхемалар топологияларын тіркеу мәселелері бойынша уәкілетті органмен және (немесе) сараптама ұйымымен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицензиялық (қосалқы лицензиялық) шарттарды және (немесе) басқаға беру шарттарын жасауға, қарауға, сондай-ақ сараптама ұйымында құқықтарды беруді және ұсынуды кейіннен тіркеуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенім білдірілген өкілдер палатасының мүшесі болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасында тыйым салынбаған, зияткерлік меншікті сақтау және қорғау мәселелерімен байланысты басқа да қызмет түрлерін жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдің өкілеттіктері сенімхатпен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық кеңеске қарсылық беруге байланысты істерді жүргізу кезінде патенттік сенім білдірілген өкіл уәкілетті органға сенімхаттың түпнұсқасын ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер сенімхат шет тілінде жасалса, онда қарсылық берілген тілге байланысты сенімхаттың қазақ немесе орыс тіліне нотариус куәландырған аудармасы міндетті түрде ұсынылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z138" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкіл, егер бұрын осы іс бойынша мүдделері іс жүргізу туралы өтінішпен жүгінген адамның мүдделеріне қайшы келетін адамдардың атынан өкiлдiк етсе немесе оларға консультация берсе немесе оны қарауға өзгеше қатысса, сондай-ақ егер істі қарауға патенттік сенім білдірілген өкілдің жақын туысы, жұбайы (зайыбы) немесе жекжаты болып табылатын лауазымды адам қатысса, тапсырманы қабылдамауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 15-1-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-2-бап. Патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізіліміндегі (тізілімдеріндегі) мәліметтердің күшін жою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 15-2-баптың тақырыбына өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...200 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z108" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенiм білдірілген өкіл патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияға берілген өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығы тоқтатылған кезде немесе Қазақстан Республикасының шегінен тыс тұрақты тұрғылықты жерге кеткен кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патенттік сенiм білдірілген өкілдің кәсіптік қызметінде бес жылдан астам үзіліс болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттік сенiм білдірілген өкіл қылмыс жасағаны үшін сотталып, соттың айыптау үкімі заңды күшіне енген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенiм білдірілген өкіл қайтыс болған немесе ол хабарсыз кетті деп танылған не қайтыс болды деп жарияланған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) патенттік сенiм білдірілген өкіл әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке және (немесе) заңды тұлғалардың шағымдарын, сондай-ақ патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімі немесе соттың заңды күшіне енген шешімі не айыптау үкімі негізінде патенттік сенім білдірілген өкілдің куәлігі жарамсыз деп танылады және тиісті мәліметтер патенттік сенім білдірілген өкілдердің тізіліміне (тізілімдеріне) енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z140" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патенттік сенiм білдірілген өкілдердің тізілімінен (тізілімдерінен) шығарылған патенттік сенім білдірілген өкіл бұл жөнінде мәліметтер енгізілген күннен бастап патенттік сенiм білдірілген өкілдің қызметін жүзеге асыру құқығынан айырылады, ал оны патенттік сенім білдірілген өкіл ретінде тіркеу туралы куәліктің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z141" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Уәкілетті орган патенттік сенім білдірілген өкілдің әрекеттеріне жеке және (немесе) заңды тұлғаның шағымы не патенттік сенім білдірілген өкілдер палатасының ұсынуы келіп түскен жағдайда уәкілетті орган қызметкерлерінің тақ санынан патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия құрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша мынадай шешімдердің бірі қабылданады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің куәлігін кері қайтарып алу және патенттік сенім білдірілген өкілдердің тізіліміне (тізілімдеріне) тиісті жазба енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қанағаттандырудан бас тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешіміне уәкілетті органның жанынан құрылатын апелляциялық комиссияға патенттік сенім білдірілген өкілдердің шағымдарын сотқа дейін қарау жөніндегі шағым берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімдеріне шағымдарды қарау тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген шағымдарды сотқа дейін қарау міндетті болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шешімі жай көпшілік дауыспен қабылданады, хаттамамен ресімделеді және ол бойынша сотқа шағым жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 15-2-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...750 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-1-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
-[...393 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-2-бап. Патенттік сенім білдірілген өкілдердің тізілімінен шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген   өкілдердің тізіліміндегі мәліметтердің күшін жою</w:t>
-[...1343 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">16-бап. Шетелдiктердiң, шетелдiк заңды тұлғалар мен азаматтығы жоқ адамдардың құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Шетелдiктер мен шетелдiк заңды тұлғалар осы Заңда көзделген құқықтарды Қазақстан Республикасы қатысушы болып табылатын халықаралық шарттарға байланысты немесе өзара принцип негізінде Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең пайдаланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер осы Заңнан және Қазақстан Республикасының өзге де заң актілерінен өзгеше туындамаса, Қазақстан Республикасында тұратын азаматтығы жоқ адамдар осы Заңда және топологияларды құқықтық қорғауға қатысты өзге де актілерде көзделген құқықтарды Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -6777,55 +5101,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>