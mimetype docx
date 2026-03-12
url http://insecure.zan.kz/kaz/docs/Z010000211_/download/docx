--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="88bd4f1" w14:textId="88bd4f1">
+    <w:p w14:paraId="1164f16" w14:textId="1164f16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4226,155 +4226,95 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">8) алып тасталды – ҚР 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...98 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5898,961 +5838,881 @@
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      20-22) алып тасталды – ҚР 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      20-22) тармақшаны алып тастау көзделген – ҚР 17.07.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      20-23) алып тасталды – ҚР 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      20-22) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығындарын субсидиялайды;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-24) алып тасталды - ҚР 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-25) алып тасталды - ҚР 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-26) осы Заңның мақсаттары мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес туристік қызметті реттеу саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 05.07.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), өзгерістер енгізілді – ҚР 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (13.10.2011 бастап қолданысқа енгізіледі), 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі), 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 02.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 03.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...721 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7282,1201 +7142,1085 @@
         <w:t>
       10) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын субъектілерді қоспағанда, туристік қызмет субъектілеріне туристік қызметті ұйымдастыруға байланысты мәселелерде әдістемелік және консультациялық көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z278" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында жүзеге асырылатын кәсіпкерлікті қоспағанда, халықты жұмыспен қамтуды ұлғайту шарасы ретінде туристік қызмет саласындағы кәсіпкерлікті дамытады және қолдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z350" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) Қазақстан Республикасының туристік қызмет туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z279" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) туристік ақпаратты, оның ішінде туристік әлеует, туризм объектілері мен туристік қызметті жүзеге асыратын тұлғалар туралы ақпаратты береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z280" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) туристік ақпарат орталығын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес туроператорлық қызметті лицензиялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын гидті қоспағанда, гидті кәсіптік даярлауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) уәкілетті органмен келісу бойынша туристік саланы дамыту жөніндегі іс-шаралар жоспарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-4) туристік маршруттар мен соқпақтардың мемлекеттік тізілімін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-5) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағын қоспағанда, тиісті әкімшілік-аумақтық бірліктің аумағында туризм инфрақұрылымын құрады, туристің қажеттіліктерін қанағаттандыра алатын объектілерді салу мен дамыту бойынша шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-6) туризмді дамытуда туристік қызмет субъектілері үшін жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-7) туризм саласындағы бірлескен қызметті іске асыру шеңберінде тікелей шарт жасасу арқылы туристік ақпараттық орталықтарды қаржыландырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-8) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын кәсіпкерлік субъектілерін қоспағанда, туристік қызмет объектілерін салу, реконструкциялау кезіндегі кәсіпкерлік субъектілері шығындарының бір бөлігін өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-9) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың санитариялық-гигиеналық тораптарының тізбесін қоспағанда, уәкілетті органмен келісу бойынша күтіп-ұсталуы кезіндегі шығындардың бір бөлігі өтелетін санитариялық-гигиеналық тораптардың тізбелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-10) елді мекендерден тыс жердегі туристерді орналастыру орындарына дейін облыстық және аудандық маңызы бар кірме автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі шараларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-11) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағындағы жол бойындағы сервис объектілерін қоспағанда, кәсіпкерлік субъектілерінің жол бойындағы сервис объектілерін салу бойынша шығындарының бір бөлігін өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-12) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағындағы санитариялық-гигиеналық тораптарды қоспағанда, кәсіпкерлік субъектілерінің санитариялық-гигиеналық тораптарды күтіп-ұстауға арналған шығындарының бір бөлігін субсидиялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-13) Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында туристік қызметті жүзеге асыратын кәсіпкерлік субъектілері сатып алатын автомобиль көлігі құралдарын қоспағанда, туристік қызметті жүзеге асыратын кәсіпкерлік субъектілеріне сыйымдылығы жүргiзушiнiң орнын есепке алмағанда сегiзден астам отыратын орны бар автомобиль көлік құралдарын сатып алу бойынша шығындардың бір бөлігін өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-14) жер пайдалану құқығын не жеке меншік құқығын бермей, жануарлардың өріс аудару жолдары ескеріле отырып, республикалық және жергілікті маңызы бар ерекше қорғалатын табиғи аумақтардағы туризм объектілеріне, сондай-ақ елді мекендерден тыс жердегі туризм объектілеріне және туристерді орналастыру орындарына дейін инженерлік инфрақұрылымды (жолдарды, көпірлерді, электр беру желілерін және басқа да коммуникацияларды) жобалауды, салуды және оларға қызмет көрсетуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-15) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығындарын субсидиялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-16) тау шаңғысы курорттары үшін жабдықтар мен техника сатып алу бойынша кәсіпкерлік субъектілері шығындарының бір бөлігін өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z48" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z49" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті әкімшілік-аумақтық бірліктің аумағында туристік қызмет саласындағы мемлекеттік саясатты іске асырады және үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z50" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті әкімшілік-аумақтық бірліктің аумағында туризмді дамыту туралы ақпарат жинауды, талдауды жүзеге асырады және оны облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z51" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудандық туристік ресурстарды қорғау жөніндегі шараларды әзірлейді және енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z52" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тиісті әкімшілік-аумақтық бірліктің аумағында туристік индустрия объектілерін жоспарлау және салу жөніндегі қызметті үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z53" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балалар мен жастар лагерьлерінің, туристер бірлестіктерінің қызметіне жәрдем көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z54" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) туристік ақпаратты, оның ішінде туристік әлеует, туризм объектілері және туристік қызметті жүзеге асыратын тұлғалар туралы ақпарат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) аудандағы туристік маршруттар мен соқпақтардың тізілімін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z55" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 05.07.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 59-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), өзгерістер енгізілді – ҚР 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (13.10.2011 бастап қолданысқа енгізіледі), 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 03.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...990 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Туризм жөнiндегi кеңес </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z348" w:id="107"/>
+    <w:bookmarkStart w:name="z348" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Туризм жөнiндегi кеңес уәкілетті орган жанындағы консультациялық-кеңесшi орган ретiнде құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z132" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Туризм жөніндегі кеңестің құрамына уәкілетті органның және мүдделі мемлекеттік органдардың өкілдері, сондай-ақ туристік қызмет саласындағы қауымдастықтар мен өзге де бірлестіктердің өкілдері кіреді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z133" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Туризм жөнiндегi кеңес: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z134" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Туризмді дамыту, экономиканың осы саласына инвестициялар тарту, Қазақстан Республикасына келудiң қолайлы режимiн қамтамасыз ету және туристердiң шетелге шығуы үшiн жағдайлар жасау, республиканың туристiк имиджін қалыптастыру, туристік қызмет саласында мамандар даярлау мәселелері бойынша ұсыныстар әзiрлейдi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z135" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) туристiк қызмет көрсетудi тұтынушыларды қызмет көрсету сапасы туралы хабардар ету мақсатында өзi бекiткен тәртiп бойынша туристік қызметті жүзеге асыратын тұлғалардың рейтингін жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8766,145 +8510,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="112"/>
+    <w:bookmarkStart w:name="z18" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3-тарау. ТУРИСТIК ҚЫЗМЕТТI ҰЙЫМДАСТЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-1-бап. Басым туристік аумақтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="113"/>
+    <w:bookmarkStart w:name="z316" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Туристендіру картасының республикалық деңгейдегі объектілері тізбесіне енгізілген, туристік дамытудың ерекше әлеуеті бар аумақ басым туристік аумақ болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z317" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z317" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының заңнамасына сәйкес кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғалар басым туристік аумаққа қатысушылар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z318" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z318" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басым туристік аумақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       синергетикалық әсер есебінен аумақтың туристік нарықтағы бәсекеге қабілеттілігін арттыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8915,70 +8659,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туристік қызмет субъектілері жұмысының тиімділігін арттыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       туризмді дамытудың неғұрлым перспективалы нүктелерінде ресурстарды (материалдық, зияткерлік және басқаларын) шоғырландыру мақсатында құрылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="116"/>
+    <w:bookmarkStart w:name="z319" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басым туристік аумақтарда туристің қажеттіліктерін қанағаттандыра алатын объектілерді салу Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9354,90 +9098,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Туристік қызметті жүзеге асырудың жалпы шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="117"/>
+    <w:bookmarkStart w:name="z320" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шығу туризмі саласындағы туроператор шығу туризмі саласындағы туроператорлық қызметті жүзеге асыру кезінде шетелге шығатын әрбір туриске қатысты туристі міндетті сақтандыру шартын жасасуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z321" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығу туризмі саласындағы туроператордың туристік қызмет көрсетуге арналған жазбаша шарт жасаспай, туристік қызметтерді көрсетуі лицензияның қолданысын тоқтата тұру үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z321" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығу туризмі саласындағы туроператорлық қызмет лицензияланатын қызметтің кіші түрі болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9538,70 +9300,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығу туризмі саласындағы туроператор туристік өнімді ұсынуды және өткізуді тек қана турагенттер арқылы жүзеге асырады. Турагент шығу туризмі саласындағы туроператор қалыптастырған туристік өнімді өткізу кезінде туристік ваучер беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезиденті қалыптастырған туристік өнім шығу туризмі саласындағы туроператордың туристік өніміне енгізу арқылы ұсынылады және осы Заңға сәйкес өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="119"/>
+    <w:bookmarkStart w:name="z322" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Турагент туроператор қалыптастырған туристік өнімді Қазақстан Республикасының заңнамасына сәйкес туристерге ұсынады және өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Турагенттің туристік өнімді ұсынуы және өткізуі туроператормен жазбаша нысанда жасалған туристік өнімді өткізуге арналған агенттік шарт негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9702,70 +9464,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туристік өнім туралы анық ақпарат және туристік өнім туралы ақпарат бермегені немесе анық емес ақпарат бергені үшін тараптардың әрқайсысының турист алдындағы жауаптылығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туроператор туристік қызмет көрсетуге арналған шарт бойынша міндеттемелерді орындамағаны немесе тиісінше орындамағаны үшін (оның ішінде осы қызметтерді кімнің көрсетуге тиіс болғанына немесе кімнің көрсеткеніне қарамастан, туристерге туристік өнімге кіретін қызметтерді көрсетпегені немесе тиісінше көрсетпегені үшін) туристің алдында Қазақстан Республикасының заңдарында көзделген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="120"/>
+    <w:bookmarkStart w:name="z323" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Діни қажеттіліктерді қанағаттандыруға бағытталған туроператорлық қызмет уәкілетті органмен келісу бойынша діни қызмет саласында мемлекеттік реттеуді жүзеге асыратын мемлекеттік орган айқындайтын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9787,51 +9549,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9839,90 +9641,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15-1-бап. Туристерді орналастыру орындарының сыныптамасы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Туристерді орналастыру орындары туристер легін және барлық туризм түрлерінен түсетін кірістерді арттыруға жәрдемдесу мақсатында сыныпталуға тиіс.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z281" w:id="121"/>
+    <w:bookmarkStart w:name="z281" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сыныптама жүргізу кезінде туристерді орналастыру орындарын сыныптау ережелерінің негізінде санаттардың біріне аттестаттауды жүзеге асыруға мүмкіндік беретін туристерді орналастыру орындарының сипаттамалары қаралады.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z282" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z282" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Туристерді орналастыру орындарын сыныптау ережелері негізгі мақсаттарды, ұйымдық құрылымды, ең төменгі талаптарды айқындайды және туристерді орналастыру орындарына санаттар беру тәртібін реттейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9996,90 +9798,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15-2-бап. Туристік өнімді қалыптастыру </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Туристік өнімді қалыптастыру - туроператордың туристік өнімге кіретін жекелеген туристік қызметтер көрсететін үшінші тұлғалармен шарттарды жасасу және орындау жөніндегі қызметі.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z283" w:id="123"/>
+    <w:bookmarkStart w:name="z283" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Туроператор туристік өнімді өз қалауы бойынша туристік нарықтың конъюнктурасын негізге ала отырып немесе нақты тапсырыс бойынша қалыптастырады.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z284" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z284" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Туроператор кіретін қызметтер көрсетуге құқықты жекелеген туристік қызметтер көрсетуді ұсынатын тұлғалармен жасалатын шарттар негізінде алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10135,110 +9937,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-3-бап. Туризм саласындағы хабарламалар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="125"/>
+    <w:bookmarkStart w:name="z336" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасында дара кәсіпкерлер ретінде қызметін жүзеге асыратын гидтің, экскурсоводтың, туризм нұсқаушысының, турагенттің қызметін жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарлама "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z337" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z337" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Турагенттік қызметті жүзеге асырудың басталғаны туралы хабарлама жіберетін өтініш берушілер уәкілетті орган бекіткен нысан бойынша мәліметтерді қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z338" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z338" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасында дара кәсіпкерлер ретінде қызметін жүзеге асыратын гид, экскурсовод, туризм нұсқаушысы ретінде қызметті жүзеге асырудың басталғаны туралы хабарламаны жіберетін өтініш берушілер хабарламаға уәкілетті орган бекіткен нысан бойынша мәліметтерді және туризм саласында даярлықтан өткені туралы сертификатты қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10314,70 +10116,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Туристік қызмет аясындағы стандарттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туристік қызмет аясындағы стандарттау Қазақстан Республикасының стандарттау саласындағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10473,50 +10275,122 @@
       1. Туристік қызметтер көрсету шарт негізінде жүзеге асырылады. Туристік қызмет көрсету шарты, гидпен және экскурсоводпен жасалатын шарттарды қоспағанда, жазбаша нысанда жасалады және Қазақстан Республикасының заңнамасына сәйкес болуға тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туристік қызмет көрсету шартының елеулі талаптары уәкілетті орган бекіткен туристік қызмет көрсетуге арналған үлгілік шартта белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келу туризмі мен ішкі туризм саласындағы туроператорлардың туристік қызмет көрсетуге арналған жазбаша шарт жасаспай, туристік қызметтерді көрсетуі лицензияның қолданысын тоқтата тұру үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір жыл ішінде қайталап жасалған, келу туризмі мен ішкі туризм саласындағы туроператорлардың туристік қызмет көрсетуге арналған жазбаша шарт жасаспай, туристік қызметтерді көрсетуі лицензиядан айыру үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензияның қолданысын тоқтата тұру не лицензиядан айыру туралы шешімді уәкілетті орган қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензияның қолданысын тоқтата тұру мерзімі бір айды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10531,240 +10405,240 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="129"/>
+    <w:bookmarkStart w:name="z163" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Шартты жасасу кезiнде басшылыққа алынған мән-жайдың елеулi түрде өзгеруiне байланысты тараптардың әрқайсысы шартты өзгертудi немесе бұзуды талап етуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z164" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z164" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мән-жайлардың елеулi түрде өзгеруiне мыналар жатады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z165" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z165" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) саяхат жағдайларының нашарлауы, саяхат мерзiмiнiң өзгеруi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z166" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z166" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көлiк тарифтерiнiң ойламаған жерден өсуi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z167" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z167" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) салықтар мен алымдардың және бюджетке төленетiн басқа да мiндеттi төлемдердiң жаңа ставкаларын енгiзу немесе олардың қолданыстағы ставкаларының артуы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z168" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z168" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) тараптардың келiсiмi бойынша белгiленетiн өзге де негiздер. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z169" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z169" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Туристік қызметті жүзеге асыратын тұлға шартты орындамаған немесе тиiсiнше орындамаған ретте турист Қазақстан Республикасының заңдарында көзделген жағдайларда және тәртiппен шартты бұзуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z170" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z170" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Туристік қызметті жүзеге асыратын тұлғаға шартты орындаудан бас тарту туралы хабардар етiлгенге дейiн көрсетiлген қызметтерi үшiн олардың iс жүзiнде шығарған шығындарын төлеген жағдайда, саяхат басталғанға дейiн шартты орындаудан бас тартуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10813,150 +10687,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="137"/>
+    <w:bookmarkStart w:name="z172" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Турдың құрамына кiретiн туристiк қызметтер көрсетiлуiн сатып алған жағдайда туристiк ваучер туристiң тиiстi қызмет көрсетудi пайдалану құқығын растайтын құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z173" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z173" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Туристiң кiнәсiнен туристiк қызмет көрсету шартын орындау мүмкiн болмайтын жағдай туындаған ретте, егер заң актiлерiнде немесе өтелмелi қызметтер көрсету шартында өзгеше көзделмесе, көрсетiлген қызметтерге толық көлемде ақы төленуi тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z174" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z174" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Туристiк қызмет көрсету шартын орындаудың мүмкiн болмауы тараптардың бiр де бiрi жауап бермейтiн мән-жайлар бойынша туындаған жағдайда, егер заң актiлерiнде немесе шартта өзгеше көзделмесе, турист туристiк ұйымға iс жүзiнде шығарған шығындарын өтейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z175" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z175" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Туристiң кiнәсiнен болған жағдайды қоспағанда, туристік қызметті жүзеге асыратын тұлға тапсырыс берушiге шартты бұзудан келтiрiлген залалдарды толық өтеген жағдайда ғана шартты орындаудан бас тартуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z176" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z176" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Басқа елге келген жерi бойынша не жүру барысындағы маршруты бойынша шарт талаптарына сәйкес келмеген жағдайда туристік қызметті жүзеге асыратын тұлға шарт талаптарының тиiсiнше орындалмағаны үшiн жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11026,50 +10900,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11100,150 +11014,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-бап. Залалдар мен моральдық зиянды өтеу, туристiк қызмет көрсету шартын өзгерту жағдайлары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Туристерге келтiрiлетiн залалдар мен моральдық зиянды өтеу Қазақстан Республикасының заңдарына сәйкес жүргiзiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="142"/>
+    <w:bookmarkStart w:name="z177" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Туристiк ұйым саяхат жасау кезiнде дүлей күштiң ықпалы салдарынан туристке келтiрiлген залал үшiн жауап бермейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z178" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z178" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жолаушыларды көлiктiң кез келген түрiмен тасымалдаған кезде туристік қызметті жүзеге асыратын тұлға туристке жөнелтiлетiн және баратын пункттер атаулары, жолаушылардың негiзгi құқықтары мен мiндеттерi көрсетiлген жеке немесе топтық (туристер тобына қызмет көрсету кезiнде) тасымалдау құжатын (билетiн) беруге мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z179" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z179" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Туристік қызметті жүзеге асыратын тұлға туристің төтенше жағдайға тап болғаны туралы туристің отбасын өз есебінен жазбаша түрде хабардар етуге міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z180" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z180" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Өлшеуге берiлмеген жүктi тасымалдау, оның сақталу жауапкершiлiгi туристке жүктеледi. Егер туристік қызметті жүзеге асыратын тұлға билет, жүк квитанциясын немесе тасымалдауға қабылданған жүктiң жөнелтпе құжатын берсе, бiрақ олар дұрыс ресiмделмеген болса немесе жоғалса, немесе оларды қандай да бiр басқа себептермен ұсыну мүмкiн болмаса, тасымалдау шарты күшiнде қалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z181" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z181" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Туристік қызметті жүзеге асыратын тұлға шартпен көзделген мән-жайлар өзгерген жағдайда және шарттың талаптарын елеулi түрде өзгерту қажет болған жағдайда туристке жазбаша нысанда осындай өзгерiстердiң сипаты және ықтимал салдарлары туралы дереу хабарлауға мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11317,70 +11231,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Туристік қызметті жүзеге асыратын тұлғалар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Туристік қызметті жүзеге асыратын тұлғалар өз филиалдары мен өкiлдiктерiн ашуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="147"/>
+    <w:bookmarkStart w:name="z47" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Туристік қызметті жүзеге асыратын тұлғалар Қазақстан Республикасының заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы заңнамасына сәйкес тiркелген, туристік қызметті жүзеге асыратын басқа тұлғалардың атауларын пайдалана алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11626,70 +11540,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22-бап. Туристiк қызмет саласындағы мамандарды кәсiптiк даярлау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Туризм саласындағы мамандарды кәсіптік даярлауды, қайта даярлауды бiлiм беру саласында тиiстi лицензиялары бар бiлiм беру ұйымдары жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="148"/>
+    <w:bookmarkStart w:name="z186" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Туристік қызмет саласындағы мамандарды қайта даярлау және олардың біліктілігін арттыру тәртібін уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11783,243 +11697,243 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23-бап. Гид, туризм нұсқаушысы, экскурсовод </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының азаматы ғана гид, туризм нұсқаушысы, экскурсовод бола алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="149"/>
+    <w:bookmarkStart w:name="z28" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ТУРИСТIҢ ҚҰҚЫҚТАРЫ МЕН МIНДЕТТЕРI, ТУРИСТIҢ ҚАУIПСIЗДIГIН ҚАМТАМАСЫЗ ЕТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">24-бап. Туристiң құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Транзитті қоса алғанда, саяхатқа әзірленген, саяхат жасаған кезде туристiң: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="150"/>
+    <w:bookmarkStart w:name="z187" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өзiнiң жеке басына немесе мүлкiнiң қауiпсiздiгiне қол сұғылған жағдайда консулдық, дипломатиялық, өзге де мемлекеттiк, сондай-ақ туристiк өкiлдiктерге өтiнiшпен жүгiнуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z188" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z188" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) уақытша болатын елге (жерге) бару, сондай-ақ уақытша болған елден (жерден) шығу және сонда болу ережелерi туралы, уақытша болатын ел (жер) заңнамасының ерекшеліктері туралы, жергiлiктi халықтың әдет-ғұрпы туралы, дiни салт, қасиеттi орындар, табиғи, тарихи, мәдени ескерткiштер және туристерге көрсетiлетiн, ерекше қорғаудағы басқа да объектiлер, қоршаған ортаның жай-күйi туралы қажеттi және дұрыс ақпарат алуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z189" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z189" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) еркiн жүрiп-тұруға, уақытша болатын елде (жерде) қабылданған шектеу шараларын ескере отырып, туристiк ресурстарға еркiн қол жеткiзуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z190" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z190" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) туристік қызметті жүзеге асыратын тұлға туристiк қызмет көрсету шартын орындамаған жағдайда келтiрiлген залал мен моральдық зиянның Қазақстан Республикасының заңдарында белгiленген тәртiппен өтелуiне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z191" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z191" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) шұғыл медициналық жәрдем алуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z192" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z192" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) шетелдік туристердiң құқықтық көмек және көмектiң өзге де түрiн алуына Қазақстан Республикасының мемлекеттiк билiк органдарының жәрдемдесуiне; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z193" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z193" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) туристердiң қолда бар байланыс құралдарына кедергiсiз қол жеткiзуiне құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Туристердiң өзге құқықтары болатын елдiң (жердiң) заңдарымен айқындалады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12121,130 +12035,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">25-бап. Туристiң мiндеттерi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Саяхат жасаған кезде, транзиттi қоса алғанда, турист: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="157"/>
+    <w:bookmarkStart w:name="z194" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) уақытша болатын елдiң (жердiң) заңдарын сақтауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z195" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z195" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) уақытша болатын елдегi (жердегi) қоршаған ортаны сақтауға, табиғи, тарихи және мәдени ескерткiштерге ұқыпты қарауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z196" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z196" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уақытша болатын елге (жерге) келу және онда болу, сондай-ақ уақытша болатын елден (жерден) кету ережелерiн және транзиттiк жүрiп өтетiн елдердегi ережелердi сақтауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z197" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z197" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) саяхат кезiнде жеке өзiнiң қауiпсiздiгi ережелерiн сақтауға мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Туристiң өзге мiндеттерi болатын елдiң (жердiң) заңдарымен айқындалады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12254,228 +12168,300 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26-бап. Туристердiң қауiпсiздiгiн қамтамасыз ету </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының аумағында туристердiң қауiпсiздiгiне Қазақстан Республикасы кепiлдiк бередi. Қазақстан Республикасы Қазақстан Республикасының турист-азаматтарына оның шегiнен тыс жерлерде қорғау және оларға қамқорлық жасау кепiлдiгiн бередi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="161"/>
+    <w:bookmarkStart w:name="z198" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Туристердiң қауiпсiздiгi деп туристердiң жеке қауiпсiздiгi, олардың мүлкiнiң сақталуы және саяхат кезiнде қоршаған ортаға залал келтірмеуі, сондай-ақ туризмді заңсыз көші-қон мен үшiншi елдерге транзит, азаматтарды сексуалдық, еңбек және өзге де мақсаттарда пайдалануға жол бермеуге бағытталған шаралар кешенi түсiнiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z199" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z199" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уәкiлеттi орган туристік қызметті жүзеге асыратын тұлғаларды және туристердi уақытша болатын елдегi (жердегi) ықтимал қауiптер туралы хабардар етедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z200" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z200" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Туристік қызметті жүзеге асыратын тұлғалар туристерге саяхат басталудан үш күн бұрын жазбаша түрде уақытша болатын елге (жерге) бару, уақытша болған елден (жерден) шығу және сонда болу ережелері туралы, заңнамасы туралы, жергілікті халықтың салт-дәстүрлері туралы, діни әдет-ғұрпы, қасиетті орындар, табиғи, тарихи, мәдени ескерткіштер және туристерге көрсетілетін, ерекше қорғаудағы басқа да объектілер, қоршаған ортаның жай-күйі туралы, сондай-ақ саяхат жасаған кезде тап болуы мүмкін қауіптер туралы қажетті және дұрыс ақпаратты қамтитын саяхаттың ерекшеліктері туралы мәліметтер беруге және туристердің қауіпсіздігін қамтамасыз етуге бағытталған алдын алу шараларын жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z201" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z201" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Туристік қызметті жүзеге асыратын тұлғалар уәкілетті орган мен азаматтық қорғау саласындағы уәкілетті органға, сондай-ақ туристің отбасына саяхат кезінде туристің төтенше жағдайға ұшырағаны туралы білген немесе білуге тиіс кезден бастап дереу хабарлауға міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер шетелдік туристер - Қазақстан Республикасының аумағында немесе Қазақстан Республикасының турист азаматтары Қазақстан Республикасынан тысқары жерлерде төтенше жағдайға ұшыраған болса, туристік қызметті жүзеге асыратын тұлғалар дипломатиялық қызмет органдарына да хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туроператорлардың уәкілетті органға, азаматтық қорғау саласындағы уәкілетті органға, мүдделі мемлекеттік органдарға және туристің отбасына саяхат кезінде туристердің төтенше жағдайға ұшырағаны туралы ақпаратты бермеуі немесе уақтылы бермеуі лицензияның қолданысын тоқтата тұру үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір жыл ішінде қайталап жасалған, туроператорлардың уәкілетті органға, азаматтық қорғау саласындағы уәкілетті органға, мүдделі мемлекеттік органдарға және туристің отбасына саяхат кезінде туристердің төтенше жағдайға ұшырағаны туралы ақпаратты бермеуі немесе уақтылы бермеуі лицензиядан айыру үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензияның қолданысын тоқтата тұру не лицензиядан айыру туралы шешімді уәкілетті орган қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензияның қолданысын тоқтата тұру мерзімі бір айды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Өзi уақытша болатын елге (жерге) саяхат жасағысы келетiн туристер халықаралық медицина талаптарына сәйкес профилактикадан өтуге мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z203" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z203" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қазақстан Республикасының аумағында қасiретке душар болған туристерге қажеттi көмектi Қазақстан Республикасының Үкiметi белгiлеген мамандандырылған қызметтер жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z204" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z204" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкiлеттi орган мүдделi министрлiктермен және басқа да атқарушы органдармен бiрлесiп туристердiң қорғалуы мен қауiпсiздiгiн қамтамасыз етуді ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z205" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z205" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Облыстың, республикалық маңызы бар қаланың, астананың әкімдігі туристердiң қорғалуы мен қауiпсiздiгiн қамтамасыз етуді ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12557,200 +12543,240 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Туристік қызметті жүзеге асыру кезінде сақтандыру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z290" w:id="169"/>
+    <w:bookmarkStart w:name="z290" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Турагент туристік өнімді өткізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шетелге шығатын турист туристі міндетті сақтандыру шартын жасасуға ниет білдірген сақтандыру ұйымының немесе Қазақстан Республикасы бейрезидент-сақтандыру ұйымы филиалының атауын сұратуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шетелге шығатын туриске сақтандыру сертификатын және қажет болған кезде, сақтандыру полисін беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="170"/>
+    <w:bookmarkStart w:name="z291" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Туристі міндетті сақтандыру шартында туристерге медициналық көмектің ақысын төлеу және уақытша болатын елде (жерде) тікелей сақтандыру жағдайы басталған кезде олардың шығыстарын өтеу көзделуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z292" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z292" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Үкіметі Қазақстан Республикасының аумағына келетін туристерге өмірі мен денсаулығын сақтандыру туралы куәліктің болуы туралы талапты белгілеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z293" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z293" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің қызметі осы Заңның 27-3-бабы 1-тармағының 2) тармақшасына сәйкес уәкілетті орган белгілеген мөлшерде аударылуға жататын ақша сомасынан ұсталатын комиссиялық алым есебінен қаржыландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12849,68 +12875,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="173"/>
+    <w:bookmarkStart w:name="z130" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-1-тарау. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 4-1-тараумен толықтырылды - ҚР 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12922,70 +12948,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-1-бап. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="174"/>
+    <w:bookmarkStart w:name="z140" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі Қазақстан Республикасының азаматтары, турагенттер, туроператорлар, туроператорлар-әуе кемесімен жалданушылармен, Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі және Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарын қорғауды қамтамасыз ететін уәкілетті орган арасындағы құқықтық қатынастар жиынтығын білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі Қазақстан Республикасы азаматтарының турагенттермен, туроператорлармен, туроператор-әуе кемесімен жалданушылармен, Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісімен және уәкілетті органмен іскерлік сипаттағы сапарларға байланысты құқықтық қатынастарына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13039,306 +13065,306 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-2-бап. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің субъектілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="175"/>
+    <w:bookmarkStart w:name="z142" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z143" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z143" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шығу туризмі саласындағы қызметті жүзеге асыратын туроператорлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z144" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z144" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шығу туризмі саласындағы қызметті жүзеге асыратын туроператорлар-әуе кемесімен жалданушылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z145" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z145" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шығу туризмі саласындағы қызметті жүзеге асыратын турагенттер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z146" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z146" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z147" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z147" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган айқындаған, жалғыз қызмет түрі Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің қызметін атқару болып табылатын заңды тұлға Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z148" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z148" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің кәсіпкерлік қызметті және өзге де қызмет түрлерін жүзеге асыруға, қарыздар алуға, үшінші тұлғалардың қарыздары бойынша кепілгер болуға, мүлікті кепілге беруге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z149" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z149" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің қызметі осы Заңның 27-3-бабының 1-тармағының 2) тармақшасына сәйкес, Қазақстан Республикасының Үкіметі белгілеген мөлшерде аударылуға жататын ақша сомасынан ұсталатын комиссиялық алым есебінен қаржыландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z150" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z150" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Туристер болып табылатын Қазақстан Республикасының азаматтары Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің пайда алушылары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z324" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z324" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығу туризмі шеңберінде Қазақстан Республикасының азаматтарына туристік код беру тетігін әкімшілендіруді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган айқындаған кепілдік берудің сараланған сомасын қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="185"/>
+    <w:bookmarkStart w:name="z325" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің жұмыс істеу қағидаларына сәйкес Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің субъектісі шығу туризмі саласындағы туроператорлық қызметтің түрін тоқтатқан жағдайда осы субъектінің кінәсінен Қазақстан Республикасының азаматтарын әкету фактілері болмаған кезде ол енгізген банк кепілдігін, сондай-ақ өткізген туристік өнімдер үшін аударылған қаражатты қайтаруды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13448,150 +13474,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-3-бап. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі субъектілерінің міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="186"/>
+    <w:bookmarkStart w:name="z153" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шығу туризмі саласында қызметін жүзеге асыратын туроператорларға және туроператорлар-әуе кемесімен жалданушыларға мынадай міндеттемелер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z154" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z154" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісіне шарттың түпнұсқасын не нотариат куәландырған көшірмесін ұсына отырып, Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің не Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі айқындаған үшінші тұлғаның пайдасына банк кепілдігімен қамтамасыз етілген ақшаны төлеуді көздейтін, Қазақстан Республикасының банк заңнамасына сәйкес екінші деңгейдегі банкпен банктік кепілдік шартын жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z155" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z155" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) арнайы шотқа туроператор немесе туроператор-әуе кемесімен жалданушы қалыптастырған және турагент Қазақстан Республикасының азаматына өткізген әрбір туристік өнімнен уәкілетті орган бекіткен сомада ақшаны аудару жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z156" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z156" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі субъектілерінің осы бапта санамаланған міндеттемелерді орындауын қамтамасыз ету Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісіне және уәкілетті органға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z157" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z157" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бапта көзделген міндеттемелерді орындамайтын немесе тиісті түрде орындамайтын туроператордың немесе туроператор-әуе кемесімен жалданушының Қазақстан Республикасының азаматтарына шығу туризмі саласындағы туристік қызметтерді көрсеткені анықталған жағдайда, облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы осындай мән-жай анықталған күннен бастап үш жұмыс күні ішінде Қазақстан Республикасының заңдарына сәйкес шығу туризмі саласындағы туристік операторлық қызметке арналған лицензияның (лицензияға қосымшаның) қолданысын тоқтата тұруды жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13647,228 +13673,228 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-4-бап. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарын қорғау тетігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="191"/>
+    <w:bookmarkStart w:name="z159" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы азаматтарының құқықтарын қорғау бойынша әрекеттерді жүзеге асыру туралы шешімді Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі уәкілетті органмен келісу бойынша мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z160" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z160" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматының шығу туризмі саласындағы құқықтары бұзылған жағдайда, оның жазбаша немесе ауызша өтініші болғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z161" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z161" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының шығу туризмі саласындағы туристiк қызмет туралы заңнамасын бұзу фактілері бойынша мемлекеттік органдардың өтініші болғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z162" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z162" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарын бұзу фактілері бойынша туристер бірлестігінің (бірлестіктерінің) жазбаша өтініші болғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z182" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z182" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарын бұзу фактілері бойынша бұқаралық ақпарат құралдарының өтініші болғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z183" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z183" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шығу туризмі саласында Қазақстан Республикасы азаматтарының өміріне және денсаулығына зиян келтіру қаупі туындаған өзге де жағдайларда қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z184" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z184" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі қабылданған шешім туралы туроператор немесе туроператор-әуе кемесімен жалданушы басшысын, туристер болған елдегі Қазақстан Республикасының шет елдегі мекемесін бір тәулік ішінде хабардар етеді, сондай-ақ Қазақстан Республикасының азаматтарын бұқаралық ақпарат құралдары арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z185" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z185" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарын қорғау жөніндегі іс-шараларды жүзеге асыру тәртібі Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің жұмыс істеу қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z33" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z33" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">28-бап. Қазақстан Республикасының туристік қызмет туралы заңнамасын бұзғаны үшін жауаптылық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13979,761 +14005,573 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-1-бап. Қазақстан Республикасының туристік қызмет туралы заңнамасының сақталуын мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="200"/>
+    <w:bookmarkStart w:name="z326" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының туристік қызмет туралы заңнамасының сақталуын мемлекеттік бақылау тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z327" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z327" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z328" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бұзушылықтардың уақтылы жолын кесу және оларға жол бермеу, бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды өз бетінше жою құқығын бақылау субъектісіне беру және бақылау субъектісіне әкімшілік жүктемені төмендету бақылау объектісіне (субъектісіне) бармай профилактикалық бақылаудың мақсаттары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау объектісіне (субъектісіне) бармай профилактикалық бақылауды облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы ақпаратты талдау нысанында жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналар талдау үшін ақпарат көздері болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ресми статистикалық ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдардың ақпараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерекқорды қалыптастыру мен жүргізу жөніндегі ұйымның ақпараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ішкі туризм мен келу туризмін дамыту мақсатында Қазақстан Республикасының Үкіметі құрған ұйымның ақпараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің ақпараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туристік қызмет субъектілерінен келіп түсетін ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша бақылау субъектісінің әрекеттерінде (әрекетсіздігінде) бұзушылықтар анықталған жағдайда облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы бұзушылықтар анықталған күннен бастап бес жұмыс күнінен кешіктірілмейтін мерзімде бұзушылықтарды жою туралы ұсынымды ресімдейді және жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтарды жою туралы ұсыным бақылау субъектісінің жеке өзіне қолын қойғызып немесе жөнелту және алу фактілерін растайтын өзге де тәсілмен табыс етілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төменде санамаланған тәсілдердің бірімен жіберілген бұзушылықтарды жою туралы ұсыным мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолма-қол – ұсынымда оны алғаны туралы белгі қойылған күннен бастап;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) поштамен – хабарламасы бар тапсырысты хатпен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электрондық тәсілмен – облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының сұрау салуы кезінде хатта көрсетілген бақылау субъектісінің электрондық мекенжайына облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы жіберген күннен бастап табыс етілді деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бұзушылықтарды жою туралы ұсыным табыс етілген күнінен кейінгі күннен бастап он жұмыс күні ішінде орындалуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z330" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бақылау субъектісі бұзушылықтарды жою туралы ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, бұзушылықтарды жою туралы ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде оны жіберген облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына қарсылық жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z331" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бұзушылықтарды жою туралы ұсынымды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу жолымен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тағайындауға алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z332" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бақылау субъектілеріне (объектілеріне) бармай профилактикалық бақылау жылына бір реттен жиілетпей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...40 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 28-1-бап жаңа редакцияда – ҚР 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...565 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14912,55 +14750,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>