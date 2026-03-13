--- v0 (2025-11-17)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a9d4e0" w14:textId="2a9d4e0">
+    <w:p w14:paraId="13fd40c" w14:textId="13fd40c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1370,51 +1370,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өз мүшелерiнiң қажеттерiн қанағаттандыруға бағытталған қызметпен айналысуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) жарғылық мақсаттарға қол жеткiзуге қызмет етуiне қарай, кәсiпкерлiк қызметтi жүзеге асыруға; </w:t>
+      2) көппәтерлі тұрғын үйлерді басқару, тұрғынжайларды және мемлекеттік тіркеуге жататын мүліктің өзге де түрін сатып алу жөніндегі қызметті қоспағанда, жарғылық мақсаттарға қол жеткiзуге қызмет етуiне қарай, кәсiпкерлiк қызметтi жүзеге асыруға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Қазақстан Республикасының заңдарында және кооперативтің жарғысында белгiленген тәртiппен өзiнiң филиалдары мен өкiлдiктерi болуына; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1535,64 +1535,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2601,51 +2641,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Азаматтар мен заңды тұлғалардың бiрнеше тұтыну кооперативтерiнiң мүшесi бола алады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Тұтыну кооперативi мүшелерiнiң саны екi азаматтан кем болмауға тиiс. Тұтыну кооперативi мүшелерiнiң ең көп санына шек қойылмайды. </w:t>
+      3. Тұтыну кооперативi мүшелерiнiң саны екi азаматтан кем болмауға тиiс. Тұтыну кооперативi мүшелерiнiң ең көп саны екі жүз қатысушыдан аспауы керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұтыну кооперативі мүшелерінің материалдық қажеттіктерінің қанағаттандырылуына және олардың тұтыну кооперативінің құрамынан шығуына қарай тұтыну кооперативінің жаңа мүшелері қабылдануы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тұтыну кооперативiне осы Заңның және тұтыну кооперативi жарғысының ережелерiн сақтай отырып жүргiзiлген жаңа мүшелер қабылдау жалпы жиналыстың шешiмiмен ресiмделедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2692,50 +2750,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Тұтыну кооперативiнiң мүлкiнде ол құрылғаннан кейiн үлес құқығын алған үшiншi тұлғалардың тұтыну кооперативiнiң мүшелiгiне бiрiншi кезекте қабылдануға құқығы бар. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Тұтыну кооперативiнiң жарғысында өзгеше көзделмесе, тұтыну кооперативiнiң мүшесi қайтыс болған жағдайда оның мұрагерлерiнiң тұтыну кооперативiнiң мүшелiгiне бiрiншi кезекте қабылдануға құқығы бар. Жарғыда өзгеше көзделген жағдайда мұрагерлерiне кооператив тұтыну кооперативiнің мүлкiндегi оның мүлiктiк (пайлық) жарнасына бара-бар үлесiн төлейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бап. Тұтыну кооперативi мүшелерiнiң құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7006,55 +7146,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>