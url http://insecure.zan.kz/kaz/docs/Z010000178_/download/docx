--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85b6e1f" w14:textId="85b6e1f">
+    <w:p w14:paraId="001494d" w14:textId="001494d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -710,50 +710,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізделеді, осы Заңнан және өзге де нормативтік құқықтық актілерден тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының акционерлік қоғамдар қызметін, банк қызметін және өзге де лицензияланатын қызмет түрлерін реттейтін заңнамасы Даму Банкіне осы Заңмен және "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңымен реттелмейтін бөлігінде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты екінші бөлікпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z54" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Даму Банкiнiң инвестициялық басымдықтары, заем қаражатын тартуға сандық шектеулерi, кредит беруiнiң, меншiктi капиталды орналастыруының, бiрлесiп қаржыландыруының, кепiлдiктер беруiнiң, сенім білдірілген өкілдің (агенттің) функциясын орындауының, экспорттық операцияларды жүзеге асыруының, субсидияланған қарыз ұсынуының және қайта құрылымдауды жүзеге асыруының лимиттері, бағыттары, ықтимал шарттары, тәртібі мен мерзімдері Меморандумда белгiленедi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2257,625 +2363,729 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бап. Қазақстан Республикасы мемлекеттік органдарының Даму Банкімен өзара қарым-қатынасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган және Қазақстан Республикасының Ұлттық Банкі Қазақстан Республикасының заңнамасында белгіленген өкілеттіктер шегінде банктерді, банк конгломераттарын және резервтік талаптарды пруденциялық реттеу, басшы қызметкерлердің келісуі, активтерді, шартты міндеттемелерді жіктеу және оларға қарсы провизиялар (резервтер) құру мәселелері бойынша нормативтік құқықтық актілерді қоспағанда, Даму Банкінің Қазақстан Республикасының қаржы ұйымдарының қызметін реттейтін заңнамасын, тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру, қарыз алуды және қаржыландыруды ұйымдастыру мақсатында еншілес ұйымды құруға немесе оны иемденуге, сондай-ақ заңды тұлғалардың, оның ішінде бейрезиденттердің капиталына қомақты қатысуға рұқсат беру (кері қайтарып алу) тәртібіне қойылатын талаптарды орындауын бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z76" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының заңнамалық актілерiнде көзделген жағдайларды қоспағанда, мемлекеттiк органдардың және олардың лауазымды адамдарының Даму Банкiнiң қызметiне кез келген нысанда араласуына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z76" w:id="42"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасының заңнамалық актілерiнде көзделген жағдайларды қоспағанда, мемлекеттiк органдардың және олардың лауазымды адамдарының Даму Банкiнiң қызметiне кез келген нысанда араласуына тыйым салынады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бап жаңа редакцияда - ҚР 2011.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2-тарау. ДАМУ БАНКIНIҢ ҚЫЗМЕТI </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Даму Банкiнiң операциялары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Даму Банкі өз функциялары мен міндеттерін орындау үшін лицензиясыз ұлттық және шетелдік валютамен мынадай банктік және өзге де операцияларды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="44"/>
+    <w:bookmarkStart w:name="z34" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қарыз операцияларын: резидент немесе бейрезидент заңды тұлғаларға төлем жасалу, мерзімдік және қайтарымдылық шарттарымен (Меморандумға сәйкес ел экономикасын дамытуға бағытталған жобаларды іске асыру шартымен) ақшалай нысанда кредиттер беруді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z35" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) резидент және резидент емес заңды тұлғаларға және секьюритилендіру мәмілелері шеңберінде шығарылатын облигациялар бойынша ақшалай нысанда орындалуы көзделетін банктік кепілдіктер беруді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z35" w:id="45"/>
-[...15 lines deleted...]
-      2) резидент және резидент емес заңды тұлғаларға және секьюритилендіру мәмілелері шеңберінде шығарылатын облигациялар бойынша ақшалай нысанда орындалуы көзделетін банктік кепілдіктер беруді;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) резидент және резидент емес заңды тұлғалар үшін ақшалай нысанда орындалуы көзделетін банктік кепілгерліктер мен өзге де міндеттемелер беруді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z36" w:id="46"/>
-[...15 lines deleted...]
-      3) резидент және резидент емес заңды тұлғалар үшін ақшалай нысанда орындалуы көзделетін банктік кепілгерліктер мен өзге де міндеттемелер беруді;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аккредитивті ашу (қою) мен растауды және ол бойынша міндеттемелерді, оның ішінде Даму Банкі еншілес ұйымының тапсырмасы бойынша орындауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z37" w:id="47"/>
-[...15 lines deleted...]
-      4) аккредитивті ашу (қою) мен растауды және ол бойынша міндеттемелерді, оның ішінде Даму Банкі еншілес ұйымының тапсырмасы бойынша орындауды;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ағымдағы, корреспонденттік шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z38" w:id="48"/>
-[...15 lines deleted...]
-      5) банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ағымдағы, корреспонденттік шоттарын ашуды және жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Даму Банкі немесе Даму Банкінің еншілес ұйымы қызмет көрсетілетін жобалар немесе мәмілелер шеңберінде жасаған шарттарда көзделген төлемдерді және ақша аударымдарын жүзеге асыру, Даму Банкі немесе Даму Банкінің еншілес ұйымы алдындағы міндеттемелерді орындау үшін ақшаны резервке алу мақсатында Даму Банкі қарыз алушыларының немесе Даму Банкінің еншілес ұйымы қарыз алушыларының, лизинг алушыларының және өзге де контрагенттерінің банк шоттарын ашуды және жүргізуді, оның ішінде Даму Банкінің немесе Даму Банкі еншілес ұйымының қарыздарын есепке жатқызу, лизинг нысанасына ақы төлеу, өзге де операциялары үшін, басқа да қарыздар мен қаражаттарды, оған қоса республикалық және жергілікті бюджеттердің қаражатын есепке жатқызу үшін банк шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z39" w:id="49"/>
-[...15 lines deleted...]
-      6) Даму Банкі немесе Даму Банкінің еншілес ұйымы қызмет көрсетілетін жобалар немесе мәмілелер шеңберінде жасаған шарттарда көзделген төлемдерді және ақша аударымдарын жүзеге асыру, Даму Банкі немесе Даму Банкінің еншілес ұйымы алдындағы міндеттемелерді орындау үшін ақшаны резервке алу мақсатында Даму Банкі қарыз алушыларының немесе Даму Банкінің еншілес ұйымы қарыз алушыларының, лизинг алушыларының және өзге де контрагенттерінің банк шоттарын ашуды және жүргізуді, оның ішінде Даму Банкінің немесе Даму Банкі еншілес ұйымының қарыздарын есепке жатқызу, лизинг нысанасына ақы төлеу, өзге де операциялары үшін, басқа да қарыздар мен қаражаттарды, оған қоса республикалық және жергілікті бюджеттердің қаражатын есепке жатқызу үшін банк шоттарын ашуды және жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ұлттық басқарушы холдинг тобына кіретін заңды тұлғалардың оларды қаржыландыру бойынша агенті болуы кезінде, сондай-ақ бюджет қаражаты есебінен қаржыландырылатын, екінші деңгейдегі банктердің жұмыс істеп тұрған өндірістерді сауықтыруы және қолдауы мақсатында оларға кредит беруге бағытталған бағдарламаларды іске асыру кезінде сенім білдірілген өкілдің (агенттің) функцияларын орындау кезінде банк шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z40" w:id="50"/>
-[...15 lines deleted...]
-      7) ұлттық басқарушы холдинг тобына кіретін заңды тұлғалардың оларды қаржыландыру бойынша агенті болуы кезінде, сондай-ақ бюджет қаражаты есебінен қаржыландырылатын, екінші деңгейдегі банктердің жұмыс істеп тұрған өндірістерді сауықтыруы және қолдауы мақсатында оларға кредит беруге бағытталған бағдарламаларды іске асыру кезінде сенім білдірілген өкілдің (агенттің) функцияларын орындау кезінде банк шоттарын ашуды және жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) резидент және (немесе) бейрезидент заңды тұлғалардың Даму Банкі немесе Даму Банкінің еншілес ұйымы алдындағы міндеттемелерінің орындалуын қамтамасыз ету мақсатында депозиттер қабылдауды, қаражатты есепке жатқызу үшін банк шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z41" w:id="51"/>
-[...15 lines deleted...]
-      8) резидент және (немесе) бейрезидент заңды тұлғалардың Даму Банкі немесе Даму Банкінің еншілес ұйымы алдындағы міндеттемелерінің орындалуын қамтамасыз ету мақсатында депозиттер қабылдауды, қаражатты есепке жатқызу үшін банк шоттарын ашуды және жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Даму Банкінің өтімділігін тарту мақсатында депозиттер қабылдауды, заңды тұлғалардың, оның ішінде банктердің банк шоттарын ашуды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z42" w:id="52"/>
-[...15 lines deleted...]
-      9) Даму Банкінің өтімділігін тарту мақсатында депозиттер қабылдауды, заңды тұлғалардың, оның ішінде банктердің банк шоттарын ашуды және жүргізуді;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Даму Банкінің қарыз алушыларын, корреспондент-банктерді, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарды қоса алғанда, резидент және (немесе) резидент емес заңды тұлғалардың тапсырмасы бойынша олардың осы баптың 5)-9) тармақшаларында көзделген банк шоттары бойынша есеп айырысуларды жүзеге асыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z43" w:id="53"/>
-[...15 lines deleted...]
-      10) Даму Банкінің қарыз алушыларын, корреспондент-банктерді, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарды қоса алғанда, резидент және (немесе) резидент емес заңды тұлғалардың тапсырмасы бойынша олардың осы баптың 5)-9) тармақшаларында көзделген банк шоттары бойынша есеп айырысуларды жүзеге асыруды;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) аударым операцияларын: резидент және (немесе) резидент емес заңды тұлғалардың төлемдер және ақша аудару жөніндегі тапсырмаларын орындауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z44" w:id="54"/>
-[...15 lines deleted...]
-      11) аударым операцияларын: резидент және (немесе) резидент емес заңды тұлғалардың төлемдер және ақша аудару жөніндегі тапсырмаларын орындауды;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) төлем құжаттарын (вексельдерді қоспағанда) инкассоға қабылдауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z45" w:id="55"/>
-[...15 lines deleted...]
-      12) төлем құжаттарын (вексельдерді қоспағанда) инкассоға қабылдауды;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының заңнамасына сәйкес дилерлік қызметті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z46" w:id="56"/>
-[...15 lines deleted...]
-      13) Қазақстан Республикасының заңнамасына сәйкес дилерлік қызметті;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) лизингтік қызметті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z47" w:id="57"/>
-[...15 lines deleted...]
-      14) лизингтік қызметті;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) эмиссиялық бағалы қағаздар шығаруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z48" w:id="58"/>
-[...15 lines deleted...]
-      15) эмиссиялық бағалы қағаздар шығаруды;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) өз мүлкін жалға беруді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z49" w:id="59"/>
-[...15 lines deleted...]
-      16) өз мүлкін жалға беруді;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) қолма-қол шетел валютасымен операцияларды қоспағанда, шетел валютасын айырбастау операцияларын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z50" w:id="60"/>
-[...15 lines deleted...]
-      17) қолма-қол шетел валютасымен операцияларды қоспағанда, шетел валютасын айырбастау операцияларын;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Меморандумға сәйкес келетін мақсаттарда бағалы қағаздар нарығындағы қаржы консультанты мен андеррайтер қызметін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z51" w:id="61"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="62"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) мезониндік қаржыландыру беруді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2884,51 +3094,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 135-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді - ҚР 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
@@ -3064,239 +3274,239 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9-бап. Даму Банкiнiң республикалық және жергiлiктi бюджеттерден заемдар тартуы және пайдалануы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Даму Банкiнiң республикалық және жергiлiктi бюджеттерден заемдар алуы тек қана ақылы, мерзiмдiлiк және қайтарымдылық негiзде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Даму Банкiнiң республикалық және жергiлiктi бюджеттерден алатын заемдарды беру, пайдалану және қайтару тәртiбi мен шарттары Қазақстан Республикасының заңдарында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Бюджеттерден тартылатын заемдарды Даму Банкi Меморандумға сәйкес, сондай-ақ осы Заңның 4-бабының 9) тармақшасында көзделген жағдайда өзi дербес iрiктеу жүргiзетiн жобаларға кредит беру үшiн пайдаланады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда - ҚР 2003.06.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; өзгеріс енгізілді - ҚР 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Даму Банкінің кәсіпорындарды сауықтыруды жүзеге асыруы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкіне нысаналы қорландыру қаражаты берілген жағдайда, инвестициялық жобаларды қаржыландыруды және сауықтыруды екінші деңгейдегі банктердің кейіннен жүзеге асыруы мақсатында Даму Банкі контрагент-банктерге арналып белгіленген лимиттер шеңберінде екінші деңгейдегі банктерге қарыздар береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...124 lines deleted...]
-      Даму Банкіне нысаналы қорландыру қаражаты берілген жағдайда, инвестициялық жобаларды қаржыландыруды және сауықтыруды екінші деңгейдегі банктердің кейіннен жүзеге асыруы мақсатында Даму Банкі контрагент-банктерге арналып белгіленген лимиттер шеңберінде екінші деңгейдегі банктерге қарыздар береді.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпорындарды сауықтыру мақсатында Даму Банкінің контрагент-банктерге арналған лимиттерінен асып кеткен жағдайда, сондай-ақ өзге де жағдайларда Даму Банкі бюджет қаражаты есебінен қаржыландырылатын, екінші деңгейдегі банктердің жұмыс істеп тұрған өндірістерді сауықтыруы және қолдауы мақсатында оларға кредит беруге бағытталған бағдарламаларды іске асыру кезінде сенім білдірілген өкіл (агент) болуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3461,377 +3671,483 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Берілетін кредиттер бойынша сыйақы ставкасының шамасы қарыз берудің құнын және Даму Банкінің операциялық шығыстарын ескере отырып есептеледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Даму Банкі органдарының қаржыландыру туралы шешімдерді қабылдау жөніндегі құзыреті Меморандумда және Даму Банкінің жарғысында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Даму Банкі беретін қарыздар, болашақта келіп түсетін мүлік кепілін, оның ішінде күтілетін жүйелі ақшалай түсімдерді, Қазақстан Республикасының шегінен тыс жердегі мүлікті, тиісті мүлікке талап ету құқықтарын (мүліктік құқықтарды) қоса алғанда, кепілмен, кепілдікпен, сақтандырумен және Меморандумға сәйкес міндеттемелердің орындалуын қамтамасыз етудің Қазақстан Республикасының заңнамасына қайшы келмеуге тиіс басқа да тәсілдерімен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкі жалғыз акционері (қатысушысы) Даму Банкі болып табылатын заңды тұлғаларға қарыздар беруге, сондай-ақ мезониндік қаржыландыруды және қамтамасыз етпей банкаралық кредит беруді жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ұлттық басқарушы холдингтің тобына кіретін және тізбесін акционерлердің жалпы жиналысы бекітетін инвестициялық жобаларды іске асыратын заңды тұлғаларды қаржыландырудың және олардың міндеттемелерінің орындалуын қамтамасыз етуді ұсынуының шарттары мен тәртібі Меморандумға сәйкес айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық басқарушы холдингтің тобына кіретін заңды тұлғаларды, жалғыз акционері (қатысушысы) Даму Банкі болып табылатын заңды тұлғаларды қаржыландырудың және олардың міндеттемелерінің орындалуын қамтамасыз етуді беру шарттарын айқындау және (немесе) өзгерту кезінде, сондай-ақ Даму Банкі көрсетілген және (немесе) үшінші тұлғалармен өзге де мәмілелер жасасқан кезде "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 40-бабында белгіленген талаптар, сондай-ақ Қазақстан Республикасының акционерлік қоғамдар туралы заңнамасында белгіленген, ұлттық басқарушы холдингтің тобына кіретін заңды тұлғалармен, жалғыз акционері (қатысушысы) Даму Банкі болып табылатын заңды тұлғалармен мүдделілік болуына орай жасалатын мәмілелерді жүзеге асыру тәртібі мұндай тұлғаларға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="70"/>
+    <w:bookmarkStart w:name="z121" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Даму Банкінің лизингтік қызметті жүзеге асыруы туралы, жарғылық капиталдарына Даму Банкі қатысатын заңды тұлғаларға кредит беру, олардың міндеттемелері бойынша кепілдіктер мен кепілгерліктерді беруі туралы шешімдерді Даму Банкінің директорлар кеңесі Меморандумға сәйкес бекітеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді - ҚР 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 23.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-1-бап. Даму Банкінің жобалық қаржыландыруды жүзеге асыруы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкі жобалық қаржыландыруды Қазақстан Республикасының жобалық қаржыландыру және секьюритилендіру туралы заңнамасына сәйкес жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:p>
-[...204 lines deleted...]
-      Даму Банкі жобалық қаржыландыруды Қазақстан Республикасының жобалық қаржыландыру және секьюритилендіру туралы заңнамасына сәйкес жүзеге асыруға құқылы.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкінің жобалық қаржыландыруы арқылы жүзеге асырылатын жобаларға қойылатын талаптар, жобалық қаржыландыру кезінде қарыз алушы міндеттемелерінің орындалуын қамтамасыз ету тәсілдері Меморандумда белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3895,70 +4211,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Даму Банкiнiң заемдарды тартуы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Даму Банкi қарыз алуды заемның қайтарылуын өз активтерiмен қамтамасыз ете отырып немесе Қазақстан Республикасының мемлекеттiк кепiлдiктерiмен жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Даму Банкi шығарған борыштық бағалы қағаздар ол Қазақстан Республикасының бағалы қағаздар рыногы туралы заңдарына сәйкес қаржы агентi мәртебесiн алған кезден бастап агенттiк облигациялар болып табылады.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3973,889 +4289,889 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алынып тасталды - ҚР 2006.07.07 № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>178</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="74"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Даму Банкi Қазақстан Республикасының заңдарына сәйкес бағалы қағаздарды және Даму Банкiнiң басқа да борыштық мiндеттемелерiн орналастыруға, өтеуге және олар бойынша сыйақылар төлеуге байланысты бүкiл қызметтi немесе оның бiр бөлiгiн агенттерге сенiп тапсыруға құқылы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 2003.06.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап қолданысқа енгiзiледi), 2006.07.07 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>178</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Даму Банкiнiң заңды тұлғалардың жарғылық капиталына қатысуы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Даму Банкi Меморандумға және Қазақстан Республикасының заңдарына сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Даму Банкi бұрын кепiлге ресiмдеген заңды тұлғалардың қатысу үлесiнен немесе акцияларынан оларды одан әрi өткiзу мақсатында өндiрiп алған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...162 lines deleted...]
-      1) Даму Банкi бұрын кепiлге ресiмдеген заңды тұлғалардың қатысу үлесiнен немесе акцияларынан оларды одан әрi өткiзу мақсатында өндiрiп алған;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағалы қағаздар рыногының кәсiби қатысушылары (қор биржасы, орталық депозитарий) құрған заңды тұлғалардың жарғылық капиталына қатысқан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z94" w:id="76"/>
-[...15 lines deleted...]
-      2) бағалы қағаздар рыногының кәсiби қатысушылары (қор биржасы, орталық депозитарий) құрған заңды тұлғалардың жарғылық капиталына қатысқан;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акционерлердің жалпы жиналысының шешімі бойынша лизинг беруші ұйымдардың және өзге де заңды тұлғалардың жарғылық капиталдарына қатысқан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z95" w:id="77"/>
-[...15 lines deleted...]
-      3) акционерлердің жалпы жиналысының шешімі бойынша лизинг беруші ұйымдардың және өзге де заңды тұлғалардың жарғылық капиталдарына қатысқан;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) инвестициялық жобаларды қаржыландыру шеңберінде заңды тұлғалардың жарғылық капиталдарына қайта құрылымдауға, сондай-ақ мезониндік қаржыландыру кезінде қарыз алушылардың жарғылық капиталдарына қайта құрылымдауға, қатысқан жағдайларда заңды тұлғалардың жарғылық капиталдарына қайта құрылымдауға, қатысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z122" w:id="78"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жарғылық капиталына Даму Банкі жүз процент қатысатын ұйымдардың басқару органдарында тәуелсіз директорлардың болу қажеттігін Даму Банкі дербес айқындауға құқылы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 2003.06.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзгеріс енгізілді - ҚР 2005.12.23 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 23.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-1-бап. Даму Банкі қатысатын бас қаржылық келісім</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкі қатысатын бас қаржылық келісімнің тараптары бас қаржылық келісімде айқындалған тәртіппен және шарттарда бас қаржылық келісім шеңберіндегі мәміле (мәмілелер) бойынша талаптарды есепке жатқызуды және (немесе) тарату неттингін жүзеге асырады (қолданады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас қаржылық келісімде айқындалған тәртіппен және шарттарда жүзеге асырылған (қолданылған) талаптарды есепке жатқызу және (немесе) тарату неттингі нәтижесінде туындаған (есептелген) нетто-талап осы Заңда және Қазақстан Республикасының азаматтық заңнамасында белгіленген кредиторлармен есеп айырысу қағидаларына сәйкес жалпы негіздерде қанағаттандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 14-1-баппен толықтырылды – ҚР 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Даму Банкiнiң қызметiн шектеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкiнiң:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке тұлғаларға, кредиттік серіктестіктерге, ерікті зейнетақы жарналарын тарту құқығымен инвестициялық портфельді басқарушыларға, инвестициялық қорларға, сақтандыру ұйымдарына кредиттер, сондай-ақ олардың міндеттемелері бойынша банктік кепілдіктер, кепілгерліктер және ақшалай нысанда орындалуы көзделетін өзге де міндеттемелер беруіне; нысанда орындалуы көзделетін өзге де міндеттемелер беруіне;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:p>
-[...347 lines deleted...]
-      1) жеке тұлғаларға, кредиттік серіктестіктерге, ерікті зейнетақы жарналарын тарту құқығымен инвестициялық портфельді басқарушыларға, инвестициялық қорларға, сақтандыру ұйымдарына кредиттер, сондай-ақ олардың міндеттемелері бойынша банктік кепілдіктер, кепілгерліктер және ақшалай нысанда орындалуы көзделетін өзге де міндеттемелер беруіне; нысанда орындалуы көзделетін өзге де міндеттемелер беруіне;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке тұлғалардың депозиттерін тартуына және жеке тұлғаларға банк шоттарын ашуына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
-[...15 lines deleted...]
-      2) жеке тұлғалардың депозиттерін тартуына және жеке тұлғаларға банк шоттарын ашуына;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мерзімдік, төлем жасау, қайтарымдылық қағидаттарын сақтамастан қарыздар беруіне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z99" w:id="82"/>
-[...15 lines deleted...]
-      3) мерзімдік, төлем жасау, қайтарымдылық қағидаттарын сақтамастан қарыздар беруіне;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке тұлғаларға есептік-кассалық қызмет көрсетуді жүзеге асыруына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z100" w:id="83"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) бұрын тартылған қарыздар бойынша мерзімі өткен (бір жылдан артық) міндеттемелері болған кезде қосымша сыртқы қарыз алуды жүзеге асыруына тыйым салынады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді  - ҚР 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3-тарау. ДАМУ БАНКIНIҢ КАПИТАЛЫ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбына өзгеріс енгізілді - ҚР 2009.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4887,90 +5203,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16-бап. Даму Банкiнiң жарғылық капиталы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="86"/>
+    <w:bookmarkStart w:name="z151" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Даму Банкінің жарғылық капиталы кемінде екі жүз елу миллиард теңгені құрайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Даму Банкінің қаржылық тұрақтылығын қамтамасыз ету мақсатында мемлекеттік жоспарлау саласындағы уәкілетті орган Даму Банкінің қаржылық тұрақтылығының параметрлерін (коэффициенттерін), олардың шекті мәндерін және есептеу әдістемесін айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржылық тұрақтылық параметрлерінің (коэффициенттерінің) нашарлау жағына қарай күтілетін өзгеруі және параметрлердің (коэффициенттердің) кем дегенде біреуі бойынша шекті мәндерге қол жеткізу кезінде Даму Банкінің жарғылық капиталы Қазақстан Республикасының бюджет заңнамасында белгіленген рәсімдерге сәйкес ұлғайтылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4981,51 +5297,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жарғылық капитал Қазақстан Республикасының заңнамасына сәйкес өзге де жағдайларда ұлғайтылуы да мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Несие портфелінің активтерге ең жоғары арақатынасы Меморандумда белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5040,51 +5356,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5375,370 +5691,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="89"/>
+    <w:bookmarkStart w:name="z23" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4-тарау. ДАМУ БАНКIНIҢ ЕСЕБI, ЕСЕПТIЛIГI ЖӘНЕ ТӘУЕЛСIЗ АУДИТI </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-бап. Даму Банкiнiң есеп саясаты </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Даму Банкiнiң есеп саясатын Даму Банкiнiң директорлар кеңесi бекiтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Даму Банкі бухгалтерлік есеп жүргізу мен қаржылық есептілікті жасауды Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасына және қаржылық есептіліктің халықаралық стандарттарына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 2004.07.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 571</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2005.12.23 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 19-бап. Даму Банкiнiң есеп саясаты </w:t>
-[...36 lines deleted...]
-      2. Даму Банкі бухгалтерлік есеп жүргізу мен қаржылық есептілікті жасауды Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасына және қаржылық есептіліктің халықаралық стандарттарына сәйкес жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Есептiлiк </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даму Банкi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ай сайын бюджеттi атқару жөнiндегi уәкiлеттi органға - республикалық бюджет ақшасының шығыстары туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...202 lines deleted...]
-      1) ай сайын бюджеттi атқару жөнiндегi уәкiлеттi органға - республикалық бюджет ақшасының шығыстары туралы;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ай сайын облыстардың (республикалық маңызы бар қалалардың, астананың) жергiлiктi атқарушы органдарына - жергiлiктi бюджеттер ақшасының шығыстары туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z106" w:id="92"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ай сайын мемлекеттік жоспарлау жөнiндегi уәкiлеттi органға - Даму Банкiне республикалық бюджеттен, тиiстi облыстардың (республикалық маңызы бар қалалардың, астананың) жергiлiктi атқарушы органдарына - жергiлiктi бюджеттерден бөлiнген заем қаражаттарының игерiлуi туралы есептілікті табыс етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5922,51 +6238,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21-бап. Даму Банкiнiң аудитi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Даму Банкi қызметiнiң аудитiн (сыртқы аудитiн) Қазақстан Республикасының заңнамасына сәйкес акционерлердiң жалпы жиналысы айқындаған аудиторлық ұйым жыл сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6001,231 +6317,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Даму Банкiнiң жылдық қаржылық есептiлiгi аудит аяқталғаннан кейiн акционерлердiң жалпы жиналысында қаралып, бекiтiледi. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 2003.06.11 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2006.05.05 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 23.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5-тарау. ДАМУ БАНКIН БАСҚАРУ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:p>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Даму Банкiнiң акционерлерi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6282,150 +6598,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23-бап. Даму Банкiнiң органдары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Даму Банкiнiң органдары мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары органы - акционерлердiң жалпы жиналысы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқару органы - директорлар кеңесi;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
-[...15 lines deleted...]
-      2) басқару органы - директорлар кеңесi;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) атқарушы органы - басқарма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z113" w:id="99"/>
-[...15 lines deleted...]
-      3) атқарушы органы - басқарма;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасына және Даму Банкінің жарғысына сәйкес өзге де органдар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z114" w:id="100"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Даму Банкi органдарының функциялары, өкiлеттiктерi мен қызмет тәртiбi осы Заңда, Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде және Даму Банкiнiң жарғысында белгiленедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6519,70 +6835,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап. Директорлар кеңесi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Директорлар кеңесінің төрағасын қоса алғанда, директорлар кеңесінің мүшелері қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның келісімінсіз сайланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Директорлар кеңесін сайлау тәртібі мен оның өкілеттігі Қазақстан Республикасының заңнамасына және Даму Банкінің жарғысына сәйкес айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6760,210 +7076,210 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқармаға басқарма төрағасы басшылық етеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарма Қазақстан Республикасының Заңдарында және Даму Банкінің жарғысында Даму Банкінің басқа органдар мен лауазымды адамдарының құзыретіне жатқызылмаған қызметтің кез келген мәселелері бойынша шешімдер қабылдауға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарманы сайлау тәртібі Қазақстан Республикасының заңнамасына және Даму Банкінің жарғысына сәйкес айқындалады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-бап жаңа редакцияда - ҚР 2009.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6-тарау. ҚОСЫМША ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:p>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бап. Даму Банкiн мемлекеттiк баж төлеуден босату</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7010,90 +7326,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Даму Банкiнiң жауапкершiлiгі және дауларды шешу тәртiбi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Даму Банкi өзiнiң мiндеттемелерiн орындамағаны үшiн Қазақстан Республикасының заңдарында белгiленген негiздер бойынша және тәртiпте жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Даму Банкiнің, облыстардың (республикалық маңызы бар қалалардың, астананың) жергiлiктi атқарушы органдарының, мемлекеттiк органдардың, заңды тұлғалардың арасында осы Заңды орындау жөнiнде туындаған барлық даулар Қазақстан Республикасының заңдарына сәйкес шешiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z120" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z120" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Осы Заңның бұзылуына кiнәлi тұлғалар Қазақстан Республикасының заң актiлерiне сәйкес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7415,55 +7731,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>