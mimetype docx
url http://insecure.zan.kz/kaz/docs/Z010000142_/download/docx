--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4a112f6" w14:textId="4a112f6">
+    <w:p w14:paraId="85dc754" w14:textId="85dc754">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -424,51 +424,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1346,51 +1346,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1468,111 +1468,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1841,91 +1841,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 02.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 429-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2867,131 +2867,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 2007.07.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 309</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.01.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 524-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 21.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 106-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 208-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171-VІ</w:t>
       </w:r>
       <w:r>
@@ -3007,91 +3007,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 341-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2020 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 27.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220-VIII</w:t>
       </w:r>
       <w:r>
@@ -3226,211 +3226,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерістер енгізілді - ҚР 2006.05.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2003.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 482</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.04.02 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2010.10.21 бастап қолданысқа енгізіледі), 2011.01.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 208-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін бір жыл өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 08.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 489-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 45-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -3466,51 +3466,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 358-VI</w:t>
       </w:r>
       <w:r>
@@ -3586,51 +3586,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3911,91 +3911,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2012.04.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 391-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4218,151 +4218,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), ҚР 2011.10.11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 484-ІV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 208-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 212-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171-VІ</w:t>
       </w:r>
       <w:r>
@@ -4378,51 +4378,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104-VIII</w:t>
       </w:r>
       <w:r>
@@ -4635,91 +4635,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 02.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 343-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4914,51 +4914,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 27.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5433,71 +5433,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2007.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап алты ай өткеннен кейін қолданысқа енгізіледі), 2012.01.01 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 523-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 358-VI</w:t>
       </w:r>
       <w:r>
@@ -5698,91 +5698,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 208-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6057,71 +6057,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 2004.03.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.12.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6264,51 +6264,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 2012.12.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7804,51 +7804,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8490,171 +8490,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>253</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.01.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 208-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 391-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 03.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 358-VI</w:t>
       </w:r>
       <w:r>
@@ -8710,51 +8710,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8964,578 +8964,590 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жекеше мекеме, қоғамдық бірлестік, коммерциялық емес акционерлік қоғам, қоғамдық, корпоративтік және жекеше қорлар, заңды тұлғалардың қауымдастық (одақ) нысанындағы бірлестігі нысанында құрылған коммерциялық емес ұйымдар, сондай-ақ шетелдiк және халықаралық коммерциялық емес ұйымдардың Қазақстан Республикасының аумағында қызметін жүзеге асыратын филиалдары мен өкiлдiктерi (оқшауланған бөлiмшелерi) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен өз қызметі туралы, оның ішінде өзінің құрылтайшылары (қатысушылары), мүлкінің құрамы, ақшаның қалыптасу көздерi және жұмсалу бағыттары туралы мәліметтерді жыл сайын 31 наурызға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Осы тармақтың бірінші бөлігінде көзделген талаптар құрылтайшысы немесе акционері мемлекет болып табылатын коммерциялық емес акционерлік қоғамдарға, еншілес, тәуелді және Қазақстан Республикасының заңнамалық актiлерiне сәйкес олармен үлестес болып табылатын өзге де заңды тұлғаларға, саяси партиялар, діни бірлестіктер және кәсіптік одақтар түрінде құрылған қоғамдық бірлестіктерге, сондай-ақ осы Заңның 17-бабында көзделген коммерциялық емес ұйымдарға қолданылмайды.</w:t>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінде көзделген талаптар құрылтайшысы немесе акционері мемлекет болып табылатын коммерциялық емес акционерлік қоғамдарға, еншілес, тәуелді және Қазақстан Республикасының заңнамалық актiлерiне сәйкес олармен үлестес болып табылатын өзге де заңды тұлғаларға, саяси партиялар, діни бірлестіктер және кәсіптік одақтар түрінде құрылған қоғамдық бірлестіктерге, сондай-ақ осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген коммерциялық емес ұйымдарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z236" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысаналы капитал қоры нысанында құрылған қор жыл сайын 31 наурызға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға эндаумент-қордың (нысаналы капиталдың) инвестициялық кірісін пайдалану туралы есепті ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z237" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Қаржы мониторингі жөніндегі уәкілетті орган коммерциялық емес ұйымдардың күдікті операцияларына қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін анықтау тұрғысынан талдау мен мониторингті және "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген өзге де шараларды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 41-бап жаңа редакцияда - ҚР 2005.07.8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67-ІІІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), өзгерістер енгізілді - ҚР 2010.03.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t>) Заңымен.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42-бап. Коммерциялық емес ұйымның қызметiн тоқтата тұру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коммерциялық емес ұйымның қызметi коммерциялық емес ұйым Қазақстан Республикасының Конституциясы мен Қазақстан Республикасының заңнамасын бұзған немесе өзінің жарғысында айқындалған қызметтiң нысанасы мен мiндеттерi шегiнен шығатын әрекеттердi күнтізбелік бір жылдың ішінде екі және одан көп рет жасаған жағдайларда прокуратура органдарының ұсынуы негiзiнде сот шешiмiмен үш айдан алты айға дейiнгi мерзiмге тоқтатыла тұруы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z223" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы баптың 1-тармағында көзделгендей, коммерциялық емес ұйымның қызметi тоқтатыла тұрған жағдайда оған құрылтай құжаттарында көзделген қызметпен айналысуға тыйым салынады. Оның банк шоттарын пайдалану құқығы да тоқтатыла тұрады, бұған еңбек шарттары бойынша есеп айырысу, өз қызметi салдарынан келтiрiлген шығындардың орнын толтыру мен айыппұл төлеу қосылмайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер коммерциялық емес ұйым өз қызметiн тоқтата тұруға негiз болған бұзушылықтарды қызметi тоқтатыла тұруы белгiленген мерзiм iшiнде жойса, онда аталған мерзiм аяқталған соң коммерциялық емес ұйым өз қызметiн қайта бастайды. Коммерциялық емес ұйым бұзушылықтарды жоймаған жағдайда прокуратура органдары оны тарату туралы сотқа арыз берiп жолдануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коммерциялық емес ұйымның қызметiн тоқтата тұру туралы шешiм қабылдаған сот коммерциялық емес ұйымның бұзушылықты жоюына байланысты ұсынысы бойынша осы шектеудi мерзiмiнен бұрын алып тастауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 42-бапқа өзгеріс енгізілді – ҚР 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...182 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>42-бап. Коммерциялық емес ұйымның қызметiн тоқтата тұру</w:t>
-[...155 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">43-бап. Коммерциялық емес ұйымның, жеке және заңды тұлғалардың жауапкершілігі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="190"/>
+    <w:bookmarkStart w:name="z225" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заңдарды бұзу коммерциялық емес ұйымның Қазақстан Республикасының заң актілерінде көзделген тәртіппен жауапты болуына әкеп соқтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z226" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z226" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Коммерциялық емес ұйымдар туралы заңдарды бұзғандығы үшін бұған кінәлі жеке және заңды тұлғалар, соның ішінде мемлекеттік органдардың лауазымды адамдары да жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>