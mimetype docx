--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf10870" w14:textId="cf10870">
+    <w:p w14:paraId="2d0242b" w14:textId="2d0242b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
@@ -929,50 +929,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3-бап. Тұрғын үй құрылысы жинақ ақшасы жүйесi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тұрғын үй құрылысы жинақ банктері, осы банктердің салымшылары және республикалық бюджеттен мемлекеттiң сыйлықақыларын төлеудi қамтамасыз ететiн мемлекет тұрғын үй құрылысы жинақ ақшасы жүйесiнің субъектiлерi болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақты екінші бөлікпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тұрғын үй құрылысы жинақ ақшасы Қазақстан Республикасының ұлттық валютасында тұрғын үй құрылысы жинақ банктерiне ғана салынып, жинақталады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
@@ -2177,3041 +2283,3585 @@
         <w:t xml:space="preserve">
       2. Тұрғын үй құрылысы жинақ банктерi осы баптың 1-тармағында көрсетiлген қызметтің негізгі түрінен басқа Қазақстан Республикасының банк заңнамасында белгіленген  тәртіппен қаржы нарығы инфрақұрылымының бір бөлігi болып табылатын және (немесе) тұрғын үй құрылысы жинақ банкінің қызметін автоматтандыруды жүзеге асыратын заңды тұлғалардың жарғылық капиталына қатысуды, сондай-ақ қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясына сәйкес операциялардың басқа түрлерiн жүзеге асыруға құқылы, оларға: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) кассалық операциялар - қолма-қол ақшаны ұсақтауды, айырбастауды, қайта есептеуді, сұрыптауды, орауды және сақтауды қоса алғанда, осы баптың 1-тармағында және 2-тармағының 2), 6) тармақшаларында көрсетілген банк операцияларының бірін жүзеге асыру кезінде оны қабылдау және беру; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аударым операциялары – жеке және заңды тұлғалардың төлемдер мен ақша аударымдары жөнiндегi тапсырмаларын орындау;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаны алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жеке меншiк бағалы қағаздарды шығару (акцияларды қоспағанда); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сейфтік операциялар - сейф жәшіктерін, шкафтар мен үй-жайларды жалға берудi қоса алғанда клиенттердiң құжаттық нысанда шығарылған бағалы қағаздарын, құжаттары мен бағалы заттарын сақтау жөнінде көрсетілетiн қызметтер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шетел валютасымен айырбастау операциялары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) сенімгердің мүддесінде және тапсырмасы бойынша ипотекалық қарыздар бойынша талап ету құқықтарын басқарудың сенімгерлік операциялары;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z115" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) жеке тұрғын үй қорынан жалға алынған тұрғын үйге ақы төлеу және ауылдық елді мекендерге жұмыс істеуге және тұруға келген денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және агроөнеркәсіптік кешен саласындағы мамандарға, ауылдар, кенттер, ауылдық округтер әкімдері аппараттарының мемлекеттік қызметшілеріне әлеуметтік қолдау шараларын ұсыну мақсатында төлемдер мен субсидияларды есепке жатқызу үшін сенім білдірушінің мүддесінде және тапсырмасы бойынша ақшаны басқарудың сенімгерлік операциялары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) мемлекеттік білім беру жинақтау жүйесі шеңберінде сенім білдірушінің мүддесінде және тапсырмасы бойынша ақшаны басқарудың сенімгерлік операциялары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңды тұлғалардың депозиттерін қабылдау, банктік шоттарын ашу және жүргізу жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ тұрғын үй құрылысы жинақ банктері Қазақстан Республикасының банк заңнамасына сәйкес дилерлік қызметтi жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тұрғын үй құрылысы жинақ банктері Қазақстан Республикасының банк заңнамасында екінші деңгейдегі банктер үшін көзделген, лицензияның болуын талап етпейтін қызмет түрлерімен айналысуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z119" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұлттық даму институты мәртебесіне ие тұрғын үй құрылысы жинақ банкі "Тұрғын үй қатынастары туралы" Қазақстан Республикасының Заңында көзделген қызмет түрлерін де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы баптың 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 2-тармағы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген қызметті қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган берген лицензияның негізінде ұлттық даму институты мәртебесіне ие тұрғын үй құрылысы жинақ банкі ғана жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-бап жаңа редакцияда – ҚР 2005.04.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; өзгерістер енгізілді - ҚР 2007.07.02. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.07.05. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 284-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 22.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-бап. Тұрғын үй құрылысы жинақ ақшасы туралы шарттың мазмұнына қойылатын талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй құрылысы жинақ ақшасы туралы шартта мыналар болуға тиіс: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) шарттың мәнi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) шарттық сома; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жинақталған ақшаның ең төменгі қажетті мөлшері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) салым бойынша сыйақы ставкасының және заем бойынша сыйақы ставкасының мөлшерлерi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) комиссиялық алымның мөлшері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) тараптардың құқықтары мен мiндеттерi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) тараптардың міндеттемелердi орындау мерзiмi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) тұрғын үй заемын берудің шарттары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) шартты өзгертудің талаптары мен бұзу тәртiбi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) тараптардың жауапкершiлiгi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) Қазақстан Республикасының заңнамалық актiлерiне сәйкес өзге де шарттар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бап жаңа редакцияда - Қазақстан Республикасының 2005.04.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-бап. Қаражатты пайдалану және орналастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй құрылысы жинақ банкi салымшылар алдындағы шарттық соманы немесе жинақталған ақша сомасын беру жөнiндегi мiндеттемелерді орындауды қамтамасыз ету мақсатында қаржы нарығында заем қаражаттарын тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Меншікті және тартылған қаражаттарды тұрғын үй құрылысы жинақ банктерi осы Заңда көзделген қызметті жүзеге асыру үшін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z104" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй құрылысы жинақ ақшасы алдын ала тұрғын үй заемдарын беру үшін пайдаланыла алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Тұрғын үй құрылысы жинақ банктерінің жұмсалмай жатқан ақшаны орналастыруы Қазақстан Республикасының банк заңнамасына сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-бап жаңа редакцияда - Қазақстан Республикасының 2005.04.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзгеріс енгізілді - 2007.07.02. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.07.05. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-бап. Ақшаны бөлу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тұрғын үй құрылысы жинақ банктері тартқан ақша бiрiншi кезекте тұрғын үй құрылысы жинақ ақшасы туралы жасалған шарттардың негізінде тұрғын үй құрылысы жинақ банктерiнiң салымшылар арасында ақшаны бөлуiне сәйкес шарттық соманы төлеуге жұмсалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Салымшыға шарттық соманы төлеу тұрғын үй құрылысы жинақ ақшасы туралы шарт күшіне енгеннен кейін кемінде үш жыл өткен соң мынадай жағдайларда: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жинақталған ақша сомасы тұрғын үй құрылысы жинақ ақшасы туралы шарт бойынша қабылданған мiндеттемелерге сәйкес болғанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) </w:t>
+        <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
-[...252 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) тұрғын үй құрылысы жинақ банкі есептейтін тәртіппен бағалау көрсеткiшінің ең төменгi мәнiне қол жеткiзілгенде жүргiзіледi. Бағалау көрсеткішін есептеген кезде тұрғын үй құрылысы жинақ ақшасын жинақтаудың ұзақтығы және талаптардың сақталуы ескеріледi; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) салымшы тұрғын үй заемын қажеттi қамтамасыз етудi ұсынғанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) заем алушы тұрғын үй заемын өтеу қабілеттiгін растағанда жүргізіледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Бағалау көрсеткішiн айқындаудың тәртібін қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган мен бюджеттің атқарылуы жөнiндегі орталық уәкілетті орган айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жинақтау мерзiмi өткенде және салымшы жинақталған ақшаның ең төменгi қажеттi мөлшерін жинақтамаған жағдайда оның салымды, оған тұрғын үй құрылысы жинақ банкi есептеген сыйақыны, сондай-ақ салым үш жылдан аса жинақталған кезде мемлекеттiң сыйлықақысын алуға не мемлекеттiң сыйлықақысы есептеле отырып, тұрғын үй құрылысы жинақ банкiнде жинақтауды жалғастыруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z105" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттің сыйлықақысы тұрғын үй заемын алған кезге дейін есепке жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Тұрғын үй құрылысы жинақ банктерi банктік заем шарттарында ескерiлген талаптармен салымшыларға аралық тұрғын үй және алдын ала тұрғын үй заемдарын беруге құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аралық тұрғын үй және алдын ала тұрғын үй заемдарын беру мақсатында сыйақының жеңiлдiктi мөлшерлемесі бойынша ұзақ мерзiмдi бюджеттiк кредиттер пайдаланылуы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұрғын үй және алдын ала тұрғын үй заемдары салымшыларға Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын іске асыру шеңберінде ұзақ мерзiмдi бюджеттiк кредиттер қаражатының немесе ұзақ мерзiмдi бюджеттiк кредиттер мен тұрғын үй құрылыс жинақ банкі қаражатының есебiнен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z107" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салымшыларға Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын іске асыру шеңберінде ұзақ мерзiмдi бюджеттiк кредиттер қаражатының немесе ұзақ мерзiмдi бюджеттiк кредиттер мен тұрғын үй құрылыс жинақ банкі қаражатының есебiнен берілетін аралық тұрғын үй және алдын ала тұрғын үй заемдары бойынша сыйақы мөлшерлемесі кредиттік шартқа сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-бап жаңа редакцияда – ҚР 2005.04.14. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-бап жаңа редакцияда - ҚР 2005.04.14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; өзгерістер енгізілді - ҚР 2007.07.02. </w:t>
+        <w:t xml:space="preserve"> Заңымен, өзгерістер енгізілді - ҚР 2007.07.02 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2012.07.05. </w:t>
+        <w:t xml:space="preserve">, 2011.02.18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 478-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қарңыз), 2012.07.05. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 114-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап қолданысқа енгізіледі); 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 26.12.2019 </w:t>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-бап. Тұрғын үй, аралық тұрғын үй және алдын ала тұрғын үй заемдарын қамтамасыз ету </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Тұрғын үй, аралық тұрғын үй және алдын ала тұрғын үй заемдары жылжымайтын мүліктiң, оның iшiнде сатып алынатын тұрғын үйдiң кепiлдiгiмен немесе Қазақстан Республикасының заңнамасына және тұрғын үй құрылысы жинақ банкiнiң ішкi кредиттiк саясатына сәйкес тұрғын үй құрылысы жинақ банкi айқындаған міндеттемелердiң орындалуын қамтамасыз етудiң басқа тәсiлдерiмен қамтамасыз етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кондоминиум объектісінің ортақ мүлкіне күрделі жөндеу жүргізу мақсатына алынған тұрғын үй қарызы шеңберінде қарыз алушы орындамаған міндеттемелер бойынша тұрғын үй құрылысы жинақ банкіне төлемдер "Тұрғын үй қатынастары туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Егер жинақталған ақшаның ең төменгi қажеттi мөлшерi шарттық соманың елу процентiнен кем болса, тек қана жылжымайтын мүлiк немесе банктегі салым (депозит) тұрғын үй заемы бойынша қамтамасыз ету болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда – ҚР 2005.04.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзгеріс енгізілді - 2007.07.02. № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3-тарау. ТҰРҒЫН YЙ ҚҰРЫЛЫСЫ ЖИНАҚ АҚШАСЫ ЖYЙЕСIН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>МЕМЛЕКЕТТIК ҚОЛДАУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-бап. Тұрғын үй құрылысы жинақ ақшасына салымдар бойынша мемлекеттiң сыйлықақыларын төлеудiң шарттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекет салымшыларға - Қазақстан Республикасының азаматтарына мемлекеттiң сыйлықақыларын төлеудi қамтамасыз етедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге қаражат жинақтарының салымшыларына мемлекет сыйлықақысын төлеу жүзеге асырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қазақстан Республикасының он сегiз жасқа толмаған азаматтарының салымдары немесе олардың атына арнап басқа адамдар салған салымдар да мемлекеттiң сыйлықақысымен ынталандырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Тұрғын үй құрылысы жинақ ақшасына салымдар бойынша жыл сайынғы мемлекет сыйлықақысының мөлшерi ынталандырылатын салым сомасының жиырма процентiн құрайды. Мемлекеттiң сыйлықақысымен ынталандырылатын салымға тұрғын үй құрылысы жинақ ақшасына салым сомасы және сол бойынша есептелген тұрғын үй құрылысы жинақ банкінің сыйақысы кiредi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттiң сыйлықақысы жыл сайын есептiк кезеңнен кейiнгi жылдың 1 қаңтарындағы жағдай бойынша тұрғын үй құрылысы жинақ банкінiң есептелген сыйақысы ескерiле отырып, жылдың қорытындылары бойынша тұрғын үй құрылысы жинақ ақшасына салымның қалдығына есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттiң сыйлықақысы салымшының шотына есепті жылдан кейінгі жылдың 1 наурызына дейінгі мерзімде есепке жатқызылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ағымдағы жылдағы мемлекеттің сыйлықақысы алдындағы жылдары ынталандырылған салым сомасына есептелмейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекет сыйлықақысымен көтермеленетін салымшы жинақтаған ақша сомасы екі жүз айлық есептік көрсеткіштен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер мемлекеттiң сыйлықақысымен ынталандырылатын жинақталған ақша сомасы екi жүз айлық есептік көрсеткіштен асатын болса, онда жинақталған ақшаның ынталандырылмаған сомасы келесi жылы мемлекеттiң сыйлықақысын есептеу кезiнде ескеріледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Мемлекеттiң сыйлықақысын төлеу үшiн қажет ақша тиiстi қаржы жылына арналған республикалық бюджетте жыл сайын көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тұрғын үй құрылысы жинақтарына салымдар бойынша мемлекеттің сыйлықақыларын есептеу және төлеу қағидаларын тұрғын үй қатынастары саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақты екінші бөлікпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 30.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 177-VII</w:t>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда – ҚР 2005.04.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.07.05. № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 284-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 16.11.2023 </w:t>
-[...238 lines deleted...]
-        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-бап. Тұрғын үй құрылысы жинақ ақшасы туралы шарттың мазмұнына қойылатын талаптар </w:t>
-[...239 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Тұрғын үй құрылысы жинақ ақшасына салымдар бойынша мемлекеттiң сыйлықақысын төлеуді шектеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiң сыйлықақысы мынадай жағдайларда: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салымшы тұрғын үй заемын нысаналы түрде пайдаланбағанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z1" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) ақшаны үш жылдан аз уақытта жинаған кезде заем берілген күннен бастап күнтізбелік он төрт күн ішінде заемды қайтарғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) тұрғын үй құрылысы жинақ банкi салымшыға мемлекеттің сыйлықақысын төлеудi осы Заңды және (немесе) тұрғын үй құрылысы жинақ ақшасы туралы шартты бұза отырып жүзеге асырғанда бюджетке қайтарылуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте тұрғын үй құрылысы жинақ банкі талаптарды бұза отырып төлеген мемлекет сыйлықақысының сомасы (соманың бiр бөлiгі) қайтарылуға тиiс; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) тұрғын үй құрылысы жинақ банкiнде салымдарды жинақтау мерзiмi үш жылдан кем болған кезде тараптар тұрғын үй құрылысы жинақ ақшасы туралы шартты мерзiмiнен бұрын бұзғанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) салымшы тұрғын үй құрылысы жинақ ақшасы туралы шарт бойынша құқықтарын Қазақстан Республикасының азаматы болып табылмайтын адамға бергенде; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) бюджеттің атқарылуы жөнiндегі орталық уәкілетті орган бір салымшыға бірнеше тұрғын үй құрылысы жинақ банктерiнде тұрғын үй құрылысы жинақ ақшасына салымдар бойынша екі және одан да көп шоттар бойынша мемлекеттiң сыйлықақысы төленгенiн анықтағанда бюджетке қайтарылуға тиiс. Бұл ретте алдындағы жылдарда есептелген мемлекеттің сыйлықақысы салымшының таңдауы бойынша тұрғын үй құрылысы жинақ ақшасына салымдардың бiрі бойынша есептелген сыйлықақыларды қоспағанда, бюджетке қайтарылуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiң сыйлықақысы мынадай жағдайларда: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) салымшы тұрғын үй құрылысы жинақ банкінің жазбаша рұқсатымен Қазақстан Республикасының азаматы болып табылатын басқа адамға тұрғын үй құрылысы жинақ ақшасы туралы шарт бойынша құқықтарын бергенде немесе тұрғын үй құрылысы жинақ ақшасын және (немесе) тұрғын үй заемын, аралық тұрғын үй және алдын ала тұрғын үй заемдарын алу құқықтарына кепiлдiк бергенде; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) салымшы қайтыс болғанда немесе еңбекке жарамдылығынан мүлде айрылғанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) салымшы тұрғын үй құрылысы жинақ ақшасы туралы шарт жасасқаннан кейiн Қазақстан Республикасының заңнамасында белгіленген тәртiппен жұмыссыз ретінде тiркелгенде және мемлекеттiң сыйлықақысы төленетін кезде алты ай бойы үздiксiз осындай жағдайда болғанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осы Заңның 12-бабының 3-тармағында көзделген жағдайларда бюджетке қайтарылуға жатпайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бап жаңа редакцияда - Қазақстан Республикасының 2005.04.14. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - Қазақстан Республикасының 2005.04.14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен. </w:t>
+        <w:t xml:space="preserve">, өзгеріс енгізілді - 2007.07.02. № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.07.05. № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7-бап. Қаражатты пайдалану және орналастыру </w:t>
-[...187 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1379 lines deleted...]
-      1) салымшы тұрғын үй құрылысы жинақ банкінің жазбаша рұқсатымен Қазақстан Республикасының азаматы болып табылатын басқа адамға тұрғын үй құрылысы жинақ ақшасы туралы шарт бойынша құқықтарын бергенде немесе тұрғын үй құрылысы жинақ ақшасын және (немесе) тұрғын үй заемын, аралық тұрғын үй және алдын ала тұрғын үй заемдарын алу құқықтарына кепiлдiк бергенде; </w:t>
+        <w:t xml:space="preserve">12-бап. Салымшылардың жинақталған ақша сомасын алу құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Салымшы осы Заңның 8-бабының 2-тармағының талаптарын орындаған жағдайда және тұрғын үй құрылысы жинақ ақшасы туралы шарт бойынша құқық басқа адамға берілмеген немесе басқа адамдар пайдасына салынбаған жағдайда тұрғын үй құрылысы жинақ банкі тұрғын үй заемын бермесе, банк Қазақстан Республикасының заңдарына сәйкес жауапты болады, сондай-ақ тұрғын үй құрылысы жинақ ақшасы туралы шарттың талаптарында көзделген мерзiмдерде салымшының бірінші талабы бойынша оған жинақталған ақшасы сомасын сөзсіз төлеуге міндетті. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. (алып тасталды) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тұрғын үй құрылысы жинақ ақшасы салымшысының осы Заңның 8-бабы 2-тармағының талаптарын орындағаны-орындамағанына қарамастан, ол тұрғын үй заемын алудан бас тартқан және тұрғын үй құрылысы жинақ ақшасы туралы шартты мерзiмiнен бұрын бұзған жағдайда, үш жыл ақша жинақтағаннан кейiн оның мемлекеттің сыйлықақысын алуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z97" w:id="93"/>
-[...15 lines deleted...]
-      2) салымшы қайтыс болғанда немесе еңбекке жарамдылығынан мүлде айрылғанда; </w:t>
+    <w:bookmarkStart w:name="z17" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарыз алушы заем берілген күннен бастап күнтізбелік он төрт күн ішінде тұрғын үй заемын қайтарған жағдайда, үш жыл ақша жинақтағаннан кейін оның мемлекеттің сыйлықақысын алуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z98" w:id="94"/>
-[...243 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5650,55 +6300,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>