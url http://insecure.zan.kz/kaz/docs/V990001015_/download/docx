--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6b845d7" w14:textId="6b845d7">
+    <w:p w14:paraId="3ad1b2f" w14:textId="3ad1b2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,120 +150,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігінің 26) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 21) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -430,50 +430,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы қаулының орындалуына бақылау жасау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары М.Т.Құдышевке жүктелсін.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -685,109 +686,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Қазақстан Республикасының екінші деңгейдегі банктерінің, Қазақстан Республикасы бейрезидент банктері филиалдарының вексельдерді есепке алуы қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігінің 26) тармақшасына сәйкес әзірленді және Қазақстан Республикасының екінші деңгейдегі банктерінің және бейрезидент-банктері филиалдарының (бұдан әрі – банктер) вексельдерін есепке алу тәртібін айқындайды.</w:t>
+      Осы Қазақстан Республикасының екiншi деңгейдегi банктерінiң, Қазақстан Республикасы бейрезидент банктері филиалдарының вексельдерді есепке алуы қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 21) тармақшасына сәйкес әзірленді және онда Қазақстан Республикасының екінші деңгейдегі банктерінің және Қазақстан Республикасының бейрезидент банктері филиалдарының (бұдан әрі – банктер) вексельдерді есепке алу тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту: Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3728,51 +3729,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      46. Алып тасталды - ҚР Ұлттық Банкі Басқармасының 13.05.2005 N 61 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3984,51 +3985,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту: 49-тармаққа өзгерту енгізілді - ҚР Ұлттық Банкі Басқармасының 2005 жылғы 13 мамырдағы N 61 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4360,50 +4361,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -4845,31 +4847,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>