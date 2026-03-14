--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebdb2dc" w14:textId="ebdb2dc">
+    <w:p w14:paraId="1fbdf89" w14:textId="1fbdf89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,123 +85,215 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өскемен қалалық мәслихатының 2019 жылғы 25 қазандағы № 49/2-VI "Өскемен қаласы бойынша тұрғын үй сертификаттарының мөлшерін және алушылар санатының тізбесін айқындау туралы" шешіміне өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2025 жылғы 22 мамырдағы № 34/3-VIII шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2025 жылғы 26 мамырда № 9203-16 болып тіркелді</w:t>
+        <w:t>Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2025 жылғы 22 мамырдағы № 34/3-VIII шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2025 жылғы 26 мамырда № 9203-16 болып тіркелді. Күші жойылды - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2025 жылғы 19 желтоқсандағы № 40/10-VIII шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өскемен қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Өскемен қалалық мәслихатының 2019 жылғы 25 қазандағы № 49/2-VI "Өскемен қаласы бойынша тұрғын үй сертификаттарының мөлшерін және алушылар санатының тізбесін айқындау туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6248 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -212,110 +306,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14 абзац жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "асырауында кәмелетке толмаған балалары және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарында жалпы білім беретін немесе кәсіптік бағдарламалар бойынша күндізгі оқу нысаны бойынша білім алатын, бірақ жиырма үш жасқа толмаған балалары бар жесір әйелдер (тұл ер адамдар).".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "асырауында кәмелетке толмаған балалары және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарында жалпы білім беретін немесе кәсіптік бағдарламалар бойынша күндізгі оқу нысаны бойынша білім алатын, бірақ жиырма үш жасқа толмаған балалары бар жесір әйелдер (тұл ер адамдар).".</w:t>
+      2. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -451,63 +545,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -829,35 +945,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>