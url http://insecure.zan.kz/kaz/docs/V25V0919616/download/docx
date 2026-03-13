--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="514895b" w14:textId="514895b">
+    <w:p w14:paraId="51b4ebf" w14:textId="51b4ebf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы бойынша 2025 жылға арналған акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау көлемдерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы әкімдігінің 2025 жылғы 05 мамырдағы № 109 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2025 жылғы 06 мамырда № 9196-16 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 10-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,191 +161,206 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-14) тармақшасына, "Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 24 мамырдағы № 180 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28188 болып тіркелген) сәйкес Шығыс Қазақстан облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шығыс Қазақстан облысы бойынша 2025 жылға арналған акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау көлемдері бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Облыстың табиғи ресурстар және табиғат пайдалануды реттеу басқармасы Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы қаулының Шығыс Қазақстан облысының Әділет департаментінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жариялағаннан кейін оның Шығыс Қазақстан облысы әкімдігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау облыс әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -508,94 +529,102 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республикасы </w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрлігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -629,113 +658,167 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ығыс Қазақстан облысы әкімдігінің </w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысы әкімдігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 жылғы 5 мамырдағы </w:t>
+              <w:t xml:space="preserve">2025 жылғы 05 мамырдағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 109 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шығыс Қазақстан облысы бойынша 2025 жылға арналған акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау көлемдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -972,51 +1055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балық азықтарын сатып алу шығыстарын өтеуге субсидиялар</w:t>
+Балық азықтарын сатып алу шығыстарын өтеу субсидиялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1121,87 +1204,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-632 869</w:t>
-[...35 lines deleted...]
-170 874,6</w:t>
+1 065 458,52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287 673,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1299,51 +1382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170 874,6</w:t>
+287 673,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1527,87 +1610,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400 000</w:t>
-[...35 lines deleted...]
-7 000,0</w:t>
+2 035 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1640,136 +1723,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Албырт тұқымдас шабағы (10 граммға дейін)</w:t>
+Албырт тұқымдас шабақ (10 граммға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 360 022</w:t>
-[...35 lines deleted...]
-10 625,3</w:t>
+1 183 032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 187,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1867,51 +1950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 625,3</w:t>
+39 362,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2094,87 +2177,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-400,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+814,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2272,51 +2355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400,0</w:t>
+814,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2414,51 +2497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188 900,0</w:t>
+327 850,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2864,31 +2947,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>